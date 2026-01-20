--- v1 (2025-12-05)
+++ v2 (2026-01-20)
@@ -90,51 +90,51 @@
   <si>
     <t>Portefeuillehouder</t>
   </si>
   <si>
     <t>Mijlpaal</t>
   </si>
   <si>
     <t>Einddatum</t>
   </si>
   <si>
     <t>Expertiseteam</t>
   </si>
   <si>
     <t>Mijlpaal afgedaan?</t>
   </si>
   <si>
     <t>Attentietekst</t>
   </si>
   <si>
     <t>Programma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mv="urn:schemas-microsoft-com:mac:vml">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-413]d\ mmmm\ yyyy;@"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <charset val="1"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <charset val="1"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -560,2170 +560,2421 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3"><sheetPr><pageSetUpPr fitToPage="1"/></sheetPr><dimension ref="A1:N832"/><sheetViews><sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"><pane ySplit="1" topLeftCell="A375" activePane="bottomLeft" state="frozen"/><selection pane="bottomLeft" activeCell="A375" sqref="A375"/></sheetView></sheetViews><sheetFormatPr defaultRowHeight="14.5"/><cols><col min="1" max="1" width="9.1796875" style="1"/><col min="2" max="2" width="26" style="1"/><col min="3" max="3" width="41.7265625" style="1"/><col min="4" max="4" width="103.453125" style="1"/><col min="5" max="5" width="26" style="1"/><col min="6" max="6" width="18.26953125" style="4" customWidth="1"/><col min="7" max="7" width="26" style="1"/><col min="8" max="8" width="21" style="1"/><col min="9" max="9" width="26" style="1"/><col min="10" max="10" width="32.90625" style="1" customWidth="1"/><col min="11" max="11" width="28.54296875" style="1" customWidth="1"/><col min="12" max="12" width="20" style="4" customWidth="1"/><col min="13" max="13" width="2" style="1" customWidth="1"/><col min="14" max="14" width="15.453125" style="1" customWidth="1"/><col min="15" max="1025" width="9.1796875" style="1"/></cols><sheetData><row r="1" spans="1:14" s="2" customFormat="1" ht="12"><c r="A1" s="2" t="s"><v>0</v></c><c r="B1" s="2" t="s"><v>1</v></c><c r="C1" s="2" t="s"><v>2</v></c><c r="D1" s="2" t="s"><v>3</v></c><c r="E1" s="2" t="s"><v>4</v></c><c r="F1" s="3" t="s"><v>5</v></c><c r="G1" s="2" t="s"><v>12</v></c><c r="H1" s="2" t="s"><v>6</v></c><c r="I1" s="2" t="s"><v>9</v></c><c r="J1" s="2" t="s"><v>11</v></c><c r="K1" s="2" t="s"><v>7</v></c><c r="L1" s="3" t="s"><v>8</v></c><c r="N1" s="2" t="s"><v>10</v></c></row><row r="2" spans="1:13" customFormat="false"><c r="A2" s="1"><v>41</v></c><c r="B2" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C2" s="1" t="str"><v>IPO - slagvaardiger IPO</v></c><c r="D2" s="1" t="str"><v>IIn januari 2023 hebben de Staten hun wensen en opvattingen bij het AEF rapport naar een slagvaardiger IPO kunnen geven.</v></c><c r="E2" s="1" t="str"><v/></c><c r="F2" s="4" t="str"><v/></c><c r="G2" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H2" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I2" s="1" t="str"><v>Bestuursadvies</v></c><c r="J2" s="1" t="str"><v/></c><c r="K2" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L2" s="4"><v>44937.0</v></c><c r="M2" s="1"><v>1</v></c></row><row r="3" spans="1:13" customFormat="false"><c r="A3" s="1"><v>41</v></c><c r="B3" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C3" s="1" t="str"><v>IPO - slagvaardiger IPO</v></c><c r="D3" s="1" t="str"><v>IIn januari 2023 hebben de Staten hun wensen en opvattingen bij het AEF rapport naar een slagvaardiger IPO kunnen geven.</v></c><c r="E3" s="1" t="str"><v/></c><c r="F3" s="4" t="str"><v/></c><c r="G3" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H3" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I3" s="1" t="str"><v>Bestuursadvies</v></c><c r="J3" s="1" t="str"><v/></c><c r="K3" s="1" t="str"><v>Provinciale Staten</v></c><c r="L3" s="4"><v>44951.0</v></c><c r="M3" s="1"><v>1</v></c></row><row r="4" spans="1:13" customFormat="false"><c r="A4" s="1"><v>50</v></c><c r="B4" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C4" s="1" t="str"><v>Politiek aan het roer - visie Statengriffie</v></c><c r="D4" s="1" t="str"><v/></c><c r="E4" s="1" t="str"><v/></c><c r="F4" s="4" t="str"><v/></c><c r="G4" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H4" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I4" s="1" t="str"><v>Statengriffie</v></c><c r="J4" s="1" t="str"><v/></c><c r="K4" s="1" t="str"><v>Provinciale Staten</v></c><c r="L4" s="4"><v>44951.0</v></c><c r="M4" s="1"><v>1</v></c></row><row r="5" spans="1:13" customFormat="false"><c r="A5" s="1"><v>53</v></c><c r="B5" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C5" s="1" t="str"><v>Herijking Planning &amp; Control-cyclus, opdrachtgeverschap accountant en continue kennisdeling</v></c><c r="D5" s="1" t="str"><v/></c><c r="E5" s="1" t="str"><v/></c><c r="F5" s="4" t="str"><v/></c><c r="G5" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H5" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I5" s="1" t="str"><v>Statengriffie</v></c><c r="J5" s="1" t="str"><v/></c><c r="K5" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L5" s="4"><v>45021.0</v></c><c r="M5" s="1"><v>1</v></c></row><row r="6" spans="1:13" customFormat="false"><c r="A6" s="1"><v>53</v></c><c r="B6" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C6" s="1" t="str"><v>Herijking Planning &amp; Control-cyclus, opdrachtgeverschap accountant en continue kennisdeling</v></c><c r="D6" s="1" t="str"><v/></c><c r="E6" s="1" t="str"><v/></c><c r="F6" s="4" t="str"><v/></c><c r="G6" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H6" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I6" s="1" t="str"><v>Statengriffie</v></c><c r="J6" s="1" t="str"><v/></c><c r="K6" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L6" s="4"><v>45063.0</v></c><c r="M6" s="1"><v>1</v></c></row><row r="7" spans="1:13" customFormat="false"><c r="A7" s="1"><v>53</v></c><c r="B7" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C7" s="1" t="str"><v>Herijking Planning &amp; Control-cyclus, opdrachtgeverschap accountant en continue kennisdeling</v></c><c r="D7" s="1" t="str"><v/></c><c r="E7" s="1" t="str"><v/></c><c r="F7" s="4" t="str"><v/></c><c r="G7" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H7" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I7" s="1" t="str"><v>Statengriffie</v></c><c r="J7" s="1" t="str"><v/></c><c r="K7" s="1" t="str"><v>Provinciale Staten</v></c><c r="L7" s="4"><v>45077.0</v></c><c r="M7" s="1"><v>1</v></c></row><row r="8" spans="1:13" customFormat="false"><c r="A8" s="1"><v>54</v></c><c r="B8" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C8" s="1" t="str"><v>Benoemingsprocedure CvdK profielschets, verordening vertrouwenscommissie, instellen vertrouwenscommissie</v></c><c r="D8" s="1" t="str"><v/></c><c r="E8" s="1" t="str"><v/></c><c r="F8" s="4" t="str"><v/></c><c r="G8" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H8" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I8" s="1" t="str"><v>Statengriffie</v></c><c r="J8" s="1" t="str"><v/></c><c r="K8" s="1" t="str"><v>Provinciale Staten</v></c><c r="L8" s="4"><v>45035.0</v></c><c r="M8" s="1"><v>0</v></c></row><row r="9" spans="1:13" customFormat="false"><c r="A9" s="1"><v>64</v></c><c r="B9" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C9" s="1" t="str"><v>Benoemingsprocedure CvdK: aanbevelingen kandidaat aan Minister van BZK</v></c><c r="D9" s="1" t="str"><v/></c><c r="E9" s="1" t="str"><v/></c><c r="F9" s="4" t="str"><v/></c><c r="G9" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H9" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I9" s="1" t="str"><v>Statengriffie</v></c><c r="J9" s="1" t="str"><v/></c><c r="K9" s="1" t="str"><v>Provinciale Staten</v></c><c r="L9" s="4"><v>45112.0</v></c><c r="M9" s="1"><v>1</v></c></row><row r="10" spans="1:13" customFormat="false"><c r="A10" s="1"><v>72</v></c><c r="B10" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C10" s="1" t="str"><v>Vaststelling fractievergoeding 2022 en Q1 2023</v></c><c r="D10" s="1" t="str"><v xml:space="preserve">Commissie heeft het voorstel van de agenda gehaald en voorgesteld om het in het Fractievoorzittersoverleg te bespreken op 19 juli </v></c><c r="E10" s="1" t="str"><v/></c><c r="F10" s="4" t="str"><v/></c><c r="G10" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H10" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I10" s="1" t="str"><v>Statengriffie</v></c><c r="J10" s="1" t="str"><v/></c><c r="K10" s="1" t="str"><v>Provinciale Staten</v></c><c r="L10" s="4"><v>45126.0</v></c><c r="M10" s="1"><v>1</v></c></row><row r="11" spans="1:13" customFormat="false"><c r="A11" s="1"><v>72</v></c><c r="B11" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C11" s="1" t="str"><v>Vaststelling fractievergoeding 2022 en Q1 2023</v></c><c r="D11" s="1" t="str"><v xml:space="preserve">Commissie heeft het voorstel van de agenda gehaald en voorgesteld om het in het Fractievoorzittersoverleg te bespreken op 19 juli </v></c><c r="E11" s="1" t="str"><v/></c><c r="F11" s="4" t="str"><v/></c><c r="G11" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H11" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I11" s="1" t="str"><v>Statengriffie</v></c><c r="J11" s="1" t="str"><v/></c><c r="K11" s="1" t="str"><v>Seniorenconvent</v></c><c r="L11" s="4"><v>45126.0</v></c><c r="M11" s="1"><v>1</v></c></row><row r="12" spans="1:13" customFormat="false"><c r="A12" s="1"><v>86</v></c><c r="B12" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C12" s="1" t="str"><v>Benoeming burgerleden</v></c><c r="D12" s="1" t="str"><v/></c><c r="E12" s="1" t="str"><v/></c><c r="F12" s="4"><v>45028.0</v></c><c r="G12" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H12" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I12" s="1" t="str"><v>Statengriffie</v></c><c r="J12" s="1" t="str"><v/></c><c r="K12" s="1" t="str"><v>Provinciale Staten</v></c><c r="L12" s="4"><v>45042.0</v></c><c r="M12" s="1"><v>0</v></c></row><row r="13" spans="1:13" customFormat="false"><c r="A13" s="1"><v>112</v></c><c r="B13" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C13" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D13" s="1" t="str"><v/></c><c r="E13" s="1" t="str"><v/></c><c r="F13" s="4" t="str"><v/></c><c r="G13" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H13" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I13" s="1" t="str"><v>Statengriffie</v></c><c r="J13" s="1" t="str"><v/></c><c r="K13" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L13" s="4"><v>45182.0</v></c><c r="M13" s="1"><v>1</v></c></row><row r="14" spans="1:13" customFormat="false"><c r="A14" s="1"><v>112</v></c><c r="B14" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C14" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D14" s="1" t="str"><v/></c><c r="E14" s="1" t="str"><v/></c><c r="F14" s="4" t="str"><v/></c><c r="G14" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H14" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I14" s="1" t="str"><v>Statengriffie</v></c><c r="J14" s="1" t="str"><v/></c><c r="K14" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L14" s="4"><v>45182.0</v></c><c r="M14" s="1"><v>1</v></c></row><row r="15" spans="1:13" customFormat="false"><c r="A15" s="1"><v>112</v></c><c r="B15" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C15" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D15" s="1" t="str"><v/></c><c r="E15" s="1" t="str"><v/></c><c r="F15" s="4" t="str"><v/></c><c r="G15" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H15" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I15" s="1" t="str"><v>Statengriffie</v></c><c r="J15" s="1" t="str"><v/></c><c r="K15" s="1" t="str"><v>Provinciale Staten</v></c><c r="L15" s="4"><v>45196.0</v></c><c r="M15" s="1"><v>1</v></c></row><row r="16" spans="1:13" customFormat="false"><c r="A16" s="1"><v>112</v></c><c r="B16" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C16" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D16" s="1" t="str"><v/></c><c r="E16" s="1" t="str"><v/></c><c r="F16" s="4" t="str"><v/></c><c r="G16" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H16" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I16" s="1" t="str"><v>Statengriffie</v></c><c r="J16" s="1" t="str"><v/></c><c r="K16" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L16" s="4"><v>45259.0</v></c><c r="M16" s="1"><v>1</v></c></row><row r="17" spans="1:13" customFormat="false"><c r="A17" s="1"><v>112</v></c><c r="B17" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C17" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D17" s="1" t="str"><v/></c><c r="E17" s="1" t="str"><v/></c><c r="F17" s="4" t="str"><v/></c><c r="G17" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H17" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I17" s="1" t="str"><v>Statengriffie</v></c><c r="J17" s="1" t="str"><v/></c><c r="K17" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L17" s="4"><v>45259.0</v></c><c r="M17" s="1"><v>1</v></c></row><row r="18" spans="1:13" customFormat="false"><c r="A18" s="1"><v>112</v></c><c r="B18" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C18" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D18" s="1" t="str"><v/></c><c r="E18" s="1" t="str"><v/></c><c r="F18" s="4" t="str"><v/></c><c r="G18" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H18" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I18" s="1" t="str"><v>Statengriffie</v></c><c r="J18" s="1" t="str"><v/></c><c r="K18" s="1" t="str"><v>Provinciale Staten</v></c><c r="L18" s="4"><v>45273.0</v></c><c r="M18" s="1"><v>1</v></c></row><row r="19" spans="1:13" customFormat="false"><c r="A19" s="1"><v>112</v></c><c r="B19" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C19" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D19" s="1" t="str"><v/></c><c r="E19" s="1" t="str"><v/></c><c r="F19" s="4" t="str"><v/></c><c r="G19" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H19" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I19" s="1" t="str"><v>Statengriffie</v></c><c r="J19" s="1" t="str"><v/></c><c r="K19" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L19" s="4"><v>45357.0</v></c><c r="M19" s="1"><v>1</v></c></row><row r="20" spans="1:13" customFormat="false"><c r="A20" s="1"><v>112</v></c><c r="B20" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C20" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D20" s="1" t="str"><v/></c><c r="E20" s="1" t="str"><v/></c><c r="F20" s="4" t="str"><v/></c><c r="G20" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H20" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I20" s="1" t="str"><v>Statengriffie</v></c><c r="J20" s="1" t="str"><v/></c><c r="K20" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L20" s="4"><v>45371.0</v></c><c r="M20" s="1"><v>1</v></c></row><row r="21" spans="1:13" customFormat="false"><c r="A21" s="1"><v>112</v></c><c r="B21" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C21" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D21" s="1" t="str"><v/></c><c r="E21" s="1" t="str"><v/></c><c r="F21" s="4" t="str"><v/></c><c r="G21" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H21" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I21" s="1" t="str"><v>Statengriffie</v></c><c r="J21" s="1" t="str"><v/></c><c r="K21" s="1" t="str"><v>Provinciale Staten</v></c><c r="L21" s="4"><v>45378.0</v></c><c r="M21" s="1"><v>1</v></c></row><row r="22" spans="1:13" customFormat="false"><c r="A22" s="1"><v>112</v></c><c r="B22" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C22" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D22" s="1" t="str"><v/></c><c r="E22" s="1" t="str"><v/></c><c r="F22" s="4" t="str"><v/></c><c r="G22" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H22" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I22" s="1" t="str"><v>Statengriffie</v></c><c r="J22" s="1" t="str"><v/></c><c r="K22" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L22" s="4"><v>45476.0</v></c><c r="M22" s="1"><v>1</v></c></row><row r="23" spans="1:13" customFormat="false"><c r="A23" s="1"><v>112</v></c><c r="B23" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C23" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D23" s="1" t="str"><v/></c><c r="E23" s="1" t="str"><v/></c><c r="F23" s="4" t="str"><v/></c><c r="G23" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H23" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I23" s="1" t="str"><v>Statengriffie</v></c><c r="J23" s="1" t="str"><v/></c><c r="K23" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L23" s="4"><v>45483.0</v></c><c r="M23" s="1"><v>1</v></c></row><row r="24" spans="1:13" customFormat="false"><c r="A24" s="1"><v>112</v></c><c r="B24" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C24" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D24" s="1" t="str"><v/></c><c r="E24" s="1" t="str"><v/></c><c r="F24" s="4" t="str"><v/></c><c r="G24" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H24" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I24" s="1" t="str"><v>Statengriffie</v></c><c r="J24" s="1" t="str"><v/></c><c r="K24" s="1" t="str"><v>Provinciale Staten</v></c><c r="L24" s="4"><v>45490.0</v></c><c r="M24" s="1"><v>1</v></c></row><row r="25" spans="1:13" customFormat="false"><c r="A25" s="1"><v>112</v></c><c r="B25" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C25" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D25" s="1" t="str"><v/></c><c r="E25" s="1" t="str"><v/></c><c r="F25" s="4" t="str"><v/></c><c r="G25" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H25" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I25" s="1" t="str"><v>Statengriffie</v></c><c r="J25" s="1" t="str"><v/></c><c r="K25" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L25" s="4"><v>45616.0</v></c><c r="M25" s="1"><v>1</v></c></row><row r="26" spans="1:13" customFormat="false"><c r="A26" s="1"><v>112</v></c><c r="B26" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C26" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D26" s="1" t="str"><v/></c><c r="E26" s="1" t="str"><v/></c><c r="F26" s="4" t="str"><v/></c><c r="G26" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H26" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I26" s="1" t="str"><v>Statengriffie</v></c><c r="J26" s="1" t="str"><v/></c><c r="K26" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L26" s="4"><v>45623.0</v></c><c r="M26" s="1"><v>1</v></c></row><row r="27" spans="1:13" customFormat="false"><c r="A27" s="1"><v>112</v></c><c r="B27" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C27" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D27" s="1" t="str"><v/></c><c r="E27" s="1" t="str"><v/></c><c r="F27" s="4" t="str"><v/></c><c r="G27" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H27" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I27" s="1" t="str"><v>Statengriffie</v></c><c r="J27" s="1" t="str"><v/></c><c r="K27" s="1" t="str"><v>Provinciale Staten</v></c><c r="L27" s="4"><v>45637.0</v></c><c r="M27" s="1"><v>1</v></c></row><row r="28" spans="1:13" customFormat="false"><c r="A28" s="1"><v>112</v></c><c r="B28" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C28" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D28" s="1" t="str"><v/></c><c r="E28" s="1" t="str"><v/></c><c r="F28" s="4" t="str"><v/></c><c r="G28" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H28" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I28" s="1" t="str"><v>Statengriffie</v></c><c r="J28" s="1" t="str"><v/></c><c r="K28" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L28" s="4"><v>45721.0</v></c><c r="M28" s="1"><v>1</v></c></row><row r="29" spans="1:13" customFormat="false"><c r="A29" s="1"><v>112</v></c><c r="B29" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C29" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D29" s="1" t="str"><v/></c><c r="E29" s="1" t="str"><v/></c><c r="F29" s="4" t="str"><v/></c><c r="G29" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H29" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I29" s="1" t="str"><v>Statengriffie</v></c><c r="J29" s="1" t="str"><v/></c><c r="K29" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L29" s="4"><v>45721.0</v></c><c r="M29" s="1"><v>1</v></c></row><row r="30" spans="1:13" customFormat="false"><c r="A30" s="1"><v>112</v></c><c r="B30" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C30" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D30" s="1" t="str"><v/></c><c r="E30" s="1" t="str"><v/></c><c r="F30" s="4" t="str"><v/></c><c r="G30" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H30" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I30" s="1" t="str"><v>Statengriffie</v></c><c r="J30" s="1" t="str"><v/></c><c r="K30" s="1" t="str"><v>Provinciale Staten</v></c><c r="L30" s="4"><v>45742.0</v></c><c r="M30" s="1"><v>1</v></c></row><row r="31" spans="1:13" customFormat="false"><c r="A31" s="1"><v>112</v></c><c r="B31" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C31" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D31" s="1" t="str"><v/></c><c r="E31" s="1" t="str"><v/></c><c r="F31" s="4" t="str"><v/></c><c r="G31" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H31" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I31" s="1" t="str"><v>Statengriffie</v></c><c r="J31" s="1" t="str"><v/></c><c r="K31" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L31" s="4"><v>45840.0</v></c><c r="M31" s="1"><v>1</v></c></row><row r="32" spans="1:13" customFormat="false"><c r="A32" s="1"><v>112</v></c><c r="B32" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C32" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D32" s="1" t="str"><v/></c><c r="E32" s="1" t="str"><v/></c><c r="F32" s="4" t="str"><v/></c><c r="G32" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H32" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I32" s="1" t="str"><v>Statengriffie</v></c><c r="J32" s="1" t="str"><v/></c><c r="K32" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L32" s="4"><v>45840.0</v></c><c r="M32" s="1"><v>1</v></c></row><row r="33" spans="1:13" customFormat="false"><c r="A33" s="1"><v>112</v></c><c r="B33" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C33" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D33" s="1" t="str"><v/></c><c r="E33" s="1" t="str"><v/></c><c r="F33" s="4" t="str"><v/></c><c r="G33" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H33" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I33" s="1" t="str"><v>Statengriffie</v></c><c r="J33" s="1" t="str"><v/></c><c r="K33" s="1" t="str"><v>Provinciale Staten</v></c><c r="L33" s="4"><v>45847.0</v></c><c r="M33" s="1"><v>1</v></c></row><row r="34" spans="1:13" customFormat="false"><c r="A34" s="1"><v>112</v></c><c r="B34" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C34" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D34" s="1" t="str"><v/></c><c r="E34" s="1" t="str"><v/></c><c r="F34" s="4" t="str"><v/></c><c r="G34" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H34" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I34" s="1" t="str"><v>Statengriffie</v></c><c r="J34" s="1" t="str"><v/></c><c r="K34" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L34" s="4"><v>45994.0</v></c><c r="M34" s="1"><v>1</v></c></row><row r="35" spans="1:13" customFormat="false"><c r="A35" s="1"><v>112</v></c><c r="B35" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C35" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D35" s="1" t="str"><v/></c><c r="E35" s="1" t="str"><v/></c><c r="F35" s="4" t="str"><v/></c><c r="G35" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H35" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I35" s="1" t="str"><v>Statengriffie</v></c><c r="J35" s="1" t="str"><v/></c><c r="K35" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L35" s="4"><v>45994.0</v></c><c r="M35" s="1"><v>1</v></c></row><row r="36" spans="1:13" customFormat="false"><c r="A36" s="1"><v>112</v></c><c r="B36" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C36" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D36" s="1" t="str"><v/></c><c r="E36" s="1" t="str"><v/></c><c r="F36" s="4" t="str"><v/></c><c r="G36" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H36" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I36" s="1" t="str"><v>Statengriffie</v></c><c r="J36" s="1" t="str"><v/></c><c r="K36" s="1" t="str"><v>Provinciale Staten</v></c><c r="L36" s="4"><v>46008.0</v></c><c r="M36" s="1"><v>0</v></c></row><row r="37" spans="1:13" customFormat="false"><c r="A37" s="1"><v>117</v></c><c r="B37" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C37" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D37" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
-[...12 lines deleted...]
-</v></c><c r="E58" s="1" t="str"><v/></c><c r="F58" s="4"><v>45303.0</v></c><c r="G58" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H58" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I58" s="1" t="str"><v>Statengriffie</v></c><c r="J58" s="1" t="str"><v/></c><c r="K58" s="1" t="str"><v>Provinciale Staten</v></c><c r="L58" s="4"><v>45350.0</v></c><c r="M58" s="1"><v>1</v></c></row><row r="59" spans="1:13" customFormat="false"><c r="A59" s="1"><v>174</v></c><c r="B59" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C59" s="1" t="str"><v>Natuurwetgeving en de Omgevingswet - Statenacademie</v></c><c r="D59" s="1" t="str"><v/></c><c r="E59" s="1" t="str"><v/></c><c r="F59" s="4" t="str"><v/></c><c r="G59" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H59" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I59" s="1"/><c r="J59" s="1" t="str"><v/></c><c r="K59" s="1" t="str"><v>Statenactiviteit</v></c><c r="L59" s="4"><v>45306.0</v></c><c r="M59" s="1"><v>1</v></c></row><row r="60" spans="1:13" customFormat="false"><c r="A60" s="1"><v>178</v></c><c r="B60" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C60" s="1" t="str"><v>Sociale activiteit - Statenbijeenkomst</v></c><c r="D60" s="1" t="str"><v/></c><c r="E60" s="1" t="str"><v/></c><c r="F60" s="4" t="str"><v/></c><c r="G60" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H60" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I60" s="1"/><c r="J60" s="1" t="str"><v/></c><c r="K60" s="1" t="str"><v>Statenactiviteit</v></c><c r="L60" s="4"><v>45645.0</v></c><c r="M60" s="1"><v>1</v></c></row><row r="61" spans="1:13" customFormat="false"><c r="A61" s="1"><v>180</v></c><c r="B61" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C61" s="1" t="str"><v>Vaststelling fractievergoedingen 2023</v></c><c r="D61" s="1" t="str"><v/></c><c r="E61" s="1" t="str"><v/></c><c r="F61" s="4"><v>45315.0</v></c><c r="G61" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H61" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I61" s="1"/><c r="J61" s="1" t="str"><v/></c><c r="K61" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L61" s="4"><v>45357.0</v></c><c r="M61" s="1"><v>1</v></c></row><row r="62" spans="1:13" customFormat="false"><c r="A62" s="1"><v>180</v></c><c r="B62" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C62" s="1" t="str"><v>Vaststelling fractievergoedingen 2023</v></c><c r="D62" s="1" t="str"><v/></c><c r="E62" s="1" t="str"><v/></c><c r="F62" s="4"><v>45315.0</v></c><c r="G62" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H62" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I62" s="1"/><c r="J62" s="1" t="str"><v/></c><c r="K62" s="1" t="str"><v>Provinciale Staten</v></c><c r="L62" s="4"><v>45378.0</v></c><c r="M62" s="1"><v>1</v></c></row><row r="63" spans="1:13" customFormat="false"><c r="A63" s="1"><v>181</v></c><c r="B63" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C63" s="1" t="str"><v>Routekaart Provinciale Staten 2023-2027</v></c><c r="D63" s="1" t="str"><v/></c><c r="E63" s="1" t="str"><v/></c><c r="F63" s="4"><v>45264.0</v></c><c r="G63" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H63" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I63" s="1"/><c r="J63" s="1" t="str"><v/></c><c r="K63" s="1" t="str"><v>Provinciale Staten</v></c><c r="L63" s="4"><v>45322.0</v></c><c r="M63" s="1"><v>1</v></c></row><row r="64" spans="1:13" customFormat="false"><c r="A64" s="1"><v>182</v></c><c r="B64" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C64" s="1" t="str"><v>Instellen werkgroep samenwerkingsafspraken GS-PS Omgevingswet</v></c><c r="D64" s="1" t="str"><v/></c><c r="E64" s="1" t="str"><v/></c><c r="F64" s="4" t="str"><v/></c><c r="G64" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H64" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I64" s="1"/><c r="J64" s="1" t="str"><v/></c><c r="K64" s="1" t="str"><v>Provinciale Staten</v></c><c r="L64" s="4"><v>45322.0</v></c><c r="M64" s="1"><v>1</v></c></row><row r="65" spans="1:13" customFormat="false"><c r="A65" s="1"><v>183</v></c><c r="B65" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C65" s="1" t="str"><v>Aanpassing formatieve omvang college van Gedeputeerde Staten</v></c><c r="D65" s="1" t="str"><v/></c><c r="E65" s="1" t="str"><v/></c><c r="F65" s="4" t="str"><v/></c><c r="G65" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H65" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I65" s="1"/><c r="J65" s="1" t="str"><v/></c><c r="K65" s="1" t="str"><v>Provinciale Staten</v></c><c r="L65" s="4"><v>45322.0</v></c><c r="M65" s="1"><v>1</v></c></row><row r="66" spans="1:13" customFormat="false"><c r="A66" s="1"><v>184</v></c><c r="B66" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C66" s="1" t="str"><v>AER Summer Academy</v></c><c r="D66" s="1" t="str"><v>Via Fractievoorzittersoverleg</v></c><c r="E66" s="1" t="str"><v/></c><c r="F66" s="4" t="str"><v/></c><c r="G66" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H66" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I66" s="1"/><c r="J66" s="1" t="str"><v/></c><c r="K66" s="1" t="str"><v>Provinciale Staten</v></c><c r="L66" s="4"><v>45350.0</v></c><c r="M66" s="1"><v>1</v></c></row><row r="67" spans="1:13" customFormat="false"><c r="A67" s="1"><v>184</v></c><c r="B67" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C67" s="1" t="str"><v>AER Summer Academy</v></c><c r="D67" s="1" t="str"><v>Via Fractievoorzittersoverleg</v></c><c r="E67" s="1" t="str"><v/></c><c r="F67" s="4" t="str"><v/></c><c r="G67" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H67" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I67" s="1"/><c r="J67" s="1" t="str"><v/></c><c r="K67" s="1" t="str"><v>Provinciale Staten</v></c><c r="L67" s="4"><v>45406.0</v></c><c r="M67" s="1"><v>1</v></c></row><row r="68" spans="1:13" customFormat="false"><c r="A68" s="1"><v>184</v></c><c r="B68" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C68" s="1" t="str"><v>AER Summer Academy</v></c><c r="D68" s="1" t="str"><v>Via Fractievoorzittersoverleg</v></c><c r="E68" s="1" t="str"><v/></c><c r="F68" s="4" t="str"><v/></c><c r="G68" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H68" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I68" s="1"/><c r="J68" s="1" t="str"><v/></c><c r="K68" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L68" s="4"><v>45581.0</v></c><c r="M68" s="1"><v>1</v></c></row><row r="69" spans="1:13" customFormat="false"><c r="A69" s="1"><v>184</v></c><c r="B69" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C69" s="1" t="str"><v>AER Summer Academy</v></c><c r="D69" s="1" t="str"><v>Via Fractievoorzittersoverleg</v></c><c r="E69" s="1" t="str"><v/></c><c r="F69" s="4" t="str"><v/></c><c r="G69" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H69" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I69" s="1"/><c r="J69" s="1" t="str"><v/></c><c r="K69" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L69" s="4"><v>45700.0</v></c><c r="M69" s="1"><v>1</v></c></row><row r="70" spans="1:13" customFormat="false"><c r="A70" s="1"><v>184</v></c><c r="B70" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C70" s="1" t="str"><v>AER Summer Academy</v></c><c r="D70" s="1" t="str"><v>Via Fractievoorzittersoverleg</v></c><c r="E70" s="1" t="str"><v/></c><c r="F70" s="4" t="str"><v/></c><c r="G70" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H70" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I70" s="1"/><c r="J70" s="1" t="str"><v/></c><c r="K70" s="1" t="str"><v>Provinciale Staten</v></c><c r="L70" s="4"><v>45742.0</v></c><c r="M70" s="1"><v>1</v></c></row><row r="71" spans="1:13" customFormat="false"><c r="A71" s="1"><v>185</v></c><c r="B71" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C71" s="1" t="str"><v>Gedragscode integer handelen Statenleden en Burgerleden Provincie Flevoland</v></c><c r="D71" s="1" t="str"><v/></c><c r="E71" s="1" t="str"><v/></c><c r="F71" s="4"><v>45314.0</v></c><c r="G71" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H71" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I71" s="1" t="str"><v>Statengriffie</v></c><c r="J71" s="1" t="str"><v/></c><c r="K71" s="1" t="str"><v>Provinciale Staten</v></c><c r="L71" s="4"><v>45406.0</v></c><c r="M71" s="1"><v>1</v></c></row><row r="72" spans="1:13" customFormat="false"><c r="A72" s="1"><v>298</v></c><c r="B72" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C72" s="1" t="str"><v>Wijziging Verordening rechtspositie staten- en commissieleden provincie Flevoland 2019</v></c><c r="D72" s="1" t="str"><v xml:space="preserve">Op 13 december 2023 hebben Provinciale Staten de motie "Goed voor jezelf zorgen is nodig om goed voor een ander te zorgen" aangenomen.&#13;
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" xmlns:mv="urn:schemas-microsoft-com:mac:vml"><sheetPr><pageSetUpPr fitToPage="1"/></sheetPr><dimension ref="A1:N906"/><sheetViews><sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"><pane ySplit="1" topLeftCell="A375" activePane="bottomLeft" state="frozen"/><selection pane="bottomLeft" activeCell="A375" sqref="A375"/></sheetView></sheetViews><sheetFormatPr defaultRowHeight="14.5"/><cols><col min="1" max="1" width="9.1796875" style="1"/><col min="2" max="2" width="26" style="1"/><col min="3" max="3" width="41.7265625" style="1"/><col min="4" max="4" width="103.453125" style="1"/><col min="5" max="5" width="26" style="1"/><col min="6" max="6" width="18.26953125" style="4" customWidth="1"/><col min="7" max="7" width="26" style="1"/><col min="8" max="8" width="21" style="1"/><col min="9" max="9" width="26" style="1"/><col min="10" max="10" width="32.90625" style="1" customWidth="1"/><col min="11" max="11" width="28.54296875" style="1" customWidth="1"/><col min="12" max="12" width="20" style="4" customWidth="1"/><col min="13" max="13" width="2" style="1" customWidth="1"/><col min="14" max="14" width="15.453125" style="1" customWidth="1"/><col min="15" max="1025" width="9.1796875" style="1"/></cols><sheetData><row r="1" spans="1:14" s="2" customFormat="1" ht="12"><c r="A1" s="2" t="s"><v>0</v></c><c r="B1" s="2" t="s"><v>1</v></c><c r="C1" s="2" t="s"><v>2</v></c><c r="D1" s="2" t="s"><v>3</v></c><c r="E1" s="2" t="s"><v>4</v></c><c r="F1" s="3" t="s"><v>5</v></c><c r="G1" s="2" t="s"><v>12</v></c><c r="H1" s="2" t="s"><v>6</v></c><c r="I1" s="2" t="s"><v>9</v></c><c r="J1" s="2" t="s"><v>11</v></c><c r="K1" s="2" t="s"><v>7</v></c><c r="L1" s="3" t="s"><v>8</v></c><c r="N1" s="2" t="s"><v>10</v></c></row><row r="2" spans="1:13" customFormat="false"><c r="A2" s="1"><v>50</v></c><c r="B2" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C2" s="1" t="str"><v>Politiek aan het roer - visie Statengriffie</v></c><c r="D2" s="1" t="str"><v/></c><c r="E2" s="1" t="str"><v/></c><c r="F2" s="4" t="str"><v/></c><c r="G2" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H2" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I2" s="1" t="str"><v>Statengriffie</v></c><c r="J2" s="1" t="str"><v/></c><c r="K2" s="1" t="str"><v>Provinciale Staten</v></c><c r="L2" s="4"><v>44951.0</v></c><c r="M2" s="1"><v>1</v></c></row><row r="3" spans="1:13" customFormat="false"><c r="A3" s="1"><v>53</v></c><c r="B3" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C3" s="1" t="str"><v>Herijking Planning &amp; Control-cyclus, opdrachtgeverschap accountant en continue kennisdeling</v></c><c r="D3" s="1" t="str"><v/></c><c r="E3" s="1" t="str"><v/></c><c r="F3" s="4" t="str"><v/></c><c r="G3" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H3" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I3" s="1" t="str"><v>Statengriffie</v></c><c r="J3" s="1" t="str"><v/></c><c r="K3" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L3" s="4"><v>45021.0</v></c><c r="M3" s="1"><v>1</v></c></row><row r="4" spans="1:13" customFormat="false"><c r="A4" s="1"><v>53</v></c><c r="B4" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C4" s="1" t="str"><v>Herijking Planning &amp; Control-cyclus, opdrachtgeverschap accountant en continue kennisdeling</v></c><c r="D4" s="1" t="str"><v/></c><c r="E4" s="1" t="str"><v/></c><c r="F4" s="4" t="str"><v/></c><c r="G4" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H4" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I4" s="1" t="str"><v>Statengriffie</v></c><c r="J4" s="1" t="str"><v/></c><c r="K4" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L4" s="4"><v>45063.0</v></c><c r="M4" s="1"><v>1</v></c></row><row r="5" spans="1:13" customFormat="false"><c r="A5" s="1"><v>53</v></c><c r="B5" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C5" s="1" t="str"><v>Herijking Planning &amp; Control-cyclus, opdrachtgeverschap accountant en continue kennisdeling</v></c><c r="D5" s="1" t="str"><v/></c><c r="E5" s="1" t="str"><v/></c><c r="F5" s="4" t="str"><v/></c><c r="G5" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H5" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I5" s="1" t="str"><v>Statengriffie</v></c><c r="J5" s="1" t="str"><v/></c><c r="K5" s="1" t="str"><v>Provinciale Staten</v></c><c r="L5" s="4"><v>45077.0</v></c><c r="M5" s="1"><v>1</v></c></row><row r="6" spans="1:13" customFormat="false"><c r="A6" s="1"><v>54</v></c><c r="B6" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C6" s="1" t="str"><v>Benoemingsprocedure CvdK profielschets, verordening vertrouwenscommissie, instellen vertrouwenscommissie</v></c><c r="D6" s="1" t="str"><v/></c><c r="E6" s="1" t="str"><v/></c><c r="F6" s="4" t="str"><v/></c><c r="G6" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H6" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I6" s="1" t="str"><v>Statengriffie</v></c><c r="J6" s="1" t="str"><v/></c><c r="K6" s="1" t="str"><v>Provinciale Staten</v></c><c r="L6" s="4"><v>45035.0</v></c><c r="M6" s="1"><v>0</v></c></row><row r="7" spans="1:13" customFormat="false"><c r="A7" s="1"><v>64</v></c><c r="B7" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C7" s="1" t="str"><v>Benoemingsprocedure CvdK: aanbevelingen kandidaat aan Minister van BZK</v></c><c r="D7" s="1" t="str"><v/></c><c r="E7" s="1" t="str"><v/></c><c r="F7" s="4" t="str"><v/></c><c r="G7" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H7" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I7" s="1" t="str"><v>Statengriffie</v></c><c r="J7" s="1" t="str"><v/></c><c r="K7" s="1" t="str"><v>Provinciale Staten</v></c><c r="L7" s="4"><v>45112.0</v></c><c r="M7" s="1"><v>1</v></c></row><row r="8" spans="1:13" customFormat="false"><c r="A8" s="1"><v>86</v></c><c r="B8" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C8" s="1" t="str"><v>Benoeming burgerleden</v></c><c r="D8" s="1" t="str"><v/></c><c r="E8" s="1" t="str"><v/></c><c r="F8" s="4"><v>45028.0</v></c><c r="G8" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H8" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I8" s="1" t="str"><v>Statengriffie</v></c><c r="J8" s="1" t="str"><v/></c><c r="K8" s="1" t="str"><v>Provinciale Staten</v></c><c r="L8" s="4"><v>45042.0</v></c><c r="M8" s="1"><v>0</v></c></row><row r="9" spans="1:13" customFormat="false"><c r="A9" s="1"><v>112</v></c><c r="B9" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C9" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D9" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E9" s="1" t="str"><v/></c><c r="F9" s="4" t="str"><v/></c><c r="G9" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H9" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I9" s="1" t="str"><v>Statengriffie</v></c><c r="J9" s="1" t="str"><v/></c><c r="K9" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L9" s="4"><v>45182.0</v></c><c r="M9" s="1"><v>1</v></c></row><row r="10" spans="1:13" customFormat="false"><c r="A10" s="1"><v>112</v></c><c r="B10" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C10" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D10" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E10" s="1" t="str"><v/></c><c r="F10" s="4" t="str"><v/></c><c r="G10" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H10" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I10" s="1" t="str"><v>Statengriffie</v></c><c r="J10" s="1" t="str"><v/></c><c r="K10" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L10" s="4"><v>45182.0</v></c><c r="M10" s="1"><v>1</v></c></row><row r="11" spans="1:13" customFormat="false"><c r="A11" s="1"><v>112</v></c><c r="B11" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C11" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D11" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E11" s="1" t="str"><v/></c><c r="F11" s="4" t="str"><v/></c><c r="G11" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H11" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I11" s="1" t="str"><v>Statengriffie</v></c><c r="J11" s="1" t="str"><v/></c><c r="K11" s="1" t="str"><v>Provinciale Staten</v></c><c r="L11" s="4"><v>45196.0</v></c><c r="M11" s="1"><v>1</v></c></row><row r="12" spans="1:13" customFormat="false"><c r="A12" s="1"><v>112</v></c><c r="B12" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C12" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D12" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E12" s="1" t="str"><v/></c><c r="F12" s="4" t="str"><v/></c><c r="G12" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H12" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I12" s="1" t="str"><v>Statengriffie</v></c><c r="J12" s="1" t="str"><v/></c><c r="K12" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L12" s="4"><v>45259.0</v></c><c r="M12" s="1"><v>1</v></c></row><row r="13" spans="1:13" customFormat="false"><c r="A13" s="1"><v>112</v></c><c r="B13" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C13" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D13" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E13" s="1" t="str"><v/></c><c r="F13" s="4" t="str"><v/></c><c r="G13" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H13" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I13" s="1" t="str"><v>Statengriffie</v></c><c r="J13" s="1" t="str"><v/></c><c r="K13" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L13" s="4"><v>45259.0</v></c><c r="M13" s="1"><v>1</v></c></row><row r="14" spans="1:13" customFormat="false"><c r="A14" s="1"><v>112</v></c><c r="B14" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C14" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D14" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E14" s="1" t="str"><v/></c><c r="F14" s="4" t="str"><v/></c><c r="G14" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H14" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I14" s="1" t="str"><v>Statengriffie</v></c><c r="J14" s="1" t="str"><v/></c><c r="K14" s="1" t="str"><v>Provinciale Staten</v></c><c r="L14" s="4"><v>45273.0</v></c><c r="M14" s="1"><v>1</v></c></row><row r="15" spans="1:13" customFormat="false"><c r="A15" s="1"><v>112</v></c><c r="B15" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C15" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D15" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E15" s="1" t="str"><v/></c><c r="F15" s="4" t="str"><v/></c><c r="G15" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H15" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I15" s="1" t="str"><v>Statengriffie</v></c><c r="J15" s="1" t="str"><v/></c><c r="K15" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L15" s="4"><v>45357.0</v></c><c r="M15" s="1"><v>1</v></c></row><row r="16" spans="1:13" customFormat="false"><c r="A16" s="1"><v>112</v></c><c r="B16" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C16" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D16" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E16" s="1" t="str"><v/></c><c r="F16" s="4" t="str"><v/></c><c r="G16" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H16" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I16" s="1" t="str"><v>Statengriffie</v></c><c r="J16" s="1" t="str"><v/></c><c r="K16" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L16" s="4"><v>45371.0</v></c><c r="M16" s="1"><v>1</v></c></row><row r="17" spans="1:13" customFormat="false"><c r="A17" s="1"><v>112</v></c><c r="B17" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C17" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D17" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E17" s="1" t="str"><v/></c><c r="F17" s="4" t="str"><v/></c><c r="G17" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H17" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I17" s="1" t="str"><v>Statengriffie</v></c><c r="J17" s="1" t="str"><v/></c><c r="K17" s="1" t="str"><v>Provinciale Staten</v></c><c r="L17" s="4"><v>45378.0</v></c><c r="M17" s="1"><v>1</v></c></row><row r="18" spans="1:13" customFormat="false"><c r="A18" s="1"><v>112</v></c><c r="B18" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C18" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D18" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E18" s="1" t="str"><v/></c><c r="F18" s="4" t="str"><v/></c><c r="G18" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H18" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I18" s="1" t="str"><v>Statengriffie</v></c><c r="J18" s="1" t="str"><v/></c><c r="K18" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L18" s="4"><v>45476.0</v></c><c r="M18" s="1"><v>1</v></c></row><row r="19" spans="1:13" customFormat="false"><c r="A19" s="1"><v>112</v></c><c r="B19" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C19" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D19" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E19" s="1" t="str"><v/></c><c r="F19" s="4" t="str"><v/></c><c r="G19" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H19" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I19" s="1" t="str"><v>Statengriffie</v></c><c r="J19" s="1" t="str"><v/></c><c r="K19" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L19" s="4"><v>45483.0</v></c><c r="M19" s="1"><v>1</v></c></row><row r="20" spans="1:13" customFormat="false"><c r="A20" s="1"><v>112</v></c><c r="B20" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C20" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D20" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E20" s="1" t="str"><v/></c><c r="F20" s="4" t="str"><v/></c><c r="G20" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H20" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I20" s="1" t="str"><v>Statengriffie</v></c><c r="J20" s="1" t="str"><v/></c><c r="K20" s="1" t="str"><v>Provinciale Staten</v></c><c r="L20" s="4"><v>45490.0</v></c><c r="M20" s="1"><v>1</v></c></row><row r="21" spans="1:13" customFormat="false"><c r="A21" s="1"><v>112</v></c><c r="B21" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C21" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D21" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E21" s="1" t="str"><v/></c><c r="F21" s="4" t="str"><v/></c><c r="G21" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H21" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I21" s="1" t="str"><v>Statengriffie</v></c><c r="J21" s="1" t="str"><v/></c><c r="K21" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L21" s="4"><v>45616.0</v></c><c r="M21" s="1"><v>1</v></c></row><row r="22" spans="1:13" customFormat="false"><c r="A22" s="1"><v>112</v></c><c r="B22" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C22" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D22" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E22" s="1" t="str"><v/></c><c r="F22" s="4" t="str"><v/></c><c r="G22" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H22" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I22" s="1" t="str"><v>Statengriffie</v></c><c r="J22" s="1" t="str"><v/></c><c r="K22" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L22" s="4"><v>45623.0</v></c><c r="M22" s="1"><v>1</v></c></row><row r="23" spans="1:13" customFormat="false"><c r="A23" s="1"><v>112</v></c><c r="B23" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C23" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D23" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E23" s="1" t="str"><v/></c><c r="F23" s="4" t="str"><v/></c><c r="G23" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H23" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I23" s="1" t="str"><v>Statengriffie</v></c><c r="J23" s="1" t="str"><v/></c><c r="K23" s="1" t="str"><v>Provinciale Staten</v></c><c r="L23" s="4"><v>45637.0</v></c><c r="M23" s="1"><v>1</v></c></row><row r="24" spans="1:13" customFormat="false"><c r="A24" s="1"><v>112</v></c><c r="B24" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C24" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D24" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E24" s="1" t="str"><v/></c><c r="F24" s="4" t="str"><v/></c><c r="G24" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H24" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I24" s="1" t="str"><v>Statengriffie</v></c><c r="J24" s="1" t="str"><v/></c><c r="K24" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L24" s="4"><v>45721.0</v></c><c r="M24" s="1"><v>1</v></c></row><row r="25" spans="1:13" customFormat="false"><c r="A25" s="1"><v>112</v></c><c r="B25" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C25" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D25" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E25" s="1" t="str"><v/></c><c r="F25" s="4" t="str"><v/></c><c r="G25" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H25" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I25" s="1" t="str"><v>Statengriffie</v></c><c r="J25" s="1" t="str"><v/></c><c r="K25" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L25" s="4"><v>45721.0</v></c><c r="M25" s="1"><v>1</v></c></row><row r="26" spans="1:13" customFormat="false"><c r="A26" s="1"><v>112</v></c><c r="B26" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C26" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D26" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E26" s="1" t="str"><v/></c><c r="F26" s="4" t="str"><v/></c><c r="G26" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H26" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I26" s="1" t="str"><v>Statengriffie</v></c><c r="J26" s="1" t="str"><v/></c><c r="K26" s="1" t="str"><v>Provinciale Staten</v></c><c r="L26" s="4"><v>45742.0</v></c><c r="M26" s="1"><v>1</v></c></row><row r="27" spans="1:13" customFormat="false"><c r="A27" s="1"><v>112</v></c><c r="B27" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C27" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D27" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E27" s="1" t="str"><v/></c><c r="F27" s="4" t="str"><v/></c><c r="G27" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H27" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I27" s="1" t="str"><v>Statengriffie</v></c><c r="J27" s="1" t="str"><v/></c><c r="K27" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L27" s="4"><v>45840.0</v></c><c r="M27" s="1"><v>1</v></c></row><row r="28" spans="1:13" customFormat="false"><c r="A28" s="1"><v>112</v></c><c r="B28" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C28" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D28" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E28" s="1" t="str"><v/></c><c r="F28" s="4" t="str"><v/></c><c r="G28" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H28" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I28" s="1" t="str"><v>Statengriffie</v></c><c r="J28" s="1" t="str"><v/></c><c r="K28" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L28" s="4"><v>45840.0</v></c><c r="M28" s="1"><v>1</v></c></row><row r="29" spans="1:13" customFormat="false"><c r="A29" s="1"><v>112</v></c><c r="B29" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C29" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D29" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E29" s="1" t="str"><v/></c><c r="F29" s="4" t="str"><v/></c><c r="G29" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H29" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I29" s="1" t="str"><v>Statengriffie</v></c><c r="J29" s="1" t="str"><v/></c><c r="K29" s="1" t="str"><v>Provinciale Staten</v></c><c r="L29" s="4"><v>45847.0</v></c><c r="M29" s="1"><v>1</v></c></row><row r="30" spans="1:13" customFormat="false"><c r="A30" s="1"><v>112</v></c><c r="B30" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C30" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D30" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E30" s="1" t="str"><v/></c><c r="F30" s="4" t="str"><v/></c><c r="G30" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H30" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I30" s="1" t="str"><v>Statengriffie</v></c><c r="J30" s="1" t="str"><v/></c><c r="K30" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L30" s="4"><v>45994.0</v></c><c r="M30" s="1"><v>1</v></c></row><row r="31" spans="1:13" customFormat="false"><c r="A31" s="1"><v>112</v></c><c r="B31" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C31" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D31" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E31" s="1" t="str"><v/></c><c r="F31" s="4" t="str"><v/></c><c r="G31" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H31" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I31" s="1" t="str"><v>Statengriffie</v></c><c r="J31" s="1" t="str"><v/></c><c r="K31" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L31" s="4"><v>45994.0</v></c><c r="M31" s="1"><v>1</v></c></row><row r="32" spans="1:13" customFormat="false"><c r="A32" s="1"><v>112</v></c><c r="B32" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C32" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D32" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E32" s="1" t="str"><v/></c><c r="F32" s="4" t="str"><v/></c><c r="G32" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H32" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I32" s="1" t="str"><v>Statengriffie</v></c><c r="J32" s="1" t="str"><v/></c><c r="K32" s="1" t="str"><v>Provinciale Staten</v></c><c r="L32" s="4"><v>46008.0</v></c><c r="M32" s="1"><v>1</v></c></row><row r="33" spans="1:13" customFormat="false"><c r="A33" s="1"><v>112</v></c><c r="B33" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C33" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D33" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E33" s="1" t="str"><v/></c><c r="F33" s="4" t="str"><v/></c><c r="G33" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H33" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I33" s="1" t="str"><v>Statengriffie</v></c><c r="J33" s="1" t="str"><v/></c><c r="K33" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L33" s="4"><v>46099.0</v></c><c r="M33" s="1"><v>0</v></c></row><row r="34" spans="1:13" customFormat="false"><c r="A34" s="1"><v>112</v></c><c r="B34" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C34" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D34" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E34" s="1" t="str"><v/></c><c r="F34" s="4" t="str"><v/></c><c r="G34" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H34" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I34" s="1" t="str"><v>Statengriffie</v></c><c r="J34" s="1" t="str"><v/></c><c r="K34" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L34" s="4"><v>46099.0</v></c><c r="M34" s="1"><v>0</v></c></row><row r="35" spans="1:13" customFormat="false"><c r="A35" s="1"><v>112</v></c><c r="B35" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C35" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D35" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E35" s="1" t="str"><v/></c><c r="F35" s="4" t="str"><v/></c><c r="G35" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H35" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I35" s="1" t="str"><v>Statengriffie</v></c><c r="J35" s="1" t="str"><v/></c><c r="K35" s="1" t="str"><v>Provinciale Staten</v></c><c r="L35" s="4"><v>46106.0</v></c><c r="M35" s="1"><v>0</v></c></row><row r="36" spans="1:13" customFormat="false"><c r="A36" s="1"><v>112</v></c><c r="B36" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C36" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D36" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E36" s="1" t="str"><v/></c><c r="F36" s="4" t="str"><v/></c><c r="G36" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H36" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I36" s="1" t="str"><v>Statengriffie</v></c><c r="J36" s="1" t="str"><v/></c><c r="K36" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L36" s="4"><v>46190.0</v></c><c r="M36" s="1"><v>0</v></c></row><row r="37" spans="1:13" customFormat="false"><c r="A37" s="1"><v>112</v></c><c r="B37" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C37" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D37" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E37" s="1" t="str"><v/></c><c r="F37" s="4" t="str"><v/></c><c r="G37" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H37" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I37" s="1" t="str"><v>Statengriffie</v></c><c r="J37" s="1" t="str"><v/></c><c r="K37" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L37" s="4"><v>46190.0</v></c><c r="M37" s="1"><v>0</v></c></row><row r="38" spans="1:13" customFormat="false"><c r="A38" s="1"><v>112</v></c><c r="B38" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C38" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D38" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E38" s="1" t="str"><v/></c><c r="F38" s="4" t="str"><v/></c><c r="G38" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H38" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I38" s="1" t="str"><v>Statengriffie</v></c><c r="J38" s="1" t="str"><v/></c><c r="K38" s="1" t="str"><v>Provinciale Staten</v></c><c r="L38" s="4"><v>46204.0</v></c><c r="M38" s="1"><v>0</v></c></row><row r="39" spans="1:13" customFormat="false"><c r="A39" s="1"><v>112</v></c><c r="B39" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C39" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D39" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E39" s="1" t="str"><v/></c><c r="F39" s="4" t="str"><v/></c><c r="G39" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H39" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I39" s="1" t="str"><v>Statengriffie</v></c><c r="J39" s="1" t="str"><v/></c><c r="K39" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L39" s="4"><v>46351.0</v></c><c r="M39" s="1"><v>0</v></c></row><row r="40" spans="1:13" customFormat="false"><c r="A40" s="1"><v>112</v></c><c r="B40" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C40" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D40" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E40" s="1" t="str"><v/></c><c r="F40" s="4" t="str"><v/></c><c r="G40" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H40" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I40" s="1" t="str"><v>Statengriffie</v></c><c r="J40" s="1" t="str"><v/></c><c r="K40" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L40" s="4"><v>46351.0</v></c><c r="M40" s="1"><v>0</v></c></row><row r="41" spans="1:13" customFormat="false"><c r="A41" s="1"><v>112</v></c><c r="B41" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C41" s="1" t="str"><v>Afdoening Moties (en Toezeggingen)</v></c><c r="D41" s="1" t="str"><v>Drie keer per jaar wordt een voorstel tot afdoen van de moties &amp; toezeggingen aan Provinciale Staten voorgelegd</v></c><c r="E41" s="1" t="str"><v/></c><c r="F41" s="4" t="str"><v/></c><c r="G41" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H41" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I41" s="1" t="str"><v>Statengriffie</v></c><c r="J41" s="1" t="str"><v/></c><c r="K41" s="1" t="str"><v>Provinciale Staten</v></c><c r="L41" s="4"><v>46372.0</v></c><c r="M41" s="1"><v>0</v></c></row><row r="42" spans="1:13" customFormat="false"><c r="A42" s="1"><v>117</v></c><c r="B42" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C42" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D42" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E42" s="1" t="str"><v/></c><c r="F42" s="4" t="str"><v/></c><c r="G42" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H42" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I42" s="1" t="str"><v>Bestuursadvies</v></c><c r="J42" s="1" t="str"><v/></c><c r="K42" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L42" s="4"><v>45259.0</v></c><c r="M42" s="1"><v>1</v></c></row><row r="43" spans="1:13" customFormat="false"><c r="A43" s="1"><v>117</v></c><c r="B43" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C43" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D43" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E43" s="1" t="str"><v/></c><c r="F43" s="4" t="str"><v/></c><c r="G43" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H43" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I43" s="1" t="str"><v>Bestuursadvies</v></c><c r="J43" s="1" t="str"><v/></c><c r="K43" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L43" s="4"><v>45259.0</v></c><c r="M43" s="1"><v>1</v></c></row><row r="44" spans="1:13" customFormat="false"><c r="A44" s="1"><v>117</v></c><c r="B44" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C44" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D44" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E44" s="1" t="str"><v/></c><c r="F44" s="4" t="str"><v/></c><c r="G44" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H44" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I44" s="1" t="str"><v>Bestuursadvies</v></c><c r="J44" s="1" t="str"><v/></c><c r="K44" s="1" t="str"><v>Provinciale Staten</v></c><c r="L44" s="4"><v>45273.0</v></c><c r="M44" s="1"><v>1</v></c></row><row r="45" spans="1:13" customFormat="false"><c r="A45" s="1"><v>117</v></c><c r="B45" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C45" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D45" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E45" s="1" t="str"><v/></c><c r="F45" s="4" t="str"><v/></c><c r="G45" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H45" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I45" s="1" t="str"><v>Bestuursadvies</v></c><c r="J45" s="1" t="str"><v/></c><c r="K45" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L45" s="4"><v>45392.0</v></c><c r="M45" s="1"><v>1</v></c></row><row r="46" spans="1:13" customFormat="false"><c r="A46" s="1"><v>117</v></c><c r="B46" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C46" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D46" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E46" s="1" t="str"><v/></c><c r="F46" s="4" t="str"><v/></c><c r="G46" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H46" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I46" s="1" t="str"><v>Bestuursadvies</v></c><c r="J46" s="1" t="str"><v/></c><c r="K46" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L46" s="4"><v>45392.0</v></c><c r="M46" s="1"><v>1</v></c></row><row r="47" spans="1:13" customFormat="false"><c r="A47" s="1"><v>117</v></c><c r="B47" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C47" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D47" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E47" s="1" t="str"><v/></c><c r="F47" s="4" t="str"><v/></c><c r="G47" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H47" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I47" s="1" t="str"><v>Bestuursadvies</v></c><c r="J47" s="1" t="str"><v/></c><c r="K47" s="1" t="str"><v>Provinciale Staten</v></c><c r="L47" s="4"><v>45406.0</v></c><c r="M47" s="1"><v>1</v></c></row><row r="48" spans="1:13" customFormat="false"><c r="A48" s="1"><v>117</v></c><c r="B48" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C48" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D48" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E48" s="1" t="str"><v/></c><c r="F48" s="4" t="str"><v/></c><c r="G48" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H48" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I48" s="1" t="str"><v>Bestuursadvies</v></c><c r="J48" s="1" t="str"><v/></c><c r="K48" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L48" s="4"><v>45539.0</v></c><c r="M48" s="1"><v>1</v></c></row><row r="49" spans="1:13" customFormat="false"><c r="A49" s="1"><v>117</v></c><c r="B49" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C49" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D49" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E49" s="1" t="str"><v/></c><c r="F49" s="4" t="str"><v/></c><c r="G49" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H49" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I49" s="1" t="str"><v>Bestuursadvies</v></c><c r="J49" s="1" t="str"><v/></c><c r="K49" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L49" s="4"><v>45539.0</v></c><c r="M49" s="1"><v>1</v></c></row><row r="50" spans="1:13" customFormat="false"><c r="A50" s="1"><v>117</v></c><c r="B50" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C50" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D50" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E50" s="1" t="str"><v/></c><c r="F50" s="4" t="str"><v/></c><c r="G50" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H50" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I50" s="1" t="str"><v>Bestuursadvies</v></c><c r="J50" s="1" t="str"><v/></c><c r="K50" s="1" t="str"><v>Provinciale Staten</v></c><c r="L50" s="4"><v>45560.0</v></c><c r="M50" s="1"><v>1</v></c></row><row r="51" spans="1:13" customFormat="false"><c r="A51" s="1"><v>117</v></c><c r="B51" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C51" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D51" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E51" s="1" t="str"><v/></c><c r="F51" s="4" t="str"><v/></c><c r="G51" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H51" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I51" s="1" t="str"><v>Bestuursadvies</v></c><c r="J51" s="1" t="str"><v/></c><c r="K51" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L51" s="4"><v>45945.0</v></c><c r="M51" s="1"><v>1</v></c></row><row r="52" spans="1:13" customFormat="false"><c r="A52" s="1"><v>117</v></c><c r="B52" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C52" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D52" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E52" s="1" t="str"><v/></c><c r="F52" s="4" t="str"><v/></c><c r="G52" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H52" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I52" s="1" t="str"><v>Bestuursadvies</v></c><c r="J52" s="1" t="str"><v/></c><c r="K52" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L52" s="4"><v>45945.0</v></c><c r="M52" s="1"><v>1</v></c></row><row r="53" spans="1:13" customFormat="false"><c r="A53" s="1"><v>117</v></c><c r="B53" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C53" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D53" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E53" s="1" t="str"><v/></c><c r="F53" s="4" t="str"><v/></c><c r="G53" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H53" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I53" s="1" t="str"><v>Bestuursadvies</v></c><c r="J53" s="1" t="str"><v/></c><c r="K53" s="1" t="str"><v>Provinciale Staten</v></c><c r="L53" s="4"><v>45959.0</v></c><c r="M53" s="1"><v>1</v></c></row><row r="54" spans="1:13" customFormat="false"><c r="A54" s="1"><v>117</v></c><c r="B54" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C54" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D54" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E54" s="1" t="str"><v/></c><c r="F54" s="4" t="str"><v/></c><c r="G54" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H54" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I54" s="1" t="str"><v>Bestuursadvies</v></c><c r="J54" s="1" t="str"><v/></c><c r="K54" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L54" s="4"><v>46127.0</v></c><c r="M54" s="1"><v>0</v></c></row><row r="55" spans="1:13" customFormat="false"><c r="A55" s="1"><v>117</v></c><c r="B55" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C55" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D55" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E55" s="1" t="str"><v/></c><c r="F55" s="4" t="str"><v/></c><c r="G55" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H55" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I55" s="1" t="str"><v>Bestuursadvies</v></c><c r="J55" s="1" t="str"><v/></c><c r="K55" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L55" s="4"><v>46127.0</v></c><c r="M55" s="1"><v>0</v></c></row><row r="56" spans="1:13" customFormat="false"><c r="A56" s="1"><v>117</v></c><c r="B56" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C56" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D56" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E56" s="1" t="str"><v/></c><c r="F56" s="4" t="str"><v/></c><c r="G56" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H56" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I56" s="1" t="str"><v>Bestuursadvies</v></c><c r="J56" s="1" t="str"><v/></c><c r="K56" s="1" t="str"><v>Provinciale Staten</v></c><c r="L56" s="4"><v>46134.0</v></c><c r="M56" s="1"><v>0</v></c></row><row r="57" spans="1:13" customFormat="false"><c r="A57" s="1"><v>117</v></c><c r="B57" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C57" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D57" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E57" s="1" t="str"><v/></c><c r="F57" s="4" t="str"><v/></c><c r="G57" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H57" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I57" s="1" t="str"><v>Bestuursadvies</v></c><c r="J57" s="1" t="str"><v/></c><c r="K57" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L57" s="4"><v>46267.0</v></c><c r="M57" s="1"><v>0</v></c></row><row r="58" spans="1:13" customFormat="false"><c r="A58" s="1"><v>117</v></c><c r="B58" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C58" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D58" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E58" s="1" t="str"><v/></c><c r="F58" s="4" t="str"><v/></c><c r="G58" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H58" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I58" s="1" t="str"><v>Bestuursadvies</v></c><c r="J58" s="1" t="str"><v/></c><c r="K58" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L58" s="4"><v>46267.0</v></c><c r="M58" s="1"><v>0</v></c></row><row r="59" spans="1:13" customFormat="false"><c r="A59" s="1"><v>117</v></c><c r="B59" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C59" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D59" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E59" s="1" t="str"><v/></c><c r="F59" s="4" t="str"><v/></c><c r="G59" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H59" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I59" s="1" t="str"><v>Bestuursadvies</v></c><c r="J59" s="1" t="str"><v/></c><c r="K59" s="1" t="str"><v>Provinciale Staten</v></c><c r="L59" s="4"><v>46281.0</v></c><c r="M59" s="1"><v>0</v></c></row><row r="60" spans="1:13" customFormat="false"><c r="A60" s="1"><v>117</v></c><c r="B60" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C60" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D60" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E60" s="1" t="str"><v/></c><c r="F60" s="4" t="str"><v/></c><c r="G60" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H60" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I60" s="1" t="str"><v>Bestuursadvies</v></c><c r="J60" s="1" t="str"><v/></c><c r="K60" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L60" s="4"><v>46351.0</v></c><c r="M60" s="1"><v>0</v></c></row><row r="61" spans="1:13" customFormat="false"><c r="A61" s="1"><v>117</v></c><c r="B61" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C61" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D61" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E61" s="1" t="str"><v/></c><c r="F61" s="4" t="str"><v/></c><c r="G61" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H61" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I61" s="1" t="str"><v>Bestuursadvies</v></c><c r="J61" s="1" t="str"><v/></c><c r="K61" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L61" s="4"><v>46351.0</v></c><c r="M61" s="1"><v>0</v></c></row><row r="62" spans="1:13" customFormat="false"><c r="A62" s="1"><v>117</v></c><c r="B62" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C62" s="1" t="str"><v xml:space="preserve">Opheffen geheimhouding </v></c><c r="D62" s="1" t="str"><v xml:space="preserve">Drie keer per jaar wordt aan Provinciale Staten een voorstel tot het opheffen&#13;
+van geheimhouding voorgelegd.</v></c><c r="E62" s="1" t="str"><v/></c><c r="F62" s="4" t="str"><v/></c><c r="G62" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H62" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I62" s="1" t="str"><v>Bestuursadvies</v></c><c r="J62" s="1" t="str"><v/></c><c r="K62" s="1" t="str"><v>Provinciale Staten</v></c><c r="L62" s="4"><v>46372.0</v></c><c r="M62" s="1"><v>0</v></c></row><row r="63" spans="1:13" customFormat="false"><c r="A63" s="1"><v>126</v></c><c r="B63" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C63" s="1" t="str"><v xml:space="preserve">Afscheid commissaris van de Koning </v></c><c r="D63" s="1" t="str"><v/></c><c r="E63" s="1" t="str"><v/></c><c r="F63" s="4" t="str"><v/></c><c r="G63" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H63" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I63" s="1"/><c r="J63" s="1" t="str"><v/></c><c r="K63" s="1" t="str"><v>Provinciale Staten</v></c><c r="L63" s="4"><v>45230.0</v></c><c r="M63" s="1"><v>1</v></c></row><row r="64" spans="1:13" customFormat="false"><c r="A64" s="1"><v>127</v></c><c r="B64" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C64" s="1" t="str"><v xml:space="preserve">Installatie commissaris van de Koning </v></c><c r="D64" s="1" t="str"><v/></c><c r="E64" s="1" t="str"><v/></c><c r="F64" s="4" t="str"><v/></c><c r="G64" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H64" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I64" s="1"/><c r="J64" s="1" t="str"><v/></c><c r="K64" s="1" t="str"><v>Provinciale Staten</v></c><c r="L64" s="4"><v>45233.0</v></c><c r="M64" s="1"><v>1</v></c></row><row r="65" spans="1:13" customFormat="false"><c r="A65" s="1"><v>133</v></c><c r="B65" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C65" s="1" t="str"><v>Instellingsbesluit commissies van Provinciale Staten</v></c><c r="D65" s="1" t="str"><v/></c><c r="E65" s="1" t="str"><v/></c><c r="F65" s="4"><v>45208.0</v></c><c r="G65" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H65" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I65" s="1" t="str"><v>Statengriffie</v></c><c r="J65" s="1" t="str"><v/></c><c r="K65" s="1" t="str"><v>Provinciale Staten</v></c><c r="L65" s="4"><v>45231.0</v></c><c r="M65" s="1"><v>1</v></c></row><row r="66" spans="1:13" customFormat="false"><c r="A66" s="1"><v>139</v></c><c r="B66" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C66" s="1" t="str"><v>IPO - Bestuursprogramma</v></c><c r="D66" s="1" t="str"><v>Het IPO-AV lid heeft de commissie EMS op 11 oktober voorgesteld om het IPO-Bestuursprogramma in de commissie te bespreken.</v></c><c r="E66" s="1" t="str"><v/></c><c r="F66" s="4" t="str"><v/></c><c r="G66" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H66" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I66" s="1"/><c r="J66" s="1" t="str"><v/></c><c r="K66" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L66" s="4"><v>45252.0</v></c><c r="M66" s="1"><v>1</v></c></row><row r="67" spans="1:13" customFormat="false"><c r="A67" s="1"><v>139</v></c><c r="B67" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C67" s="1" t="str"><v>IPO - Bestuursprogramma</v></c><c r="D67" s="1" t="str"><v>Het IPO-AV lid heeft de commissie EMS op 11 oktober voorgesteld om het IPO-Bestuursprogramma in de commissie te bespreken.</v></c><c r="E67" s="1" t="str"><v/></c><c r="F67" s="4" t="str"><v/></c><c r="G67" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H67" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I67" s="1"/><c r="J67" s="1" t="str"><v/></c><c r="K67" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L67" s="4"><v>45329.0</v></c><c r="M67" s="1"><v>1</v></c></row><row r="68" spans="1:13" customFormat="false"><c r="A68" s="1"><v>139</v></c><c r="B68" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C68" s="1" t="str"><v>IPO - Bestuursprogramma</v></c><c r="D68" s="1" t="str"><v>Het IPO-AV lid heeft de commissie EMS op 11 oktober voorgesteld om het IPO-Bestuursprogramma in de commissie te bespreken.</v></c><c r="E68" s="1" t="str"><v/></c><c r="F68" s="4" t="str"><v/></c><c r="G68" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H68" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I68" s="1"/><c r="J68" s="1" t="str"><v/></c><c r="K68" s="1" t="str"><v>Provinciale Staten</v></c><c r="L68" s="4"><v>45350.0</v></c><c r="M68" s="1"><v>1</v></c></row><row r="69" spans="1:13" customFormat="false"><c r="A69" s="1"><v>148</v></c><c r="B69" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C69" s="1" t="str"><v>Verlenging opdracht accountantsdiensten boekjaar 2024</v></c><c r="D69" s="1" t="str"><v/></c><c r="E69" s="1" t="str"><v>Commissie Planning &amp; Control</v></c><c r="F69" s="4"><v>45225.0</v></c><c r="G69" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H69" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I69" s="1" t="str"><v>Statengriffie</v></c><c r="J69" s="1" t="str"><v/></c><c r="K69" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L69" s="4"><v>45252.0</v></c><c r="M69" s="1"><v>1</v></c></row><row r="70" spans="1:13" customFormat="false"><c r="A70" s="1"><v>148</v></c><c r="B70" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C70" s="1" t="str"><v>Verlenging opdracht accountantsdiensten boekjaar 2024</v></c><c r="D70" s="1" t="str"><v/></c><c r="E70" s="1" t="str"><v>Commissie Planning &amp; Control</v></c><c r="F70" s="4"><v>45225.0</v></c><c r="G70" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H70" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I70" s="1" t="str"><v>Statengriffie</v></c><c r="J70" s="1" t="str"><v/></c><c r="K70" s="1" t="str"><v>Provinciale Staten</v></c><c r="L70" s="4"><v>45273.0</v></c><c r="M70" s="1"><v>1</v></c></row><row r="71" spans="1:13" customFormat="false"><c r="A71" s="1"><v>155</v></c><c r="B71" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C71" s="1" t="str"><v>Boardletter Accountant</v></c><c r="D71" s="1" t="str"><v/></c><c r="E71" s="1" t="str"><v>Commissie Planning &amp; Control</v></c><c r="F71" s="4" t="str"><v/></c><c r="G71" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H71" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I71" s="1" t="str"><v>Statengriffie</v></c><c r="J71" s="1" t="str"><v/></c><c r="K71" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L71" s="4"><v>45308.0</v></c><c r="M71" s="1"><v>1</v></c></row><row r="72" spans="1:13" customFormat="false"><c r="A72" s="1"><v>171</v></c><c r="B72" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C72" s="1" t="str"><v>Verordening Klankbordgesprekken Commissaris van de Koning en Provinciale Staten 2024</v></c><c r="D72" s="1" t="str"><v xml:space="preserve">&#13;
+</v></c><c r="E72" s="1" t="str"><v/></c><c r="F72" s="4"><v>45303.0</v></c><c r="G72" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H72" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I72" s="1" t="str"><v>Statengriffie</v></c><c r="J72" s="1" t="str"><v/></c><c r="K72" s="1" t="str"><v>Provinciale Staten</v></c><c r="L72" s="4"><v>45350.0</v></c><c r="M72" s="1"><v>1</v></c></row><row r="73" spans="1:13" customFormat="false"><c r="A73" s="1"><v>174</v></c><c r="B73" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C73" s="1" t="str"><v>Natuurwetgeving en de Omgevingswet - Statenacademie</v></c><c r="D73" s="1" t="str"><v/></c><c r="E73" s="1" t="str"><v/></c><c r="F73" s="4" t="str"><v/></c><c r="G73" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H73" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I73" s="1"/><c r="J73" s="1" t="str"><v/></c><c r="K73" s="1" t="str"><v>Statenactiviteit</v></c><c r="L73" s="4"><v>45306.0</v></c><c r="M73" s="1"><v>1</v></c></row><row r="74" spans="1:13" customFormat="false"><c r="A74" s="1"><v>178</v></c><c r="B74" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C74" s="1" t="str"><v>Sociale activiteit - Statenbijeenkomst</v></c><c r="D74" s="1" t="str"><v/></c><c r="E74" s="1" t="str"><v/></c><c r="F74" s="4" t="str"><v/></c><c r="G74" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H74" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I74" s="1"/><c r="J74" s="1" t="str"><v/></c><c r="K74" s="1" t="str"><v>Statenactiviteit</v></c><c r="L74" s="4"><v>45645.0</v></c><c r="M74" s="1"><v>1</v></c></row><row r="75" spans="1:13" customFormat="false"><c r="A75" s="1"><v>181</v></c><c r="B75" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C75" s="1" t="str"><v>Routekaart Provinciale Staten 2023-2027</v></c><c r="D75" s="1" t="str"><v/></c><c r="E75" s="1" t="str"><v/></c><c r="F75" s="4"><v>45264.0</v></c><c r="G75" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H75" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I75" s="1"/><c r="J75" s="1" t="str"><v/></c><c r="K75" s="1" t="str"><v>Provinciale Staten</v></c><c r="L75" s="4"><v>45322.0</v></c><c r="M75" s="1"><v>1</v></c></row><row r="76" spans="1:13" customFormat="false"><c r="A76" s="1"><v>182</v></c><c r="B76" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C76" s="1" t="str"><v>Instellen werkgroep samenwerkingsafspraken GS-PS Omgevingswet</v></c><c r="D76" s="1" t="str"><v/></c><c r="E76" s="1" t="str"><v/></c><c r="F76" s="4" t="str"><v/></c><c r="G76" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H76" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I76" s="1"/><c r="J76" s="1" t="str"><v/></c><c r="K76" s="1" t="str"><v>Provinciale Staten</v></c><c r="L76" s="4"><v>45322.0</v></c><c r="M76" s="1"><v>1</v></c></row><row r="77" spans="1:13" customFormat="false"><c r="A77" s="1"><v>183</v></c><c r="B77" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C77" s="1" t="str"><v>Aanpassing formatieve omvang college van Gedeputeerde Staten</v></c><c r="D77" s="1" t="str"><v/></c><c r="E77" s="1" t="str"><v/></c><c r="F77" s="4" t="str"><v/></c><c r="G77" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H77" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I77" s="1"/><c r="J77" s="1" t="str"><v/></c><c r="K77" s="1" t="str"><v>Provinciale Staten</v></c><c r="L77" s="4"><v>45322.0</v></c><c r="M77" s="1"><v>1</v></c></row><row r="78" spans="1:13" customFormat="false"><c r="A78" s="1"><v>184</v></c><c r="B78" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C78" s="1" t="str"><v>AER Summer Academy</v></c><c r="D78" s="1" t="str"><v>Via Fractievoorzittersoverleg</v></c><c r="E78" s="1" t="str"><v/></c><c r="F78" s="4" t="str"><v/></c><c r="G78" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H78" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I78" s="1"/><c r="J78" s="1" t="str"><v/></c><c r="K78" s="1" t="str"><v>Provinciale Staten</v></c><c r="L78" s="4"><v>45350.0</v></c><c r="M78" s="1"><v>1</v></c></row><row r="79" spans="1:13" customFormat="false"><c r="A79" s="1"><v>184</v></c><c r="B79" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C79" s="1" t="str"><v>AER Summer Academy</v></c><c r="D79" s="1" t="str"><v>Via Fractievoorzittersoverleg</v></c><c r="E79" s="1" t="str"><v/></c><c r="F79" s="4" t="str"><v/></c><c r="G79" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H79" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I79" s="1"/><c r="J79" s="1" t="str"><v/></c><c r="K79" s="1" t="str"><v>Provinciale Staten</v></c><c r="L79" s="4"><v>45406.0</v></c><c r="M79" s="1"><v>1</v></c></row><row r="80" spans="1:13" customFormat="false"><c r="A80" s="1"><v>184</v></c><c r="B80" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C80" s="1" t="str"><v>AER Summer Academy</v></c><c r="D80" s="1" t="str"><v>Via Fractievoorzittersoverleg</v></c><c r="E80" s="1" t="str"><v/></c><c r="F80" s="4" t="str"><v/></c><c r="G80" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H80" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I80" s="1"/><c r="J80" s="1" t="str"><v/></c><c r="K80" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L80" s="4"><v>45581.0</v></c><c r="M80" s="1"><v>1</v></c></row><row r="81" spans="1:13" customFormat="false"><c r="A81" s="1"><v>184</v></c><c r="B81" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C81" s="1" t="str"><v>AER Summer Academy</v></c><c r="D81" s="1" t="str"><v>Via Fractievoorzittersoverleg</v></c><c r="E81" s="1" t="str"><v/></c><c r="F81" s="4" t="str"><v/></c><c r="G81" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H81" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I81" s="1"/><c r="J81" s="1" t="str"><v/></c><c r="K81" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L81" s="4"><v>45700.0</v></c><c r="M81" s="1"><v>1</v></c></row><row r="82" spans="1:13" customFormat="false"><c r="A82" s="1"><v>184</v></c><c r="B82" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C82" s="1" t="str"><v>AER Summer Academy</v></c><c r="D82" s="1" t="str"><v>Via Fractievoorzittersoverleg</v></c><c r="E82" s="1" t="str"><v/></c><c r="F82" s="4" t="str"><v/></c><c r="G82" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H82" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I82" s="1"/><c r="J82" s="1" t="str"><v/></c><c r="K82" s="1" t="str"><v>Provinciale Staten</v></c><c r="L82" s="4"><v>45742.0</v></c><c r="M82" s="1"><v>1</v></c></row><row r="83" spans="1:13" customFormat="false"><c r="A83" s="1"><v>185</v></c><c r="B83" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C83" s="1" t="str"><v>Gedragscode integer handelen Statenleden en Burgerleden Provincie Flevoland</v></c><c r="D83" s="1" t="str"><v/></c><c r="E83" s="1" t="str"><v/></c><c r="F83" s="4"><v>45314.0</v></c><c r="G83" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H83" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I83" s="1" t="str"><v>Statengriffie</v></c><c r="J83" s="1" t="str"><v/></c><c r="K83" s="1" t="str"><v>Provinciale Staten</v></c><c r="L83" s="4"><v>45406.0</v></c><c r="M83" s="1"><v>1</v></c></row><row r="84" spans="1:13" customFormat="false"><c r="A84" s="1"><v>298</v></c><c r="B84" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C84" s="1" t="str"><v>Wijziging Verordening rechtspositie staten- en commissieleden provincie Flevoland 2019</v></c><c r="D84" s="1" t="str"><v xml:space="preserve">Op 13 december 2023 hebben Provinciale Staten de motie "Goed voor jezelf zorgen is nodig om goed voor een ander te zorgen" aangenomen.&#13;
 De motie verzoekt de Statengriffie:&#13;
 - Een statenvoorstel voor te bereiden dat inhoudt een aanpassing van de Verordening rechtspositie Staten- en  Commissieleden Provincie Flevoland 2019, met dien verstande dat hierin wordt opgenomen dat leden van Provinciale Staten éénmaal per jaar een uitkering ontvangen ter grootte van een maand vergoeding, waarmee zij voorzieningen kunnen treffen ter zake van arbeidsongeschiktheid, ouderdom en overlijden. Ter dekking hiervan de vrije ruimte in te zetten van de Stelpost Nieuw Beleid (tot en met 2026).&#13;
 De motie verzoekt het college met een passend dekkingsvoorstel te komen in een P&amp;C-product voor de periode na 2026.&#13;
-</v></c><c r="E72" s="1" t="str"><v/></c><c r="F72" s="4" t="str"><v/></c><c r="G72" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H72" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I72" s="1" t="str"><v>Statengriffie</v></c><c r="J72" s="1" t="str"><v/></c><c r="K72" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L72" s="4"><v>45392.0</v></c><c r="M72" s="1"><v>1</v></c></row><row r="73" spans="1:13" customFormat="false"><c r="A73" s="1"><v>298</v></c><c r="B73" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C73" s="1" t="str"><v>Wijziging Verordening rechtspositie staten- en commissieleden provincie Flevoland 2019</v></c><c r="D73" s="1" t="str"><v xml:space="preserve">Op 13 december 2023 hebben Provinciale Staten de motie "Goed voor jezelf zorgen is nodig om goed voor een ander te zorgen" aangenomen.&#13;
+</v></c><c r="E84" s="1" t="str"><v/></c><c r="F84" s="4" t="str"><v/></c><c r="G84" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H84" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I84" s="1" t="str"><v>Statengriffie</v></c><c r="J84" s="1" t="str"><v/></c><c r="K84" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L84" s="4"><v>45392.0</v></c><c r="M84" s="1"><v>1</v></c></row><row r="85" spans="1:13" customFormat="false"><c r="A85" s="1"><v>298</v></c><c r="B85" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C85" s="1" t="str"><v>Wijziging Verordening rechtspositie staten- en commissieleden provincie Flevoland 2019</v></c><c r="D85" s="1" t="str"><v xml:space="preserve">Op 13 december 2023 hebben Provinciale Staten de motie "Goed voor jezelf zorgen is nodig om goed voor een ander te zorgen" aangenomen.&#13;
 De motie verzoekt de Statengriffie:&#13;
 - Een statenvoorstel voor te bereiden dat inhoudt een aanpassing van de Verordening rechtspositie Staten- en  Commissieleden Provincie Flevoland 2019, met dien verstande dat hierin wordt opgenomen dat leden van Provinciale Staten éénmaal per jaar een uitkering ontvangen ter grootte van een maand vergoeding, waarmee zij voorzieningen kunnen treffen ter zake van arbeidsongeschiktheid, ouderdom en overlijden. Ter dekking hiervan de vrije ruimte in te zetten van de Stelpost Nieuw Beleid (tot en met 2026).&#13;
 De motie verzoekt het college met een passend dekkingsvoorstel te komen in een P&amp;C-product voor de periode na 2026.&#13;
-</v></c><c r="E73" s="1" t="str"><v/></c><c r="F73" s="4" t="str"><v/></c><c r="G73" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H73" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I73" s="1" t="str"><v>Statengriffie</v></c><c r="J73" s="1" t="str"><v/></c><c r="K73" s="1" t="str"><v>Provinciale Staten</v></c><c r="L73" s="4"><v>45406.0</v></c><c r="M73" s="1"><v>1</v></c></row><row r="74" spans="1:13" customFormat="false"><c r="A74" s="1"><v>317</v></c><c r="B74" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C74" s="1" t="str"><v>Instellen werkgroep vergroten politieke jongerenparticipatie</v></c><c r="D74" s="1" t="str"><v xml:space="preserve">De werkgroep Vergroten politieke jongerenparticipatie (voorheen werkgroep Jongerenoverleg Provinciale Staten) wordt ingesteld met de opdracht: &#13;
+</v></c><c r="E85" s="1" t="str"><v/></c><c r="F85" s="4" t="str"><v/></c><c r="G85" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H85" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I85" s="1" t="str"><v>Statengriffie</v></c><c r="J85" s="1" t="str"><v/></c><c r="K85" s="1" t="str"><v>Provinciale Staten</v></c><c r="L85" s="4"><v>45406.0</v></c><c r="M85" s="1"><v>1</v></c></row><row r="86" spans="1:13" customFormat="false"><c r="A86" s="1"><v>317</v></c><c r="B86" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C86" s="1" t="str"><v>Instellen werkgroep vergroten politieke jongerenparticipatie</v></c><c r="D86" s="1" t="str"><v xml:space="preserve">De werkgroep Vergroten politieke jongerenparticipatie (voorheen werkgroep Jongerenoverleg Provinciale Staten) wordt ingesteld met de opdracht: &#13;
 -	uitvoering te geven aan bestaande activiteiten die direct of indirect betrekking hebben op jongerenparticipatie en -educatie;&#13;
 -	het Educatieprogramma te evalueren en Provinciale Staten hierover te adviseren;&#13;
 -	concrete voorstellen voor te bereiden over het betrekken van jongeren bij de Flevolandse politiek;&#13;
 -	Provinciale Staten jaarlijks te informeren over de stand van zaken middels een voortgangsverslag mei 2025.&#13;
-</v></c><c r="E74" s="1" t="str"><v/></c><c r="F74" s="4" t="str"><v/></c><c r="G74" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H74" s="1" t="str"><v xml:space="preserve"> Algemeen, Rapporteur</v></c><c r="I74" s="1" t="str"><v>Griffie</v></c><c r="J74" s="1" t="str"><v/></c><c r="K74" s="1" t="str"><v>Provinciale Staten</v></c><c r="L74" s="4"><v>45588.0</v></c><c r="M74" s="1"><v>1</v></c></row><row r="75" spans="1:13" customFormat="false"><c r="A75" s="1"><v>329</v></c><c r="B75" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C75" s="1" t="str"><v>Samenwerkingsafspraken GS-PS Omgevingswet</v></c><c r="D75" s="1" t="str"><v xml:space="preserve">Door het verschuiven van een aantal bevoegdheden van Provinciale Staten (PS) naar Gedeputeerde (GS) met de inwerkingtreding van de Omgevingswet hebben PS en GS nadrukkelijker dan voorheen een gezamenlijke verantwoordelijkheid in het uitvoeren van de wet. De Samenwerkingsafspraken GS - PS Omgevingswet geven&#13;
+</v></c><c r="E86" s="1" t="str"><v/></c><c r="F86" s="4" t="str"><v/></c><c r="G86" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H86" s="1" t="str"><v xml:space="preserve"> Algemeen, Rapporteur</v></c><c r="I86" s="1" t="str"><v>Griffie</v></c><c r="J86" s="1" t="str"><v/></c><c r="K86" s="1" t="str"><v>Provinciale Staten</v></c><c r="L86" s="4"><v>45588.0</v></c><c r="M86" s="1"><v>1</v></c></row><row r="87" spans="1:13" customFormat="false"><c r="A87" s="1"><v>329</v></c><c r="B87" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C87" s="1" t="str"><v>Samenwerkingsafspraken GS-PS Omgevingswet</v></c><c r="D87" s="1" t="str"><v xml:space="preserve">Door het verschuiven van een aantal bevoegdheden van Provinciale Staten (PS) naar Gedeputeerde (GS) met de inwerkingtreding van de Omgevingswet hebben PS en GS nadrukkelijker dan voorheen een gezamenlijke verantwoordelijkheid in het uitvoeren van de wet. De Samenwerkingsafspraken GS - PS Omgevingswet geven&#13;
 invulling aan de onderlinge samenwerking bij besluitvormingsprocessen van de verschillende instrumenten van de wet. Deze samenwerkingsafspraken zijn voorbereid door een Statenwerkgroep waar ook een gedeputeerde lid van is.&#13;
 &#13;
-</v></c><c r="E75" s="1" t="str"><v/></c><c r="F75" s="4" t="str"><v/></c><c r="G75" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H75" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I75" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J75" s="1" t="str"><v xml:space="preserve">De Staten hebben op 25 september 2024 het volgende besloten:&#13;
+</v></c><c r="E87" s="1" t="str"><v/></c><c r="F87" s="4" t="str"><v/></c><c r="G87" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H87" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I87" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J87" s="1" t="str"><v xml:space="preserve">De Staten hebben op 25 september 2024 het volgende besloten:&#13;
 1. De Samenwerkingsafspraken GS - PS Omgevingswet, conform het voorstel van de werkgroep, vast te stellen;&#13;
-2. De werkgroep Samenwerkingsafspraken GS - PS Omgevingswet de nieuwe opdracht mee te geven om de samenwerkingsafspraken te monitoren en over twee jaar te evalueren.</v></c><c r="K75" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L75" s="4"><v>45259.0</v></c><c r="M75" s="1"><v>1</v></c></row><row r="76" spans="1:13" customFormat="false"><c r="A76" s="1"><v>329</v></c><c r="B76" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C76" s="1" t="str"><v>Samenwerkingsafspraken GS-PS Omgevingswet</v></c><c r="D76" s="1" t="str"><v xml:space="preserve">Door het verschuiven van een aantal bevoegdheden van Provinciale Staten (PS) naar Gedeputeerde (GS) met de inwerkingtreding van de Omgevingswet hebben PS en GS nadrukkelijker dan voorheen een gezamenlijke verantwoordelijkheid in het uitvoeren van de wet. De Samenwerkingsafspraken GS - PS Omgevingswet geven&#13;
+2. De werkgroep Samenwerkingsafspraken GS - PS Omgevingswet de nieuwe opdracht mee te geven om de samenwerkingsafspraken te monitoren en over twee jaar te evalueren.</v></c><c r="K87" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L87" s="4"><v>45259.0</v></c><c r="M87" s="1"><v>1</v></c></row><row r="88" spans="1:13" customFormat="false"><c r="A88" s="1"><v>329</v></c><c r="B88" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C88" s="1" t="str"><v>Samenwerkingsafspraken GS-PS Omgevingswet</v></c><c r="D88" s="1" t="str"><v xml:space="preserve">Door het verschuiven van een aantal bevoegdheden van Provinciale Staten (PS) naar Gedeputeerde (GS) met de inwerkingtreding van de Omgevingswet hebben PS en GS nadrukkelijker dan voorheen een gezamenlijke verantwoordelijkheid in het uitvoeren van de wet. De Samenwerkingsafspraken GS - PS Omgevingswet geven&#13;
 invulling aan de onderlinge samenwerking bij besluitvormingsprocessen van de verschillende instrumenten van de wet. Deze samenwerkingsafspraken zijn voorbereid door een Statenwerkgroep waar ook een gedeputeerde lid van is.&#13;
 &#13;
-</v></c><c r="E76" s="1" t="str"><v/></c><c r="F76" s="4" t="str"><v/></c><c r="G76" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H76" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I76" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J76" s="1" t="str"><v xml:space="preserve">De Staten hebben op 25 september 2024 het volgende besloten:&#13;
+</v></c><c r="E88" s="1" t="str"><v/></c><c r="F88" s="4" t="str"><v/></c><c r="G88" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H88" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I88" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J88" s="1" t="str"><v xml:space="preserve">De Staten hebben op 25 september 2024 het volgende besloten:&#13;
 1. De Samenwerkingsafspraken GS - PS Omgevingswet, conform het voorstel van de werkgroep, vast te stellen;&#13;
-2. De werkgroep Samenwerkingsafspraken GS - PS Omgevingswet de nieuwe opdracht mee te geven om de samenwerkingsafspraken te monitoren en over twee jaar te evalueren.</v></c><c r="K76" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L76" s="4"><v>45539.0</v></c><c r="M76" s="1"><v>1</v></c></row><row r="77" spans="1:13" customFormat="false"><c r="A77" s="1"><v>329</v></c><c r="B77" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C77" s="1" t="str"><v>Samenwerkingsafspraken GS-PS Omgevingswet</v></c><c r="D77" s="1" t="str"><v xml:space="preserve">Door het verschuiven van een aantal bevoegdheden van Provinciale Staten (PS) naar Gedeputeerde (GS) met de inwerkingtreding van de Omgevingswet hebben PS en GS nadrukkelijker dan voorheen een gezamenlijke verantwoordelijkheid in het uitvoeren van de wet. De Samenwerkingsafspraken GS - PS Omgevingswet geven&#13;
+2. De werkgroep Samenwerkingsafspraken GS - PS Omgevingswet de nieuwe opdracht mee te geven om de samenwerkingsafspraken te monitoren en over twee jaar te evalueren.</v></c><c r="K88" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L88" s="4"><v>45539.0</v></c><c r="M88" s="1"><v>1</v></c></row><row r="89" spans="1:13" customFormat="false"><c r="A89" s="1"><v>329</v></c><c r="B89" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C89" s="1" t="str"><v>Samenwerkingsafspraken GS-PS Omgevingswet</v></c><c r="D89" s="1" t="str"><v xml:space="preserve">Door het verschuiven van een aantal bevoegdheden van Provinciale Staten (PS) naar Gedeputeerde (GS) met de inwerkingtreding van de Omgevingswet hebben PS en GS nadrukkelijker dan voorheen een gezamenlijke verantwoordelijkheid in het uitvoeren van de wet. De Samenwerkingsafspraken GS - PS Omgevingswet geven&#13;
 invulling aan de onderlinge samenwerking bij besluitvormingsprocessen van de verschillende instrumenten van de wet. Deze samenwerkingsafspraken zijn voorbereid door een Statenwerkgroep waar ook een gedeputeerde lid van is.&#13;
 &#13;
-</v></c><c r="E77" s="1" t="str"><v/></c><c r="F77" s="4" t="str"><v/></c><c r="G77" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H77" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I77" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J77" s="1" t="str"><v xml:space="preserve">De Staten hebben op 25 september 2024 het volgende besloten:&#13;
+</v></c><c r="E89" s="1" t="str"><v/></c><c r="F89" s="4" t="str"><v/></c><c r="G89" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H89" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I89" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J89" s="1" t="str"><v xml:space="preserve">De Staten hebben op 25 september 2024 het volgende besloten:&#13;
 1. De Samenwerkingsafspraken GS - PS Omgevingswet, conform het voorstel van de werkgroep, vast te stellen;&#13;
-2. De werkgroep Samenwerkingsafspraken GS - PS Omgevingswet de nieuwe opdracht mee te geven om de samenwerkingsafspraken te monitoren en over twee jaar te evalueren.</v></c><c r="K77" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L77" s="4"><v>45539.0</v></c><c r="M77" s="1"><v>1</v></c></row><row r="78" spans="1:13" customFormat="false"><c r="A78" s="1"><v>329</v></c><c r="B78" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C78" s="1" t="str"><v>Samenwerkingsafspraken GS-PS Omgevingswet</v></c><c r="D78" s="1" t="str"><v xml:space="preserve">Door het verschuiven van een aantal bevoegdheden van Provinciale Staten (PS) naar Gedeputeerde (GS) met de inwerkingtreding van de Omgevingswet hebben PS en GS nadrukkelijker dan voorheen een gezamenlijke verantwoordelijkheid in het uitvoeren van de wet. De Samenwerkingsafspraken GS - PS Omgevingswet geven&#13;
+2. De werkgroep Samenwerkingsafspraken GS - PS Omgevingswet de nieuwe opdracht mee te geven om de samenwerkingsafspraken te monitoren en over twee jaar te evalueren.</v></c><c r="K89" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L89" s="4"><v>45539.0</v></c><c r="M89" s="1"><v>1</v></c></row><row r="90" spans="1:13" customFormat="false"><c r="A90" s="1"><v>329</v></c><c r="B90" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C90" s="1" t="str"><v>Samenwerkingsafspraken GS-PS Omgevingswet</v></c><c r="D90" s="1" t="str"><v xml:space="preserve">Door het verschuiven van een aantal bevoegdheden van Provinciale Staten (PS) naar Gedeputeerde (GS) met de inwerkingtreding van de Omgevingswet hebben PS en GS nadrukkelijker dan voorheen een gezamenlijke verantwoordelijkheid in het uitvoeren van de wet. De Samenwerkingsafspraken GS - PS Omgevingswet geven&#13;
 invulling aan de onderlinge samenwerking bij besluitvormingsprocessen van de verschillende instrumenten van de wet. Deze samenwerkingsafspraken zijn voorbereid door een Statenwerkgroep waar ook een gedeputeerde lid van is.&#13;
 &#13;
-</v></c><c r="E78" s="1" t="str"><v/></c><c r="F78" s="4" t="str"><v/></c><c r="G78" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H78" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I78" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J78" s="1" t="str"><v xml:space="preserve">De Staten hebben op 25 september 2024 het volgende besloten:&#13;
+</v></c><c r="E90" s="1" t="str"><v/></c><c r="F90" s="4" t="str"><v/></c><c r="G90" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H90" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I90" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J90" s="1" t="str"><v xml:space="preserve">De Staten hebben op 25 september 2024 het volgende besloten:&#13;
 1. De Samenwerkingsafspraken GS - PS Omgevingswet, conform het voorstel van de werkgroep, vast te stellen;&#13;
-2. De werkgroep Samenwerkingsafspraken GS - PS Omgevingswet de nieuwe opdracht mee te geven om de samenwerkingsafspraken te monitoren en over twee jaar te evalueren.</v></c><c r="K78" s="1" t="str"><v>Provinciale Staten</v></c><c r="L78" s="4"><v>45560.0</v></c><c r="M78" s="1"><v>1</v></c></row><row r="79" spans="1:13" customFormat="false"><c r="A79" s="1"><v>329</v></c><c r="B79" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C79" s="1" t="str"><v>Samenwerkingsafspraken GS-PS Omgevingswet</v></c><c r="D79" s="1" t="str"><v xml:space="preserve">Door het verschuiven van een aantal bevoegdheden van Provinciale Staten (PS) naar Gedeputeerde (GS) met de inwerkingtreding van de Omgevingswet hebben PS en GS nadrukkelijker dan voorheen een gezamenlijke verantwoordelijkheid in het uitvoeren van de wet. De Samenwerkingsafspraken GS - PS Omgevingswet geven&#13;
+2. De werkgroep Samenwerkingsafspraken GS - PS Omgevingswet de nieuwe opdracht mee te geven om de samenwerkingsafspraken te monitoren en over twee jaar te evalueren.</v></c><c r="K90" s="1" t="str"><v>Provinciale Staten</v></c><c r="L90" s="4"><v>45560.0</v></c><c r="M90" s="1"><v>1</v></c></row><row r="91" spans="1:13" customFormat="false"><c r="A91" s="1"><v>329</v></c><c r="B91" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C91" s="1" t="str"><v>Samenwerkingsafspraken GS-PS Omgevingswet</v></c><c r="D91" s="1" t="str"><v xml:space="preserve">Door het verschuiven van een aantal bevoegdheden van Provinciale Staten (PS) naar Gedeputeerde (GS) met de inwerkingtreding van de Omgevingswet hebben PS en GS nadrukkelijker dan voorheen een gezamenlijke verantwoordelijkheid in het uitvoeren van de wet. De Samenwerkingsafspraken GS - PS Omgevingswet geven&#13;
 invulling aan de onderlinge samenwerking bij besluitvormingsprocessen van de verschillende instrumenten van de wet. Deze samenwerkingsafspraken zijn voorbereid door een Statenwerkgroep waar ook een gedeputeerde lid van is.&#13;
 &#13;
-</v></c><c r="E79" s="1" t="str"><v/></c><c r="F79" s="4" t="str"><v/></c><c r="G79" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H79" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I79" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J79" s="1" t="str"><v xml:space="preserve">De Staten hebben op 25 september 2024 het volgende besloten:&#13;
+</v></c><c r="E91" s="1" t="str"><v/></c><c r="F91" s="4" t="str"><v/></c><c r="G91" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H91" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I91" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J91" s="1" t="str"><v xml:space="preserve">De Staten hebben op 25 september 2024 het volgende besloten:&#13;
 1. De Samenwerkingsafspraken GS - PS Omgevingswet, conform het voorstel van de werkgroep, vast te stellen;&#13;
-2. De werkgroep Samenwerkingsafspraken GS - PS Omgevingswet de nieuwe opdracht mee te geven om de samenwerkingsafspraken te monitoren en over twee jaar te evalueren.</v></c><c r="K79" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L79" s="4"><v>46266.0</v></c><c r="M79" s="1"><v>0</v></c></row><row r="80" spans="1:13" customFormat="false"><c r="A80" s="1"><v>330</v></c><c r="B80" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C80" s="1" t="str"><v>Instellingsbesluit Presidium en benoeming leden Presidium</v></c><c r="D80" s="1" t="str"><v xml:space="preserve">Het is wenselijk dat (de leden van) Provinciale Staten zich niet druk hoeven te maken over de kwaliteitsvraag en de procedurevraag, maar zich in de politieke arena kunnen richten op de toekomst van de provincie Flevoland. Het nieuwe Presidium heeft als doel dat Provinciale Staten hun aandacht kunnen vestigen op de ontwikkeling van de provincie Flevoland en hierover het politieke debat te voeren. Dit wordt bevorderd door de controle en de besluiten ten aanzien van het besluitvormingsproces en de kwaliteit van de stukken te delegeren aan een ‘dagelijks bestuur’ van Provinciale Staten: het Presidium. &#13;
-De kwaliteitsverbetering van de stukken en van het besluitvormingsproces kan alleen slagen als Provinciale Staten dit in een goede samenwerking met Gedeputeerde Staten en de ambtelijke organisatie oppakt.</v></c><c r="E80" s="1" t="str"><v/></c><c r="F80" s="4" t="str"><v/></c><c r="G80" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H80" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I80" s="1" t="str"><v>Griffie</v></c><c r="J80" s="1" t="str"><v/></c><c r="K80" s="1" t="str"><v>Provinciale Staten</v></c><c r="L80" s="4"><v>45490.0</v></c><c r="M80" s="1"><v>1</v></c></row><row r="81" spans="1:13" customFormat="false"><c r="A81" s="1"><v>338</v></c><c r="B81" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C81" s="1" t="str"><v xml:space="preserve">Verordening rechtsbescherming provincie Flevoland </v></c><c r="D81" s="1" t="str"><v xml:space="preserve">Verordening rechtsbescherming provincie Flevoland </v></c><c r="E81" s="1" t="str"><v/></c><c r="F81" s="4" t="str"><v/></c><c r="G81" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H81" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I81" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J81" s="1" t="str"><v/></c><c r="K81" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L81" s="4"><v>45616.0</v></c><c r="M81" s="1"><v>1</v></c></row><row r="82" spans="1:13" customFormat="false"><c r="A82" s="1"><v>338</v></c><c r="B82" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C82" s="1" t="str"><v xml:space="preserve">Verordening rechtsbescherming provincie Flevoland </v></c><c r="D82" s="1" t="str"><v xml:space="preserve">Verordening rechtsbescherming provincie Flevoland </v></c><c r="E82" s="1" t="str"><v/></c><c r="F82" s="4" t="str"><v/></c><c r="G82" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H82" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I82" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J82" s="1" t="str"><v/></c><c r="K82" s="1" t="str"><v>Provinciale Staten</v></c><c r="L82" s="4"><v>45637.0</v></c><c r="M82" s="1"><v>1</v></c></row><row r="83" spans="1:13" customFormat="false"><c r="A83" s="1"><v>347</v></c><c r="B83" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C83" s="1" t="str"><v xml:space="preserve">Controleplan 2024 en Boardletter </v></c><c r="D83" s="1" t="str"><v>Boardletter 2024 en Controleplan 2024 – gesprek met de accountant</v></c><c r="E83" s="1" t="str"><v/></c><c r="F83" s="4" t="str"><v/></c><c r="G83" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H83" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I83" s="1"/><c r="J83" s="1" t="str"><v xml:space="preserve"> Commissiemaand afhankelijk van commissie Planning &amp; Controle en Presidium van december 2024</v></c><c r="K83" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L83" s="4"><v>45693.0</v></c><c r="M83" s="1"><v>1</v></c></row><row r="84" spans="1:13" customFormat="false"><c r="A84" s="1"><v>353</v></c><c r="B84" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C84" s="1" t="str"><v>Aanbesteding van de Accountantsdiensten 2025-2028</v></c><c r="D84" s="1" t="str"><v/></c><c r="E84" s="1" t="str"><v/></c><c r="F84" s="4" t="str"><v/></c><c r="G84" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H84" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I84" s="1"/><c r="J84" s="1" t="str"><v/></c><c r="K84" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L84" s="4"><v>45735.0</v></c><c r="M84" s="1"><v>1</v></c></row><row r="85" spans="1:13" customFormat="false"><c r="A85" s="1"><v>353</v></c><c r="B85" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C85" s="1" t="str"><v>Aanbesteding van de Accountantsdiensten 2025-2028</v></c><c r="D85" s="1" t="str"><v/></c><c r="E85" s="1" t="str"><v/></c><c r="F85" s="4" t="str"><v/></c><c r="G85" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H85" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I85" s="1"/><c r="J85" s="1" t="str"><v/></c><c r="K85" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L85" s="4"><v>45735.0</v></c><c r="M85" s="1"><v>1</v></c></row><row r="86" spans="1:13" customFormat="false"><c r="A86" s="1"><v>353</v></c><c r="B86" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C86" s="1" t="str"><v>Aanbesteding van de Accountantsdiensten 2025-2028</v></c><c r="D86" s="1" t="str"><v/></c><c r="E86" s="1" t="str"><v/></c><c r="F86" s="4" t="str"><v/></c><c r="G86" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H86" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I86" s="1"/><c r="J86" s="1" t="str"><v/></c><c r="K86" s="1" t="str"><v>Provinciale Staten</v></c><c r="L86" s="4"><v>45742.0</v></c><c r="M86" s="1"><v>1</v></c></row><row r="87" spans="1:13" customFormat="false"><c r="A87" s="1"><v>354</v></c><c r="B87" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C87" s="1" t="str"><v>Vaststelling fractievergoedingen 2024</v></c><c r="D87" s="1" t="str"><v/></c><c r="E87" s="1" t="str"><v/></c><c r="F87" s="4" t="str"><v/></c><c r="G87" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H87" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I87" s="1" t="str"><v>Griffie</v></c><c r="J87" s="1" t="str"><v>N.a.v. Fractievoorzittersoverleg van 26 februari 2025 is het besluitvormingsproces aangepast. Het voorstel wordt in het fractievoorzittersoverleg van 26 maart 2025 geagendeerd en in de Statenvergadering van 26 maart 2025 geagendeerd.</v></c><c r="K87" s="1" t="str"><v>Provinciale Staten</v></c><c r="L87" s="4"><v>45742.0</v></c><c r="M87" s="1"><v>1</v></c></row><row r="88" spans="1:13" customFormat="false"><c r="A88" s="1"><v>355</v></c><c r="B88" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C88" s="1" t="str"><v>Eerste begrotingswijziging 2025 Randstedelijke Rekenkamer</v></c><c r="D88" s="1" t="str"><v/></c><c r="E88" s="1" t="str"><v/></c><c r="F88" s="4" t="str"><v/></c><c r="G88" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H88" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I88" s="1"/><c r="J88" s="1" t="str"><v/></c><c r="K88" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L88" s="4"><v>45721.0</v></c><c r="M88" s="1"><v>1</v></c></row><row r="89" spans="1:13" customFormat="false"><c r="A89" s="1"><v>355</v></c><c r="B89" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C89" s="1" t="str"><v>Eerste begrotingswijziging 2025 Randstedelijke Rekenkamer</v></c><c r="D89" s="1" t="str"><v/></c><c r="E89" s="1" t="str"><v/></c><c r="F89" s="4" t="str"><v/></c><c r="G89" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H89" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I89" s="1"/><c r="J89" s="1" t="str"><v/></c><c r="K89" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L89" s="4"><v>45721.0</v></c><c r="M89" s="1"><v>1</v></c></row><row r="90" spans="1:13" customFormat="false"><c r="A90" s="1"><v>355</v></c><c r="B90" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C90" s="1" t="str"><v>Eerste begrotingswijziging 2025 Randstedelijke Rekenkamer</v></c><c r="D90" s="1" t="str"><v/></c><c r="E90" s="1" t="str"><v/></c><c r="F90" s="4" t="str"><v/></c><c r="G90" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H90" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I90" s="1"/><c r="J90" s="1" t="str"><v/></c><c r="K90" s="1" t="str"><v>Provinciale Staten</v></c><c r="L90" s="4"><v>45742.0</v></c><c r="M90" s="1"><v>1</v></c></row><row r="91" spans="1:13" customFormat="false"><c r="A91" s="1"><v>369</v></c><c r="B91" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C91" s="1" t="str"><v>Agenderingsverzoek - Ondermijning en criminaliteit op het platteland (CDA,D66)</v></c><c r="D91" s="1" t="str"><v xml:space="preserve">Regelmatig is er in het nieuws dat boerenbedrijven stoppen zonder regeling of mogelijkheid tot herbestemming. De vaste lasten lopen echter door. Dit kan zorgen voor een kwetsbare groep mensen, die met leegstaande panden, interessant c.q. kwetsbaar worden voor criminelen.&#13;
+2. De werkgroep Samenwerkingsafspraken GS - PS Omgevingswet de nieuwe opdracht mee te geven om de samenwerkingsafspraken te monitoren en over twee jaar te evalueren.</v></c><c r="K91" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L91" s="4"><v>46266.0</v></c><c r="M91" s="1"><v>0</v></c></row><row r="92" spans="1:13" customFormat="false"><c r="A92" s="1"><v>330</v></c><c r="B92" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C92" s="1" t="str"><v>Instellingsbesluit Presidium en benoeming leden Presidium</v></c><c r="D92" s="1" t="str"><v xml:space="preserve">Het is wenselijk dat (de leden van) Provinciale Staten zich niet druk hoeven te maken over de kwaliteitsvraag en de procedurevraag, maar zich in de politieke arena kunnen richten op de toekomst van de provincie Flevoland. Het nieuwe Presidium heeft als doel dat Provinciale Staten hun aandacht kunnen vestigen op de ontwikkeling van de provincie Flevoland en hierover het politieke debat te voeren. Dit wordt bevorderd door de controle en de besluiten ten aanzien van het besluitvormingsproces en de kwaliteit van de stukken te delegeren aan een ‘dagelijks bestuur’ van Provinciale Staten: het Presidium. &#13;
+De kwaliteitsverbetering van de stukken en van het besluitvormingsproces kan alleen slagen als Provinciale Staten dit in een goede samenwerking met Gedeputeerde Staten en de ambtelijke organisatie oppakt.</v></c><c r="E92" s="1" t="str"><v/></c><c r="F92" s="4" t="str"><v/></c><c r="G92" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H92" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I92" s="1" t="str"><v>Griffie</v></c><c r="J92" s="1" t="str"><v/></c><c r="K92" s="1" t="str"><v>Provinciale Staten</v></c><c r="L92" s="4"><v>45490.0</v></c><c r="M92" s="1"><v>1</v></c></row><row r="93" spans="1:13" customFormat="false"><c r="A93" s="1"><v>338</v></c><c r="B93" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C93" s="1" t="str"><v xml:space="preserve">Verordening rechtsbescherming provincie Flevoland </v></c><c r="D93" s="1" t="str"><v xml:space="preserve">Verordening rechtsbescherming provincie Flevoland </v></c><c r="E93" s="1" t="str"><v/></c><c r="F93" s="4" t="str"><v/></c><c r="G93" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H93" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I93" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J93" s="1" t="str"><v/></c><c r="K93" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L93" s="4"><v>45616.0</v></c><c r="M93" s="1"><v>1</v></c></row><row r="94" spans="1:13" customFormat="false"><c r="A94" s="1"><v>338</v></c><c r="B94" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C94" s="1" t="str"><v xml:space="preserve">Verordening rechtsbescherming provincie Flevoland </v></c><c r="D94" s="1" t="str"><v xml:space="preserve">Verordening rechtsbescherming provincie Flevoland </v></c><c r="E94" s="1" t="str"><v/></c><c r="F94" s="4" t="str"><v/></c><c r="G94" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H94" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I94" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J94" s="1" t="str"><v/></c><c r="K94" s="1" t="str"><v>Provinciale Staten</v></c><c r="L94" s="4"><v>45637.0</v></c><c r="M94" s="1"><v>1</v></c></row><row r="95" spans="1:13" customFormat="false"><c r="A95" s="1"><v>347</v></c><c r="B95" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C95" s="1" t="str"><v xml:space="preserve">Controleplan 2024 en Boardletter </v></c><c r="D95" s="1" t="str"><v>Boardletter 2024 en Controleplan 2024 – gesprek met de accountant</v></c><c r="E95" s="1" t="str"><v/></c><c r="F95" s="4" t="str"><v/></c><c r="G95" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H95" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I95" s="1"/><c r="J95" s="1" t="str"><v xml:space="preserve"> Commissiemaand afhankelijk van commissie Planning &amp; Controle en Presidium van december 2024</v></c><c r="K95" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L95" s="4"><v>45693.0</v></c><c r="M95" s="1"><v>1</v></c></row><row r="96" spans="1:13" customFormat="false"><c r="A96" s="1"><v>353</v></c><c r="B96" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C96" s="1" t="str"><v>Aanbesteding van de Accountantsdiensten 2025-2028</v></c><c r="D96" s="1" t="str"><v/></c><c r="E96" s="1" t="str"><v/></c><c r="F96" s="4" t="str"><v/></c><c r="G96" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H96" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I96" s="1"/><c r="J96" s="1" t="str"><v/></c><c r="K96" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L96" s="4"><v>45735.0</v></c><c r="M96" s="1"><v>1</v></c></row><row r="97" spans="1:13" customFormat="false"><c r="A97" s="1"><v>353</v></c><c r="B97" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C97" s="1" t="str"><v>Aanbesteding van de Accountantsdiensten 2025-2028</v></c><c r="D97" s="1" t="str"><v/></c><c r="E97" s="1" t="str"><v/></c><c r="F97" s="4" t="str"><v/></c><c r="G97" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H97" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I97" s="1"/><c r="J97" s="1" t="str"><v/></c><c r="K97" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L97" s="4"><v>45735.0</v></c><c r="M97" s="1"><v>1</v></c></row><row r="98" spans="1:13" customFormat="false"><c r="A98" s="1"><v>353</v></c><c r="B98" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C98" s="1" t="str"><v>Aanbesteding van de Accountantsdiensten 2025-2028</v></c><c r="D98" s="1" t="str"><v/></c><c r="E98" s="1" t="str"><v/></c><c r="F98" s="4" t="str"><v/></c><c r="G98" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H98" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I98" s="1"/><c r="J98" s="1" t="str"><v/></c><c r="K98" s="1" t="str"><v>Provinciale Staten</v></c><c r="L98" s="4"><v>45742.0</v></c><c r="M98" s="1"><v>1</v></c></row><row r="99" spans="1:13" customFormat="false"><c r="A99" s="1"><v>354</v></c><c r="B99" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C99" s="1" t="str"><v xml:space="preserve">Vaststelling fractievergoedingen </v></c><c r="D99" s="1" t="str"><v/></c><c r="E99" s="1" t="str"><v/></c><c r="F99" s="4" t="str"><v/></c><c r="G99" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H99" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I99" s="1" t="str"><v>Griffie</v></c><c r="J99" s="1" t="str"><v>N.a.v. Fractievoorzittersoverleg van 26 februari 2025 is het besluitvormingsproces aangepast. Het voorstel wordt in het fractievoorzittersoverleg van 26 maart 2025 geagendeerd en in de Statenvergadering van 26 maart 2025 geagendeerd.</v></c><c r="K99" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L99" s="4"><v>45112.0</v></c><c r="M99" s="1"><v>1</v></c></row><row r="100" spans="1:13" customFormat="false"><c r="A100" s="1"><v>354</v></c><c r="B100" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C100" s="1" t="str"><v xml:space="preserve">Vaststelling fractievergoedingen </v></c><c r="D100" s="1" t="str"><v/></c><c r="E100" s="1" t="str"><v/></c><c r="F100" s="4" t="str"><v/></c><c r="G100" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H100" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I100" s="1" t="str"><v>Griffie</v></c><c r="J100" s="1" t="str"><v>N.a.v. Fractievoorzittersoverleg van 26 februari 2025 is het besluitvormingsproces aangepast. Het voorstel wordt in het fractievoorzittersoverleg van 26 maart 2025 geagendeerd en in de Statenvergadering van 26 maart 2025 geagendeerd.</v></c><c r="K100" s="1" t="str"><v>Provinciale Staten</v></c><c r="L100" s="4"><v>45126.0</v></c><c r="M100" s="1"><v>1</v></c></row><row r="101" spans="1:13" customFormat="false"><c r="A101" s="1"><v>354</v></c><c r="B101" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C101" s="1" t="str"><v xml:space="preserve">Vaststelling fractievergoedingen </v></c><c r="D101" s="1" t="str"><v/></c><c r="E101" s="1" t="str"><v/></c><c r="F101" s="4" t="str"><v/></c><c r="G101" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H101" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I101" s="1" t="str"><v>Griffie</v></c><c r="J101" s="1" t="str"><v>N.a.v. Fractievoorzittersoverleg van 26 februari 2025 is het besluitvormingsproces aangepast. Het voorstel wordt in het fractievoorzittersoverleg van 26 maart 2025 geagendeerd en in de Statenvergadering van 26 maart 2025 geagendeerd.</v></c><c r="K101" s="1" t="str"><v>Seniorenconvent</v></c><c r="L101" s="4"><v>45126.0</v></c><c r="M101" s="1"><v>1</v></c></row><row r="102" spans="1:13" customFormat="false"><c r="A102" s="1"><v>354</v></c><c r="B102" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C102" s="1" t="str"><v xml:space="preserve">Vaststelling fractievergoedingen </v></c><c r="D102" s="1" t="str"><v/></c><c r="E102" s="1" t="str"><v/></c><c r="F102" s="4" t="str"><v/></c><c r="G102" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H102" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I102" s="1" t="str"><v>Griffie</v></c><c r="J102" s="1" t="str"><v>N.a.v. Fractievoorzittersoverleg van 26 februari 2025 is het besluitvormingsproces aangepast. Het voorstel wordt in het fractievoorzittersoverleg van 26 maart 2025 geagendeerd en in de Statenvergadering van 26 maart 2025 geagendeerd.</v></c><c r="K102" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L102" s="4"><v>45357.0</v></c><c r="M102" s="1"><v>1</v></c></row><row r="103" spans="1:13" customFormat="false"><c r="A103" s="1"><v>354</v></c><c r="B103" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C103" s="1" t="str"><v xml:space="preserve">Vaststelling fractievergoedingen </v></c><c r="D103" s="1" t="str"><v/></c><c r="E103" s="1" t="str"><v/></c><c r="F103" s="4" t="str"><v/></c><c r="G103" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H103" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I103" s="1" t="str"><v>Griffie</v></c><c r="J103" s="1" t="str"><v>N.a.v. Fractievoorzittersoverleg van 26 februari 2025 is het besluitvormingsproces aangepast. Het voorstel wordt in het fractievoorzittersoverleg van 26 maart 2025 geagendeerd en in de Statenvergadering van 26 maart 2025 geagendeerd.</v></c><c r="K103" s="1" t="str"><v>Provinciale Staten</v></c><c r="L103" s="4"><v>45378.0</v></c><c r="M103" s="1"><v>1</v></c></row><row r="104" spans="1:13" customFormat="false"><c r="A104" s="1"><v>354</v></c><c r="B104" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C104" s="1" t="str"><v xml:space="preserve">Vaststelling fractievergoedingen </v></c><c r="D104" s="1" t="str"><v/></c><c r="E104" s="1" t="str"><v/></c><c r="F104" s="4" t="str"><v/></c><c r="G104" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H104" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I104" s="1" t="str"><v>Griffie</v></c><c r="J104" s="1" t="str"><v>N.a.v. Fractievoorzittersoverleg van 26 februari 2025 is het besluitvormingsproces aangepast. Het voorstel wordt in het fractievoorzittersoverleg van 26 maart 2025 geagendeerd en in de Statenvergadering van 26 maart 2025 geagendeerd.</v></c><c r="K104" s="1" t="str"><v>Fractievoorzittersoverleg</v></c><c r="L104" s="4"><v>45714.0</v></c><c r="M104" s="1"><v>1</v></c></row><row r="105" spans="1:13" customFormat="false"><c r="A105" s="1"><v>354</v></c><c r="B105" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C105" s="1" t="str"><v xml:space="preserve">Vaststelling fractievergoedingen </v></c><c r="D105" s="1" t="str"><v/></c><c r="E105" s="1" t="str"><v/></c><c r="F105" s="4" t="str"><v/></c><c r="G105" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H105" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I105" s="1" t="str"><v>Griffie</v></c><c r="J105" s="1" t="str"><v>N.a.v. Fractievoorzittersoverleg van 26 februari 2025 is het besluitvormingsproces aangepast. Het voorstel wordt in het fractievoorzittersoverleg van 26 maart 2025 geagendeerd en in de Statenvergadering van 26 maart 2025 geagendeerd.</v></c><c r="K105" s="1" t="str"><v>Fractievoorzittersoverleg</v></c><c r="L105" s="4"><v>45742.0</v></c><c r="M105" s="1"><v>1</v></c></row><row r="106" spans="1:13" customFormat="false"><c r="A106" s="1"><v>354</v></c><c r="B106" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C106" s="1" t="str"><v xml:space="preserve">Vaststelling fractievergoedingen </v></c><c r="D106" s="1" t="str"><v/></c><c r="E106" s="1" t="str"><v/></c><c r="F106" s="4" t="str"><v/></c><c r="G106" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H106" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I106" s="1" t="str"><v>Griffie</v></c><c r="J106" s="1" t="str"><v>N.a.v. Fractievoorzittersoverleg van 26 februari 2025 is het besluitvormingsproces aangepast. Het voorstel wordt in het fractievoorzittersoverleg van 26 maart 2025 geagendeerd en in de Statenvergadering van 26 maart 2025 geagendeerd.</v></c><c r="K106" s="1" t="str"><v>Provinciale Staten</v></c><c r="L106" s="4"><v>45742.0</v></c><c r="M106" s="1"><v>1</v></c></row><row r="107" spans="1:13" customFormat="false"><c r="A107" s="1"><v>355</v></c><c r="B107" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C107" s="1" t="str"><v xml:space="preserve">Randstedelijke Rekenkamer - Begrotingswijziging </v></c><c r="D107" s="1" t="str"><v>in de brief van de RRK (zie dossier) staat: Wij zijn voornemens vanaf het begrotingsjaar 2026 geen reguliere begrotingswijzing aan u voor te leggen. Uit analyse van de aangepaste begrotingen van de afgelopen jaren is gebleken dat de voorgestelde financiële mutaties, net als in deze aangepaste begroting, van beperkte omvang zijn. Vanuit het oogpunt van nut en noodzaak ligt het daarom niet in de rede om standaard, zonder dat daarvoor een betekenisvolle beleidsmatige en/of financiële aanleiding is, een begrotingswijziging aan Provinciale Staten voor te leggen. Andere provinciale rekenkamers doen dat evenmin. In lijn met de werkwijze van andere provinciale rekenkamers, is de Randstedelijke Rekenkamer voornemens om daarvoor in de plaats de Provinciale Staten jaarlijks te informeren over het onderzoeksprogramma voor het komende jaar.</v></c><c r="E107" s="1" t="str"><v/></c><c r="F107" s="4" t="str"><v/></c><c r="G107" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H107" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I107" s="1"/><c r="J107" s="1" t="str"><v/></c><c r="K107" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L107" s="4"><v>44965.0</v></c><c r="M107" s="1"><v>1</v></c></row><row r="108" spans="1:13" customFormat="false"><c r="A108" s="1"><v>355</v></c><c r="B108" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C108" s="1" t="str"><v xml:space="preserve">Randstedelijke Rekenkamer - Begrotingswijziging </v></c><c r="D108" s="1" t="str"><v>in de brief van de RRK (zie dossier) staat: Wij zijn voornemens vanaf het begrotingsjaar 2026 geen reguliere begrotingswijzing aan u voor te leggen. Uit analyse van de aangepaste begrotingen van de afgelopen jaren is gebleken dat de voorgestelde financiële mutaties, net als in deze aangepaste begroting, van beperkte omvang zijn. Vanuit het oogpunt van nut en noodzaak ligt het daarom niet in de rede om standaard, zonder dat daarvoor een betekenisvolle beleidsmatige en/of financiële aanleiding is, een begrotingswijziging aan Provinciale Staten voor te leggen. Andere provinciale rekenkamers doen dat evenmin. In lijn met de werkwijze van andere provinciale rekenkamers, is de Randstedelijke Rekenkamer voornemens om daarvoor in de plaats de Provinciale Staten jaarlijks te informeren over het onderzoeksprogramma voor het komende jaar.</v></c><c r="E108" s="1" t="str"><v/></c><c r="F108" s="4" t="str"><v/></c><c r="G108" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H108" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I108" s="1"/><c r="J108" s="1" t="str"><v/></c><c r="K108" s="1" t="str"><v>Provinciale Staten</v></c><c r="L108" s="4"><v>44979.0</v></c><c r="M108" s="1"><v>1</v></c></row><row r="109" spans="1:13" customFormat="false"><c r="A109" s="1"><v>355</v></c><c r="B109" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C109" s="1" t="str"><v xml:space="preserve">Randstedelijke Rekenkamer - Begrotingswijziging </v></c><c r="D109" s="1" t="str"><v>in de brief van de RRK (zie dossier) staat: Wij zijn voornemens vanaf het begrotingsjaar 2026 geen reguliere begrotingswijzing aan u voor te leggen. Uit analyse van de aangepaste begrotingen van de afgelopen jaren is gebleken dat de voorgestelde financiële mutaties, net als in deze aangepaste begroting, van beperkte omvang zijn. Vanuit het oogpunt van nut en noodzaak ligt het daarom niet in de rede om standaard, zonder dat daarvoor een betekenisvolle beleidsmatige en/of financiële aanleiding is, een begrotingswijziging aan Provinciale Staten voor te leggen. Andere provinciale rekenkamers doen dat evenmin. In lijn met de werkwijze van andere provinciale rekenkamers, is de Randstedelijke Rekenkamer voornemens om daarvoor in de plaats de Provinciale Staten jaarlijks te informeren over het onderzoeksprogramma voor het komende jaar.</v></c><c r="E109" s="1" t="str"><v/></c><c r="F109" s="4" t="str"><v/></c><c r="G109" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H109" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I109" s="1"/><c r="J109" s="1" t="str"><v/></c><c r="K109" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L109" s="4"><v>45329.0</v></c><c r="M109" s="1"><v>1</v></c></row><row r="110" spans="1:13" customFormat="false"><c r="A110" s="1"><v>355</v></c><c r="B110" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C110" s="1" t="str"><v xml:space="preserve">Randstedelijke Rekenkamer - Begrotingswijziging </v></c><c r="D110" s="1" t="str"><v>in de brief van de RRK (zie dossier) staat: Wij zijn voornemens vanaf het begrotingsjaar 2026 geen reguliere begrotingswijzing aan u voor te leggen. Uit analyse van de aangepaste begrotingen van de afgelopen jaren is gebleken dat de voorgestelde financiële mutaties, net als in deze aangepaste begroting, van beperkte omvang zijn. Vanuit het oogpunt van nut en noodzaak ligt het daarom niet in de rede om standaard, zonder dat daarvoor een betekenisvolle beleidsmatige en/of financiële aanleiding is, een begrotingswijziging aan Provinciale Staten voor te leggen. Andere provinciale rekenkamers doen dat evenmin. In lijn met de werkwijze van andere provinciale rekenkamers, is de Randstedelijke Rekenkamer voornemens om daarvoor in de plaats de Provinciale Staten jaarlijks te informeren over het onderzoeksprogramma voor het komende jaar.</v></c><c r="E110" s="1" t="str"><v/></c><c r="F110" s="4" t="str"><v/></c><c r="G110" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H110" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I110" s="1"/><c r="J110" s="1" t="str"><v/></c><c r="K110" s="1" t="str"><v>Provinciale Staten</v></c><c r="L110" s="4"><v>45350.0</v></c><c r="M110" s="1"><v>1</v></c></row><row r="111" spans="1:13" customFormat="false"><c r="A111" s="1"><v>355</v></c><c r="B111" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C111" s="1" t="str"><v xml:space="preserve">Randstedelijke Rekenkamer - Begrotingswijziging </v></c><c r="D111" s="1" t="str"><v>in de brief van de RRK (zie dossier) staat: Wij zijn voornemens vanaf het begrotingsjaar 2026 geen reguliere begrotingswijzing aan u voor te leggen. Uit analyse van de aangepaste begrotingen van de afgelopen jaren is gebleken dat de voorgestelde financiële mutaties, net als in deze aangepaste begroting, van beperkte omvang zijn. Vanuit het oogpunt van nut en noodzaak ligt het daarom niet in de rede om standaard, zonder dat daarvoor een betekenisvolle beleidsmatige en/of financiële aanleiding is, een begrotingswijziging aan Provinciale Staten voor te leggen. Andere provinciale rekenkamers doen dat evenmin. In lijn met de werkwijze van andere provinciale rekenkamers, is de Randstedelijke Rekenkamer voornemens om daarvoor in de plaats de Provinciale Staten jaarlijks te informeren over het onderzoeksprogramma voor het komende jaar.</v></c><c r="E111" s="1" t="str"><v/></c><c r="F111" s="4" t="str"><v/></c><c r="G111" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H111" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I111" s="1"/><c r="J111" s="1" t="str"><v/></c><c r="K111" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L111" s="4"><v>45721.0</v></c><c r="M111" s="1"><v>1</v></c></row><row r="112" spans="1:13" customFormat="false"><c r="A112" s="1"><v>355</v></c><c r="B112" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C112" s="1" t="str"><v xml:space="preserve">Randstedelijke Rekenkamer - Begrotingswijziging </v></c><c r="D112" s="1" t="str"><v>in de brief van de RRK (zie dossier) staat: Wij zijn voornemens vanaf het begrotingsjaar 2026 geen reguliere begrotingswijzing aan u voor te leggen. Uit analyse van de aangepaste begrotingen van de afgelopen jaren is gebleken dat de voorgestelde financiële mutaties, net als in deze aangepaste begroting, van beperkte omvang zijn. Vanuit het oogpunt van nut en noodzaak ligt het daarom niet in de rede om standaard, zonder dat daarvoor een betekenisvolle beleidsmatige en/of financiële aanleiding is, een begrotingswijziging aan Provinciale Staten voor te leggen. Andere provinciale rekenkamers doen dat evenmin. In lijn met de werkwijze van andere provinciale rekenkamers, is de Randstedelijke Rekenkamer voornemens om daarvoor in de plaats de Provinciale Staten jaarlijks te informeren over het onderzoeksprogramma voor het komende jaar.</v></c><c r="E112" s="1" t="str"><v/></c><c r="F112" s="4" t="str"><v/></c><c r="G112" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H112" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I112" s="1"/><c r="J112" s="1" t="str"><v/></c><c r="K112" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L112" s="4"><v>45721.0</v></c><c r="M112" s="1"><v>1</v></c></row><row r="113" spans="1:13" customFormat="false"><c r="A113" s="1"><v>355</v></c><c r="B113" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C113" s="1" t="str"><v xml:space="preserve">Randstedelijke Rekenkamer - Begrotingswijziging </v></c><c r="D113" s="1" t="str"><v>in de brief van de RRK (zie dossier) staat: Wij zijn voornemens vanaf het begrotingsjaar 2026 geen reguliere begrotingswijzing aan u voor te leggen. Uit analyse van de aangepaste begrotingen van de afgelopen jaren is gebleken dat de voorgestelde financiële mutaties, net als in deze aangepaste begroting, van beperkte omvang zijn. Vanuit het oogpunt van nut en noodzaak ligt het daarom niet in de rede om standaard, zonder dat daarvoor een betekenisvolle beleidsmatige en/of financiële aanleiding is, een begrotingswijziging aan Provinciale Staten voor te leggen. Andere provinciale rekenkamers doen dat evenmin. In lijn met de werkwijze van andere provinciale rekenkamers, is de Randstedelijke Rekenkamer voornemens om daarvoor in de plaats de Provinciale Staten jaarlijks te informeren over het onderzoeksprogramma voor het komende jaar.</v></c><c r="E113" s="1" t="str"><v/></c><c r="F113" s="4" t="str"><v/></c><c r="G113" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H113" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I113" s="1"/><c r="J113" s="1" t="str"><v/></c><c r="K113" s="1" t="str"><v>Provinciale Staten</v></c><c r="L113" s="4"><v>45742.0</v></c><c r="M113" s="1"><v>1</v></c></row><row r="114" spans="1:13" customFormat="false"><c r="A114" s="1"><v>369</v></c><c r="B114" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C114" s="1" t="str"><v>Agenderingsverzoek - Ondermijning en criminaliteit op het platteland (CDA,D66)</v></c><c r="D114" s="1" t="str"><v xml:space="preserve">Regelmatig is er in het nieuws dat boerenbedrijven stoppen zonder regeling of mogelijkheid tot herbestemming. De vaste lasten lopen echter door. Dit kan zorgen voor een kwetsbare groep mensen, die met leegstaande panden, interessant c.q. kwetsbaar worden voor criminelen.&#13;
 Dit raakt ook de ruimtelijke opgave van de provincie. Met de omgevingsvisie op komst is het belangrijk dat Provinciale Staten goed geïnformeerd is over de ruimtelijke mogelijkheden om ondermijning te voorkomen en te bestrijden. &#13;
-</v></c><c r="E91" s="1" t="str"><v>CDA,D66</v></c><c r="F91" s="4" t="str"><v/></c><c r="G91" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H91" s="1" t="str"><v xml:space="preserve"> Gerritsen, Müller</v></c><c r="I91" s="1" t="str"><v>Kabinet</v></c><c r="J91" s="1" t="str"><v/></c><c r="K91" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L91" s="4"><v>45819.0</v></c><c r="M91" s="1"><v>1</v></c></row><row r="92" spans="1:13" customFormat="false"><c r="A92" s="1"><v>370</v></c><c r="B92" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C92" s="1" t="str"><v>Borging van een provinciaal belang</v></c><c r="D92" s="1" t="str"><v>Provinciale Staten besluiten over de borging van een provinciaal belang</v></c><c r="E92" s="1" t="str"><v/></c><c r="F92" s="4" t="str"><v/></c><c r="G92" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H92" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I92" s="1" t="str"><v>Bestuursadvies</v></c><c r="J92" s="1" t="str"><v/></c><c r="K92" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L92" s="4"><v>45784.0</v></c><c r="M92" s="1"><v>1</v></c></row><row r="93" spans="1:13" customFormat="false"><c r="A93" s="1"><v>370</v></c><c r="B93" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C93" s="1" t="str"><v>Borging van een provinciaal belang</v></c><c r="D93" s="1" t="str"><v>Provinciale Staten besluiten over de borging van een provinciaal belang</v></c><c r="E93" s="1" t="str"><v/></c><c r="F93" s="4" t="str"><v/></c><c r="G93" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H93" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I93" s="1" t="str"><v>Bestuursadvies</v></c><c r="J93" s="1" t="str"><v/></c><c r="K93" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L93" s="4"><v>45784.0</v></c><c r="M93" s="1"><v>1</v></c></row><row r="94" spans="1:13" customFormat="false"><c r="A94" s="1"><v>370</v></c><c r="B94" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C94" s="1" t="str"><v>Borging van een provinciaal belang</v></c><c r="D94" s="1" t="str"><v>Provinciale Staten besluiten over de borging van een provinciaal belang</v></c><c r="E94" s="1" t="str"><v/></c><c r="F94" s="4" t="str"><v/></c><c r="G94" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H94" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I94" s="1" t="str"><v>Bestuursadvies</v></c><c r="J94" s="1" t="str"><v/></c><c r="K94" s="1" t="str"><v>Provinciale Staten</v></c><c r="L94" s="4"><v>45791.0</v></c><c r="M94" s="1"><v>1</v></c></row><row r="95" spans="1:13" customFormat="false"><c r="A95" s="1"><v>371</v></c><c r="B95" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C95" s="1" t="str"><v xml:space="preserve">Benoeming plaatsvervangend bestuurder Randstedelijke Rekenkamer </v></c><c r="D95" s="1" t="str"><v/></c><c r="E95" s="1" t="str"><v/></c><c r="F95" s="4" t="str"><v/></c><c r="G95" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H95" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I95" s="1" t="str"><v>Griffie</v></c><c r="J95" s="1" t="str"><v/></c><c r="K95" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L95" s="4"><v>45840.0</v></c><c r="M95" s="1"><v>1</v></c></row><row r="96" spans="1:13" customFormat="false"><c r="A96" s="1"><v>371</v></c><c r="B96" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C96" s="1" t="str"><v xml:space="preserve">Benoeming plaatsvervangend bestuurder Randstedelijke Rekenkamer </v></c><c r="D96" s="1" t="str"><v/></c><c r="E96" s="1" t="str"><v/></c><c r="F96" s="4" t="str"><v/></c><c r="G96" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H96" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I96" s="1" t="str"><v>Griffie</v></c><c r="J96" s="1" t="str"><v/></c><c r="K96" s="1" t="str"><v>Provinciale Staten</v></c><c r="L96" s="4"><v>45847.0</v></c><c r="M96" s="1"><v>1</v></c></row><row r="97" spans="1:13" customFormat="false"><c r="A97" s="1"><v>372</v></c><c r="B97" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C97" s="1" t="str"><v xml:space="preserve">IPO Slagvaardige vereniging </v></c><c r="D97" s="1" t="str"><v xml:space="preserve">&#13;
+</v></c><c r="E114" s="1" t="str"><v>CDA,D66</v></c><c r="F114" s="4" t="str"><v/></c><c r="G114" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H114" s="1" t="str"><v xml:space="preserve"> Gerritsen, Müller</v></c><c r="I114" s="1" t="str"><v>Kabinet</v></c><c r="J114" s="1" t="str"><v/></c><c r="K114" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L114" s="4"><v>45819.0</v></c><c r="M114" s="1"><v>1</v></c></row><row r="115" spans="1:13" customFormat="false"><c r="A115" s="1"><v>370</v></c><c r="B115" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C115" s="1" t="str"><v>Borging van een provinciaal belang</v></c><c r="D115" s="1" t="str"><v>Provinciale Staten besluiten over de borging van een provinciaal belang</v></c><c r="E115" s="1" t="str"><v/></c><c r="F115" s="4" t="str"><v/></c><c r="G115" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H115" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I115" s="1" t="str"><v>Bestuursadvies</v></c><c r="J115" s="1" t="str"><v/></c><c r="K115" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L115" s="4"><v>45784.0</v></c><c r="M115" s="1"><v>1</v></c></row><row r="116" spans="1:13" customFormat="false"><c r="A116" s="1"><v>370</v></c><c r="B116" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C116" s="1" t="str"><v>Borging van een provinciaal belang</v></c><c r="D116" s="1" t="str"><v>Provinciale Staten besluiten over de borging van een provinciaal belang</v></c><c r="E116" s="1" t="str"><v/></c><c r="F116" s="4" t="str"><v/></c><c r="G116" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H116" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I116" s="1" t="str"><v>Bestuursadvies</v></c><c r="J116" s="1" t="str"><v/></c><c r="K116" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L116" s="4"><v>45784.0</v></c><c r="M116" s="1"><v>1</v></c></row><row r="117" spans="1:13" customFormat="false"><c r="A117" s="1"><v>370</v></c><c r="B117" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C117" s="1" t="str"><v>Borging van een provinciaal belang</v></c><c r="D117" s="1" t="str"><v>Provinciale Staten besluiten over de borging van een provinciaal belang</v></c><c r="E117" s="1" t="str"><v/></c><c r="F117" s="4" t="str"><v/></c><c r="G117" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H117" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I117" s="1" t="str"><v>Bestuursadvies</v></c><c r="J117" s="1" t="str"><v/></c><c r="K117" s="1" t="str"><v>Provinciale Staten</v></c><c r="L117" s="4"><v>45791.0</v></c><c r="M117" s="1"><v>1</v></c></row><row r="118" spans="1:13" customFormat="false"><c r="A118" s="1"><v>371</v></c><c r="B118" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C118" s="1" t="str"><v xml:space="preserve">Benoeming plaatsvervangend bestuurder Randstedelijke Rekenkamer </v></c><c r="D118" s="1" t="str"><v/></c><c r="E118" s="1" t="str"><v/></c><c r="F118" s="4" t="str"><v/></c><c r="G118" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H118" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I118" s="1" t="str"><v>Griffie</v></c><c r="J118" s="1" t="str"><v/></c><c r="K118" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L118" s="4"><v>45840.0</v></c><c r="M118" s="1"><v>1</v></c></row><row r="119" spans="1:13" customFormat="false"><c r="A119" s="1"><v>371</v></c><c r="B119" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C119" s="1" t="str"><v xml:space="preserve">Benoeming plaatsvervangend bestuurder Randstedelijke Rekenkamer </v></c><c r="D119" s="1" t="str"><v/></c><c r="E119" s="1" t="str"><v/></c><c r="F119" s="4" t="str"><v/></c><c r="G119" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H119" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I119" s="1" t="str"><v>Griffie</v></c><c r="J119" s="1" t="str"><v/></c><c r="K119" s="1" t="str"><v>Provinciale Staten</v></c><c r="L119" s="4"><v>45847.0</v></c><c r="M119" s="1"><v>1</v></c></row><row r="120" spans="1:13" customFormat="false"><c r="A120" s="1"><v>372</v></c><c r="B120" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C120" s="1" t="str"><v xml:space="preserve">IPO - Slagvaardige vereniging </v></c><c r="D120" s="1" t="str"><v xml:space="preserve">&#13;
 IPO Bestuur &amp; IPO-AV 25 maart 2025: scenario's besproken van een slagvaardiger IPO.  &#13;
  &#13;
-In januari 2023 hebben de Staten hun wensen en opvattingen bij het AEF rapport naar een slagvaardiger IPO kunnen geven.</v></c><c r="E97" s="1" t="str"><v/></c><c r="F97" s="4" t="str"><v/></c><c r="G97" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H97" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I97" s="1" t="str"><v>Bestuursadvies</v></c><c r="J97" s="1" t="str"><v/></c><c r="K97" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L97" s="4"><v>45833.0</v></c><c r="M97" s="1"><v>1</v></c></row><row r="98" spans="1:13" customFormat="false"><c r="A98" s="1"><v>372</v></c><c r="B98" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C98" s="1" t="str"><v xml:space="preserve">IPO Slagvaardige vereniging </v></c><c r="D98" s="1" t="str"><v xml:space="preserve">&#13;
+In januari 2023 hebben de Staten hun wensen en opvattingen bij het AEF rapport naar een slagvaardiger IPO kunnen geven.</v></c><c r="E120" s="1" t="str"><v/></c><c r="F120" s="4" t="str"><v/></c><c r="G120" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H120" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I120" s="1" t="str"><v>Bestuursadvies</v></c><c r="J120" s="1" t="str"><v/></c><c r="K120" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L120" s="4"><v>44937.0</v></c><c r="M120" s="1"><v>1</v></c></row><row r="121" spans="1:13" customFormat="false"><c r="A121" s="1"><v>372</v></c><c r="B121" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C121" s="1" t="str"><v xml:space="preserve">IPO - Slagvaardige vereniging </v></c><c r="D121" s="1" t="str"><v xml:space="preserve">&#13;
 IPO Bestuur &amp; IPO-AV 25 maart 2025: scenario's besproken van een slagvaardiger IPO.  &#13;
  &#13;
-In januari 2023 hebben de Staten hun wensen en opvattingen bij het AEF rapport naar een slagvaardiger IPO kunnen geven.</v></c><c r="E98" s="1" t="str"><v/></c><c r="F98" s="4" t="str"><v/></c><c r="G98" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H98" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I98" s="1" t="str"><v>Bestuursadvies</v></c><c r="J98" s="1" t="str"><v/></c><c r="K98" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L98" s="4"><v>45840.0</v></c><c r="M98" s="1"><v>1</v></c></row><row r="99" spans="1:13" customFormat="false"><c r="A99" s="1"><v>372</v></c><c r="B99" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C99" s="1" t="str"><v xml:space="preserve">IPO Slagvaardige vereniging </v></c><c r="D99" s="1" t="str"><v xml:space="preserve">&#13;
+In januari 2023 hebben de Staten hun wensen en opvattingen bij het AEF rapport naar een slagvaardiger IPO kunnen geven.</v></c><c r="E121" s="1" t="str"><v/></c><c r="F121" s="4" t="str"><v/></c><c r="G121" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H121" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I121" s="1" t="str"><v>Bestuursadvies</v></c><c r="J121" s="1" t="str"><v/></c><c r="K121" s="1" t="str"><v>Provinciale Staten</v></c><c r="L121" s="4"><v>44951.0</v></c><c r="M121" s="1"><v>1</v></c></row><row r="122" spans="1:13" customFormat="false"><c r="A122" s="1"><v>372</v></c><c r="B122" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C122" s="1" t="str"><v xml:space="preserve">IPO - Slagvaardige vereniging </v></c><c r="D122" s="1" t="str"><v xml:space="preserve">&#13;
 IPO Bestuur &amp; IPO-AV 25 maart 2025: scenario's besproken van een slagvaardiger IPO.  &#13;
  &#13;
-In januari 2023 hebben de Staten hun wensen en opvattingen bij het AEF rapport naar een slagvaardiger IPO kunnen geven.</v></c><c r="E99" s="1" t="str"><v/></c><c r="F99" s="4" t="str"><v/></c><c r="G99" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H99" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I99" s="1" t="str"><v>Bestuursadvies</v></c><c r="J99" s="1" t="str"><v/></c><c r="K99" s="1" t="str"><v>Provinciale Staten</v></c><c r="L99" s="4"><v>45847.0</v></c><c r="M99" s="1"><v>1</v></c></row><row r="100" spans="1:13" customFormat="false"><c r="A100" s="1"><v>373</v></c><c r="B100" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C100" s="1" t="str"><v xml:space="preserve">Tussenrapportage IPO 2025 en Conceptbegroting IPO 2026 </v></c><c r="D100" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur zal op 15 mei 2025 de conceptbegroting 2026 vaststellen. Daarna komt de IPO concept begroting 2026 beschikbaar voor wensen en opvattingen van de Staten. &#13;
-[...3 lines deleted...]
-bieden voor de toekomst.</v></c><c r="E103" s="1" t="str"><v/></c><c r="F103" s="4" t="str"><v/></c><c r="G103" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H103" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I103" s="1" t="str"><v>Griffie</v></c><c r="J103" s="1" t="str"><v>Het Presidium heeft op 30 juni besloten om de externe evaluatie van de RRK ter kennisname op de agenda van EMS te plaatsen.</v></c><c r="K103" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L103" s="4"><v>45903.0</v></c><c r="M103" s="1"><v>1</v></c></row><row r="104" spans="1:13" customFormat="false"><c r="A104" s="1"><v>377</v></c><c r="B104" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C104" s="1" t="str"><v xml:space="preserve">Concept-begroting 2026 Randstedelijke Rekenkamer </v></c><c r="D104" s="1" t="str"><v xml:space="preserve">De RRK bied de conceptbegroting 2026 aan voor zienswijze. Provinciale Staten kunnen eventuele zienswijze over de begroting 2026 tot uiterlijk 15 juli a.s. aan de Randstedelijke Rekenkamer kenbaar maken. Daarna zal de Randstedelijke Rekenkamer de begroting vaststellen en deze toesturen aan Provinciale Staten en aan de Minister van Binnenlandse Zaken en Koninkrijksrelaties. </v></c><c r="E104" s="1" t="str"><v/></c><c r="F104" s="4" t="str"><v/></c><c r="G104" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H104" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I104" s="1" t="str"><v>Griffie</v></c><c r="J104" s="1" t="str"><v/></c><c r="K104" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L104" s="4"><v>45833.0</v></c><c r="M104" s="1"><v>1</v></c></row><row r="105" spans="1:13" customFormat="false"><c r="A105" s="1"><v>377</v></c><c r="B105" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C105" s="1" t="str"><v xml:space="preserve">Concept-begroting 2026 Randstedelijke Rekenkamer </v></c><c r="D105" s="1" t="str"><v xml:space="preserve">De RRK bied de conceptbegroting 2026 aan voor zienswijze. Provinciale Staten kunnen eventuele zienswijze over de begroting 2026 tot uiterlijk 15 juli a.s. aan de Randstedelijke Rekenkamer kenbaar maken. Daarna zal de Randstedelijke Rekenkamer de begroting vaststellen en deze toesturen aan Provinciale Staten en aan de Minister van Binnenlandse Zaken en Koninkrijksrelaties. </v></c><c r="E105" s="1" t="str"><v/></c><c r="F105" s="4" t="str"><v/></c><c r="G105" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H105" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I105" s="1" t="str"><v>Griffie</v></c><c r="J105" s="1" t="str"><v/></c><c r="K105" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L105" s="4"><v>45840.0</v></c><c r="M105" s="1"><v>1</v></c></row><row r="106" spans="1:13" customFormat="false"><c r="A106" s="1"><v>377</v></c><c r="B106" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C106" s="1" t="str"><v xml:space="preserve">Concept-begroting 2026 Randstedelijke Rekenkamer </v></c><c r="D106" s="1" t="str"><v xml:space="preserve">De RRK bied de conceptbegroting 2026 aan voor zienswijze. Provinciale Staten kunnen eventuele zienswijze over de begroting 2026 tot uiterlijk 15 juli a.s. aan de Randstedelijke Rekenkamer kenbaar maken. Daarna zal de Randstedelijke Rekenkamer de begroting vaststellen en deze toesturen aan Provinciale Staten en aan de Minister van Binnenlandse Zaken en Koninkrijksrelaties. </v></c><c r="E106" s="1" t="str"><v/></c><c r="F106" s="4" t="str"><v/></c><c r="G106" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H106" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I106" s="1" t="str"><v>Griffie</v></c><c r="J106" s="1" t="str"><v/></c><c r="K106" s="1" t="str"><v>Provinciale Staten</v></c><c r="L106" s="4"><v>45847.0</v></c><c r="M106" s="1"><v>1</v></c></row><row r="107" spans="1:13" customFormat="false"><c r="A107" s="1"><v>379</v></c><c r="B107" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C107" s="1" t="str"><v>Jaarstukken IPO 2024</v></c><c r="D107" s="1" t="str"><v>Het IPO-bestuur heeft op 15 mei de Jaarstukken 2024 van de Vereniging IPO vastgesteld en voorgelegd aan het IPO-AV van 24 juni 2025</v></c><c r="E107" s="1" t="str"><v/></c><c r="F107" s="4" t="str"><v/></c><c r="G107" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H107" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I107" s="1" t="str"><v>Concernzaken</v></c><c r="J107" s="1" t="str"><v/></c><c r="K107" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L107" s="4"><v>45819.0</v></c><c r="M107" s="1"><v>1</v></c></row><row r="108" spans="1:13" customFormat="false"><c r="A108" s="1"><v>379</v></c><c r="B108" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C108" s="1" t="str"><v>Jaarstukken IPO 2024</v></c><c r="D108" s="1" t="str"><v>Het IPO-bestuur heeft op 15 mei de Jaarstukken 2024 van de Vereniging IPO vastgesteld en voorgelegd aan het IPO-AV van 24 juni 2025</v></c><c r="E108" s="1" t="str"><v/></c><c r="F108" s="4" t="str"><v/></c><c r="G108" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H108" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I108" s="1" t="str"><v>Concernzaken</v></c><c r="J108" s="1" t="str"><v/></c><c r="K108" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L108" s="4"><v>45819.0</v></c><c r="M108" s="1"><v>1</v></c></row><row r="109" spans="1:13" customFormat="false"><c r="A109" s="1"><v>379</v></c><c r="B109" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C109" s="1" t="str"><v>Jaarstukken IPO 2024</v></c><c r="D109" s="1" t="str"><v>Het IPO-bestuur heeft op 15 mei de Jaarstukken 2024 van de Vereniging IPO vastgesteld en voorgelegd aan het IPO-AV van 24 juni 2025</v></c><c r="E109" s="1" t="str"><v/></c><c r="F109" s="4" t="str"><v/></c><c r="G109" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H109" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I109" s="1" t="str"><v>Concernzaken</v></c><c r="J109" s="1" t="str"><v/></c><c r="K109" s="1" t="str"><v>Provinciale Staten</v></c><c r="L109" s="4"><v>45826.0</v></c><c r="M109" s="1"><v>1</v></c></row><row r="110" spans="1:13" customFormat="false"><c r="A110" s="1"><v>381</v></c><c r="B110" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C110" s="1" t="str"><v xml:space="preserve">Actualisatie Reglement van Orde Provinciale Staten </v></c><c r="D110" s="1" t="str"><v xml:space="preserve">Provinciale Staten heeft 17 juli 2024 besloten het Presidium in te stellen. Met het instellingsbesluit heeft het Presidium de opdracht om te komen met een voorstel om het Reglement van Orde aan te passen voor een duurzame borging van het doel en de taken van het Presidium. &#13;
+In januari 2023 hebben de Staten hun wensen en opvattingen bij het AEF rapport naar een slagvaardiger IPO kunnen geven.</v></c><c r="E122" s="1" t="str"><v/></c><c r="F122" s="4" t="str"><v/></c><c r="G122" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H122" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I122" s="1" t="str"><v>Bestuursadvies</v></c><c r="J122" s="1" t="str"><v/></c><c r="K122" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L122" s="4"><v>45833.0</v></c><c r="M122" s="1"><v>1</v></c></row><row r="123" spans="1:13" customFormat="false"><c r="A123" s="1"><v>372</v></c><c r="B123" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C123" s="1" t="str"><v xml:space="preserve">IPO - Slagvaardige vereniging </v></c><c r="D123" s="1" t="str"><v xml:space="preserve">&#13;
+IPO Bestuur &amp; IPO-AV 25 maart 2025: scenario's besproken van een slagvaardiger IPO.  &#13;
+ &#13;
+In januari 2023 hebben de Staten hun wensen en opvattingen bij het AEF rapport naar een slagvaardiger IPO kunnen geven.</v></c><c r="E123" s="1" t="str"><v/></c><c r="F123" s="4" t="str"><v/></c><c r="G123" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H123" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I123" s="1" t="str"><v>Bestuursadvies</v></c><c r="J123" s="1" t="str"><v/></c><c r="K123" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L123" s="4"><v>45840.0</v></c><c r="M123" s="1"><v>1</v></c></row><row r="124" spans="1:13" customFormat="false"><c r="A124" s="1"><v>372</v></c><c r="B124" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C124" s="1" t="str"><v xml:space="preserve">IPO - Slagvaardige vereniging </v></c><c r="D124" s="1" t="str"><v xml:space="preserve">&#13;
+IPO Bestuur &amp; IPO-AV 25 maart 2025: scenario's besproken van een slagvaardiger IPO.  &#13;
+ &#13;
+In januari 2023 hebben de Staten hun wensen en opvattingen bij het AEF rapport naar een slagvaardiger IPO kunnen geven.</v></c><c r="E124" s="1" t="str"><v/></c><c r="F124" s="4" t="str"><v/></c><c r="G124" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H124" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I124" s="1" t="str"><v>Bestuursadvies</v></c><c r="J124" s="1" t="str"><v/></c><c r="K124" s="1" t="str"><v>Provinciale Staten</v></c><c r="L124" s="4"><v>45847.0</v></c><c r="M124" s="1"><v>1</v></c></row><row r="125" spans="1:13" customFormat="false"><c r="A125" s="1"><v>373</v></c><c r="B125" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C125" s="1" t="str"><v xml:space="preserve">IPO - Tussenrapportage IPO 2026 </v></c><c r="D125" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur zal op 21 mei 2026 de Tussenrapportage 2026 (en de conceptbegroting 2027) vaststellen.&#13;
+Dit zal op 23 juni (vooralsnog) op de agenda van het IPO-AV staan</v></c><c r="E125" s="1" t="str"><v/></c><c r="F125" s="4" t="str"><v/></c><c r="G125" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H125" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I125" s="1" t="str"><v>Concernzaken</v></c><c r="J125" s="1" t="str"><v>De planning van dit agendapunt is, n.a.v. IPO Bestuur van 15 mei, nader ingevuld. De deadlines van het IPO passen niet in de reguliere stukkenstroom van de Staten.</v></c><c r="K125" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L125" s="4"><v>45819.0</v></c><c r="M125" s="1"><v>1</v></c></row><row r="126" spans="1:13" customFormat="false"><c r="A126" s="1"><v>373</v></c><c r="B126" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C126" s="1" t="str"><v xml:space="preserve">IPO - Tussenrapportage IPO 2026 </v></c><c r="D126" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur zal op 21 mei 2026 de Tussenrapportage 2026 (en de conceptbegroting 2027) vaststellen.&#13;
+Dit zal op 23 juni (vooralsnog) op de agenda van het IPO-AV staan</v></c><c r="E126" s="1" t="str"><v/></c><c r="F126" s="4" t="str"><v/></c><c r="G126" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H126" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I126" s="1" t="str"><v>Concernzaken</v></c><c r="J126" s="1" t="str"><v>De planning van dit agendapunt is, n.a.v. IPO Bestuur van 15 mei, nader ingevuld. De deadlines van het IPO passen niet in de reguliere stukkenstroom van de Staten.</v></c><c r="K126" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L126" s="4"><v>45819.0</v></c><c r="M126" s="1"><v>1</v></c></row><row r="127" spans="1:13" customFormat="false"><c r="A127" s="1"><v>373</v></c><c r="B127" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C127" s="1" t="str"><v xml:space="preserve">IPO - Tussenrapportage IPO 2026 </v></c><c r="D127" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur zal op 21 mei 2026 de Tussenrapportage 2026 (en de conceptbegroting 2027) vaststellen.&#13;
+Dit zal op 23 juni (vooralsnog) op de agenda van het IPO-AV staan</v></c><c r="E127" s="1" t="str"><v/></c><c r="F127" s="4" t="str"><v/></c><c r="G127" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H127" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I127" s="1" t="str"><v>Concernzaken</v></c><c r="J127" s="1" t="str"><v>De planning van dit agendapunt is, n.a.v. IPO Bestuur van 15 mei, nader ingevuld. De deadlines van het IPO passen niet in de reguliere stukkenstroom van de Staten.</v></c><c r="K127" s="1" t="str"><v>Provinciale Staten</v></c><c r="L127" s="4"><v>45826.0</v></c><c r="M127" s="1"><v>1</v></c></row><row r="128" spans="1:13" customFormat="false"><c r="A128" s="1"><v>373</v></c><c r="B128" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C128" s="1" t="str"><v xml:space="preserve">IPO - Tussenrapportage IPO 2026 </v></c><c r="D128" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur zal op 21 mei 2026 de Tussenrapportage 2026 (en de conceptbegroting 2027) vaststellen.&#13;
+Dit zal op 23 juni (vooralsnog) op de agenda van het IPO-AV staan</v></c><c r="E128" s="1" t="str"><v/></c><c r="F128" s="4" t="str"><v/></c><c r="G128" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H128" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I128" s="1" t="str"><v>Concernzaken</v></c><c r="J128" s="1" t="str"><v>De planning van dit agendapunt is, n.a.v. IPO Bestuur van 15 mei, nader ingevuld. De deadlines van het IPO passen niet in de reguliere stukkenstroom van de Staten.</v></c><c r="K128" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L128" s="4"><v>46183.0</v></c><c r="M128" s="1"><v>0</v></c></row><row r="129" spans="1:13" customFormat="false"><c r="A129" s="1"><v>373</v></c><c r="B129" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C129" s="1" t="str"><v xml:space="preserve">IPO - Tussenrapportage IPO 2026 </v></c><c r="D129" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur zal op 21 mei 2026 de Tussenrapportage 2026 (en de conceptbegroting 2027) vaststellen.&#13;
+Dit zal op 23 juni (vooralsnog) op de agenda van het IPO-AV staan</v></c><c r="E129" s="1" t="str"><v/></c><c r="F129" s="4" t="str"><v/></c><c r="G129" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H129" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I129" s="1" t="str"><v>Concernzaken</v></c><c r="J129" s="1" t="str"><v>De planning van dit agendapunt is, n.a.v. IPO Bestuur van 15 mei, nader ingevuld. De deadlines van het IPO passen niet in de reguliere stukkenstroom van de Staten.</v></c><c r="K129" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L129" s="4"><v>46190.0</v></c><c r="M129" s="1"><v>0</v></c></row><row r="130" spans="1:13" customFormat="false"><c r="A130" s="1"><v>373</v></c><c r="B130" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C130" s="1" t="str"><v xml:space="preserve">IPO - Tussenrapportage IPO 2026 </v></c><c r="D130" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur zal op 21 mei 2026 de Tussenrapportage 2026 (en de conceptbegroting 2027) vaststellen.&#13;
+Dit zal op 23 juni (vooralsnog) op de agenda van het IPO-AV staan</v></c><c r="E130" s="1" t="str"><v/></c><c r="F130" s="4" t="str"><v/></c><c r="G130" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H130" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I130" s="1" t="str"><v>Concernzaken</v></c><c r="J130" s="1" t="str"><v>De planning van dit agendapunt is, n.a.v. IPO Bestuur van 15 mei, nader ingevuld. De deadlines van het IPO passen niet in de reguliere stukkenstroom van de Staten.</v></c><c r="K130" s="1" t="str"><v>Provinciale Staten</v></c><c r="L130" s="4"><v>46197.0</v></c><c r="M130" s="1"><v>0</v></c></row><row r="131" spans="1:13" customFormat="false"><c r="A131" s="1"><v>374</v></c><c r="B131" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C131" s="1" t="str"><v>Evaluatie van de Randstedelijke Rekenkamer en Programmaraad</v></c><c r="D131" s="1" t="str"><v xml:space="preserve">De gemeenschappelijke regeling Randstedelijke Rekenkamer schrijft voor dat de regeling om de zes jaar wordt geëvalueerd. De laatste periodieke evaluatie van de Randstedelijke Rekenkamer en de Programmaraad is van januari 2019. Daarnaast is in 2021 een onderzoek uitgevoerd naar het bestuursmodel van de Randstedelijke Rekenkamer. In 2024 is er opnieuw een periodieke evaluatie uitgevoerd, volgens de door de provincies daarover gemaakte afspraken. Met als doel lessen te trekken uit de afgelopen periode en zo bouwstenen te&#13;
+bieden voor de toekomst.</v></c><c r="E131" s="1" t="str"><v/></c><c r="F131" s="4" t="str"><v/></c><c r="G131" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H131" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I131" s="1" t="str"><v>Griffie</v></c><c r="J131" s="1" t="str"><v>Het Presidium heeft op 30 juni besloten om de externe evaluatie van de RRK ter kennisname op de agenda van EMS te plaatsen.</v></c><c r="K131" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L131" s="4"><v>45903.0</v></c><c r="M131" s="1"><v>1</v></c></row><row r="132" spans="1:13" customFormat="false"><c r="A132" s="1"><v>377</v></c><c r="B132" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C132" s="1" t="str"><v xml:space="preserve">Randstedelijke Rekenkamer concept Begroting </v></c><c r="D132" s="1" t="str"><v xml:space="preserve">De RRK bied de conceptbegroting 2026 aan voor zienswijze. Provinciale Staten kunnen eventuele zienswijze over de begroting 2026 tot uiterlijk 15 juli a.s. aan de Randstedelijke Rekenkamer kenbaar maken. Daarna zal de Randstedelijke Rekenkamer de begroting vaststellen en deze toesturen aan Provinciale Staten en aan de Minister van Binnenlandse Zaken en Koninkrijksrelaties. </v></c><c r="E132" s="1" t="str"><v/></c><c r="F132" s="4" t="str"><v/></c><c r="G132" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H132" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I132" s="1" t="str"><v>Griffie</v></c><c r="J132" s="1" t="str"><v/></c><c r="K132" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L132" s="4"><v>45063.0</v></c><c r="M132" s="1"><v>1</v></c></row><row r="133" spans="1:13" customFormat="false"><c r="A133" s="1"><v>377</v></c><c r="B133" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C133" s="1" t="str"><v xml:space="preserve">Randstedelijke Rekenkamer concept Begroting </v></c><c r="D133" s="1" t="str"><v xml:space="preserve">De RRK bied de conceptbegroting 2026 aan voor zienswijze. Provinciale Staten kunnen eventuele zienswijze over de begroting 2026 tot uiterlijk 15 juli a.s. aan de Randstedelijke Rekenkamer kenbaar maken. Daarna zal de Randstedelijke Rekenkamer de begroting vaststellen en deze toesturen aan Provinciale Staten en aan de Minister van Binnenlandse Zaken en Koninkrijksrelaties. </v></c><c r="E133" s="1" t="str"><v/></c><c r="F133" s="4" t="str"><v/></c><c r="G133" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H133" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I133" s="1" t="str"><v>Griffie</v></c><c r="J133" s="1" t="str"><v/></c><c r="K133" s="1" t="str"><v>Provinciale Staten</v></c><c r="L133" s="4"><v>45077.0</v></c><c r="M133" s="1"><v>1</v></c></row><row r="134" spans="1:13" customFormat="false"><c r="A134" s="1"><v>377</v></c><c r="B134" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C134" s="1" t="str"><v xml:space="preserve">Randstedelijke Rekenkamer concept Begroting </v></c><c r="D134" s="1" t="str"><v xml:space="preserve">De RRK bied de conceptbegroting 2026 aan voor zienswijze. Provinciale Staten kunnen eventuele zienswijze over de begroting 2026 tot uiterlijk 15 juli a.s. aan de Randstedelijke Rekenkamer kenbaar maken. Daarna zal de Randstedelijke Rekenkamer de begroting vaststellen en deze toesturen aan Provinciale Staten en aan de Minister van Binnenlandse Zaken en Koninkrijksrelaties. </v></c><c r="E134" s="1" t="str"><v/></c><c r="F134" s="4" t="str"><v/></c><c r="G134" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H134" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I134" s="1" t="str"><v>Griffie</v></c><c r="J134" s="1" t="str"><v/></c><c r="K134" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L134" s="4"><v>45448.0</v></c><c r="M134" s="1"><v>1</v></c></row><row r="135" spans="1:13" customFormat="false"><c r="A135" s="1"><v>377</v></c><c r="B135" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C135" s="1" t="str"><v xml:space="preserve">Randstedelijke Rekenkamer concept Begroting </v></c><c r="D135" s="1" t="str"><v xml:space="preserve">De RRK bied de conceptbegroting 2026 aan voor zienswijze. Provinciale Staten kunnen eventuele zienswijze over de begroting 2026 tot uiterlijk 15 juli a.s. aan de Randstedelijke Rekenkamer kenbaar maken. Daarna zal de Randstedelijke Rekenkamer de begroting vaststellen en deze toesturen aan Provinciale Staten en aan de Minister van Binnenlandse Zaken en Koninkrijksrelaties. </v></c><c r="E135" s="1" t="str"><v/></c><c r="F135" s="4" t="str"><v/></c><c r="G135" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H135" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I135" s="1" t="str"><v>Griffie</v></c><c r="J135" s="1" t="str"><v/></c><c r="K135" s="1" t="str"><v>Provinciale Staten</v></c><c r="L135" s="4"><v>45490.0</v></c><c r="M135" s="1"><v>1</v></c></row><row r="136" spans="1:13" customFormat="false"><c r="A136" s="1"><v>377</v></c><c r="B136" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C136" s="1" t="str"><v xml:space="preserve">Randstedelijke Rekenkamer concept Begroting </v></c><c r="D136" s="1" t="str"><v xml:space="preserve">De RRK bied de conceptbegroting 2026 aan voor zienswijze. Provinciale Staten kunnen eventuele zienswijze over de begroting 2026 tot uiterlijk 15 juli a.s. aan de Randstedelijke Rekenkamer kenbaar maken. Daarna zal de Randstedelijke Rekenkamer de begroting vaststellen en deze toesturen aan Provinciale Staten en aan de Minister van Binnenlandse Zaken en Koninkrijksrelaties. </v></c><c r="E136" s="1" t="str"><v/></c><c r="F136" s="4" t="str"><v/></c><c r="G136" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H136" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I136" s="1" t="str"><v>Griffie</v></c><c r="J136" s="1" t="str"><v/></c><c r="K136" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L136" s="4"><v>45833.0</v></c><c r="M136" s="1"><v>1</v></c></row><row r="137" spans="1:13" customFormat="false"><c r="A137" s="1"><v>377</v></c><c r="B137" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C137" s="1" t="str"><v xml:space="preserve">Randstedelijke Rekenkamer concept Begroting </v></c><c r="D137" s="1" t="str"><v xml:space="preserve">De RRK bied de conceptbegroting 2026 aan voor zienswijze. Provinciale Staten kunnen eventuele zienswijze over de begroting 2026 tot uiterlijk 15 juli a.s. aan de Randstedelijke Rekenkamer kenbaar maken. Daarna zal de Randstedelijke Rekenkamer de begroting vaststellen en deze toesturen aan Provinciale Staten en aan de Minister van Binnenlandse Zaken en Koninkrijksrelaties. </v></c><c r="E137" s="1" t="str"><v/></c><c r="F137" s="4" t="str"><v/></c><c r="G137" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H137" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I137" s="1" t="str"><v>Griffie</v></c><c r="J137" s="1" t="str"><v/></c><c r="K137" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L137" s="4"><v>45840.0</v></c><c r="M137" s="1"><v>1</v></c></row><row r="138" spans="1:13" customFormat="false"><c r="A138" s="1"><v>377</v></c><c r="B138" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C138" s="1" t="str"><v xml:space="preserve">Randstedelijke Rekenkamer concept Begroting </v></c><c r="D138" s="1" t="str"><v xml:space="preserve">De RRK bied de conceptbegroting 2026 aan voor zienswijze. Provinciale Staten kunnen eventuele zienswijze over de begroting 2026 tot uiterlijk 15 juli a.s. aan de Randstedelijke Rekenkamer kenbaar maken. Daarna zal de Randstedelijke Rekenkamer de begroting vaststellen en deze toesturen aan Provinciale Staten en aan de Minister van Binnenlandse Zaken en Koninkrijksrelaties. </v></c><c r="E138" s="1" t="str"><v/></c><c r="F138" s="4" t="str"><v/></c><c r="G138" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H138" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I138" s="1" t="str"><v>Griffie</v></c><c r="J138" s="1" t="str"><v/></c><c r="K138" s="1" t="str"><v>Provinciale Staten</v></c><c r="L138" s="4"><v>45847.0</v></c><c r="M138" s="1"><v>1</v></c></row><row r="139" spans="1:13" customFormat="false"><c r="A139" s="1"><v>379</v></c><c r="B139" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C139" s="1" t="str"><v>IPO - Jaarstukken</v></c><c r="D139" s="1" t="str"><v>Het IPO-bestuur bespreekt op 21 mei 2026 de Jaarstukken 2025. Deze worden (bij een begrotingswijziging) op 23 juni 2026 ter besluitvorming aan het IPO-AV voorgelegd.</v></c><c r="E139" s="1" t="str"><v/></c><c r="F139" s="4" t="str"><v/></c><c r="G139" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H139" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I139" s="1" t="str"><v>Concernzaken</v></c><c r="J139" s="1" t="str"><v/></c><c r="K139" s="1" t="str"><v>Beeldvorming integrale ad hoc Commissie</v></c><c r="L139" s="4"><v>45063.0</v></c><c r="M139" s="1"><v>1</v></c></row><row r="140" spans="1:13" customFormat="false"><c r="A140" s="1"><v>379</v></c><c r="B140" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C140" s="1" t="str"><v>IPO - Jaarstukken</v></c><c r="D140" s="1" t="str"><v>Het IPO-bestuur bespreekt op 21 mei 2026 de Jaarstukken 2025. Deze worden (bij een begrotingswijziging) op 23 juni 2026 ter besluitvorming aan het IPO-AV voorgelegd.</v></c><c r="E140" s="1" t="str"><v/></c><c r="F140" s="4" t="str"><v/></c><c r="G140" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H140" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I140" s="1" t="str"><v>Concernzaken</v></c><c r="J140" s="1" t="str"><v/></c><c r="K140" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L140" s="4"><v>45091.0</v></c><c r="M140" s="1"><v>1</v></c></row><row r="141" spans="1:13" customFormat="false"><c r="A141" s="1"><v>379</v></c><c r="B141" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C141" s="1" t="str"><v>IPO - Jaarstukken</v></c><c r="D141" s="1" t="str"><v>Het IPO-bestuur bespreekt op 21 mei 2026 de Jaarstukken 2025. Deze worden (bij een begrotingswijziging) op 23 juni 2026 ter besluitvorming aan het IPO-AV voorgelegd.</v></c><c r="E141" s="1" t="str"><v/></c><c r="F141" s="4" t="str"><v/></c><c r="G141" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H141" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I141" s="1" t="str"><v>Concernzaken</v></c><c r="J141" s="1" t="str"><v/></c><c r="K141" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L141" s="4"><v>45819.0</v></c><c r="M141" s="1"><v>1</v></c></row><row r="142" spans="1:13" customFormat="false"><c r="A142" s="1"><v>379</v></c><c r="B142" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C142" s="1" t="str"><v>IPO - Jaarstukken</v></c><c r="D142" s="1" t="str"><v>Het IPO-bestuur bespreekt op 21 mei 2026 de Jaarstukken 2025. Deze worden (bij een begrotingswijziging) op 23 juni 2026 ter besluitvorming aan het IPO-AV voorgelegd.</v></c><c r="E142" s="1" t="str"><v/></c><c r="F142" s="4" t="str"><v/></c><c r="G142" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H142" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I142" s="1" t="str"><v>Concernzaken</v></c><c r="J142" s="1" t="str"><v/></c><c r="K142" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L142" s="4"><v>45819.0</v></c><c r="M142" s="1"><v>1</v></c></row><row r="143" spans="1:13" customFormat="false"><c r="A143" s="1"><v>379</v></c><c r="B143" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C143" s="1" t="str"><v>IPO - Jaarstukken</v></c><c r="D143" s="1" t="str"><v>Het IPO-bestuur bespreekt op 21 mei 2026 de Jaarstukken 2025. Deze worden (bij een begrotingswijziging) op 23 juni 2026 ter besluitvorming aan het IPO-AV voorgelegd.</v></c><c r="E143" s="1" t="str"><v/></c><c r="F143" s="4" t="str"><v/></c><c r="G143" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H143" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I143" s="1" t="str"><v>Concernzaken</v></c><c r="J143" s="1" t="str"><v/></c><c r="K143" s="1" t="str"><v>Provinciale Staten</v></c><c r="L143" s="4"><v>45826.0</v></c><c r="M143" s="1"><v>1</v></c></row><row r="144" spans="1:13" customFormat="false"><c r="A144" s="1"><v>379</v></c><c r="B144" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C144" s="1" t="str"><v>IPO - Jaarstukken</v></c><c r="D144" s="1" t="str"><v>Het IPO-bestuur bespreekt op 21 mei 2026 de Jaarstukken 2025. Deze worden (bij een begrotingswijziging) op 23 juni 2026 ter besluitvorming aan het IPO-AV voorgelegd.</v></c><c r="E144" s="1" t="str"><v/></c><c r="F144" s="4" t="str"><v/></c><c r="G144" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H144" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I144" s="1" t="str"><v>Concernzaken</v></c><c r="J144" s="1" t="str"><v/></c><c r="K144" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L144" s="4"><v>46183.0</v></c><c r="M144" s="1"><v>0</v></c></row><row r="145" spans="1:13" customFormat="false"><c r="A145" s="1"><v>379</v></c><c r="B145" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C145" s="1" t="str"><v>IPO - Jaarstukken</v></c><c r="D145" s="1" t="str"><v>Het IPO-bestuur bespreekt op 21 mei 2026 de Jaarstukken 2025. Deze worden (bij een begrotingswijziging) op 23 juni 2026 ter besluitvorming aan het IPO-AV voorgelegd.</v></c><c r="E145" s="1" t="str"><v/></c><c r="F145" s="4" t="str"><v/></c><c r="G145" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H145" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I145" s="1" t="str"><v>Concernzaken</v></c><c r="J145" s="1" t="str"><v/></c><c r="K145" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L145" s="4"><v>46190.0</v></c><c r="M145" s="1"><v>0</v></c></row><row r="146" spans="1:13" customFormat="false"><c r="A146" s="1"><v>379</v></c><c r="B146" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C146" s="1" t="str"><v>IPO - Jaarstukken</v></c><c r="D146" s="1" t="str"><v>Het IPO-bestuur bespreekt op 21 mei 2026 de Jaarstukken 2025. Deze worden (bij een begrotingswijziging) op 23 juni 2026 ter besluitvorming aan het IPO-AV voorgelegd.</v></c><c r="E146" s="1" t="str"><v/></c><c r="F146" s="4" t="str"><v/></c><c r="G146" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H146" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I146" s="1" t="str"><v>Concernzaken</v></c><c r="J146" s="1" t="str"><v/></c><c r="K146" s="1" t="str"><v>Provinciale Staten</v></c><c r="L146" s="4"><v>46197.0</v></c><c r="M146" s="1"><v>0</v></c></row><row r="147" spans="1:13" customFormat="false"><c r="A147" s="1"><v>381</v></c><c r="B147" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C147" s="1" t="str"><v xml:space="preserve">Actualisatie Reglement van Orde Provinciale Staten </v></c><c r="D147" s="1" t="str"><v xml:space="preserve">Provinciale Staten heeft 17 juli 2024 besloten het Presidium in te stellen. Met het instellingsbesluit heeft het Presidium de opdracht om te komen met een voorstel om het Reglement van Orde aan te passen voor een duurzame borging van het doel en de taken van het Presidium. &#13;
 &#13;
 Het Presidium heeft de uitgangspunten van het proces vastgesteld (Presidium 17 maart, agendapunt 9a) en daarbij de inbreng voor aanpassing van het Reglement van Orde bij de leden van Provinciale Staten op te halen (Presidium 7 april, agendapunt 7b) en aan de hand van deze inbreng met de fracties in gesprek te gaan (Presidium 12 mei, agendapunt 7b).&#13;
-</v></c><c r="E110" s="1" t="str"><v/></c><c r="F110" s="4" t="str"><v/></c><c r="G110" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H110" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I110" s="1" t="str"><v>Griffie</v></c><c r="J110" s="1" t="str"><v xml:space="preserve">Het onderwerp is op 12 november 2025 opnieuw gepland door het Presidium.&#13;
-(In de commissie EMS van 8 oktober is het, bij het vaststellen van de agenda, tot nader moment uitgesteld).</v></c><c r="K110" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L110" s="4"><v>46057.0</v></c><c r="M110" s="1"><v>0</v></c></row><row r="111" spans="1:13" customFormat="false"><c r="A111" s="1"><v>381</v></c><c r="B111" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C111" s="1" t="str"><v xml:space="preserve">Actualisatie Reglement van Orde Provinciale Staten </v></c><c r="D111" s="1" t="str"><v xml:space="preserve">Provinciale Staten heeft 17 juli 2024 besloten het Presidium in te stellen. Met het instellingsbesluit heeft het Presidium de opdracht om te komen met een voorstel om het Reglement van Orde aan te passen voor een duurzame borging van het doel en de taken van het Presidium. &#13;
+</v></c><c r="E147" s="1" t="str"><v/></c><c r="F147" s="4" t="str"><v/></c><c r="G147" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H147" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I147" s="1" t="str"><v>Griffie</v></c><c r="J147" s="1" t="str"><v xml:space="preserve">Het onderwerp is op 12 november 2025 opnieuw gepland door het Presidium.&#13;
+(In de commissie EMS van 8 oktober is het, bij het vaststellen van de agenda, tot nader moment uitgesteld).</v></c><c r="K147" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L147" s="4"><v>46057.0</v></c><c r="M147" s="1"><v>0</v></c></row><row r="148" spans="1:13" customFormat="false"><c r="A148" s="1"><v>381</v></c><c r="B148" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C148" s="1" t="str"><v xml:space="preserve">Actualisatie Reglement van Orde Provinciale Staten </v></c><c r="D148" s="1" t="str"><v xml:space="preserve">Provinciale Staten heeft 17 juli 2024 besloten het Presidium in te stellen. Met het instellingsbesluit heeft het Presidium de opdracht om te komen met een voorstel om het Reglement van Orde aan te passen voor een duurzame borging van het doel en de taken van het Presidium. &#13;
 &#13;
 Het Presidium heeft de uitgangspunten van het proces vastgesteld (Presidium 17 maart, agendapunt 9a) en daarbij de inbreng voor aanpassing van het Reglement van Orde bij de leden van Provinciale Staten op te halen (Presidium 7 april, agendapunt 7b) en aan de hand van deze inbreng met de fracties in gesprek te gaan (Presidium 12 mei, agendapunt 7b).&#13;
-</v></c><c r="E111" s="1" t="str"><v/></c><c r="F111" s="4" t="str"><v/></c><c r="G111" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H111" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I111" s="1" t="str"><v>Griffie</v></c><c r="J111" s="1" t="str"><v xml:space="preserve">Het onderwerp is op 12 november 2025 opnieuw gepland door het Presidium.&#13;
-(In de commissie EMS van 8 oktober is het, bij het vaststellen van de agenda, tot nader moment uitgesteld).</v></c><c r="K111" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L111" s="4"><v>46064.0</v></c><c r="M111" s="1"><v>0</v></c></row><row r="112" spans="1:13" customFormat="false"><c r="A112" s="1"><v>381</v></c><c r="B112" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C112" s="1" t="str"><v xml:space="preserve">Actualisatie Reglement van Orde Provinciale Staten </v></c><c r="D112" s="1" t="str"><v xml:space="preserve">Provinciale Staten heeft 17 juli 2024 besloten het Presidium in te stellen. Met het instellingsbesluit heeft het Presidium de opdracht om te komen met een voorstel om het Reglement van Orde aan te passen voor een duurzame borging van het doel en de taken van het Presidium. &#13;
+</v></c><c r="E148" s="1" t="str"><v/></c><c r="F148" s="4" t="str"><v/></c><c r="G148" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H148" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I148" s="1" t="str"><v>Griffie</v></c><c r="J148" s="1" t="str"><v xml:space="preserve">Het onderwerp is op 12 november 2025 opnieuw gepland door het Presidium.&#13;
+(In de commissie EMS van 8 oktober is het, bij het vaststellen van de agenda, tot nader moment uitgesteld).</v></c><c r="K148" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L148" s="4"><v>46064.0</v></c><c r="M148" s="1"><v>0</v></c></row><row r="149" spans="1:13" customFormat="false"><c r="A149" s="1"><v>381</v></c><c r="B149" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C149" s="1" t="str"><v xml:space="preserve">Actualisatie Reglement van Orde Provinciale Staten </v></c><c r="D149" s="1" t="str"><v xml:space="preserve">Provinciale Staten heeft 17 juli 2024 besloten het Presidium in te stellen. Met het instellingsbesluit heeft het Presidium de opdracht om te komen met een voorstel om het Reglement van Orde aan te passen voor een duurzame borging van het doel en de taken van het Presidium. &#13;
 &#13;
 Het Presidium heeft de uitgangspunten van het proces vastgesteld (Presidium 17 maart, agendapunt 9a) en daarbij de inbreng voor aanpassing van het Reglement van Orde bij de leden van Provinciale Staten op te halen (Presidium 7 april, agendapunt 7b) en aan de hand van deze inbreng met de fracties in gesprek te gaan (Presidium 12 mei, agendapunt 7b).&#13;
-</v></c><c r="E112" s="1" t="str"><v/></c><c r="F112" s="4" t="str"><v/></c><c r="G112" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H112" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I112" s="1" t="str"><v>Griffie</v></c><c r="J112" s="1" t="str"><v xml:space="preserve">Het onderwerp is op 12 november 2025 opnieuw gepland door het Presidium.&#13;
-(In de commissie EMS van 8 oktober is het, bij het vaststellen van de agenda, tot nader moment uitgesteld).</v></c><c r="K112" s="1" t="str"><v>Provinciale Staten</v></c><c r="L112" s="4"><v>46071.0</v></c><c r="M112" s="1"><v>0</v></c></row><row r="113" spans="1:13" customFormat="false"><c r="A113" s="1"><v>385</v></c><c r="B113" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C113" s="1" t="str"><v xml:space="preserve">Rekenkameronderzoek Stimulering woningbouw </v></c><c r="D113" s="1" t="str"><v xml:space="preserve">Onderzoek naar stimulerende rol provincie&#13;
+</v></c><c r="E149" s="1" t="str"><v/></c><c r="F149" s="4" t="str"><v/></c><c r="G149" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H149" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I149" s="1" t="str"><v>Griffie</v></c><c r="J149" s="1" t="str"><v xml:space="preserve">Het onderwerp is op 12 november 2025 opnieuw gepland door het Presidium.&#13;
+(In de commissie EMS van 8 oktober is het, bij het vaststellen van de agenda, tot nader moment uitgesteld).</v></c><c r="K149" s="1" t="str"><v>Provinciale Staten</v></c><c r="L149" s="4"><v>46071.0</v></c><c r="M149" s="1"><v>0</v></c></row><row r="150" spans="1:13" customFormat="false"><c r="A150" s="1"><v>385</v></c><c r="B150" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C150" s="1" t="str"><v xml:space="preserve">Rekenkameronderzoek Stimulering woningbouw </v></c><c r="D150" s="1" t="str"><v xml:space="preserve">Onderzoek naar stimulerende rol provincie&#13;
 De problematiek op de woningmarkt en het hernemen van de regie door de overheid vormen voor de Rekenkamer aanleiding om onderzoek te doen naar de rol van de  provincie bij woningbouw. Daarbij richten we ons op de rol en de mogelijkheden van de provincie bij het stimuleren van woningbouw en het oplossen van knelpunten hierbij.&#13;
-</v></c><c r="E113" s="1" t="str"><v/></c><c r="F113" s="4" t="str"><v/></c><c r="G113" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H113" s="1" t="str"><v xml:space="preserve"> Gerritsen, Müller, Simonse, Hofstra, Klopman, Algemeen, Rapporteur, van Dijk</v></c><c r="I113" s="1"/><c r="J113" s="1" t="str"><v/></c><c r="K113" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L113" s="4"><v>46113.0</v></c><c r="M113" s="1"><v>0</v></c></row><row r="114" spans="1:13" customFormat="false"><c r="A114" s="1"><v>387</v></c><c r="B114" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C114" s="1" t="str"><v>Structurele inbedding Jongerenraad en jongerenparticipatie bij de provincie Flevoland</v></c><c r="D114" s="1" t="str"><v xml:space="preserve">De titel van het onderwerp is aangepast (oorspronkelijk: Jongerenraad: Stand van zaken en acties) </v></c><c r="E114" s="1" t="str"><v/></c><c r="F114" s="4" t="str"><v/></c><c r="G114" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H114" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I114" s="1" t="str"><v>Bestuursadvies</v></c><c r="J114" s="1" t="str"><v>Op verzoek van de organisatie (CBP) verplaatst van nov/dec naar januari 2026</v></c><c r="K114" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L114" s="4"><v>46029.0</v></c><c r="M114" s="1"><v>0</v></c></row><row r="115" spans="1:13" customFormat="false"><c r="A115" s="1"><v>387</v></c><c r="B115" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C115" s="1" t="str"><v>Structurele inbedding Jongerenraad en jongerenparticipatie bij de provincie Flevoland</v></c><c r="D115" s="1" t="str"><v xml:space="preserve">De titel van het onderwerp is aangepast (oorspronkelijk: Jongerenraad: Stand van zaken en acties) </v></c><c r="E115" s="1" t="str"><v/></c><c r="F115" s="4" t="str"><v/></c><c r="G115" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H115" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I115" s="1" t="str"><v>Bestuursadvies</v></c><c r="J115" s="1" t="str"><v>Op verzoek van de organisatie (CBP) verplaatst van nov/dec naar januari 2026</v></c><c r="K115" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L115" s="4"><v>46036.0</v></c><c r="M115" s="1"><v>0</v></c></row><row r="116" spans="1:13" customFormat="false"><c r="A116" s="1"><v>387</v></c><c r="B116" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C116" s="1" t="str"><v>Structurele inbedding Jongerenraad en jongerenparticipatie bij de provincie Flevoland</v></c><c r="D116" s="1" t="str"><v xml:space="preserve">De titel van het onderwerp is aangepast (oorspronkelijk: Jongerenraad: Stand van zaken en acties) </v></c><c r="E116" s="1" t="str"><v/></c><c r="F116" s="4" t="str"><v/></c><c r="G116" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H116" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I116" s="1" t="str"><v>Bestuursadvies</v></c><c r="J116" s="1" t="str"><v>Op verzoek van de organisatie (CBP) verplaatst van nov/dec naar januari 2026</v></c><c r="K116" s="1" t="str"><v>Provinciale Staten</v></c><c r="L116" s="4"><v>46050.0</v></c><c r="M116" s="1"><v>0</v></c></row><row r="117" spans="1:13" customFormat="false"><c r="A117" s="1"><v>398</v></c><c r="B117" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C117" s="1" t="str"><v>Participatieverordening</v></c><c r="D117" s="1" t="str"><v>Op 24 september 2025 heeft Provinciale Staten de kaders uit de startnotitie vastgesteld.</v></c><c r="E117" s="1" t="str"><v/></c><c r="F117" s="4" t="str"><v/></c><c r="G117" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H117" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I117" s="1" t="str"><v>Bestuursadvies</v></c><c r="J117" s="1" t="str"><v/></c><c r="K117" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L117" s="4"><v>46057.0</v></c><c r="M117" s="1"><v>0</v></c></row><row r="118" spans="1:13" customFormat="false"><c r="A118" s="1"><v>398</v></c><c r="B118" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C118" s="1" t="str"><v>Participatieverordening</v></c><c r="D118" s="1" t="str"><v>Op 24 september 2025 heeft Provinciale Staten de kaders uit de startnotitie vastgesteld.</v></c><c r="E118" s="1" t="str"><v/></c><c r="F118" s="4" t="str"><v/></c><c r="G118" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H118" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I118" s="1" t="str"><v>Bestuursadvies</v></c><c r="J118" s="1" t="str"><v/></c><c r="K118" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L118" s="4"><v>46064.0</v></c><c r="M118" s="1"><v>0</v></c></row><row r="119" spans="1:13" customFormat="false"><c r="A119" s="1"><v>398</v></c><c r="B119" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C119" s="1" t="str"><v>Participatieverordening</v></c><c r="D119" s="1" t="str"><v>Op 24 september 2025 heeft Provinciale Staten de kaders uit de startnotitie vastgesteld.</v></c><c r="E119" s="1" t="str"><v/></c><c r="F119" s="4" t="str"><v/></c><c r="G119" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H119" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I119" s="1" t="str"><v>Bestuursadvies</v></c><c r="J119" s="1" t="str"><v/></c><c r="K119" s="1" t="str"><v>Provinciale Staten</v></c><c r="L119" s="4"><v>46071.0</v></c><c r="M119" s="1"><v>0</v></c></row><row r="120" spans="1:13" customFormat="false"><c r="A120" s="1"><v>405</v></c><c r="B120" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C120" s="1" t="str"><v>Controleplan 2025 en Boardletter 2025</v></c><c r="D120" s="1" t="str"><v xml:space="preserve">In gesprek met de accountant </v></c><c r="E120" s="1" t="str"><v/></c><c r="F120" s="4" t="str"><v/></c><c r="G120" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H120" s="1" t="str"><v xml:space="preserve"> Gerritsen, Müller, Simonse, Hofstra, Klopman, Algemeen, Rapporteur, van Dijk</v></c><c r="I120" s="1"/><c r="J120" s="1" t="str"><v/></c><c r="K120" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L120" s="4"><v>46057.0</v></c><c r="M120" s="1"><v>0</v></c></row><row r="121" spans="1:13" customFormat="false"><c r="A121" s="1"><v>66</v></c><c r="B121" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C121" s="1" t="str"><v>Almere 2.0 (Introductieprogramma)</v></c><c r="D121" s="1" t="str"><v>Introductieprogramma Provinciale Staten: uitleg over Almere 2.0</v></c><c r="E121" s="1" t="str"><v/></c><c r="F121" s="4" t="str"><v/></c><c r="G121" s="1" t="str"><v>Almere 2.0</v></c><c r="H121" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I121" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J121" s="1" t="str"><v/></c><c r="K121" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L121" s="4"><v>45182.0</v></c><c r="M121" s="1"><v>1</v></c></row><row r="122" spans="1:13" customFormat="false"><c r="A122" s="1"><v>125</v></c><c r="B122" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C122" s="1" t="str"><v xml:space="preserve">Jaarprogramma Fonds Verstedelijking Almere </v></c><c r="D122" s="1" t="str"><v xml:space="preserve">Het Jaarprogramma Fonds Verstedelijking Almere (FVA) wordt tegelijkertijd met het Programma Begroting van de Provincie Flevoland aan de Staten ter vaststelling voorgelegd.&#13;
-[...2 lines deleted...]
-</v></c><c r="E124" s="1" t="str"><v/></c><c r="F124" s="4"><v>45124.0</v></c><c r="G124" s="1" t="str"><v>Almere 2.0</v></c><c r="H124" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I124" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J124" s="1" t="str"><v/></c><c r="K124" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L124" s="4"><v>45938.0</v></c><c r="M124" s="1"><v>1</v></c></row><row r="125" spans="1:13" customFormat="false"><c r="A125" s="1"><v>147</v></c><c r="B125" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C125" s="1" t="str"><v>Fonds Verstedelijking Almere - Meerjarenprogramma 2025-2029</v></c><c r="D125" s="1" t="str"><v xml:space="preserve">Het FVA is een Fonds van drie partijen, namelijk de gemeente Almere, provincie Flevoland en het rijk. Om aan de slag te kunnen gaan met het Meerjarenprogramma is er instemming &#13;
+</v></c><c r="E150" s="1" t="str"><v/></c><c r="F150" s="4" t="str"><v/></c><c r="G150" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H150" s="1" t="str"><v xml:space="preserve"> Gerritsen, Müller, Simonse, Hofstra, Klopman, Algemeen, Rapporteur, van Dijk</v></c><c r="I150" s="1"/><c r="J150" s="1" t="str"><v/></c><c r="K150" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L150" s="4"><v>46113.0</v></c><c r="M150" s="1"><v>0</v></c></row><row r="151" spans="1:13" customFormat="false"><c r="A151" s="1"><v>387</v></c><c r="B151" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C151" s="1" t="str"><v>Structurele inbedding Jongerenraad en jongerenparticipatie bij de provincie Flevoland</v></c><c r="D151" s="1" t="str"><v xml:space="preserve">De titel van het onderwerp is aangepast (oorspronkelijk: Jongerenraad: Stand van zaken en acties) </v></c><c r="E151" s="1" t="str"><v/></c><c r="F151" s="4" t="str"><v/></c><c r="G151" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H151" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I151" s="1" t="str"><v>Bestuursadvies</v></c><c r="J151" s="1" t="str"><v>Op verzoek van de organisatie (CBP) verplaatst van nov/dec naar januari 2026</v></c><c r="K151" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L151" s="4"><v>46036.0</v></c><c r="M151" s="1"><v>1</v></c></row><row r="152" spans="1:13" customFormat="false"><c r="A152" s="1"><v>387</v></c><c r="B152" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C152" s="1" t="str"><v>Structurele inbedding Jongerenraad en jongerenparticipatie bij de provincie Flevoland</v></c><c r="D152" s="1" t="str"><v xml:space="preserve">De titel van het onderwerp is aangepast (oorspronkelijk: Jongerenraad: Stand van zaken en acties) </v></c><c r="E152" s="1" t="str"><v/></c><c r="F152" s="4" t="str"><v/></c><c r="G152" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H152" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I152" s="1" t="str"><v>Bestuursadvies</v></c><c r="J152" s="1" t="str"><v>Op verzoek van de organisatie (CBP) verplaatst van nov/dec naar januari 2026</v></c><c r="K152" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L152" s="4"><v>46043.0</v></c><c r="M152" s="1"><v>0</v></c></row><row r="153" spans="1:13" customFormat="false"><c r="A153" s="1"><v>387</v></c><c r="B153" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C153" s="1" t="str"><v>Structurele inbedding Jongerenraad en jongerenparticipatie bij de provincie Flevoland</v></c><c r="D153" s="1" t="str"><v xml:space="preserve">De titel van het onderwerp is aangepast (oorspronkelijk: Jongerenraad: Stand van zaken en acties) </v></c><c r="E153" s="1" t="str"><v/></c><c r="F153" s="4" t="str"><v/></c><c r="G153" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H153" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I153" s="1" t="str"><v>Bestuursadvies</v></c><c r="J153" s="1" t="str"><v>Op verzoek van de organisatie (CBP) verplaatst van nov/dec naar januari 2026</v></c><c r="K153" s="1" t="str"><v>Provinciale Staten</v></c><c r="L153" s="4"><v>46050.0</v></c><c r="M153" s="1"><v>0</v></c></row><row r="154" spans="1:13" customFormat="false"><c r="A154" s="1"><v>398</v></c><c r="B154" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C154" s="1" t="str"><v>Ontwerp-Participatieverordening en ontwerp-Beleid uitdaagrecht</v></c><c r="D154" s="1" t="str"><v>Op 24 september 2025 heeft Provinciale Staten de kaders uit de startnotitie vastgesteld.</v></c><c r="E154" s="1" t="str"><v/></c><c r="F154" s="4" t="str"><v/></c><c r="G154" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H154" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I154" s="1" t="str"><v>Bestuursadvies</v></c><c r="J154" s="1" t="str"><v>De oorspronkelijke planning voor een BOB-reeks in februari wordt niet gehaald. Zeer waarschijnlijk staat het nu in de BOB-reeks van maart behandeld.</v></c><c r="K154" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L154" s="4"><v>46085.0</v></c><c r="M154" s="1"><v>0</v></c></row><row r="155" spans="1:13" customFormat="false"><c r="A155" s="1"><v>398</v></c><c r="B155" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C155" s="1" t="str"><v>Ontwerp-Participatieverordening en ontwerp-Beleid uitdaagrecht</v></c><c r="D155" s="1" t="str"><v>Op 24 september 2025 heeft Provinciale Staten de kaders uit de startnotitie vastgesteld.</v></c><c r="E155" s="1" t="str"><v/></c><c r="F155" s="4" t="str"><v/></c><c r="G155" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H155" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I155" s="1" t="str"><v>Bestuursadvies</v></c><c r="J155" s="1" t="str"><v>De oorspronkelijke planning voor een BOB-reeks in februari wordt niet gehaald. Zeer waarschijnlijk staat het nu in de BOB-reeks van maart behandeld.</v></c><c r="K155" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L155" s="4"><v>46099.0</v></c><c r="M155" s="1"><v>0</v></c></row><row r="156" spans="1:13" customFormat="false"><c r="A156" s="1"><v>398</v></c><c r="B156" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C156" s="1" t="str"><v>Ontwerp-Participatieverordening en ontwerp-Beleid uitdaagrecht</v></c><c r="D156" s="1" t="str"><v>Op 24 september 2025 heeft Provinciale Staten de kaders uit de startnotitie vastgesteld.</v></c><c r="E156" s="1" t="str"><v/></c><c r="F156" s="4" t="str"><v/></c><c r="G156" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H156" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I156" s="1" t="str"><v>Bestuursadvies</v></c><c r="J156" s="1" t="str"><v>De oorspronkelijke planning voor een BOB-reeks in februari wordt niet gehaald. Zeer waarschijnlijk staat het nu in de BOB-reeks van maart behandeld.</v></c><c r="K156" s="1" t="str"><v>Provinciale Staten</v></c><c r="L156" s="4"><v>46106.0</v></c><c r="M156" s="1"><v>0</v></c></row><row r="157" spans="1:13" customFormat="false"><c r="A157" s="1"><v>405</v></c><c r="B157" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C157" s="1" t="str"><v>Controleplan 2025 en Boardletter 2025</v></c><c r="D157" s="1" t="str"><v xml:space="preserve">In gesprek met de accountant </v></c><c r="E157" s="1" t="str"><v/></c><c r="F157" s="4" t="str"><v/></c><c r="G157" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H157" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I157" s="1"/><c r="J157" s="1" t="str"><v/></c><c r="K157" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L157" s="4"><v>46057.0</v></c><c r="M157" s="1"><v>0</v></c></row><row r="158" spans="1:13" customFormat="false"><c r="A158" s="1"><v>407</v></c><c r="B158" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C158" s="1" t="str"><v>Plan voor meer inwonerbetrokkenheid Provinciale Staten provincie Flevoland 2026 en 2027</v></c><c r="D158" s="1" t="str"><v xml:space="preserve">Het doel van dit plan is dat het politieke werk van Provinciale Staten zichtbaarder, begrijpelijker en toegankelijker wordt voor inwoners, zodat meer Flevolanders weten wat de Staten doen en hoe zij kunnen meepraten. &#13;
+De aanpak bestaat uit vier samenhangende onderdelen:&#13;
+1.	Jongeren en onderwijs actief betrekken bij de provinciale democratie&#13;
+2.	Structurele communicatie via lokale media&#13;
+3.	Versterking van digitale zichtbaarheid en online informatievoorziening&#13;
+4.	Het organiseren van ontmoetingen en evenementen voor direct contact met inwoners en organisaties.&#13;
+</v></c><c r="E158" s="1" t="str"><v/></c><c r="F158" s="4" t="str"><v/></c><c r="G158" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H158" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I158" s="1" t="str"><v>Griffie</v></c><c r="J158" s="1" t="str"><v/></c><c r="K158" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L158" s="4"><v>46085.0</v></c><c r="M158" s="1"><v>0</v></c></row><row r="159" spans="1:13" customFormat="false"><c r="A159" s="1"><v>407</v></c><c r="B159" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C159" s="1" t="str"><v>Plan voor meer inwonerbetrokkenheid Provinciale Staten provincie Flevoland 2026 en 2027</v></c><c r="D159" s="1" t="str"><v xml:space="preserve">Het doel van dit plan is dat het politieke werk van Provinciale Staten zichtbaarder, begrijpelijker en toegankelijker wordt voor inwoners, zodat meer Flevolanders weten wat de Staten doen en hoe zij kunnen meepraten. &#13;
+De aanpak bestaat uit vier samenhangende onderdelen:&#13;
+1.	Jongeren en onderwijs actief betrekken bij de provinciale democratie&#13;
+2.	Structurele communicatie via lokale media&#13;
+3.	Versterking van digitale zichtbaarheid en online informatievoorziening&#13;
+4.	Het organiseren van ontmoetingen en evenementen voor direct contact met inwoners en organisaties.&#13;
+</v></c><c r="E159" s="1" t="str"><v/></c><c r="F159" s="4" t="str"><v/></c><c r="G159" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H159" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I159" s="1" t="str"><v>Griffie</v></c><c r="J159" s="1" t="str"><v/></c><c r="K159" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L159" s="4"><v>46099.0</v></c><c r="M159" s="1"><v>0</v></c></row><row r="160" spans="1:13" customFormat="false"><c r="A160" s="1"><v>407</v></c><c r="B160" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C160" s="1" t="str"><v>Plan voor meer inwonerbetrokkenheid Provinciale Staten provincie Flevoland 2026 en 2027</v></c><c r="D160" s="1" t="str"><v xml:space="preserve">Het doel van dit plan is dat het politieke werk van Provinciale Staten zichtbaarder, begrijpelijker en toegankelijker wordt voor inwoners, zodat meer Flevolanders weten wat de Staten doen en hoe zij kunnen meepraten. &#13;
+De aanpak bestaat uit vier samenhangende onderdelen:&#13;
+1.	Jongeren en onderwijs actief betrekken bij de provinciale democratie&#13;
+2.	Structurele communicatie via lokale media&#13;
+3.	Versterking van digitale zichtbaarheid en online informatievoorziening&#13;
+4.	Het organiseren van ontmoetingen en evenementen voor direct contact met inwoners en organisaties.&#13;
+</v></c><c r="E160" s="1" t="str"><v/></c><c r="F160" s="4" t="str"><v/></c><c r="G160" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H160" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I160" s="1" t="str"><v>Griffie</v></c><c r="J160" s="1" t="str"><v/></c><c r="K160" s="1" t="str"><v>Provinciale Staten</v></c><c r="L160" s="4"><v>46106.0</v></c><c r="M160" s="1"><v>0</v></c></row><row r="161" spans="1:13" customFormat="false"><c r="A161" s="1"><v>408</v></c><c r="B161" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C161" s="1" t="str"><v xml:space="preserve">Rekenkameronderzoek "Natuur in de gebouwde omgeving" </v></c><c r="D161" s="1" t="str"><v xml:space="preserve">Natuur kan een belangrijke bijdrage leveren aan verschillende maatschappelijke opgaven, zoals klimaatadaptatie, het versterken van de biodiversiteit en een gezonde leefomgeving. Het Nederlandse natuurbeleid richt zich in toenemende mate op de gebouwde omgeving, naast natuurgebieden. Ook stedelijke gebieden en dorpen kunnen een rol spelen in het versterken van natuurwaarden. Het verbinden van natuur binnen en buiten de gebouwde omgeving en het meenemen van natuur in ruimtelijke ontwikkelingen zijn daarbij van belang. De provincie kan hier vanuit haar verantwoordelijkheden voor natuur en ruimtelijke ordening een belangrijke rol in vervullen. &#13;
+&#13;
+In dit onderzoek kijkt de Randstedelijke Rekenkamer naar hoe de provincie stuurt op het realiseren en versterken van natuur in de gebouwde omgeving. Zij onderzoeken vanuit welke waarden en rolopvatting de provincie zich hiervoor inzet. Daarnaast onderzoeken zij hoe de provincie haar doelen heeft uitgewerkt en hoe de provincie de resultaten monitort en evalueert. Zij kijken daarbij zowel naar de instrumenten van de provincie als naar de samenwerking tussen de provincie en gemeenten en andere betrokken partijen. Tot slot hebben zij aandacht voor wat de provincies van elkaar kunnen leren. Het onderzoek wordt uitgevoerd voor de provincies Flevoland, Noord-Holland, Utrecht en Zuid-Holland.</v></c><c r="E161" s="1" t="str"><v/></c><c r="F161" s="4" t="str"><v/></c><c r="G161" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H161" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I161" s="1"/><c r="J161" s="1"/><c r="K161" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L161" s="4"><v>46267.0</v></c><c r="M161" s="1"><v>0</v></c></row><row r="162" spans="1:13" customFormat="false"><c r="A162" s="1"><v>66</v></c><c r="B162" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C162" s="1" t="str"><v>Almere 2.0 (Introductieprogramma)</v></c><c r="D162" s="1" t="str"><v>Introductieprogramma Provinciale Staten: uitleg over Almere 2.0</v></c><c r="E162" s="1" t="str"><v/></c><c r="F162" s="4" t="str"><v/></c><c r="G162" s="1" t="str"><v>Almere 2.0</v></c><c r="H162" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I162" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J162" s="1" t="str"><v/></c><c r="K162" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L162" s="4"><v>45182.0</v></c><c r="M162" s="1"><v>1</v></c></row><row r="163" spans="1:13" customFormat="false"><c r="A163" s="1"><v>125</v></c><c r="B163" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C163" s="1" t="str"><v xml:space="preserve">Jaarprogramma Fonds Verstedelijking Almere </v></c><c r="D163" s="1" t="str"><v xml:space="preserve">Het Jaarprogramma Fonds Verstedelijking Almere (FVA) wordt tegelijkertijd met het Programma Begroting van de Provincie Flevoland aan de Staten ter vaststelling voorgelegd.&#13;
+</v></c><c r="E163" s="1" t="str"><v/></c><c r="F163" s="4"><v>45124.0</v></c><c r="G163" s="1" t="str"><v>Almere 2.0</v></c><c r="H163" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I163" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J163" s="1" t="str"><v/></c><c r="K163" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L163" s="4"><v>45210.0</v></c><c r="M163" s="1"><v>1</v></c></row><row r="164" spans="1:13" customFormat="false"><c r="A164" s="1"><v>125</v></c><c r="B164" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C164" s="1" t="str"><v xml:space="preserve">Jaarprogramma Fonds Verstedelijking Almere </v></c><c r="D164" s="1" t="str"><v xml:space="preserve">Het Jaarprogramma Fonds Verstedelijking Almere (FVA) wordt tegelijkertijd met het Programma Begroting van de Provincie Flevoland aan de Staten ter vaststelling voorgelegd.&#13;
+</v></c><c r="E164" s="1" t="str"><v/></c><c r="F164" s="4"><v>45124.0</v></c><c r="G164" s="1" t="str"><v>Almere 2.0</v></c><c r="H164" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I164" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J164" s="1" t="str"><v/></c><c r="K164" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L164" s="4"><v>45574.0</v></c><c r="M164" s="1"><v>1</v></c></row><row r="165" spans="1:13" customFormat="false"><c r="A165" s="1"><v>125</v></c><c r="B165" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C165" s="1" t="str"><v xml:space="preserve">Jaarprogramma Fonds Verstedelijking Almere </v></c><c r="D165" s="1" t="str"><v xml:space="preserve">Het Jaarprogramma Fonds Verstedelijking Almere (FVA) wordt tegelijkertijd met het Programma Begroting van de Provincie Flevoland aan de Staten ter vaststelling voorgelegd.&#13;
+</v></c><c r="E165" s="1" t="str"><v/></c><c r="F165" s="4"><v>45124.0</v></c><c r="G165" s="1" t="str"><v>Almere 2.0</v></c><c r="H165" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I165" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J165" s="1" t="str"><v/></c><c r="K165" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L165" s="4"><v>45938.0</v></c><c r="M165" s="1"><v>1</v></c></row><row r="166" spans="1:13" customFormat="false"><c r="A166" s="1"><v>147</v></c><c r="B166" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C166" s="1" t="str"><v>Fonds Verstedelijking Almere - Meerjarenprogramma 2025-2029</v></c><c r="D166" s="1" t="str"><v xml:space="preserve">Het FVA is een Fonds van drie partijen, namelijk de gemeente Almere, provincie Flevoland en het rijk. Om aan de slag te kunnen gaan met het Meerjarenprogramma is er instemming &#13;
 vereist van alle drie de partijen. De bevoegdheid om in te stemmen met de invulling van het Meerjarenprogramma voor de provincie ligt bij PS.&#13;
-</v></c><c r="E125" s="1" t="str"><v/></c><c r="F125" s="4" t="str"><v/></c><c r="G125" s="1" t="str"><v>Almere 2.0</v></c><c r="H125" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I125" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J125" s="1" t="str"><v/></c><c r="K125" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L125" s="4"><v>45693.0</v></c><c r="M125" s="1"><v>1</v></c></row><row r="126" spans="1:13" customFormat="false"><c r="A126" s="1"><v>147</v></c><c r="B126" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C126" s="1" t="str"><v>Fonds Verstedelijking Almere - Meerjarenprogramma 2025-2029</v></c><c r="D126" s="1" t="str"><v xml:space="preserve">Het FVA is een Fonds van drie partijen, namelijk de gemeente Almere, provincie Flevoland en het rijk. Om aan de slag te kunnen gaan met het Meerjarenprogramma is er instemming &#13;
+</v></c><c r="E166" s="1" t="str"><v/></c><c r="F166" s="4" t="str"><v/></c><c r="G166" s="1" t="str"><v>Almere 2.0</v></c><c r="H166" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I166" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J166" s="1" t="str"><v/></c><c r="K166" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L166" s="4"><v>45693.0</v></c><c r="M166" s="1"><v>1</v></c></row><row r="167" spans="1:13" customFormat="false"><c r="A167" s="1"><v>147</v></c><c r="B167" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C167" s="1" t="str"><v>Fonds Verstedelijking Almere - Meerjarenprogramma 2025-2029</v></c><c r="D167" s="1" t="str"><v xml:space="preserve">Het FVA is een Fonds van drie partijen, namelijk de gemeente Almere, provincie Flevoland en het rijk. Om aan de slag te kunnen gaan met het Meerjarenprogramma is er instemming &#13;
 vereist van alle drie de partijen. De bevoegdheid om in te stemmen met de invulling van het Meerjarenprogramma voor de provincie ligt bij PS.&#13;
-</v></c><c r="E126" s="1" t="str"><v/></c><c r="F126" s="4" t="str"><v/></c><c r="G126" s="1" t="str"><v>Almere 2.0</v></c><c r="H126" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I126" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J126" s="1" t="str"><v/></c><c r="K126" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L126" s="4"><v>45735.0</v></c><c r="M126" s="1"><v>1</v></c></row><row r="127" spans="1:13" customFormat="false"><c r="A127" s="1"><v>147</v></c><c r="B127" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C127" s="1" t="str"><v>Fonds Verstedelijking Almere - Meerjarenprogramma 2025-2029</v></c><c r="D127" s="1" t="str"><v xml:space="preserve">Het FVA is een Fonds van drie partijen, namelijk de gemeente Almere, provincie Flevoland en het rijk. Om aan de slag te kunnen gaan met het Meerjarenprogramma is er instemming &#13;
+</v></c><c r="E167" s="1" t="str"><v/></c><c r="F167" s="4" t="str"><v/></c><c r="G167" s="1" t="str"><v>Almere 2.0</v></c><c r="H167" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I167" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J167" s="1" t="str"><v/></c><c r="K167" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L167" s="4"><v>45735.0</v></c><c r="M167" s="1"><v>1</v></c></row><row r="168" spans="1:13" customFormat="false"><c r="A168" s="1"><v>147</v></c><c r="B168" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C168" s="1" t="str"><v>Fonds Verstedelijking Almere - Meerjarenprogramma 2025-2029</v></c><c r="D168" s="1" t="str"><v xml:space="preserve">Het FVA is een Fonds van drie partijen, namelijk de gemeente Almere, provincie Flevoland en het rijk. Om aan de slag te kunnen gaan met het Meerjarenprogramma is er instemming &#13;
 vereist van alle drie de partijen. De bevoegdheid om in te stemmen met de invulling van het Meerjarenprogramma voor de provincie ligt bij PS.&#13;
-</v></c><c r="E127" s="1" t="str"><v/></c><c r="F127" s="4" t="str"><v/></c><c r="G127" s="1" t="str"><v>Almere 2.0</v></c><c r="H127" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I127" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J127" s="1" t="str"><v/></c><c r="K127" s="1" t="str"><v>Provinciale Staten</v></c><c r="L127" s="4"><v>45742.0</v></c><c r="M127" s="1"><v>1</v></c></row><row r="128" spans="1:13" customFormat="false"><c r="A128" s="1"><v>123</v></c><c r="B128" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C128" s="1" t="str"><v>Agenderingsverzoek Bisfenol A (FvD, 50PLUS)</v></c><c r="D128" s="1" t="str"><v/></c><c r="E128" s="1" t="str"><v>50PLUS,Forum voor Democratie</v></c><c r="F128" s="4"><v>45126.0</v></c><c r="G128" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H128" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I128" s="1" t="str"><v>Milieu</v></c><c r="J128" s="1" t="str"><v/></c><c r="K128" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L128" s="4"><v>45210.0</v></c><c r="M128" s="1"><v>1</v></c></row><row r="129" spans="1:13" customFormat="false"><c r="A129" s="1"><v>149</v></c><c r="B129" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C129" s="1" t="str"><v xml:space="preserve">Wateroverlast normering </v></c><c r="D129" s="1" t="str"><v>In het najaar komen we naar de staten met het Plan van Aanpak (PvA) Wateroverlastbeleid, dit is een actie uit het Waterprogramma van de provincie Flevoland (Acties 19 &amp; 20)  In het PvA wordt uitgewerkt hoe Flevoland wil omgaan met de wateroverlastnormering gezien de uitdagingen van bodemdaling en klimaatverandering.</v></c><c r="E129" s="1" t="str"><v/></c><c r="F129" s="4" t="str"><v/></c><c r="G129" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H129" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I129" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J129" s="1" t="str"><v xml:space="preserve">In de commissie RND van 5 juni 2024 is informatie gepresenteerd over wateroverlastproblematiek en is input opgehaald voor het Plan van aanpak Wateroverlastbeleid (proces, inhoudelijke accenten, participatie). Op 5 juni 2024 is aangegeven (Memo beeldvorming) dat het Plan van Aanpak in het najaar voor Beeldvorming -Oordeelsvorming- Besluitvorming wordt aangeboden en de uitwerking van het Plan van aanpak in 2024-2025 plaatsvindt;&#13;
+</v></c><c r="E168" s="1" t="str"><v/></c><c r="F168" s="4" t="str"><v/></c><c r="G168" s="1" t="str"><v>Almere 2.0</v></c><c r="H168" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I168" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J168" s="1" t="str"><v/></c><c r="K168" s="1" t="str"><v>Provinciale Staten</v></c><c r="L168" s="4"><v>45742.0</v></c><c r="M168" s="1"><v>1</v></c></row><row r="169" spans="1:13" customFormat="false"><c r="A169" s="1"><v>123</v></c><c r="B169" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C169" s="1" t="str"><v>Agenderingsverzoek Bisfenol A (FvD, 50PLUS)</v></c><c r="D169" s="1" t="str"><v/></c><c r="E169" s="1" t="str"><v>50PLUS,Forum voor Democratie</v></c><c r="F169" s="4"><v>45126.0</v></c><c r="G169" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H169" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I169" s="1" t="str"><v>Milieu</v></c><c r="J169" s="1" t="str"><v/></c><c r="K169" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L169" s="4"><v>45210.0</v></c><c r="M169" s="1"><v>1</v></c></row><row r="170" spans="1:13" customFormat="false"><c r="A170" s="1"><v>149</v></c><c r="B170" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C170" s="1" t="str"><v xml:space="preserve">Wateroverlast normering </v></c><c r="D170" s="1" t="str"><v>In het najaar komen we naar de staten met het Plan van Aanpak (PvA) Wateroverlastbeleid, dit is een actie uit het Waterprogramma van de provincie Flevoland (Acties 19 &amp; 20)  In het PvA wordt uitgewerkt hoe Flevoland wil omgaan met de wateroverlastnormering gezien de uitdagingen van bodemdaling en klimaatverandering.</v></c><c r="E170" s="1" t="str"><v/></c><c r="F170" s="4" t="str"><v/></c><c r="G170" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H170" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I170" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J170" s="1" t="str"><v xml:space="preserve">In de commissie RND van 5 juni 2024 is informatie gepresenteerd over wateroverlastproblematiek en is input opgehaald voor het Plan van aanpak Wateroverlastbeleid (proces, inhoudelijke accenten, participatie). Op 5 juni 2024 is aangegeven (Memo beeldvorming) dat het Plan van Aanpak in het najaar voor Beeldvorming -Oordeelsvorming- Besluitvorming wordt aangeboden en de uitwerking van het Plan van aanpak in 2024-2025 plaatsvindt;&#13;
 [update 24 okt 2024]: er volgt z.s.m. een gewijzigde planning.&#13;
 [update 28 januari 2025]: de verwachte planning met behandeling in februari wordt niet gehaald.&#13;
 &#13;
-</v></c><c r="K129" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L129" s="4"><v>45448.0</v></c><c r="M129" s="1"><v>1</v></c></row><row r="130" spans="1:13" customFormat="false"><c r="A130" s="1"><v>149</v></c><c r="B130" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C130" s="1" t="str"><v xml:space="preserve">Wateroverlast normering </v></c><c r="D130" s="1" t="str"><v>In het najaar komen we naar de staten met het Plan van Aanpak (PvA) Wateroverlastbeleid, dit is een actie uit het Waterprogramma van de provincie Flevoland (Acties 19 &amp; 20)  In het PvA wordt uitgewerkt hoe Flevoland wil omgaan met de wateroverlastnormering gezien de uitdagingen van bodemdaling en klimaatverandering.</v></c><c r="E130" s="1" t="str"><v/></c><c r="F130" s="4" t="str"><v/></c><c r="G130" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H130" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I130" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J130" s="1" t="str"><v xml:space="preserve">In de commissie RND van 5 juni 2024 is informatie gepresenteerd over wateroverlastproblematiek en is input opgehaald voor het Plan van aanpak Wateroverlastbeleid (proces, inhoudelijke accenten, participatie). Op 5 juni 2024 is aangegeven (Memo beeldvorming) dat het Plan van Aanpak in het najaar voor Beeldvorming -Oordeelsvorming- Besluitvorming wordt aangeboden en de uitwerking van het Plan van aanpak in 2024-2025 plaatsvindt;&#13;
+</v></c><c r="K170" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L170" s="4"><v>45448.0</v></c><c r="M170" s="1"><v>1</v></c></row><row r="171" spans="1:13" customFormat="false"><c r="A171" s="1"><v>149</v></c><c r="B171" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C171" s="1" t="str"><v xml:space="preserve">Wateroverlast normering </v></c><c r="D171" s="1" t="str"><v>In het najaar komen we naar de staten met het Plan van Aanpak (PvA) Wateroverlastbeleid, dit is een actie uit het Waterprogramma van de provincie Flevoland (Acties 19 &amp; 20)  In het PvA wordt uitgewerkt hoe Flevoland wil omgaan met de wateroverlastnormering gezien de uitdagingen van bodemdaling en klimaatverandering.</v></c><c r="E171" s="1" t="str"><v/></c><c r="F171" s="4" t="str"><v/></c><c r="G171" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H171" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I171" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J171" s="1" t="str"><v xml:space="preserve">In de commissie RND van 5 juni 2024 is informatie gepresenteerd over wateroverlastproblematiek en is input opgehaald voor het Plan van aanpak Wateroverlastbeleid (proces, inhoudelijke accenten, participatie). Op 5 juni 2024 is aangegeven (Memo beeldvorming) dat het Plan van Aanpak in het najaar voor Beeldvorming -Oordeelsvorming- Besluitvorming wordt aangeboden en de uitwerking van het Plan van aanpak in 2024-2025 plaatsvindt;&#13;
 [update 24 okt 2024]: er volgt z.s.m. een gewijzigde planning.&#13;
 [update 28 januari 2025]: de verwachte planning met behandeling in februari wordt niet gehaald.&#13;
 &#13;
-</v></c><c r="K130" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L130" s="4"><v>45833.0</v></c><c r="M130" s="1"><v>1</v></c></row><row r="131" spans="1:13" customFormat="false"><c r="A131" s="1"><v>149</v></c><c r="B131" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C131" s="1" t="str"><v xml:space="preserve">Wateroverlast normering </v></c><c r="D131" s="1" t="str"><v>In het najaar komen we naar de staten met het Plan van Aanpak (PvA) Wateroverlastbeleid, dit is een actie uit het Waterprogramma van de provincie Flevoland (Acties 19 &amp; 20)  In het PvA wordt uitgewerkt hoe Flevoland wil omgaan met de wateroverlastnormering gezien de uitdagingen van bodemdaling en klimaatverandering.</v></c><c r="E131" s="1" t="str"><v/></c><c r="F131" s="4" t="str"><v/></c><c r="G131" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H131" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I131" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J131" s="1" t="str"><v xml:space="preserve">In de commissie RND van 5 juni 2024 is informatie gepresenteerd over wateroverlastproblematiek en is input opgehaald voor het Plan van aanpak Wateroverlastbeleid (proces, inhoudelijke accenten, participatie). Op 5 juni 2024 is aangegeven (Memo beeldvorming) dat het Plan van Aanpak in het najaar voor Beeldvorming -Oordeelsvorming- Besluitvorming wordt aangeboden en de uitwerking van het Plan van aanpak in 2024-2025 plaatsvindt;&#13;
+</v></c><c r="K171" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L171" s="4"><v>45833.0</v></c><c r="M171" s="1"><v>1</v></c></row><row r="172" spans="1:13" customFormat="false"><c r="A172" s="1"><v>149</v></c><c r="B172" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C172" s="1" t="str"><v xml:space="preserve">Wateroverlast normering </v></c><c r="D172" s="1" t="str"><v>In het najaar komen we naar de staten met het Plan van Aanpak (PvA) Wateroverlastbeleid, dit is een actie uit het Waterprogramma van de provincie Flevoland (Acties 19 &amp; 20)  In het PvA wordt uitgewerkt hoe Flevoland wil omgaan met de wateroverlastnormering gezien de uitdagingen van bodemdaling en klimaatverandering.</v></c><c r="E172" s="1" t="str"><v/></c><c r="F172" s="4" t="str"><v/></c><c r="G172" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H172" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I172" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J172" s="1" t="str"><v xml:space="preserve">In de commissie RND van 5 juni 2024 is informatie gepresenteerd over wateroverlastproblematiek en is input opgehaald voor het Plan van aanpak Wateroverlastbeleid (proces, inhoudelijke accenten, participatie). Op 5 juni 2024 is aangegeven (Memo beeldvorming) dat het Plan van Aanpak in het najaar voor Beeldvorming -Oordeelsvorming- Besluitvorming wordt aangeboden en de uitwerking van het Plan van aanpak in 2024-2025 plaatsvindt;&#13;
 [update 24 okt 2024]: er volgt z.s.m. een gewijzigde planning.&#13;
 [update 28 januari 2025]: de verwachte planning met behandeling in februari wordt niet gehaald.&#13;
 &#13;
-</v></c><c r="K131" s="1" t="str"><v>Technische sessie</v></c><c r="L131" s="4"><v>45994.0</v></c><c r="M131" s="1"><v>1</v></c></row><row r="132" spans="1:13" customFormat="false"><c r="A132" s="1"><v>157</v></c><c r="B132" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C132" s="1" t="str"><v xml:space="preserve">Bodemdaling </v></c><c r="D132" s="1" t="str"><v/></c><c r="E132" s="1" t="str"><v/></c><c r="F132" s="4" t="str"><v/></c><c r="G132" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H132" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I132" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J132" s="1" t="str"><v/></c><c r="K132" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L132" s="4"><v>45308.0</v></c><c r="M132" s="1"><v>1</v></c></row><row r="133" spans="1:13" customFormat="false"><c r="A133" s="1"><v>290</v></c><c r="B133" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C133" s="1" t="str"><v xml:space="preserve">Vierde wijziging van het Reglement voor Waterschap Zuiderzeeland </v></c><c r="D133" s="1" t="str"><v>Het Reglement voor Waterschap Zuiderzeeland 2008 dient te worden gewijzigd wegens een wetswijziging van de Waterschapswet met betrekking tot de geborgde zetels, de invoering van de Omgevingswet en een verzoek van de Algemene Vergadering van het Waterschap Zuiderzeeland om een naamswijziging van dit bestuursorgaan. Daarnaast wordt van de gelegenheid gebruik gemaakt om enkele onjuistheden in het reglement te corrigeren en wordt een tijdelijke ontheffingsmogelijkheid van het woonplaatsvereiste voor de dijkgraaf opgenomen.</v></c><c r="E133" s="1" t="str"><v/></c><c r="F133" s="4"><v>45309.0</v></c><c r="G133" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H133" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I133" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J133" s="1" t="str"><v/></c><c r="K133" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L133" s="4"><v>45427.0</v></c><c r="M133" s="1"><v>1</v></c></row><row r="134" spans="1:13" customFormat="false"><c r="A134" s="1"><v>290</v></c><c r="B134" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C134" s="1" t="str"><v xml:space="preserve">Vierde wijziging van het Reglement voor Waterschap Zuiderzeeland </v></c><c r="D134" s="1" t="str"><v>Het Reglement voor Waterschap Zuiderzeeland 2008 dient te worden gewijzigd wegens een wetswijziging van de Waterschapswet met betrekking tot de geborgde zetels, de invoering van de Omgevingswet en een verzoek van de Algemene Vergadering van het Waterschap Zuiderzeeland om een naamswijziging van dit bestuursorgaan. Daarnaast wordt van de gelegenheid gebruik gemaakt om enkele onjuistheden in het reglement te corrigeren en wordt een tijdelijke ontheffingsmogelijkheid van het woonplaatsvereiste voor de dijkgraaf opgenomen.</v></c><c r="E134" s="1" t="str"><v/></c><c r="F134" s="4"><v>45309.0</v></c><c r="G134" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H134" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I134" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J134" s="1" t="str"><v/></c><c r="K134" s="1" t="str"><v>Provinciale Staten</v></c><c r="L134" s="4"><v>45441.0</v></c><c r="M134" s="1"><v>1</v></c></row><row r="135" spans="1:13" customFormat="false"><c r="A135" s="1"><v>321</v></c><c r="B135" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C135" s="1" t="str"><v>Agenderingsverzoek - (Drink)water probleem Flevoland (BBB, D66)</v></c><c r="D135" s="1" t="str"><v/></c><c r="E135" s="1" t="str"><v>D66,BBB</v></c><c r="F135" s="4" t="str"><v/></c><c r="G135" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H135" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I135" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J135" s="1" t="str"><v/></c><c r="K135" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L135" s="4"><v>45483.0</v></c><c r="M135" s="1"><v>1</v></c></row><row r="136" spans="1:13" customFormat="false"><c r="A136" s="1"><v>334</v></c><c r="B136" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C136" s="1" t="str"><v>Agenderingsverzoek  Een gezonde bodem, wat is daar voor nodig? - GroenLinks, PvdA en PvdD</v></c><c r="D136" s="1" t="str"><v xml:space="preserve">Het college heeft tijdens PS van 26 juni 2024 (vragenhalfuurtje) aangegeven in de discussie die wordt gevoerd binnen het IPO tegen de EU richtlijn  “monitoring van de bodemgezondheid” te zijn. Een van de argumenten die zij gebruikte was dat er al veel gebeurt op het terrein van bodem(gezondheid). Reden om daar nader bij stil te staan in de vorm van dit agenderingsverzoek. Het doel is informeren en werken aan bewustwording over een gezonde bodem voor natuur, drinkwater en landbouw. &#13;
-[...1 lines deleted...]
-De initiatiefnemers zijn benieuwd wat er momenteel gebeurd op dit terrein en wat de huidige en verwachte stand van zaken van de Flevolandse bodemkwaliteit is. Zo kennen we de regionale samenwerking die plaatsvindt vanuit het Actieprogramma Bodem en Water (2021-2026) (AWB). Hoe worden daar momenteel aan landelijke ontwikkelingen zoals klimaatverandering en bodemgezondheid aandacht geschonken.</v></c><c r="E136" s="1" t="str"><v>PvdA,GroenLinks,Partij voor de Dieren</v></c><c r="F136" s="4" t="str"><v/></c><c r="G136" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H136" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I136" s="1"/><c r="J136" s="1" t="str"><v>De Procedurecommissie heeft op 15 juli besloten om het agenderingsverzoek, nadat het is aangevuld/aangepast (Toelichting op het onderwerp in te vullen; Externe sprekers te benaderen en in te vullen; De indieners te verzoeken om de presentaties van de verschillende sprekers te (laten) toetsen of ze goed op elkaar te zijn afgestemd; De aanleiding te controleren (feitelijk) en kernachtig te maken) op 16 oktober-middag te plannen.</v></c><c r="K136" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L136" s="4"><v>45581.0</v></c><c r="M136" s="1"><v>1</v></c></row><row r="137" spans="1:13" customFormat="false"><c r="A137" s="1"><v>337</v></c><c r="B137" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C137" s="1" t="str"><v>Agenderingsverzoek -  Nutriënten en Water (KRA) (BBB,VVD,JA21)</v></c><c r="D137" s="1" t="str"><v xml:space="preserve">De staten zijn geïnformeerd over:&#13;
+</v></c><c r="K172" s="1" t="str"><v>Technische sessie</v></c><c r="L172" s="4"><v>45994.0</v></c><c r="M172" s="1"><v>1</v></c></row><row r="173" spans="1:13" customFormat="false"><c r="A173" s="1"><v>157</v></c><c r="B173" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C173" s="1" t="str"><v xml:space="preserve">Bodemdaling </v></c><c r="D173" s="1" t="str"><v/></c><c r="E173" s="1" t="str"><v/></c><c r="F173" s="4" t="str"><v/></c><c r="G173" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H173" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I173" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J173" s="1" t="str"><v/></c><c r="K173" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L173" s="4"><v>45308.0</v></c><c r="M173" s="1"><v>1</v></c></row><row r="174" spans="1:13" customFormat="false"><c r="A174" s="1"><v>290</v></c><c r="B174" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C174" s="1" t="str"><v xml:space="preserve">Vierde wijziging van het Reglement voor Waterschap Zuiderzeeland </v></c><c r="D174" s="1" t="str"><v>Het Reglement voor Waterschap Zuiderzeeland 2008 dient te worden gewijzigd wegens een wetswijziging van de Waterschapswet met betrekking tot de geborgde zetels, de invoering van de Omgevingswet en een verzoek van de Algemene Vergadering van het Waterschap Zuiderzeeland om een naamswijziging van dit bestuursorgaan. Daarnaast wordt van de gelegenheid gebruik gemaakt om enkele onjuistheden in het reglement te corrigeren en wordt een tijdelijke ontheffingsmogelijkheid van het woonplaatsvereiste voor de dijkgraaf opgenomen.</v></c><c r="E174" s="1" t="str"><v/></c><c r="F174" s="4"><v>45309.0</v></c><c r="G174" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H174" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I174" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J174" s="1" t="str"><v/></c><c r="K174" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L174" s="4"><v>45427.0</v></c><c r="M174" s="1"><v>1</v></c></row><row r="175" spans="1:13" customFormat="false"><c r="A175" s="1"><v>290</v></c><c r="B175" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C175" s="1" t="str"><v xml:space="preserve">Vierde wijziging van het Reglement voor Waterschap Zuiderzeeland </v></c><c r="D175" s="1" t="str"><v>Het Reglement voor Waterschap Zuiderzeeland 2008 dient te worden gewijzigd wegens een wetswijziging van de Waterschapswet met betrekking tot de geborgde zetels, de invoering van de Omgevingswet en een verzoek van de Algemene Vergadering van het Waterschap Zuiderzeeland om een naamswijziging van dit bestuursorgaan. Daarnaast wordt van de gelegenheid gebruik gemaakt om enkele onjuistheden in het reglement te corrigeren en wordt een tijdelijke ontheffingsmogelijkheid van het woonplaatsvereiste voor de dijkgraaf opgenomen.</v></c><c r="E175" s="1" t="str"><v/></c><c r="F175" s="4"><v>45309.0</v></c><c r="G175" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H175" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I175" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J175" s="1" t="str"><v/></c><c r="K175" s="1" t="str"><v>Provinciale Staten</v></c><c r="L175" s="4"><v>45441.0</v></c><c r="M175" s="1"><v>1</v></c></row><row r="176" spans="1:13" customFormat="false"><c r="A176" s="1"><v>321</v></c><c r="B176" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C176" s="1" t="str"><v>Agenderingsverzoek - (Drink)water probleem Flevoland (BBB, D66)</v></c><c r="D176" s="1" t="str"><v/></c><c r="E176" s="1" t="str"><v>D66,BBB</v></c><c r="F176" s="4" t="str"><v/></c><c r="G176" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H176" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I176" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J176" s="1" t="str"><v/></c><c r="K176" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L176" s="4"><v>45483.0</v></c><c r="M176" s="1"><v>1</v></c></row><row r="177" spans="1:13" customFormat="false"><c r="A177" s="1"><v>334</v></c><c r="B177" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C177" s="1" t="str"><v>Agenderingsverzoek  Een gezonde bodem, wat is daar voor nodig? - GroenLinks, PvdA en PvdD</v></c><c r="D177" s="1" t="str"><v xml:space="preserve">Het college heeft tijdens PS van 26 juni 2024 (vragenhalfuurtje) aangegeven in de discussie die wordt gevoerd binnen het IPO tegen de EU richtlijn  “monitoring van de bodemgezondheid” te zijn. Een van de argumenten die zij gebruikte was dat er al veel gebeurt op het terrein van bodem(gezondheid). Reden om daar nader bij stil te staan in de vorm van dit agenderingsverzoek. Het doel is informeren en werken aan bewustwording over een gezonde bodem voor natuur, drinkwater en landbouw. &#13;
+&#13;
+De initiatiefnemers zijn benieuwd wat er momenteel gebeurd op dit terrein en wat de huidige en verwachte stand van zaken van de Flevolandse bodemkwaliteit is. Zo kennen we de regionale samenwerking die plaatsvindt vanuit het Actieprogramma Bodem en Water (2021-2026) (AWB). Hoe worden daar momenteel aan landelijke ontwikkelingen zoals klimaatverandering en bodemgezondheid aandacht geschonken.</v></c><c r="E177" s="1" t="str"><v>PvdA,GroenLinks,Partij voor de Dieren</v></c><c r="F177" s="4" t="str"><v/></c><c r="G177" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H177" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I177" s="1"/><c r="J177" s="1" t="str"><v>De Procedurecommissie heeft op 15 juli besloten om het agenderingsverzoek, nadat het is aangevuld/aangepast (Toelichting op het onderwerp in te vullen; Externe sprekers te benaderen en in te vullen; De indieners te verzoeken om de presentaties van de verschillende sprekers te (laten) toetsen of ze goed op elkaar te zijn afgestemd; De aanleiding te controleren (feitelijk) en kernachtig te maken) op 16 oktober-middag te plannen.</v></c><c r="K177" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L177" s="4"><v>45581.0</v></c><c r="M177" s="1"><v>1</v></c></row><row r="178" spans="1:13" customFormat="false"><c r="A178" s="1"><v>337</v></c><c r="B178" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C178" s="1" t="str"><v>Agenderingsverzoek -  Nutriënten en Water (KRA) (BBB,VVD,JA21)</v></c><c r="D178" s="1" t="str"><v xml:space="preserve">De staten zijn geïnformeerd over:&#13;
 - Algemene toelichting: Wat zijn de relevante richtlijnen voor ondernemers, organisaties en agrariërs in hun bijdrage aan de kwaliteit van het water (derogatiebesluit, NV-gebieden).&#13;
 - De verdeling van bevoegdheden over het vaststellen van water kwaliteitsnormen tussen Europa, het rijk, het waterschap en de provincie. En de hierbij behorende keuzeruimte voor de verschillende organen.&#13;
 - De uitkomsten in de praktijk van het vaststellen van de normen voor agrariërs.&#13;
 - de huidige vastgestelde normering van de provincie Flevoland zoals vastgesteld in het waterprogramma en de normen van voor 2021.&#13;
-</v></c><c r="E137" s="1" t="str"><v/></c><c r="F137" s="4" t="str"><v/></c><c r="G137" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H137" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I137" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J137" s="1" t="str"><v/></c><c r="K137" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L137" s="4"><v>45623.0</v></c><c r="M137" s="1"><v>1</v></c></row><row r="138" spans="1:13" customFormat="false"><c r="A138" s="1"><v>367</v></c><c r="B138" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C138" s="1" t="str"><v>Tussenevaluatie Kaderrichtlijn Water</v></c><c r="D138" s="1" t="str"><v/></c><c r="E138" s="1" t="str"><v/></c><c r="F138" s="4" t="str"><v/></c><c r="G138" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H138" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I138" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J138" s="1" t="str"><v/></c><c r="K138" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L138" s="4"><v>45784.0</v></c><c r="M138" s="1"><v>1</v></c></row><row r="139" spans="1:13" customFormat="false"><c r="A139" s="1"><v>384</v></c><c r="B139" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C139" s="1" t="str"><v>Rekenkameronderzoek "Water gewogen Weging van het belang van water in de ruimtelijke ordening"</v></c><c r="D139" s="1" t="str"><v xml:space="preserve">De provincie heeft een belangrijke en complexe rol in de ruimtelijke ordening. Er zijn verschillende opgaven en ambities, maar de beschikbare oppervlakte is beperkt. Ruimte is een schaars goed. Voor woningbouw, energie, economie, landbouw en natuur is letterlijk ruimte nodig. Dat vraagt om functies en belangen slim te combineren en keuzes te maken. &#13;
+</v></c><c r="E178" s="1" t="str"><v/></c><c r="F178" s="4" t="str"><v/></c><c r="G178" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H178" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I178" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J178" s="1" t="str"><v/></c><c r="K178" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L178" s="4"><v>45623.0</v></c><c r="M178" s="1"><v>1</v></c></row><row r="179" spans="1:13" customFormat="false"><c r="A179" s="1"><v>367</v></c><c r="B179" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C179" s="1" t="str"><v>Tussenevaluatie Kaderrichtlijn Water</v></c><c r="D179" s="1" t="str"><v/></c><c r="E179" s="1" t="str"><v/></c><c r="F179" s="4" t="str"><v/></c><c r="G179" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H179" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I179" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J179" s="1" t="str"><v/></c><c r="K179" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L179" s="4"><v>45784.0</v></c><c r="M179" s="1"><v>1</v></c></row><row r="180" spans="1:13" customFormat="false"><c r="A180" s="1"><v>384</v></c><c r="B180" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C180" s="1" t="str"><v xml:space="preserve">Rekenkameronderzoek "Water gewogen" </v></c><c r="D180" s="1" t="str"><v xml:space="preserve">De provincie heeft een belangrijke en complexe rol in de ruimtelijke ordening. Er zijn verschillende opgaven en ambities, maar de beschikbare oppervlakte is beperkt. Ruimte is een schaars goed. Voor woningbouw, energie, economie, landbouw en natuur is letterlijk ruimte nodig. Dat vraagt om functies en belangen slim te combineren en keuzes te maken. &#13;
 &#13;
 Water speelt een grote rol in de ruimtelijke ordening. De strijd tegen het water en structurerende keuzes om ons ertegen te beschermen, zijn bepalend geweest voor de  geschiedenis van Nederland. Vanaf de zeventiende eeuw veranderden droogmakerijen water in land. Ook de afsluiting van de Zuiderzee en de aanleg van vaarwegen zoals het Amsterdam-Rijnkanaal in de vorige eeuw, geven tot op de dag van vandaag richting aan de ruimtelijke ordening in Nederland. &#13;
 &#13;
 Water is ook een belang op zichzelf en neemt ruimte in. We beschermen ons tegen water en maken er gebruik van. Zonder waterkeringen zou 60 procent van Nederland regelmatig onder water staan. In dat gebied wonen circa negen miljoen mensen en wordt zo’n 70 procent van het bruto nationaal product (bnp) verdiend. Het voorkomen van wateroverlast vraagt om ruimte voor waterberging. Ook waterkeringen en dijken, die ons beschermen tegen overstromingen, nemen ruimte in. Voor mens, plant en dier is het van levensbelang dat er voldoende water beschikbaar is en van voldoende kwaliteit is. Dat vraagt om bescherming van water en de daarin aanwezige natuur. Zo is water een dwarsdoorsnijdend thema in de ruimtelijke ordening. Provincies hebben een belangrijke verantwoordelijkheid in de opgaven waterveiligheid, watervoorziening en waterkwaliteit. Zij combineren of prioriteren belangen die ruimte vragen. Daarbij werken zij samen met verschillende overheden, en schakelen zij tussen de urgentie en kosten vandaag en het perspectief op langere termijn. Er is geen homogeen waterbelang en water is niet los te zien van andere opgaven in de fysieke leefomgeving. Bovendien maken verschillende partijen aanspraak op ‘hetzelfde’ water. Huishoudens, bedrijven en industrie zijn watervragers, natuurgebieden zijn afhankelijk van water en boeren hebben water nodig om levensmiddelen te produceren. Dit alles vraagt om goed beleid met aandacht voor het wegen en waarderen van belangen ten opzichte van elkaar, zowel in het algemeen als geografisch als in de tijd.&#13;
 &#13;
 Dit vormt de aanleiding voor de Randstedelijke Rekenkamer om onderzoek te doen naar hoe de provincies Flevoland, Noord-Holland, Utrecht en Zuid-Holland het belang &#13;
-van water wegen in de ruimtelijke ordening.</v></c><c r="E139" s="1" t="str"><v/></c><c r="F139" s="4" t="str"><v/></c><c r="G139" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H139" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I139" s="1"/><c r="J139" s="1"/><c r="K139" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L139" s="4"><v>46174.0</v></c><c r="M139" s="1"><v>0</v></c></row><row r="140" spans="1:13" customFormat="false"><c r="A140" s="1"><v>397</v></c><c r="B140" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C140" s="1" t="str"><v>Deltaprogramma IJsselmeergebied</v></c><c r="D140" s="1" t="str"><v>De commissie wordt geïnformeerd over het advies van het platform IJsselmeergebied aan de deltacommissaris.</v></c><c r="E140" s="1" t="str"><v/></c><c r="F140" s="4" t="str"><v/></c><c r="G140" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H140" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I140" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J140" s="1" t="str"><v>Dit onderwerp is in verband met ruimtegebrek op de commissieagenda door het Presidium op 3 november doorgeschoven van 26 november 2025 naar 7 januari 2026.</v></c><c r="K140" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L140" s="4"><v>46029.0</v></c><c r="M140" s="1"><v>0</v></c></row><row r="141" spans="1:13" customFormat="false"><c r="A141" s="1"><v>401</v></c><c r="B141" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C141" s="1" t="str"><v>Waterprogramma</v></c><c r="D141" s="1" t="str"><v/></c><c r="E141" s="1" t="str"><v/></c><c r="F141" s="4" t="str"><v/></c><c r="G141" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H141" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I141" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J141" s="1" t="str"><v/></c><c r="K141" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L141" s="4"><v>46057.0</v></c><c r="M141" s="1"><v>0</v></c></row><row r="142" spans="1:13" customFormat="false"><c r="A142" s="1"><v>13</v></c><c r="B142" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C142" s="1" t="str"><v>Kaderdocument Datacenters Flevoland</v></c><c r="D142" s="1" t="str"><v/></c><c r="E142" s="1" t="str"><v/></c><c r="F142" s="4" t="str"><v/></c><c r="G142" s="1" t="str"><v>Economie</v></c><c r="H142" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I142" s="1" t="str"><v>Economie</v></c><c r="J142" s="1"/><c r="K142" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L142" s="4"><v>44727.0</v></c><c r="M142" s="1"><v>1</v></c></row><row r="143" spans="1:13" customFormat="false"><c r="A143" s="1"><v>13</v></c><c r="B143" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C143" s="1" t="str"><v>Kaderdocument Datacenters Flevoland</v></c><c r="D143" s="1" t="str"><v/></c><c r="E143" s="1" t="str"><v/></c><c r="F143" s="4" t="str"><v/></c><c r="G143" s="1" t="str"><v>Economie</v></c><c r="H143" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I143" s="1" t="str"><v>Economie</v></c><c r="J143" s="1"/><c r="K143" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L143" s="4"><v>44832.0</v></c><c r="M143" s="1"><v>1</v></c></row><row r="144" spans="1:13" customFormat="false"><c r="A144" s="1"><v>13</v></c><c r="B144" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C144" s="1" t="str"><v>Kaderdocument Datacenters Flevoland</v></c><c r="D144" s="1" t="str"><v/></c><c r="E144" s="1" t="str"><v/></c><c r="F144" s="4" t="str"><v/></c><c r="G144" s="1" t="str"><v>Economie</v></c><c r="H144" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I144" s="1" t="str"><v>Economie</v></c><c r="J144" s="1"/><c r="K144" s="1" t="str"><v>Provinciale Staten</v></c><c r="L144" s="4"><v>44860.0</v></c><c r="M144" s="1"><v>1</v></c></row><row r="145" spans="1:13" customFormat="false"><c r="A145" s="1"><v>35</v></c><c r="B145" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C145" s="1" t="str"><v>Ontwerpbeleid Economie</v></c><c r="D145" s="1" t="str"><v/></c><c r="E145" s="1" t="str"><v/></c><c r="F145" s="4" t="str"><v/></c><c r="G145" s="1" t="str"><v>Economie</v></c><c r="H145" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I145" s="1" t="str"><v>Economie</v></c><c r="J145" s="1" t="str"><v/></c><c r="K145" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L145" s="4"><v>44944.0</v></c><c r="M145" s="1"><v>1</v></c></row><row r="146" spans="1:13" customFormat="false"><c r="A146" s="1"><v>35</v></c><c r="B146" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C146" s="1" t="str"><v>Ontwerpbeleid Economie</v></c><c r="D146" s="1" t="str"><v/></c><c r="E146" s="1" t="str"><v/></c><c r="F146" s="4" t="str"><v/></c><c r="G146" s="1" t="str"><v>Economie</v></c><c r="H146" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I146" s="1" t="str"><v>Economie</v></c><c r="J146" s="1" t="str"><v/></c><c r="K146" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L146" s="4"><v>44965.0</v></c><c r="M146" s="1"><v>1</v></c></row><row r="147" spans="1:13" customFormat="false"><c r="A147" s="1"><v>35</v></c><c r="B147" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C147" s="1" t="str"><v>Ontwerpbeleid Economie</v></c><c r="D147" s="1" t="str"><v/></c><c r="E147" s="1" t="str"><v/></c><c r="F147" s="4" t="str"><v/></c><c r="G147" s="1" t="str"><v>Economie</v></c><c r="H147" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I147" s="1" t="str"><v>Economie</v></c><c r="J147" s="1" t="str"><v/></c><c r="K147" s="1" t="str"><v>Provinciale Staten</v></c><c r="L147" s="4"><v>44979.0</v></c><c r="M147" s="1"><v>1</v></c></row><row r="148" spans="1:13" customFormat="false"><c r="A148" s="1"><v>84</v></c><c r="B148" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C148" s="1" t="str"><v>Economische Visie 2030 en Economisch programma 2023-2028</v></c><c r="D148" s="1" t="str"><v>Economie</v></c><c r="E148" s="1" t="str"><v/></c><c r="F148" s="4" t="str"><v/></c><c r="G148" s="1" t="str"><v>Economie</v></c><c r="H148" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I148" s="1" t="str"><v>Economie</v></c><c r="J148" s="1" t="str"><v/></c><c r="K148" s="1" t="str"><v>Beeldvorming integrale ad hoc Commissie</v></c><c r="L148" s="4"><v>45091.0</v></c><c r="M148" s="1"><v>1</v></c></row><row r="149" spans="1:13" customFormat="false"><c r="A149" s="1"><v>84</v></c><c r="B149" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C149" s="1" t="str"><v>Economische Visie 2030 en Economisch programma 2023-2028</v></c><c r="D149" s="1" t="str"><v>Economie</v></c><c r="E149" s="1" t="str"><v/></c><c r="F149" s="4" t="str"><v/></c><c r="G149" s="1" t="str"><v>Economie</v></c><c r="H149" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I149" s="1" t="str"><v>Economie</v></c><c r="J149" s="1" t="str"><v/></c><c r="K149" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L149" s="4"><v>45119.0</v></c><c r="M149" s="1"><v>1</v></c></row><row r="150" spans="1:13" customFormat="false"><c r="A150" s="1"><v>84</v></c><c r="B150" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C150" s="1" t="str"><v>Economische Visie 2030 en Economisch programma 2023-2028</v></c><c r="D150" s="1" t="str"><v>Economie</v></c><c r="E150" s="1" t="str"><v/></c><c r="F150" s="4" t="str"><v/></c><c r="G150" s="1" t="str"><v>Economie</v></c><c r="H150" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I150" s="1" t="str"><v>Economie</v></c><c r="J150" s="1" t="str"><v/></c><c r="K150" s="1" t="str"><v>Provinciale Staten</v></c><c r="L150" s="4"><v>45126.0</v></c><c r="M150" s="1"><v>1</v></c></row><row r="151" spans="1:13" customFormat="false"><c r="A151" s="1"><v>107</v></c><c r="B151" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C151" s="1" t="str"><v>Economisch beleid - programmalijnen ‘toekomstbestendig bedrijfsleven’ en ‘ruimtelijk-economische ontwikkeling’ - richtinggevende sessie</v></c><c r="D151" s="1" t="str"><v/></c><c r="E151" s="1" t="str"><v/></c><c r="F151" s="4"><v>45104.0</v></c><c r="G151" s="1" t="str"><v>Economie</v></c><c r="H151" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I151" s="1" t="str"><v>Economie</v></c><c r="J151" s="1" t="str"><v xml:space="preserve">13/12/23: college heeft toegezegd dat er een integrale afweging plaats vindt over de budgettaire consequenties van de economische programmalijnen.&#13;
-[...7 lines deleted...]
-Het Statenvoorstel Noodfonds Corona was de uitwerking van het amendement ‘Corona ondersteuning voor bedrijven en instellingen waar het echt nodig is’ dd. 14 december 2022 (kenmerk 3054673) en de motie ‘Direct openstellen corona steun bedrijfsleven’ dd. 19 juli 2023 (kenmerk 3149769). De kern van dit voorstel was om een verordening voor verenigingen vast te stellen en af te zien van een verordening voor het bedrijfsleven. Bij de behandeling van het ordevoorstel op 13 december 2023 hebben Gedeputeerde Staten aangegeven zorgvuldig en grondig om te willen gaan met het voorstel. Inmiddels is een opdracht verstrekt aan een onafhankelijke, externe partij om een second opinion uit te voeren met specifiek aandacht voor het punt om geen regeling op te zetten voor het bedrijfsleven, op grond van de Unierechtelijke staatssteun regels. Deze externe partij verwacht haar opdracht begin maart af te ronden. Met inachtneming van de verkregen inzichten zullen Gedeputeerde Staten het voorstel op een nader te bepalen Statenvergadering opnieuw inbrengen ter behandeling.</v></c><c r="E159" s="1" t="str"><v/></c><c r="F159" s="4"><v>45196.0</v></c><c r="G159" s="1" t="str"><v>Economie</v></c><c r="H159" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I159" s="1" t="str"><v>Economie</v></c><c r="J159" s="1" t="str"><v xml:space="preserve">17-7-2024: Het Statenvoorstel is niet behandeld in de Statenvergadering van 17 jul 2024 omdat bij de behandeling van de Zomernota (dezelfde vergadering) het amendement "Correctie uitvoering aangenomen amendement 50PLUS – Corona ondersteuning voor bedrijven en instellingen waar het echt nodig is" is aangenomen waardoor de financiële dekking van het voorstel Noodfonds Corona niet meer aanwezig was. Omdat er vanuit de staten geen initiatieven kwamen voor een alternatieve dekking is het Statenvoorstel niet behandeld en komt het ook niet meer op de agenda.&#13;
+van water wegen in de ruimtelijke ordening.</v></c><c r="E180" s="1" t="str"><v/></c><c r="F180" s="4" t="str"><v/></c><c r="G180" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H180" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I180" s="1"/><c r="J180" s="1"/><c r="K180" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L180" s="4"><v>46174.0</v></c><c r="M180" s="1"><v>0</v></c></row><row r="181" spans="1:13" customFormat="false"><c r="A181" s="1"><v>397</v></c><c r="B181" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C181" s="1" t="str"><v>Deltaprogramma IJsselmeergebied</v></c><c r="D181" s="1" t="str"><v>De commissie wordt geïnformeerd over het advies van het platform IJsselmeergebied aan de deltacommissaris.</v></c><c r="E181" s="1" t="str"><v/></c><c r="F181" s="4" t="str"><v/></c><c r="G181" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H181" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I181" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J181" s="1" t="str"><v>Dit onderwerp is in verband met ruimtegebrek op de commissieagenda door het Presidium op 3 november doorgeschoven van 26 november 2025 naar 7 januari 2026.</v></c><c r="K181" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L181" s="4"><v>46036.0</v></c><c r="M181" s="1"><v>1</v></c></row><row r="182" spans="1:13" customFormat="false"><c r="A182" s="1"><v>401</v></c><c r="B182" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C182" s="1" t="str"><v>Waterprogramma</v></c><c r="D182" s="1" t="str"><v/></c><c r="E182" s="1" t="str"><v/></c><c r="F182" s="4" t="str"><v/></c><c r="G182" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H182" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I182" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J182" s="1" t="str"><v/></c><c r="K182" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L182" s="4"><v>46057.0</v></c><c r="M182" s="1"><v>0</v></c></row><row r="183" spans="1:13" customFormat="false"><c r="A183" s="1"><v>13</v></c><c r="B183" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C183" s="1" t="str"><v>Kaderdocument Datacenters Flevoland</v></c><c r="D183" s="1" t="str"><v/></c><c r="E183" s="1" t="str"><v/></c><c r="F183" s="4" t="str"><v/></c><c r="G183" s="1" t="str"><v>Economie</v></c><c r="H183" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I183" s="1" t="str"><v>Economie</v></c><c r="J183" s="1"/><c r="K183" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L183" s="4"><v>44727.0</v></c><c r="M183" s="1"><v>1</v></c></row><row r="184" spans="1:13" customFormat="false"><c r="A184" s="1"><v>13</v></c><c r="B184" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C184" s="1" t="str"><v>Kaderdocument Datacenters Flevoland</v></c><c r="D184" s="1" t="str"><v/></c><c r="E184" s="1" t="str"><v/></c><c r="F184" s="4" t="str"><v/></c><c r="G184" s="1" t="str"><v>Economie</v></c><c r="H184" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I184" s="1" t="str"><v>Economie</v></c><c r="J184" s="1"/><c r="K184" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L184" s="4"><v>44832.0</v></c><c r="M184" s="1"><v>1</v></c></row><row r="185" spans="1:13" customFormat="false"><c r="A185" s="1"><v>13</v></c><c r="B185" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C185" s="1" t="str"><v>Kaderdocument Datacenters Flevoland</v></c><c r="D185" s="1" t="str"><v/></c><c r="E185" s="1" t="str"><v/></c><c r="F185" s="4" t="str"><v/></c><c r="G185" s="1" t="str"><v>Economie</v></c><c r="H185" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I185" s="1" t="str"><v>Economie</v></c><c r="J185" s="1"/><c r="K185" s="1" t="str"><v>Provinciale Staten</v></c><c r="L185" s="4"><v>44860.0</v></c><c r="M185" s="1"><v>1</v></c></row><row r="186" spans="1:13" customFormat="false"><c r="A186" s="1"><v>35</v></c><c r="B186" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C186" s="1" t="str"><v>Ontwerpbeleid Economie</v></c><c r="D186" s="1" t="str"><v/></c><c r="E186" s="1" t="str"><v/></c><c r="F186" s="4" t="str"><v/></c><c r="G186" s="1" t="str"><v>Economie</v></c><c r="H186" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I186" s="1" t="str"><v>Economie</v></c><c r="J186" s="1" t="str"><v/></c><c r="K186" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L186" s="4"><v>44944.0</v></c><c r="M186" s="1"><v>1</v></c></row><row r="187" spans="1:13" customFormat="false"><c r="A187" s="1"><v>35</v></c><c r="B187" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C187" s="1" t="str"><v>Ontwerpbeleid Economie</v></c><c r="D187" s="1" t="str"><v/></c><c r="E187" s="1" t="str"><v/></c><c r="F187" s="4" t="str"><v/></c><c r="G187" s="1" t="str"><v>Economie</v></c><c r="H187" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I187" s="1" t="str"><v>Economie</v></c><c r="J187" s="1" t="str"><v/></c><c r="K187" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L187" s="4"><v>44965.0</v></c><c r="M187" s="1"><v>1</v></c></row><row r="188" spans="1:13" customFormat="false"><c r="A188" s="1"><v>35</v></c><c r="B188" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C188" s="1" t="str"><v>Ontwerpbeleid Economie</v></c><c r="D188" s="1" t="str"><v/></c><c r="E188" s="1" t="str"><v/></c><c r="F188" s="4" t="str"><v/></c><c r="G188" s="1" t="str"><v>Economie</v></c><c r="H188" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I188" s="1" t="str"><v>Economie</v></c><c r="J188" s="1" t="str"><v/></c><c r="K188" s="1" t="str"><v>Provinciale Staten</v></c><c r="L188" s="4"><v>44979.0</v></c><c r="M188" s="1"><v>1</v></c></row><row r="189" spans="1:13" customFormat="false"><c r="A189" s="1"><v>84</v></c><c r="B189" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C189" s="1" t="str"><v>Economische Visie 2030 en Economisch programma 2023-2028</v></c><c r="D189" s="1" t="str"><v>Economie</v></c><c r="E189" s="1" t="str"><v/></c><c r="F189" s="4" t="str"><v/></c><c r="G189" s="1" t="str"><v>Economie</v></c><c r="H189" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I189" s="1" t="str"><v>Economie</v></c><c r="J189" s="1" t="str"><v/></c><c r="K189" s="1" t="str"><v>Beeldvorming integrale ad hoc Commissie</v></c><c r="L189" s="4"><v>45091.0</v></c><c r="M189" s="1"><v>1</v></c></row><row r="190" spans="1:13" customFormat="false"><c r="A190" s="1"><v>84</v></c><c r="B190" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C190" s="1" t="str"><v>Economische Visie 2030 en Economisch programma 2023-2028</v></c><c r="D190" s="1" t="str"><v>Economie</v></c><c r="E190" s="1" t="str"><v/></c><c r="F190" s="4" t="str"><v/></c><c r="G190" s="1" t="str"><v>Economie</v></c><c r="H190" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I190" s="1" t="str"><v>Economie</v></c><c r="J190" s="1" t="str"><v/></c><c r="K190" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L190" s="4"><v>45119.0</v></c><c r="M190" s="1"><v>1</v></c></row><row r="191" spans="1:13" customFormat="false"><c r="A191" s="1"><v>84</v></c><c r="B191" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C191" s="1" t="str"><v>Economische Visie 2030 en Economisch programma 2023-2028</v></c><c r="D191" s="1" t="str"><v>Economie</v></c><c r="E191" s="1" t="str"><v/></c><c r="F191" s="4" t="str"><v/></c><c r="G191" s="1" t="str"><v>Economie</v></c><c r="H191" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I191" s="1" t="str"><v>Economie</v></c><c r="J191" s="1" t="str"><v/></c><c r="K191" s="1" t="str"><v>Provinciale Staten</v></c><c r="L191" s="4"><v>45126.0</v></c><c r="M191" s="1"><v>1</v></c></row><row r="192" spans="1:13" customFormat="false"><c r="A192" s="1"><v>107</v></c><c r="B192" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C192" s="1" t="str"><v>Economisch beleid - programmalijnen ‘toekomstbestendig bedrijfsleven’ en ‘ruimtelijk-economische ontwikkeling’ - richtinggevende sessie</v></c><c r="D192" s="1" t="str"><v/></c><c r="E192" s="1" t="str"><v/></c><c r="F192" s="4"><v>45104.0</v></c><c r="G192" s="1" t="str"><v>Economie</v></c><c r="H192" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I192" s="1" t="str"><v>Economie</v></c><c r="J192" s="1" t="str"><v xml:space="preserve">13/12/23: college heeft toegezegd dat er een integrale afweging plaats vindt over de budgettaire consequenties van de economische programmalijnen.&#13;
+14/2/24: de planning is nu gemaakt om de beeld- &amp; oordeelsvorming gelijk op te laten lopen met de Perspectiefnota en pas na het besluit over de Perspectiefnota op 26 juni het besluit over de programmalijnen 3 &amp; 4 te nemen op 17 juli.  </v></c><c r="K192" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L192" s="4"><v>45182.0</v></c><c r="M192" s="1"><v>1</v></c></row><row r="193" spans="1:13" customFormat="false"><c r="A193" s="1"><v>107</v></c><c r="B193" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C193" s="1" t="str"><v>Economisch beleid - programmalijnen ‘toekomstbestendig bedrijfsleven’ en ‘ruimtelijk-economische ontwikkeling’ - richtinggevende sessie</v></c><c r="D193" s="1" t="str"><v/></c><c r="E193" s="1" t="str"><v/></c><c r="F193" s="4"><v>45104.0</v></c><c r="G193" s="1" t="str"><v>Economie</v></c><c r="H193" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I193" s="1" t="str"><v>Economie</v></c><c r="J193" s="1" t="str"><v xml:space="preserve">13/12/23: college heeft toegezegd dat er een integrale afweging plaats vindt over de budgettaire consequenties van de economische programmalijnen.&#13;
+14/2/24: de planning is nu gemaakt om de beeld- &amp; oordeelsvorming gelijk op te laten lopen met de Perspectiefnota en pas na het besluit over de Perspectiefnota op 26 juni het besluit over de programmalijnen 3 &amp; 4 te nemen op 17 juli.  </v></c><c r="K193" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L193" s="4"><v>45259.0</v></c><c r="M193" s="1"><v>1</v></c></row><row r="194" spans="1:13" customFormat="false"><c r="A194" s="1"><v>107</v></c><c r="B194" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C194" s="1" t="str"><v>Economisch beleid - programmalijnen ‘toekomstbestendig bedrijfsleven’ en ‘ruimtelijk-economische ontwikkeling’ - richtinggevende sessie</v></c><c r="D194" s="1" t="str"><v/></c><c r="E194" s="1" t="str"><v/></c><c r="F194" s="4"><v>45104.0</v></c><c r="G194" s="1" t="str"><v>Economie</v></c><c r="H194" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I194" s="1" t="str"><v>Economie</v></c><c r="J194" s="1" t="str"><v xml:space="preserve">13/12/23: college heeft toegezegd dat er een integrale afweging plaats vindt over de budgettaire consequenties van de economische programmalijnen.&#13;
+14/2/24: de planning is nu gemaakt om de beeld- &amp; oordeelsvorming gelijk op te laten lopen met de Perspectiefnota en pas na het besluit over de Perspectiefnota op 26 juni het besluit over de programmalijnen 3 &amp; 4 te nemen op 17 juli.  </v></c><c r="K194" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L194" s="4"><v>45259.0</v></c><c r="M194" s="1"><v>1</v></c></row><row r="195" spans="1:13" customFormat="false"><c r="A195" s="1"><v>107</v></c><c r="B195" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C195" s="1" t="str"><v>Economisch beleid - programmalijnen ‘toekomstbestendig bedrijfsleven’ en ‘ruimtelijk-economische ontwikkeling’ - richtinggevende sessie</v></c><c r="D195" s="1" t="str"><v/></c><c r="E195" s="1" t="str"><v/></c><c r="F195" s="4"><v>45104.0</v></c><c r="G195" s="1" t="str"><v>Economie</v></c><c r="H195" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I195" s="1" t="str"><v>Economie</v></c><c r="J195" s="1" t="str"><v xml:space="preserve">13/12/23: college heeft toegezegd dat er een integrale afweging plaats vindt over de budgettaire consequenties van de economische programmalijnen.&#13;
+14/2/24: de planning is nu gemaakt om de beeld- &amp; oordeelsvorming gelijk op te laten lopen met de Perspectiefnota en pas na het besluit over de Perspectiefnota op 26 juni het besluit over de programmalijnen 3 &amp; 4 te nemen op 17 juli.  </v></c><c r="K195" s="1" t="str"><v>Provinciale Staten</v></c><c r="L195" s="4"><v>45273.0</v></c><c r="M195" s="1"><v>1</v></c></row><row r="196" spans="1:13" customFormat="false"><c r="A196" s="1"><v>107</v></c><c r="B196" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C196" s="1" t="str"><v>Economisch beleid - programmalijnen ‘toekomstbestendig bedrijfsleven’ en ‘ruimtelijk-economische ontwikkeling’ - richtinggevende sessie</v></c><c r="D196" s="1" t="str"><v/></c><c r="E196" s="1" t="str"><v/></c><c r="F196" s="4"><v>45104.0</v></c><c r="G196" s="1" t="str"><v>Economie</v></c><c r="H196" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I196" s="1" t="str"><v>Economie</v></c><c r="J196" s="1" t="str"><v xml:space="preserve">13/12/23: college heeft toegezegd dat er een integrale afweging plaats vindt over de budgettaire consequenties van de economische programmalijnen.&#13;
+14/2/24: de planning is nu gemaakt om de beeld- &amp; oordeelsvorming gelijk op te laten lopen met de Perspectiefnota en pas na het besluit over de Perspectiefnota op 26 juni het besluit over de programmalijnen 3 &amp; 4 te nemen op 17 juli.  </v></c><c r="K196" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L196" s="4"><v>45434.0</v></c><c r="M196" s="1"><v>1</v></c></row><row r="197" spans="1:13" customFormat="false"><c r="A197" s="1"><v>107</v></c><c r="B197" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C197" s="1" t="str"><v>Economisch beleid - programmalijnen ‘toekomstbestendig bedrijfsleven’ en ‘ruimtelijk-economische ontwikkeling’ - richtinggevende sessie</v></c><c r="D197" s="1" t="str"><v/></c><c r="E197" s="1" t="str"><v/></c><c r="F197" s="4"><v>45104.0</v></c><c r="G197" s="1" t="str"><v>Economie</v></c><c r="H197" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I197" s="1" t="str"><v>Economie</v></c><c r="J197" s="1" t="str"><v xml:space="preserve">13/12/23: college heeft toegezegd dat er een integrale afweging plaats vindt over de budgettaire consequenties van de economische programmalijnen.&#13;
+14/2/24: de planning is nu gemaakt om de beeld- &amp; oordeelsvorming gelijk op te laten lopen met de Perspectiefnota en pas na het besluit over de Perspectiefnota op 26 juni het besluit over de programmalijnen 3 &amp; 4 te nemen op 17 juli.  </v></c><c r="K197" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L197" s="4"><v>45448.0</v></c><c r="M197" s="1"><v>1</v></c></row><row r="198" spans="1:13" customFormat="false"><c r="A198" s="1"><v>107</v></c><c r="B198" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C198" s="1" t="str"><v>Economisch beleid - programmalijnen ‘toekomstbestendig bedrijfsleven’ en ‘ruimtelijk-economische ontwikkeling’ - richtinggevende sessie</v></c><c r="D198" s="1" t="str"><v/></c><c r="E198" s="1" t="str"><v/></c><c r="F198" s="4"><v>45104.0</v></c><c r="G198" s="1" t="str"><v>Economie</v></c><c r="H198" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I198" s="1" t="str"><v>Economie</v></c><c r="J198" s="1" t="str"><v xml:space="preserve">13/12/23: college heeft toegezegd dat er een integrale afweging plaats vindt over de budgettaire consequenties van de economische programmalijnen.&#13;
+14/2/24: de planning is nu gemaakt om de beeld- &amp; oordeelsvorming gelijk op te laten lopen met de Perspectiefnota en pas na het besluit over de Perspectiefnota op 26 juni het besluit over de programmalijnen 3 &amp; 4 te nemen op 17 juli.  </v></c><c r="K198" s="1" t="str"><v>Provinciale Staten</v></c><c r="L198" s="4"><v>45490.0</v></c><c r="M198" s="1"><v>1</v></c></row><row r="199" spans="1:13" customFormat="false"><c r="A199" s="1"><v>109</v></c><c r="B199" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C199" s="1" t="str"><v xml:space="preserve">Amendement "Corona ondersteuning voor bedrijven en instellingen waar het echt nodig is" - peilen &amp; toetsen  </v></c><c r="D199" s="1" t="str"><v/></c><c r="E199" s="1" t="str"><v/></c><c r="F199" s="4" t="str"><v/></c><c r="G199" s="1" t="str"><v>Economie</v></c><c r="H199" s="1" t="str"><v xml:space="preserve"> Jansen</v></c><c r="I199" s="1" t="str"><v>Economie</v></c><c r="J199" s="1" t="str"><v/></c><c r="K199" s="1"/><c r="L199" s="4" t="str"><v/></c><c r="M199" s="1"/></row><row r="200" spans="1:13" customFormat="false"><c r="A200" s="1"><v>130</v></c><c r="B200" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C200" s="1" t="str"><v>Noodfonds Corona (Coronasteun -bedrijfsleven, (sport)verenigingen en culturele instellingen)</v></c><c r="D200" s="1" t="str"><v xml:space="preserve">15/2/2024:&#13;
+Het Statenvoorstel Noodfonds Corona was de uitwerking van het amendement ‘Corona ondersteuning voor bedrijven en instellingen waar het echt nodig is’ dd. 14 december 2022 (kenmerk 3054673) en de motie ‘Direct openstellen corona steun bedrijfsleven’ dd. 19 juli 2023 (kenmerk 3149769). De kern van dit voorstel was om een verordening voor verenigingen vast te stellen en af te zien van een verordening voor het bedrijfsleven. Bij de behandeling van het ordevoorstel op 13 december 2023 hebben Gedeputeerde Staten aangegeven zorgvuldig en grondig om te willen gaan met het voorstel. Inmiddels is een opdracht verstrekt aan een onafhankelijke, externe partij om een second opinion uit te voeren met specifiek aandacht voor het punt om geen regeling op te zetten voor het bedrijfsleven, op grond van de Unierechtelijke staatssteun regels. Deze externe partij verwacht haar opdracht begin maart af te ronden. Met inachtneming van de verkregen inzichten zullen Gedeputeerde Staten het voorstel op een nader te bepalen Statenvergadering opnieuw inbrengen ter behandeling.</v></c><c r="E200" s="1" t="str"><v/></c><c r="F200" s="4"><v>45196.0</v></c><c r="G200" s="1" t="str"><v>Economie</v></c><c r="H200" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I200" s="1" t="str"><v>Economie</v></c><c r="J200" s="1" t="str"><v xml:space="preserve">17-7-2024: Het Statenvoorstel is niet behandeld in de Statenvergadering van 17 jul 2024 omdat bij de behandeling van de Zomernota (dezelfde vergadering) het amendement "Correctie uitvoering aangenomen amendement 50PLUS – Corona ondersteuning voor bedrijven en instellingen waar het echt nodig is" is aangenomen waardoor de financiële dekking van het voorstel Noodfonds Corona niet meer aanwezig was. Omdat er vanuit de staten geen initiatieven kwamen voor een alternatieve dekking is het Statenvoorstel niet behandeld en komt het ook niet meer op de agenda.&#13;
 &#13;
  13-12:2023: Statenvoorstel is niet behandeld in de Statenvergadering van 13-12-2023 (ordevoorstel).&#13;
 Telefonisch contact de de uitkomsten van de second opinion vermoedelijk via een mededeling naar de Staten zal komen en dat daarna het Statenvoorstel weer voor agendering wordt aangeboden.&#13;
-</v></c><c r="K159" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L159" s="4"><v>45259.0</v></c><c r="M159" s="1"><v>1</v></c></row><row r="160" spans="1:13" customFormat="false"><c r="A160" s="1"><v>130</v></c><c r="B160" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C160" s="1" t="str"><v>Noodfonds Corona (Coronasteun -bedrijfsleven, (sport)verenigingen en culturele instellingen)</v></c><c r="D160" s="1" t="str"><v xml:space="preserve">15/2/2024:&#13;
-Het Statenvoorstel Noodfonds Corona was de uitwerking van het amendement ‘Corona ondersteuning voor bedrijven en instellingen waar het echt nodig is’ dd. 14 december 2022 (kenmerk 3054673) en de motie ‘Direct openstellen corona steun bedrijfsleven’ dd. 19 juli 2023 (kenmerk 3149769). De kern van dit voorstel was om een verordening voor verenigingen vast te stellen en af te zien van een verordening voor het bedrijfsleven. Bij de behandeling van het ordevoorstel op 13 december 2023 hebben Gedeputeerde Staten aangegeven zorgvuldig en grondig om te willen gaan met het voorstel. Inmiddels is een opdracht verstrekt aan een onafhankelijke, externe partij om een second opinion uit te voeren met specifiek aandacht voor het punt om geen regeling op te zetten voor het bedrijfsleven, op grond van de Unierechtelijke staatssteun regels. Deze externe partij verwacht haar opdracht begin maart af te ronden. Met inachtneming van de verkregen inzichten zullen Gedeputeerde Staten het voorstel op een nader te bepalen Statenvergadering opnieuw inbrengen ter behandeling.</v></c><c r="E160" s="1" t="str"><v/></c><c r="F160" s="4"><v>45196.0</v></c><c r="G160" s="1" t="str"><v>Economie</v></c><c r="H160" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I160" s="1" t="str"><v>Economie</v></c><c r="J160" s="1" t="str"><v xml:space="preserve">17-7-2024: Het Statenvoorstel is niet behandeld in de Statenvergadering van 17 jul 2024 omdat bij de behandeling van de Zomernota (dezelfde vergadering) het amendement "Correctie uitvoering aangenomen amendement 50PLUS – Corona ondersteuning voor bedrijven en instellingen waar het echt nodig is" is aangenomen waardoor de financiële dekking van het voorstel Noodfonds Corona niet meer aanwezig was. Omdat er vanuit de staten geen initiatieven kwamen voor een alternatieve dekking is het Statenvoorstel niet behandeld en komt het ook niet meer op de agenda.&#13;
+</v></c><c r="K200" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L200" s="4"><v>45259.0</v></c><c r="M200" s="1"><v>1</v></c></row><row r="201" spans="1:13" customFormat="false"><c r="A201" s="1"><v>130</v></c><c r="B201" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C201" s="1" t="str"><v>Noodfonds Corona (Coronasteun -bedrijfsleven, (sport)verenigingen en culturele instellingen)</v></c><c r="D201" s="1" t="str"><v xml:space="preserve">15/2/2024:&#13;
+Het Statenvoorstel Noodfonds Corona was de uitwerking van het amendement ‘Corona ondersteuning voor bedrijven en instellingen waar het echt nodig is’ dd. 14 december 2022 (kenmerk 3054673) en de motie ‘Direct openstellen corona steun bedrijfsleven’ dd. 19 juli 2023 (kenmerk 3149769). De kern van dit voorstel was om een verordening voor verenigingen vast te stellen en af te zien van een verordening voor het bedrijfsleven. Bij de behandeling van het ordevoorstel op 13 december 2023 hebben Gedeputeerde Staten aangegeven zorgvuldig en grondig om te willen gaan met het voorstel. Inmiddels is een opdracht verstrekt aan een onafhankelijke, externe partij om een second opinion uit te voeren met specifiek aandacht voor het punt om geen regeling op te zetten voor het bedrijfsleven, op grond van de Unierechtelijke staatssteun regels. Deze externe partij verwacht haar opdracht begin maart af te ronden. Met inachtneming van de verkregen inzichten zullen Gedeputeerde Staten het voorstel op een nader te bepalen Statenvergadering opnieuw inbrengen ter behandeling.</v></c><c r="E201" s="1" t="str"><v/></c><c r="F201" s="4"><v>45196.0</v></c><c r="G201" s="1" t="str"><v>Economie</v></c><c r="H201" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I201" s="1" t="str"><v>Economie</v></c><c r="J201" s="1" t="str"><v xml:space="preserve">17-7-2024: Het Statenvoorstel is niet behandeld in de Statenvergadering van 17 jul 2024 omdat bij de behandeling van de Zomernota (dezelfde vergadering) het amendement "Correctie uitvoering aangenomen amendement 50PLUS – Corona ondersteuning voor bedrijven en instellingen waar het echt nodig is" is aangenomen waardoor de financiële dekking van het voorstel Noodfonds Corona niet meer aanwezig was. Omdat er vanuit de staten geen initiatieven kwamen voor een alternatieve dekking is het Statenvoorstel niet behandeld en komt het ook niet meer op de agenda.&#13;
 &#13;
  13-12:2023: Statenvoorstel is niet behandeld in de Statenvergadering van 13-12-2023 (ordevoorstel).&#13;
 Telefonisch contact de de uitkomsten van de second opinion vermoedelijk via een mededeling naar de Staten zal komen en dat daarna het Statenvoorstel weer voor agendering wordt aangeboden.&#13;
-</v></c><c r="K160" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L160" s="4"><v>45259.0</v></c><c r="M160" s="1"><v>1</v></c></row><row r="161" spans="1:13" customFormat="false"><c r="A161" s="1"><v>130</v></c><c r="B161" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C161" s="1" t="str"><v>Noodfonds Corona (Coronasteun -bedrijfsleven, (sport)verenigingen en culturele instellingen)</v></c><c r="D161" s="1" t="str"><v xml:space="preserve">15/2/2024:&#13;
-Het Statenvoorstel Noodfonds Corona was de uitwerking van het amendement ‘Corona ondersteuning voor bedrijven en instellingen waar het echt nodig is’ dd. 14 december 2022 (kenmerk 3054673) en de motie ‘Direct openstellen corona steun bedrijfsleven’ dd. 19 juli 2023 (kenmerk 3149769). De kern van dit voorstel was om een verordening voor verenigingen vast te stellen en af te zien van een verordening voor het bedrijfsleven. Bij de behandeling van het ordevoorstel op 13 december 2023 hebben Gedeputeerde Staten aangegeven zorgvuldig en grondig om te willen gaan met het voorstel. Inmiddels is een opdracht verstrekt aan een onafhankelijke, externe partij om een second opinion uit te voeren met specifiek aandacht voor het punt om geen regeling op te zetten voor het bedrijfsleven, op grond van de Unierechtelijke staatssteun regels. Deze externe partij verwacht haar opdracht begin maart af te ronden. Met inachtneming van de verkregen inzichten zullen Gedeputeerde Staten het voorstel op een nader te bepalen Statenvergadering opnieuw inbrengen ter behandeling.</v></c><c r="E161" s="1" t="str"><v/></c><c r="F161" s="4"><v>45196.0</v></c><c r="G161" s="1" t="str"><v>Economie</v></c><c r="H161" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I161" s="1" t="str"><v>Economie</v></c><c r="J161" s="1" t="str"><v xml:space="preserve">17-7-2024: Het Statenvoorstel is niet behandeld in de Statenvergadering van 17 jul 2024 omdat bij de behandeling van de Zomernota (dezelfde vergadering) het amendement "Correctie uitvoering aangenomen amendement 50PLUS – Corona ondersteuning voor bedrijven en instellingen waar het echt nodig is" is aangenomen waardoor de financiële dekking van het voorstel Noodfonds Corona niet meer aanwezig was. Omdat er vanuit de staten geen initiatieven kwamen voor een alternatieve dekking is het Statenvoorstel niet behandeld en komt het ook niet meer op de agenda.&#13;
+</v></c><c r="K201" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L201" s="4"><v>45259.0</v></c><c r="M201" s="1"><v>1</v></c></row><row r="202" spans="1:13" customFormat="false"><c r="A202" s="1"><v>130</v></c><c r="B202" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C202" s="1" t="str"><v>Noodfonds Corona (Coronasteun -bedrijfsleven, (sport)verenigingen en culturele instellingen)</v></c><c r="D202" s="1" t="str"><v xml:space="preserve">15/2/2024:&#13;
+Het Statenvoorstel Noodfonds Corona was de uitwerking van het amendement ‘Corona ondersteuning voor bedrijven en instellingen waar het echt nodig is’ dd. 14 december 2022 (kenmerk 3054673) en de motie ‘Direct openstellen corona steun bedrijfsleven’ dd. 19 juli 2023 (kenmerk 3149769). De kern van dit voorstel was om een verordening voor verenigingen vast te stellen en af te zien van een verordening voor het bedrijfsleven. Bij de behandeling van het ordevoorstel op 13 december 2023 hebben Gedeputeerde Staten aangegeven zorgvuldig en grondig om te willen gaan met het voorstel. Inmiddels is een opdracht verstrekt aan een onafhankelijke, externe partij om een second opinion uit te voeren met specifiek aandacht voor het punt om geen regeling op te zetten voor het bedrijfsleven, op grond van de Unierechtelijke staatssteun regels. Deze externe partij verwacht haar opdracht begin maart af te ronden. Met inachtneming van de verkregen inzichten zullen Gedeputeerde Staten het voorstel op een nader te bepalen Statenvergadering opnieuw inbrengen ter behandeling.</v></c><c r="E202" s="1" t="str"><v/></c><c r="F202" s="4"><v>45196.0</v></c><c r="G202" s="1" t="str"><v>Economie</v></c><c r="H202" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I202" s="1" t="str"><v>Economie</v></c><c r="J202" s="1" t="str"><v xml:space="preserve">17-7-2024: Het Statenvoorstel is niet behandeld in de Statenvergadering van 17 jul 2024 omdat bij de behandeling van de Zomernota (dezelfde vergadering) het amendement "Correctie uitvoering aangenomen amendement 50PLUS – Corona ondersteuning voor bedrijven en instellingen waar het echt nodig is" is aangenomen waardoor de financiële dekking van het voorstel Noodfonds Corona niet meer aanwezig was. Omdat er vanuit de staten geen initiatieven kwamen voor een alternatieve dekking is het Statenvoorstel niet behandeld en komt het ook niet meer op de agenda.&#13;
 &#13;
  13-12:2023: Statenvoorstel is niet behandeld in de Statenvergadering van 13-12-2023 (ordevoorstel).&#13;
 Telefonisch contact de de uitkomsten van de second opinion vermoedelijk via een mededeling naar de Staten zal komen en dat daarna het Statenvoorstel weer voor agendering wordt aangeboden.&#13;
-</v></c><c r="K161" s="1" t="str"><v>Provinciale Staten</v></c><c r="L161" s="4"><v>45490.0</v></c><c r="M161" s="1"><v>1</v></c></row><row r="162" spans="1:13" customFormat="false"><c r="A162" s="1"><v>285</v></c><c r="B162" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C162" s="1" t="str"><v>Horizon</v></c><c r="D162" s="1" t="str"><v xml:space="preserve">Sept 2025: Motie &amp; Amendement (zie dossier) &#13;
-[...155 lines deleted...]
-</v></c><c r="K167" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L167" s="4"><v>46295.0</v></c><c r="M167" s="1"><v>0</v></c></row><row r="168" spans="1:13" customFormat="false"><c r="A168" s="1"><v>342</v></c><c r="B168" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C168" s="1" t="str"><v>Monitor Economisch Programma</v></c><c r="D168" s="1" t="str"><v/></c><c r="E168" s="1" t="str"><v/></c><c r="F168" s="4" t="str"><v/></c><c r="G168" s="1" t="str"><v>Economie</v></c><c r="H168" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I168" s="1" t="str"><v>Economie</v></c><c r="J168" s="1" t="str"><v/></c><c r="K168" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L168" s="4"><v>45749.0</v></c><c r="M168" s="1"><v>1</v></c></row><row r="169" spans="1:13" customFormat="false"><c r="A169" s="1"><v>359</v></c><c r="B169" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C169" s="1" t="str"><v>Digitale infrastructuur als drager onder de economie van de toekomst – rol van datacenters</v></c><c r="D169" s="1" t="str"><v/></c><c r="E169" s="1" t="str"><v/></c><c r="F169" s="4" t="str"><v/></c><c r="G169" s="1" t="str"><v>Economie</v></c><c r="H169" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I169" s="1" t="str"><v>Economie</v></c><c r="J169" s="1" t="str"><v/></c><c r="K169" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L169" s="4"><v>45749.0</v></c><c r="M169" s="1"><v>1</v></c></row><row r="170" spans="1:13" customFormat="false"><c r="A170" s="1"><v>18</v></c><c r="B170" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C170" s="1" t="str"><v>Energieweerbaarheid in Flevoland</v></c><c r="D170" s="1" t="str"><v>Aanleiding is Motie EMS 25, TNO-rapport Energieweerbaarheid in Flevoland - Uitvoering amendement energieweerbaarheid en motie energiearmoede</v></c><c r="E170" s="1" t="str"><v/></c><c r="F170" s="4" t="str"><v/></c><c r="G170" s="1" t="str"><v>Energietransitie</v></c><c r="H170" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I170" s="1" t="str"><v>Energie</v></c><c r="J170" s="1" t="str"><v/></c><c r="K170" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L170" s="4"><v>44895.0</v></c><c r="M170" s="1"><v>1</v></c></row><row r="171" spans="1:13" customFormat="false"><c r="A171" s="1"><v>18</v></c><c r="B171" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C171" s="1" t="str"><v>Energieweerbaarheid in Flevoland</v></c><c r="D171" s="1" t="str"><v>Aanleiding is Motie EMS 25, TNO-rapport Energieweerbaarheid in Flevoland - Uitvoering amendement energieweerbaarheid en motie energiearmoede</v></c><c r="E171" s="1" t="str"><v/></c><c r="F171" s="4" t="str"><v/></c><c r="G171" s="1" t="str"><v>Energietransitie</v></c><c r="H171" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I171" s="1" t="str"><v>Energie</v></c><c r="J171" s="1" t="str"><v/></c><c r="K171" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L171" s="4"><v>44965.0</v></c><c r="M171" s="1"><v>1</v></c></row><row r="172" spans="1:13" customFormat="false"><c r="A172" s="1"><v>18</v></c><c r="B172" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C172" s="1" t="str"><v>Energieweerbaarheid in Flevoland</v></c><c r="D172" s="1" t="str"><v>Aanleiding is Motie EMS 25, TNO-rapport Energieweerbaarheid in Flevoland - Uitvoering amendement energieweerbaarheid en motie energiearmoede</v></c><c r="E172" s="1" t="str"><v/></c><c r="F172" s="4" t="str"><v/></c><c r="G172" s="1" t="str"><v>Energietransitie</v></c><c r="H172" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I172" s="1" t="str"><v>Energie</v></c><c r="J172" s="1" t="str"><v/></c><c r="K172" s="1" t="str"><v>Provinciale Staten</v></c><c r="L172" s="4"><v>45013.0</v></c><c r="M172" s="1"><v>1</v></c></row><row r="173" spans="1:13" customFormat="false"><c r="A173" s="1"><v>18</v></c><c r="B173" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C173" s="1" t="str"><v>Energieweerbaarheid in Flevoland</v></c><c r="D173" s="1" t="str"><v>Aanleiding is Motie EMS 25, TNO-rapport Energieweerbaarheid in Flevoland - Uitvoering amendement energieweerbaarheid en motie energiearmoede</v></c><c r="E173" s="1" t="str"><v/></c><c r="F173" s="4" t="str"><v/></c><c r="G173" s="1" t="str"><v>Energietransitie</v></c><c r="H173" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I173" s="1" t="str"><v>Energie</v></c><c r="J173" s="1" t="str"><v/></c><c r="K173" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L173" s="4"><v>45084.0</v></c><c r="M173" s="1"><v>1</v></c></row><row r="174" spans="1:13" customFormat="false"><c r="A174" s="1"><v>18</v></c><c r="B174" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C174" s="1" t="str"><v>Energieweerbaarheid in Flevoland</v></c><c r="D174" s="1" t="str"><v>Aanleiding is Motie EMS 25, TNO-rapport Energieweerbaarheid in Flevoland - Uitvoering amendement energieweerbaarheid en motie energiearmoede</v></c><c r="E174" s="1" t="str"><v/></c><c r="F174" s="4" t="str"><v/></c><c r="G174" s="1" t="str"><v>Energietransitie</v></c><c r="H174" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I174" s="1" t="str"><v>Energie</v></c><c r="J174" s="1" t="str"><v/></c><c r="K174" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L174" s="4"><v>45119.0</v></c><c r="M174" s="1"><v>1</v></c></row><row r="175" spans="1:13" customFormat="false"><c r="A175" s="1"><v>18</v></c><c r="B175" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C175" s="1" t="str"><v>Energieweerbaarheid in Flevoland</v></c><c r="D175" s="1" t="str"><v>Aanleiding is Motie EMS 25, TNO-rapport Energieweerbaarheid in Flevoland - Uitvoering amendement energieweerbaarheid en motie energiearmoede</v></c><c r="E175" s="1" t="str"><v/></c><c r="F175" s="4" t="str"><v/></c><c r="G175" s="1" t="str"><v>Energietransitie</v></c><c r="H175" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I175" s="1" t="str"><v>Energie</v></c><c r="J175" s="1" t="str"><v/></c><c r="K175" s="1" t="str"><v>Provinciale Staten</v></c><c r="L175" s="4"><v>45126.0</v></c><c r="M175" s="1"><v>1</v></c></row><row r="176" spans="1:13" customFormat="false"><c r="A176" s="1"><v>51</v></c><c r="B176" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C176" s="1" t="str"><v>Regionale Energie Strategie (RES) (Introductieprogramma)</v></c><c r="D176" s="1" t="str"><v/></c><c r="E176" s="1" t="str"><v/></c><c r="F176" s="4" t="str"><v/></c><c r="G176" s="1" t="str"><v>Energietransitie</v></c><c r="H176" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I176" s="1" t="str"><v>Energie</v></c><c r="J176" s="1" t="str"><v>Beeldvorming Voortgangsnotitie RES Flevoland 2023</v></c><c r="K176" s="1" t="str"><v>Beeldvorming integrale ad hoc Commissie</v></c><c r="L176" s="4"><v>45021.0</v></c><c r="M176" s="1"><v>1</v></c></row><row r="177" spans="1:13" customFormat="false"><c r="A177" s="1"><v>60</v></c><c r="B177" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C177" s="1" t="str"><v>Regionale Energie Strategie (RES)</v></c><c r="D177" s="1" t="str"><v/></c><c r="E177" s="1" t="str"><v/></c><c r="F177" s="4" t="str"><v/></c><c r="G177" s="1" t="str"><v>Energietransitie</v></c><c r="H177" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I177" s="1" t="str"><v>Energie</v></c><c r="J177" s="1" t="str"><v>Voortgangsnotitie RES Flevoland 2023</v></c><c r="K177" s="1" t="str"><v>Beeldvorming integrale ad hoc Commissie</v></c><c r="L177" s="4"><v>45063.0</v></c><c r="M177" s="1"><v>1</v></c></row><row r="178" spans="1:13" customFormat="false"><c r="A178" s="1"><v>75</v></c><c r="B178" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C178" s="1" t="str"><v xml:space="preserve">Ontwerpwijzigingsverordening 'niet meer windmolens' </v></c><c r="D178" s="1" t="str"><v/></c><c r="E178" s="1" t="str"><v/></c><c r="F178" s="4" t="str"><v/></c><c r="G178" s="1" t="str"><v>Energietransitie</v></c><c r="H178" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I178" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J178" s="1" t="str"><v>Bespreekstuk voor PS 26 april</v></c><c r="K178" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L178" s="4"><v>44888.0</v></c><c r="M178" s="1"><v>1</v></c></row><row r="179" spans="1:13" customFormat="false"><c r="A179" s="1"><v>75</v></c><c r="B179" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C179" s="1" t="str"><v xml:space="preserve">Ontwerpwijzigingsverordening 'niet meer windmolens' </v></c><c r="D179" s="1" t="str"><v/></c><c r="E179" s="1" t="str"><v/></c><c r="F179" s="4" t="str"><v/></c><c r="G179" s="1" t="str"><v>Energietransitie</v></c><c r="H179" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I179" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J179" s="1" t="str"><v>Bespreekstuk voor PS 26 april</v></c><c r="K179" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L179" s="4"><v>45028.0</v></c><c r="M179" s="1"><v>0</v></c></row><row r="180" spans="1:13" customFormat="false"><c r="A180" s="1"><v>75</v></c><c r="B180" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C180" s="1" t="str"><v xml:space="preserve">Ontwerpwijzigingsverordening 'niet meer windmolens' </v></c><c r="D180" s="1" t="str"><v/></c><c r="E180" s="1" t="str"><v/></c><c r="F180" s="4" t="str"><v/></c><c r="G180" s="1" t="str"><v>Energietransitie</v></c><c r="H180" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I180" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J180" s="1" t="str"><v>Bespreekstuk voor PS 26 april</v></c><c r="K180" s="1" t="str"><v>Provinciale Staten</v></c><c r="L180" s="4"><v>45042.0</v></c><c r="M180" s="1"><v>0</v></c></row><row r="181" spans="1:13" customFormat="false"><c r="A181" s="1"><v>78</v></c><c r="B181" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C181" s="1" t="str"><v>Motie boerenmolens</v></c><c r="D181" s="1" t="str"><v>Peilen en toetsen sessie over de aangenomen motie boerenmolens</v></c><c r="E181" s="1" t="str"><v/></c><c r="F181" s="4"><v>45084.0</v></c><c r="G181" s="1" t="str"><v>Energietransitie</v></c><c r="H181" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I181" s="1" t="str"><v>Energie</v></c><c r="J181" s="1" t="str"><v/></c><c r="K181" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L181" s="4"><v>45084.0</v></c><c r="M181" s="1"><v>1</v></c></row><row r="182" spans="1:13" customFormat="false"><c r="A182" s="1"><v>110</v></c><c r="B182" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C182" s="1" t="str"><v>Flevolands energie noodfonds</v></c><c r="D182" s="1" t="str"><v/></c><c r="E182" s="1" t="str"><v/></c><c r="F182" s="4" t="str"><v/></c><c r="G182" s="1" t="str"><v>Energietransitie</v></c><c r="H182" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I182" s="1"/><c r="J182" s="1" t="str"><v/></c><c r="K182" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L182" s="4"><v>45182.0</v></c><c r="M182" s="1"><v>1</v></c></row><row r="183" spans="1:13" customFormat="false"><c r="A183" s="1"><v>110</v></c><c r="B183" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C183" s="1" t="str"><v>Flevolands energie noodfonds</v></c><c r="D183" s="1" t="str"><v/></c><c r="E183" s="1" t="str"><v/></c><c r="F183" s="4" t="str"><v/></c><c r="G183" s="1" t="str"><v>Energietransitie</v></c><c r="H183" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I183" s="1"/><c r="J183" s="1" t="str"><v/></c><c r="K183" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L183" s="4"><v>45182.0</v></c><c r="M183" s="1"><v>1</v></c></row><row r="184" spans="1:13" customFormat="false"><c r="A184" s="1"><v>110</v></c><c r="B184" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C184" s="1" t="str"><v>Flevolands energie noodfonds</v></c><c r="D184" s="1" t="str"><v/></c><c r="E184" s="1" t="str"><v/></c><c r="F184" s="4" t="str"><v/></c><c r="G184" s="1" t="str"><v>Energietransitie</v></c><c r="H184" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I184" s="1"/><c r="J184" s="1" t="str"><v/></c><c r="K184" s="1" t="str"><v>Provinciale Staten</v></c><c r="L184" s="4"><v>45196.0</v></c><c r="M184" s="1"><v>1</v></c></row><row r="185" spans="1:13" customFormat="false"><c r="A185" s="1"><v>118</v></c><c r="B185" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C185" s="1" t="str"><v>Agenderingsverzoek Onderzoek-naar-thorium-en-SMR-centrales</v></c><c r="D185" s="1" t="str"><v/></c><c r="E185" s="1" t="str"><v>VVD,50PLUS,Forum voor Democratie</v></c><c r="F185" s="4" t="str"><v/></c><c r="G185" s="1" t="str"><v>Energietransitie</v></c><c r="H185" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I185" s="1" t="str"><v>Energie</v></c><c r="J185" s="1" t="str"><v/></c><c r="K185" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L185" s="4"><v>45175.0</v></c><c r="M185" s="1"><v>1</v></c></row><row r="186" spans="1:13" customFormat="false"><c r="A186" s="1"><v>120</v></c><c r="B186" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C186" s="1" t="str"><v>Aanpassing Omgevingsverordening n.a.v. motie "Niet meer windmolens in Flevoland"indenergie</v></c><c r="D186" s="1" t="str"><v/></c><c r="E186" s="1" t="str"><v/></c><c r="F186" s="4" t="str"><v/></c><c r="G186" s="1" t="str"><v>Energietransitie</v></c><c r="H186" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I186" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J186" s="1" t="str"><v/></c><c r="K186" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L186" s="4"><v>45210.0</v></c><c r="M186" s="1"><v>1</v></c></row><row r="187" spans="1:13" customFormat="false"><c r="A187" s="1"><v>120</v></c><c r="B187" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C187" s="1" t="str"><v>Aanpassing Omgevingsverordening n.a.v. motie "Niet meer windmolens in Flevoland"indenergie</v></c><c r="D187" s="1" t="str"><v/></c><c r="E187" s="1" t="str"><v/></c><c r="F187" s="4" t="str"><v/></c><c r="G187" s="1" t="str"><v>Energietransitie</v></c><c r="H187" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I187" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J187" s="1" t="str"><v/></c><c r="K187" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L187" s="4"><v>45217.0</v></c><c r="M187" s="1"><v>1</v></c></row><row r="188" spans="1:13" customFormat="false"><c r="A188" s="1"><v>120</v></c><c r="B188" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C188" s="1" t="str"><v>Aanpassing Omgevingsverordening n.a.v. motie "Niet meer windmolens in Flevoland"indenergie</v></c><c r="D188" s="1" t="str"><v/></c><c r="E188" s="1" t="str"><v/></c><c r="F188" s="4" t="str"><v/></c><c r="G188" s="1" t="str"><v>Energietransitie</v></c><c r="H188" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I188" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J188" s="1" t="str"><v/></c><c r="K188" s="1" t="str"><v>Provinciale Staten</v></c><c r="L188" s="4"><v>45231.0</v></c><c r="M188" s="1"><v>1</v></c></row><row r="189" spans="1:13" customFormat="false"><c r="A189" s="1"><v>129</v></c><c r="B189" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C189" s="1" t="str"><v xml:space="preserve">Kennissessie netbeheerders Tennet en Liander </v></c><c r="D189" s="1" t="str"><v/></c><c r="E189" s="1" t="str"><v/></c><c r="F189" s="4" t="str"><v/></c><c r="G189" s="1" t="str"><v>Energietransitie</v></c><c r="H189" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I189" s="1" t="str"><v>Energie</v></c><c r="J189" s="1" t="str"><v/></c><c r="K189" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L189" s="4"><v>45259.0</v></c><c r="M189" s="1"><v>1</v></c></row><row r="190" spans="1:13" customFormat="false"><c r="A190" s="1"><v>161</v></c><c r="B190" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C190" s="1" t="str"><v>Afwegingskader grootschalige batterijopslag</v></c><c r="D190" s="1" t="str"><v/></c><c r="E190" s="1" t="str"><v/></c><c r="F190" s="4" t="str"><v/></c><c r="G190" s="1" t="str"><v>Energietransitie</v></c><c r="H190" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I190" s="1" t="str"><v>Energie</v></c><c r="J190" s="1" t="str"><v xml:space="preserve">Dit onderwerp is op 25 juni afgedaan via Peilen en Toetsen:&#13;
+</v></c><c r="K202" s="1" t="str"><v>Provinciale Staten</v></c><c r="L202" s="4"><v>45490.0</v></c><c r="M202" s="1"><v>1</v></c></row><row r="203" spans="1:13" customFormat="false"><c r="A203" s="1"><v>342</v></c><c r="B203" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C203" s="1" t="str"><v>Monitor Economisch Programma</v></c><c r="D203" s="1" t="str"><v/></c><c r="E203" s="1" t="str"><v/></c><c r="F203" s="4" t="str"><v/></c><c r="G203" s="1" t="str"><v>Economie</v></c><c r="H203" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I203" s="1" t="str"><v>Economie</v></c><c r="J203" s="1" t="str"><v/></c><c r="K203" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L203" s="4"><v>45749.0</v></c><c r="M203" s="1"><v>1</v></c></row><row r="204" spans="1:13" customFormat="false"><c r="A204" s="1"><v>359</v></c><c r="B204" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C204" s="1" t="str"><v>Digitale infrastructuur als drager onder de economie van de toekomst – rol van datacenters</v></c><c r="D204" s="1" t="str"><v/></c><c r="E204" s="1" t="str"><v/></c><c r="F204" s="4" t="str"><v/></c><c r="G204" s="1" t="str"><v>Economie</v></c><c r="H204" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I204" s="1" t="str"><v>Economie</v></c><c r="J204" s="1" t="str"><v/></c><c r="K204" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L204" s="4"><v>45749.0</v></c><c r="M204" s="1"><v>1</v></c></row><row r="205" spans="1:13" customFormat="false"><c r="A205" s="1"><v>359</v></c><c r="B205" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C205" s="1" t="str"><v>Digitale infrastructuur als drager onder de economie van de toekomst – rol van datacenters</v></c><c r="D205" s="1" t="str"><v/></c><c r="E205" s="1" t="str"><v/></c><c r="F205" s="4" t="str"><v/></c><c r="G205" s="1" t="str"><v>Economie</v></c><c r="H205" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I205" s="1" t="str"><v>Economie</v></c><c r="J205" s="1" t="str"><v/></c><c r="K205" s="1" t="str"><v>Technische sessie</v></c><c r="L205" s="4"><v>45840.0</v></c><c r="M205" s="1"><v>1</v></c></row><row r="206" spans="1:13" customFormat="false"><c r="A206" s="1"><v>359</v></c><c r="B206" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C206" s="1" t="str"><v>Digitale infrastructuur als drager onder de economie van de toekomst – rol van datacenters</v></c><c r="D206" s="1" t="str"><v/></c><c r="E206" s="1" t="str"><v/></c><c r="F206" s="4" t="str"><v/></c><c r="G206" s="1" t="str"><v>Economie</v></c><c r="H206" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I206" s="1" t="str"><v>Economie</v></c><c r="J206" s="1" t="str"><v/></c><c r="K206" s="1" t="str"><v>Werkbezoek</v></c><c r="L206" s="4"><v>45987.0</v></c><c r="M206" s="1"><v>1</v></c></row><row r="207" spans="1:13" customFormat="false"><c r="A207" s="1"><v>18</v></c><c r="B207" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C207" s="1" t="str"><v>Energieweerbaarheid in Flevoland</v></c><c r="D207" s="1" t="str"><v>Aanleiding is Motie EMS 25, TNO-rapport Energieweerbaarheid in Flevoland - Uitvoering amendement energieweerbaarheid en motie energiearmoede</v></c><c r="E207" s="1" t="str"><v/></c><c r="F207" s="4" t="str"><v/></c><c r="G207" s="1" t="str"><v>Energietransitie</v></c><c r="H207" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I207" s="1" t="str"><v>Energie</v></c><c r="J207" s="1" t="str"><v/></c><c r="K207" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L207" s="4"><v>44895.0</v></c><c r="M207" s="1"><v>1</v></c></row><row r="208" spans="1:13" customFormat="false"><c r="A208" s="1"><v>18</v></c><c r="B208" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C208" s="1" t="str"><v>Energieweerbaarheid in Flevoland</v></c><c r="D208" s="1" t="str"><v>Aanleiding is Motie EMS 25, TNO-rapport Energieweerbaarheid in Flevoland - Uitvoering amendement energieweerbaarheid en motie energiearmoede</v></c><c r="E208" s="1" t="str"><v/></c><c r="F208" s="4" t="str"><v/></c><c r="G208" s="1" t="str"><v>Energietransitie</v></c><c r="H208" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I208" s="1" t="str"><v>Energie</v></c><c r="J208" s="1" t="str"><v/></c><c r="K208" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L208" s="4"><v>44965.0</v></c><c r="M208" s="1"><v>1</v></c></row><row r="209" spans="1:13" customFormat="false"><c r="A209" s="1"><v>18</v></c><c r="B209" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C209" s="1" t="str"><v>Energieweerbaarheid in Flevoland</v></c><c r="D209" s="1" t="str"><v>Aanleiding is Motie EMS 25, TNO-rapport Energieweerbaarheid in Flevoland - Uitvoering amendement energieweerbaarheid en motie energiearmoede</v></c><c r="E209" s="1" t="str"><v/></c><c r="F209" s="4" t="str"><v/></c><c r="G209" s="1" t="str"><v>Energietransitie</v></c><c r="H209" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I209" s="1" t="str"><v>Energie</v></c><c r="J209" s="1" t="str"><v/></c><c r="K209" s="1" t="str"><v>Provinciale Staten</v></c><c r="L209" s="4"><v>45013.0</v></c><c r="M209" s="1"><v>1</v></c></row><row r="210" spans="1:13" customFormat="false"><c r="A210" s="1"><v>18</v></c><c r="B210" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C210" s="1" t="str"><v>Energieweerbaarheid in Flevoland</v></c><c r="D210" s="1" t="str"><v>Aanleiding is Motie EMS 25, TNO-rapport Energieweerbaarheid in Flevoland - Uitvoering amendement energieweerbaarheid en motie energiearmoede</v></c><c r="E210" s="1" t="str"><v/></c><c r="F210" s="4" t="str"><v/></c><c r="G210" s="1" t="str"><v>Energietransitie</v></c><c r="H210" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I210" s="1" t="str"><v>Energie</v></c><c r="J210" s="1" t="str"><v/></c><c r="K210" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L210" s="4"><v>45084.0</v></c><c r="M210" s="1"><v>1</v></c></row><row r="211" spans="1:13" customFormat="false"><c r="A211" s="1"><v>18</v></c><c r="B211" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C211" s="1" t="str"><v>Energieweerbaarheid in Flevoland</v></c><c r="D211" s="1" t="str"><v>Aanleiding is Motie EMS 25, TNO-rapport Energieweerbaarheid in Flevoland - Uitvoering amendement energieweerbaarheid en motie energiearmoede</v></c><c r="E211" s="1" t="str"><v/></c><c r="F211" s="4" t="str"><v/></c><c r="G211" s="1" t="str"><v>Energietransitie</v></c><c r="H211" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I211" s="1" t="str"><v>Energie</v></c><c r="J211" s="1" t="str"><v/></c><c r="K211" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L211" s="4"><v>45119.0</v></c><c r="M211" s="1"><v>1</v></c></row><row r="212" spans="1:13" customFormat="false"><c r="A212" s="1"><v>18</v></c><c r="B212" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C212" s="1" t="str"><v>Energieweerbaarheid in Flevoland</v></c><c r="D212" s="1" t="str"><v>Aanleiding is Motie EMS 25, TNO-rapport Energieweerbaarheid in Flevoland - Uitvoering amendement energieweerbaarheid en motie energiearmoede</v></c><c r="E212" s="1" t="str"><v/></c><c r="F212" s="4" t="str"><v/></c><c r="G212" s="1" t="str"><v>Energietransitie</v></c><c r="H212" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I212" s="1" t="str"><v>Energie</v></c><c r="J212" s="1" t="str"><v/></c><c r="K212" s="1" t="str"><v>Provinciale Staten</v></c><c r="L212" s="4"><v>45126.0</v></c><c r="M212" s="1"><v>1</v></c></row><row r="213" spans="1:13" customFormat="false"><c r="A213" s="1"><v>51</v></c><c r="B213" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C213" s="1" t="str"><v>Regionale Energie Strategie (RES) (Introductieprogramma)</v></c><c r="D213" s="1" t="str"><v/></c><c r="E213" s="1" t="str"><v/></c><c r="F213" s="4" t="str"><v/></c><c r="G213" s="1" t="str"><v>Energietransitie</v></c><c r="H213" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I213" s="1" t="str"><v>Energie</v></c><c r="J213" s="1" t="str"><v>Beeldvorming Voortgangsnotitie RES Flevoland 2023</v></c><c r="K213" s="1" t="str"><v>Beeldvorming integrale ad hoc Commissie</v></c><c r="L213" s="4"><v>45021.0</v></c><c r="M213" s="1"><v>1</v></c></row><row r="214" spans="1:13" customFormat="false"><c r="A214" s="1"><v>60</v></c><c r="B214" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C214" s="1" t="str"><v>Regionale Energie Strategie (RES)</v></c><c r="D214" s="1" t="str"><v/></c><c r="E214" s="1" t="str"><v/></c><c r="F214" s="4" t="str"><v/></c><c r="G214" s="1" t="str"><v>Energietransitie</v></c><c r="H214" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I214" s="1" t="str"><v>Energie</v></c><c r="J214" s="1" t="str"><v>Voortgangsnotitie RES Flevoland 2023</v></c><c r="K214" s="1" t="str"><v>Beeldvorming integrale ad hoc Commissie</v></c><c r="L214" s="4"><v>45063.0</v></c><c r="M214" s="1"><v>1</v></c></row><row r="215" spans="1:13" customFormat="false"><c r="A215" s="1"><v>75</v></c><c r="B215" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C215" s="1" t="str"><v xml:space="preserve">Ontwerpwijzigingsverordening 'niet meer windmolens' </v></c><c r="D215" s="1" t="str"><v/></c><c r="E215" s="1" t="str"><v/></c><c r="F215" s="4" t="str"><v/></c><c r="G215" s="1" t="str"><v>Energietransitie</v></c><c r="H215" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I215" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J215" s="1" t="str"><v>Bespreekstuk voor PS 26 april</v></c><c r="K215" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L215" s="4"><v>44888.0</v></c><c r="M215" s="1"><v>1</v></c></row><row r="216" spans="1:13" customFormat="false"><c r="A216" s="1"><v>75</v></c><c r="B216" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C216" s="1" t="str"><v xml:space="preserve">Ontwerpwijzigingsverordening 'niet meer windmolens' </v></c><c r="D216" s="1" t="str"><v/></c><c r="E216" s="1" t="str"><v/></c><c r="F216" s="4" t="str"><v/></c><c r="G216" s="1" t="str"><v>Energietransitie</v></c><c r="H216" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I216" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J216" s="1" t="str"><v>Bespreekstuk voor PS 26 april</v></c><c r="K216" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L216" s="4"><v>45028.0</v></c><c r="M216" s="1"><v>0</v></c></row><row r="217" spans="1:13" customFormat="false"><c r="A217" s="1"><v>75</v></c><c r="B217" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C217" s="1" t="str"><v xml:space="preserve">Ontwerpwijzigingsverordening 'niet meer windmolens' </v></c><c r="D217" s="1" t="str"><v/></c><c r="E217" s="1" t="str"><v/></c><c r="F217" s="4" t="str"><v/></c><c r="G217" s="1" t="str"><v>Energietransitie</v></c><c r="H217" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I217" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J217" s="1" t="str"><v>Bespreekstuk voor PS 26 april</v></c><c r="K217" s="1" t="str"><v>Provinciale Staten</v></c><c r="L217" s="4"><v>45042.0</v></c><c r="M217" s="1"><v>0</v></c></row><row r="218" spans="1:13" customFormat="false"><c r="A218" s="1"><v>78</v></c><c r="B218" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C218" s="1" t="str"><v>Motie boerenmolens</v></c><c r="D218" s="1" t="str"><v>Peilen en toetsen sessie over de aangenomen motie boerenmolens</v></c><c r="E218" s="1" t="str"><v/></c><c r="F218" s="4"><v>45084.0</v></c><c r="G218" s="1" t="str"><v>Energietransitie</v></c><c r="H218" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I218" s="1" t="str"><v>Energie</v></c><c r="J218" s="1" t="str"><v/></c><c r="K218" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L218" s="4"><v>45084.0</v></c><c r="M218" s="1"><v>1</v></c></row><row r="219" spans="1:13" customFormat="false"><c r="A219" s="1"><v>110</v></c><c r="B219" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C219" s="1" t="str"><v>Flevolands energie noodfonds</v></c><c r="D219" s="1" t="str"><v/></c><c r="E219" s="1" t="str"><v/></c><c r="F219" s="4" t="str"><v/></c><c r="G219" s="1" t="str"><v>Energietransitie</v></c><c r="H219" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I219" s="1"/><c r="J219" s="1" t="str"><v/></c><c r="K219" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L219" s="4"><v>45182.0</v></c><c r="M219" s="1"><v>1</v></c></row><row r="220" spans="1:13" customFormat="false"><c r="A220" s="1"><v>110</v></c><c r="B220" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C220" s="1" t="str"><v>Flevolands energie noodfonds</v></c><c r="D220" s="1" t="str"><v/></c><c r="E220" s="1" t="str"><v/></c><c r="F220" s="4" t="str"><v/></c><c r="G220" s="1" t="str"><v>Energietransitie</v></c><c r="H220" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I220" s="1"/><c r="J220" s="1" t="str"><v/></c><c r="K220" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L220" s="4"><v>45182.0</v></c><c r="M220" s="1"><v>1</v></c></row><row r="221" spans="1:13" customFormat="false"><c r="A221" s="1"><v>110</v></c><c r="B221" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C221" s="1" t="str"><v>Flevolands energie noodfonds</v></c><c r="D221" s="1" t="str"><v/></c><c r="E221" s="1" t="str"><v/></c><c r="F221" s="4" t="str"><v/></c><c r="G221" s="1" t="str"><v>Energietransitie</v></c><c r="H221" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I221" s="1"/><c r="J221" s="1" t="str"><v/></c><c r="K221" s="1" t="str"><v>Provinciale Staten</v></c><c r="L221" s="4"><v>45196.0</v></c><c r="M221" s="1"><v>1</v></c></row><row r="222" spans="1:13" customFormat="false"><c r="A222" s="1"><v>118</v></c><c r="B222" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C222" s="1" t="str"><v>Agenderingsverzoek Onderzoek-naar-thorium-en-SMR-centrales</v></c><c r="D222" s="1" t="str"><v/></c><c r="E222" s="1" t="str"><v>VVD,50PLUS,Forum voor Democratie</v></c><c r="F222" s="4" t="str"><v/></c><c r="G222" s="1" t="str"><v>Energietransitie</v></c><c r="H222" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I222" s="1" t="str"><v>Energie</v></c><c r="J222" s="1" t="str"><v/></c><c r="K222" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L222" s="4"><v>45175.0</v></c><c r="M222" s="1"><v>1</v></c></row><row r="223" spans="1:13" customFormat="false"><c r="A223" s="1"><v>120</v></c><c r="B223" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C223" s="1" t="str"><v>Aanpassing Omgevingsverordening n.a.v. motie "Niet meer windmolens in Flevoland"indenergie</v></c><c r="D223" s="1" t="str"><v/></c><c r="E223" s="1" t="str"><v/></c><c r="F223" s="4" t="str"><v/></c><c r="G223" s="1" t="str"><v>Energietransitie</v></c><c r="H223" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I223" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J223" s="1" t="str"><v/></c><c r="K223" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L223" s="4"><v>45210.0</v></c><c r="M223" s="1"><v>1</v></c></row><row r="224" spans="1:13" customFormat="false"><c r="A224" s="1"><v>120</v></c><c r="B224" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C224" s="1" t="str"><v>Aanpassing Omgevingsverordening n.a.v. motie "Niet meer windmolens in Flevoland"indenergie</v></c><c r="D224" s="1" t="str"><v/></c><c r="E224" s="1" t="str"><v/></c><c r="F224" s="4" t="str"><v/></c><c r="G224" s="1" t="str"><v>Energietransitie</v></c><c r="H224" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I224" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J224" s="1" t="str"><v/></c><c r="K224" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L224" s="4"><v>45217.0</v></c><c r="M224" s="1"><v>1</v></c></row><row r="225" spans="1:13" customFormat="false"><c r="A225" s="1"><v>120</v></c><c r="B225" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C225" s="1" t="str"><v>Aanpassing Omgevingsverordening n.a.v. motie "Niet meer windmolens in Flevoland"indenergie</v></c><c r="D225" s="1" t="str"><v/></c><c r="E225" s="1" t="str"><v/></c><c r="F225" s="4" t="str"><v/></c><c r="G225" s="1" t="str"><v>Energietransitie</v></c><c r="H225" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I225" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J225" s="1" t="str"><v/></c><c r="K225" s="1" t="str"><v>Provinciale Staten</v></c><c r="L225" s="4"><v>45231.0</v></c><c r="M225" s="1"><v>1</v></c></row><row r="226" spans="1:13" customFormat="false"><c r="A226" s="1"><v>129</v></c><c r="B226" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C226" s="1" t="str"><v xml:space="preserve">Kennissessie netbeheerders Tennet en Liander </v></c><c r="D226" s="1" t="str"><v/></c><c r="E226" s="1" t="str"><v/></c><c r="F226" s="4" t="str"><v/></c><c r="G226" s="1" t="str"><v>Energietransitie</v></c><c r="H226" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I226" s="1" t="str"><v>Energie</v></c><c r="J226" s="1" t="str"><v/></c><c r="K226" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L226" s="4"><v>45259.0</v></c><c r="M226" s="1"><v>1</v></c></row><row r="227" spans="1:13" customFormat="false"><c r="A227" s="1"><v>161</v></c><c r="B227" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C227" s="1" t="str"><v>Afwegingskader grootschalige batterijopslag</v></c><c r="D227" s="1" t="str"><v/></c><c r="E227" s="1" t="str"><v/></c><c r="F227" s="4" t="str"><v/></c><c r="G227" s="1" t="str"><v>Energietransitie</v></c><c r="H227" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I227" s="1" t="str"><v>Energie</v></c><c r="J227" s="1" t="str"><v xml:space="preserve">Dit onderwerp is op 25 juni afgedaan via Peilen en Toetsen:&#13;
 &#13;
 "De commissie is akkoord met het voorstel om dit onderwerp aan te merken als licht/middel als bedoeld in de samenwerkingsafspraken GS-PS Omgevingswet."&#13;
-</v></c><c r="K190" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L190" s="4"><v>45483.0</v></c><c r="M190" s="1"><v>1</v></c></row><row r="191" spans="1:13" customFormat="false"><c r="A191" s="1"><v>161</v></c><c r="B191" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C191" s="1" t="str"><v>Afwegingskader grootschalige batterijopslag</v></c><c r="D191" s="1" t="str"><v/></c><c r="E191" s="1" t="str"><v/></c><c r="F191" s="4" t="str"><v/></c><c r="G191" s="1" t="str"><v>Energietransitie</v></c><c r="H191" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I191" s="1" t="str"><v>Energie</v></c><c r="J191" s="1" t="str"><v xml:space="preserve">Dit onderwerp is op 25 juni afgedaan via Peilen en Toetsen:&#13;
+</v></c><c r="K227" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L227" s="4"><v>45483.0</v></c><c r="M227" s="1"><v>1</v></c></row><row r="228" spans="1:13" customFormat="false"><c r="A228" s="1"><v>161</v></c><c r="B228" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C228" s="1" t="str"><v>Afwegingskader grootschalige batterijopslag</v></c><c r="D228" s="1" t="str"><v/></c><c r="E228" s="1" t="str"><v/></c><c r="F228" s="4" t="str"><v/></c><c r="G228" s="1" t="str"><v>Energietransitie</v></c><c r="H228" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I228" s="1" t="str"><v>Energie</v></c><c r="J228" s="1" t="str"><v xml:space="preserve">Dit onderwerp is op 25 juni afgedaan via Peilen en Toetsen:&#13;
 &#13;
 "De commissie is akkoord met het voorstel om dit onderwerp aan te merken als licht/middel als bedoeld in de samenwerkingsafspraken GS-PS Omgevingswet."&#13;
-</v></c><c r="K191" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L191" s="4"><v>45833.0</v></c><c r="M191" s="1"><v>1</v></c></row><row r="192" spans="1:13" customFormat="false"><c r="A192" s="1"><v>295</v></c><c r="B192" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C192" s="1" t="str"><v>Voorstel subsidiegelden oplossingen netcongestie</v></c><c r="D192" s="1" t="str"><v xml:space="preserve">Subsidieregeling Duurzame energie zonder congestie.&#13;
+</v></c><c r="K228" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L228" s="4"><v>45833.0</v></c><c r="M228" s="1"><v>1</v></c></row><row r="229" spans="1:13" customFormat="false"><c r="A229" s="1"><v>295</v></c><c r="B229" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C229" s="1" t="str"><v>Voorstel subsidiegelden oplossingen netcongestie</v></c><c r="D229" s="1" t="str"><v xml:space="preserve">Subsidieregeling Duurzame energie zonder congestie.&#13;
 Ondanks de netcongestie voor elektriciteit, bedrijven en maatschappelijke organisaties te ondersteunen bij het realiseren van oplossingen zonder het elektriciteitsnet extra te belasten. Hierbij kan gedacht worden aan opwek, opslag, het delen van energie of het omzetten van elektriciteit in andere energiedragers. &#13;
- </v></c><c r="E192" s="1" t="str"><v/></c><c r="F192" s="4" t="str"><v/></c><c r="G192" s="1" t="str"><v>Energietransitie</v></c><c r="H192" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I192" s="1" t="str"><v>Energie</v></c><c r="J192" s="1" t="str"><v/></c><c r="K192" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L192" s="4"><v>45392.0</v></c><c r="M192" s="1"><v>1</v></c></row><row r="193" spans="1:13" customFormat="false"><c r="A193" s="1"><v>295</v></c><c r="B193" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C193" s="1" t="str"><v>Voorstel subsidiegelden oplossingen netcongestie</v></c><c r="D193" s="1" t="str"><v xml:space="preserve">Subsidieregeling Duurzame energie zonder congestie.&#13;
+ </v></c><c r="E229" s="1" t="str"><v/></c><c r="F229" s="4" t="str"><v/></c><c r="G229" s="1" t="str"><v>Energietransitie</v></c><c r="H229" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I229" s="1" t="str"><v>Energie</v></c><c r="J229" s="1" t="str"><v/></c><c r="K229" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L229" s="4"><v>45392.0</v></c><c r="M229" s="1"><v>1</v></c></row><row r="230" spans="1:13" customFormat="false"><c r="A230" s="1"><v>295</v></c><c r="B230" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C230" s="1" t="str"><v>Voorstel subsidiegelden oplossingen netcongestie</v></c><c r="D230" s="1" t="str"><v xml:space="preserve">Subsidieregeling Duurzame energie zonder congestie.&#13;
 Ondanks de netcongestie voor elektriciteit, bedrijven en maatschappelijke organisaties te ondersteunen bij het realiseren van oplossingen zonder het elektriciteitsnet extra te belasten. Hierbij kan gedacht worden aan opwek, opslag, het delen van energie of het omzetten van elektriciteit in andere energiedragers. &#13;
- </v></c><c r="E193" s="1" t="str"><v/></c><c r="F193" s="4" t="str"><v/></c><c r="G193" s="1" t="str"><v>Energietransitie</v></c><c r="H193" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I193" s="1" t="str"><v>Energie</v></c><c r="J193" s="1" t="str"><v/></c><c r="K193" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L193" s="4"><v>45427.0</v></c><c r="M193" s="1"><v>1</v></c></row><row r="194" spans="1:13" customFormat="false"><c r="A194" s="1"><v>295</v></c><c r="B194" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C194" s="1" t="str"><v>Voorstel subsidiegelden oplossingen netcongestie</v></c><c r="D194" s="1" t="str"><v xml:space="preserve">Subsidieregeling Duurzame energie zonder congestie.&#13;
+ </v></c><c r="E230" s="1" t="str"><v/></c><c r="F230" s="4" t="str"><v/></c><c r="G230" s="1" t="str"><v>Energietransitie</v></c><c r="H230" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I230" s="1" t="str"><v>Energie</v></c><c r="J230" s="1" t="str"><v/></c><c r="K230" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L230" s="4"><v>45427.0</v></c><c r="M230" s="1"><v>1</v></c></row><row r="231" spans="1:13" customFormat="false"><c r="A231" s="1"><v>295</v></c><c r="B231" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C231" s="1" t="str"><v>Voorstel subsidiegelden oplossingen netcongestie</v></c><c r="D231" s="1" t="str"><v xml:space="preserve">Subsidieregeling Duurzame energie zonder congestie.&#13;
 Ondanks de netcongestie voor elektriciteit, bedrijven en maatschappelijke organisaties te ondersteunen bij het realiseren van oplossingen zonder het elektriciteitsnet extra te belasten. Hierbij kan gedacht worden aan opwek, opslag, het delen van energie of het omzetten van elektriciteit in andere energiedragers. &#13;
- </v></c><c r="E194" s="1" t="str"><v/></c><c r="F194" s="4" t="str"><v/></c><c r="G194" s="1" t="str"><v>Energietransitie</v></c><c r="H194" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I194" s="1" t="str"><v>Energie</v></c><c r="J194" s="1" t="str"><v/></c><c r="K194" s="1" t="str"><v>Provinciale Staten</v></c><c r="L194" s="4"><v>45441.0</v></c><c r="M194" s="1"><v>1</v></c></row><row r="195" spans="1:13" customFormat="false"><c r="A195" s="1"><v>345</v></c><c r="B195" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C195" s="1" t="str"><v>Energieperspectief Flevoland 2050 en P-Miek</v></c><c r="D195" s="1" t="str"><v/></c><c r="E195" s="1" t="str"><v/></c><c r="F195" s="4" t="str"><v/></c><c r="G195" s="1" t="str"><v>Energietransitie</v></c><c r="H195" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I195" s="1" t="str"><v>Energie</v></c><c r="J195" s="1" t="str"><v/></c><c r="K195" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L195" s="4"><v>45735.0</v></c><c r="M195" s="1"><v>1</v></c></row><row r="196" spans="1:13" customFormat="false"><c r="A196" s="1"><v>366</v></c><c r="B196" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C196" s="1" t="str"><v>Subsidieregeling thuisbatterijen</v></c><c r="D196" s="1" t="str"><v/></c><c r="E196" s="1" t="str"><v/></c><c r="F196" s="4" t="str"><v/></c><c r="G196" s="1" t="str"><v>Energietransitie</v></c><c r="H196" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I196" s="1" t="str"><v>Energie</v></c><c r="J196" s="1" t="str"><v>Het onderzoek is afgerond en de resultaten zijn met Provinciale Staten gedeeld middels een PS mededeling (3368954). Dekking vanuit brede bestemmingsreserve is onderzocht maar biedt onvoldoende ruimte om de subsidieregeling mogelijk te maken. Daarom worden aanvullende middelen meegenomen in de perspectiefnota 2025-2028.</v></c><c r="K196" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L196" s="4"><v>45839.0</v></c><c r="M196" s="1"><v>1</v></c></row><row r="197" spans="1:13" customFormat="false"><c r="A197" s="1"><v>70</v></c><c r="B197" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C197" s="1" t="str"><v>Europese Programma's (Introductieprogramma)</v></c><c r="D197" s="1" t="str"><v>Introductieprogramma Provinciale Staten: uitleg over Europese Programma's</v></c><c r="E197" s="1" t="str"><v/></c><c r="F197" s="4" t="str"><v/></c><c r="G197" s="1" t="str"><v>Europa</v></c><c r="H197" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I197" s="1" t="str"><v>Europa</v></c><c r="J197" s="1" t="str"><v>Europese Programma's als introductieprogramma-onderdeel is verschoven van 29 november 2023 naar 10/17 januari 2024 op verzoek van de ambtelijke organisatie</v></c><c r="K197" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L197" s="4"><v>45308.0</v></c><c r="M197" s="1"><v>1</v></c></row><row r="198" spans="1:13" customFormat="false"><c r="A198" s="1"><v>332</v></c><c r="B198" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C198" s="1" t="str"><v>Europese beleidsterreinen relevant voor Flevoland</v></c><c r="D198" s="1" t="str"><v xml:space="preserve">De Procedurecommissie (voorloper van het Presidium) heeft op 12 februari 2024 gevraagd om “Europa” als onderwerp periodiek (ca. 3 maal per jaar) te agenderen in de commissies EMS en/of RND, zodat de op dat moment relevante onderwerpen besproken kunnen worden. &#13;
+ </v></c><c r="E231" s="1" t="str"><v/></c><c r="F231" s="4" t="str"><v/></c><c r="G231" s="1" t="str"><v>Energietransitie</v></c><c r="H231" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I231" s="1" t="str"><v>Energie</v></c><c r="J231" s="1" t="str"><v/></c><c r="K231" s="1" t="str"><v>Provinciale Staten</v></c><c r="L231" s="4"><v>45441.0</v></c><c r="M231" s="1"><v>1</v></c></row><row r="232" spans="1:13" customFormat="false"><c r="A232" s="1"><v>345</v></c><c r="B232" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C232" s="1" t="str"><v>Energieperspectief Flevoland 2050 en P-Miek</v></c><c r="D232" s="1" t="str"><v/></c><c r="E232" s="1" t="str"><v/></c><c r="F232" s="4" t="str"><v/></c><c r="G232" s="1" t="str"><v>Energietransitie</v></c><c r="H232" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I232" s="1" t="str"><v>Energie</v></c><c r="J232" s="1" t="str"><v/></c><c r="K232" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L232" s="4"><v>45735.0</v></c><c r="M232" s="1"><v>1</v></c></row><row r="233" spans="1:13" customFormat="false"><c r="A233" s="1"><v>366</v></c><c r="B233" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C233" s="1" t="str"><v>Subsidieregeling thuisbatterijen</v></c><c r="D233" s="1" t="str"><v/></c><c r="E233" s="1" t="str"><v/></c><c r="F233" s="4" t="str"><v/></c><c r="G233" s="1" t="str"><v>Energietransitie</v></c><c r="H233" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I233" s="1" t="str"><v>Energie</v></c><c r="J233" s="1" t="str"><v>Het onderzoek is afgerond en de resultaten zijn met Provinciale Staten gedeeld middels een PS mededeling (3368954). Dekking vanuit brede bestemmingsreserve is onderzocht maar biedt onvoldoende ruimte om de subsidieregeling mogelijk te maken. Daarom worden aanvullende middelen meegenomen in de perspectiefnota 2025-2028.</v></c><c r="K233" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L233" s="4"><v>45839.0</v></c><c r="M233" s="1"><v>1</v></c></row><row r="234" spans="1:13" customFormat="false"><c r="A234" s="1"><v>70</v></c><c r="B234" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C234" s="1" t="str"><v>Europese Programma's (Introductieprogramma)</v></c><c r="D234" s="1" t="str"><v>Introductieprogramma Provinciale Staten: uitleg over Europese Programma's</v></c><c r="E234" s="1" t="str"><v/></c><c r="F234" s="4" t="str"><v/></c><c r="G234" s="1" t="str"><v>Europa</v></c><c r="H234" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I234" s="1" t="str"><v>Europa</v></c><c r="J234" s="1" t="str"><v>Europese Programma's als introductieprogramma-onderdeel is verschoven van 29 november 2023 naar 10/17 januari 2024 op verzoek van de ambtelijke organisatie</v></c><c r="K234" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L234" s="4"><v>45308.0</v></c><c r="M234" s="1"><v>1</v></c></row><row r="235" spans="1:13" customFormat="false"><c r="A235" s="1"><v>332</v></c><c r="B235" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C235" s="1" t="str"><v>Europese beleidsterreinen relevant voor Flevoland</v></c><c r="D235" s="1" t="str"><v xml:space="preserve">De Procedurecommissie (voorloper van het Presidium) heeft op 12 februari 2024 gevraagd om “Europa” als onderwerp periodiek (ca. 3 maal per jaar) te agenderen in de commissies EMS en/of RND, zodat de op dat moment relevante onderwerpen besproken kunnen worden. &#13;
 &#13;
 In september 2024 worden Statenleden geïnformeerd over een aantal Europese beleidsterreinen over onderwerpen die van belang zijn voor provincies. Deze onderwerpen komen tevens aan bod tijdens het werkbezoek dat PS op 8, 9 en 10 oktober 2024 aflegt in Brussel.&#13;
 &#13;
 Een voorstel voor volgende beeldvorming over “Europa” zou kunnen gaan over veranderingen voor Flevoland met de installatie van een nieuwe Europese Commissie, het programma van de nieuwe Europese Commissie, en het Werkprogramma’s van de Europese Commissie voor 2025.&#13;
-</v></c><c r="E198" s="1" t="str"><v/></c><c r="F198" s="4" t="str"><v/></c><c r="G198" s="1" t="str"><v>Europa</v></c><c r="H198" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I198" s="1" t="str"><v>Europa</v></c><c r="J198" s="1" t="str"><v xml:space="preserve">In november is het thema het Toekomstig Europees Meerjarig Financieel Kader - wat zijn de kansen&#13;
-en uitdagingen voor Flevoland</v></c><c r="K198" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L198" s="4"><v>45539.0</v></c><c r="M198" s="1"><v>1</v></c></row><row r="199" spans="1:13" customFormat="false"><c r="A199" s="1"><v>332</v></c><c r="B199" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C199" s="1" t="str"><v>Europese beleidsterreinen relevant voor Flevoland</v></c><c r="D199" s="1" t="str"><v xml:space="preserve">De Procedurecommissie (voorloper van het Presidium) heeft op 12 februari 2024 gevraagd om “Europa” als onderwerp periodiek (ca. 3 maal per jaar) te agenderen in de commissies EMS en/of RND, zodat de op dat moment relevante onderwerpen besproken kunnen worden. &#13;
+</v></c><c r="E235" s="1" t="str"><v/></c><c r="F235" s="4" t="str"><v/></c><c r="G235" s="1" t="str"><v>Europa</v></c><c r="H235" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I235" s="1" t="str"><v>Europa</v></c><c r="J235" s="1" t="str"><v xml:space="preserve">In november is het thema het Toekomstig Europees Meerjarig Financieel Kader - wat zijn de kansen&#13;
+en uitdagingen voor Flevoland</v></c><c r="K235" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L235" s="4"><v>45539.0</v></c><c r="M235" s="1"><v>1</v></c></row><row r="236" spans="1:13" customFormat="false"><c r="A236" s="1"><v>332</v></c><c r="B236" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C236" s="1" t="str"><v>Europese beleidsterreinen relevant voor Flevoland</v></c><c r="D236" s="1" t="str"><v xml:space="preserve">De Procedurecommissie (voorloper van het Presidium) heeft op 12 februari 2024 gevraagd om “Europa” als onderwerp periodiek (ca. 3 maal per jaar) te agenderen in de commissies EMS en/of RND, zodat de op dat moment relevante onderwerpen besproken kunnen worden. &#13;
 &#13;
 In september 2024 worden Statenleden geïnformeerd over een aantal Europese beleidsterreinen over onderwerpen die van belang zijn voor provincies. Deze onderwerpen komen tevens aan bod tijdens het werkbezoek dat PS op 8, 9 en 10 oktober 2024 aflegt in Brussel.&#13;
 &#13;
 Een voorstel voor volgende beeldvorming over “Europa” zou kunnen gaan over veranderingen voor Flevoland met de installatie van een nieuwe Europese Commissie, het programma van de nieuwe Europese Commissie, en het Werkprogramma’s van de Europese Commissie voor 2025.&#13;
-</v></c><c r="E199" s="1" t="str"><v/></c><c r="F199" s="4" t="str"><v/></c><c r="G199" s="1" t="str"><v>Europa</v></c><c r="H199" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I199" s="1" t="str"><v>Europa</v></c><c r="J199" s="1" t="str"><v xml:space="preserve">In november is het thema het Toekomstig Europees Meerjarig Financieel Kader - wat zijn de kansen&#13;
-en uitdagingen voor Flevoland</v></c><c r="K199" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L199" s="4"><v>45721.0</v></c><c r="M199" s="1"><v>1</v></c></row><row r="200" spans="1:13" customFormat="false"><c r="A200" s="1"><v>332</v></c><c r="B200" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C200" s="1" t="str"><v>Europese beleidsterreinen relevant voor Flevoland</v></c><c r="D200" s="1" t="str"><v xml:space="preserve">De Procedurecommissie (voorloper van het Presidium) heeft op 12 februari 2024 gevraagd om “Europa” als onderwerp periodiek (ca. 3 maal per jaar) te agenderen in de commissies EMS en/of RND, zodat de op dat moment relevante onderwerpen besproken kunnen worden. &#13;
+</v></c><c r="E236" s="1" t="str"><v/></c><c r="F236" s="4" t="str"><v/></c><c r="G236" s="1" t="str"><v>Europa</v></c><c r="H236" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I236" s="1" t="str"><v>Europa</v></c><c r="J236" s="1" t="str"><v xml:space="preserve">In november is het thema het Toekomstig Europees Meerjarig Financieel Kader - wat zijn de kansen&#13;
+en uitdagingen voor Flevoland</v></c><c r="K236" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L236" s="4"><v>45721.0</v></c><c r="M236" s="1"><v>1</v></c></row><row r="237" spans="1:13" customFormat="false"><c r="A237" s="1"><v>332</v></c><c r="B237" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C237" s="1" t="str"><v>Europese beleidsterreinen relevant voor Flevoland</v></c><c r="D237" s="1" t="str"><v xml:space="preserve">De Procedurecommissie (voorloper van het Presidium) heeft op 12 februari 2024 gevraagd om “Europa” als onderwerp periodiek (ca. 3 maal per jaar) te agenderen in de commissies EMS en/of RND, zodat de op dat moment relevante onderwerpen besproken kunnen worden. &#13;
 &#13;
 In september 2024 worden Statenleden geïnformeerd over een aantal Europese beleidsterreinen over onderwerpen die van belang zijn voor provincies. Deze onderwerpen komen tevens aan bod tijdens het werkbezoek dat PS op 8, 9 en 10 oktober 2024 aflegt in Brussel.&#13;
 &#13;
 Een voorstel voor volgende beeldvorming over “Europa” zou kunnen gaan over veranderingen voor Flevoland met de installatie van een nieuwe Europese Commissie, het programma van de nieuwe Europese Commissie, en het Werkprogramma’s van de Europese Commissie voor 2025.&#13;
-</v></c><c r="E200" s="1" t="str"><v/></c><c r="F200" s="4" t="str"><v/></c><c r="G200" s="1" t="str"><v>Europa</v></c><c r="H200" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I200" s="1" t="str"><v>Europa</v></c><c r="J200" s="1" t="str"><v xml:space="preserve">In november is het thema het Toekomstig Europees Meerjarig Financieel Kader - wat zijn de kansen&#13;
-en uitdagingen voor Flevoland</v></c><c r="K200" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L200" s="4"><v>45987.0</v></c><c r="M200" s="1"><v>1</v></c></row><row r="201" spans="1:13" customFormat="false"><c r="A201" s="1"><v>332</v></c><c r="B201" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C201" s="1" t="str"><v>Europese beleidsterreinen relevant voor Flevoland</v></c><c r="D201" s="1" t="str"><v xml:space="preserve">De Procedurecommissie (voorloper van het Presidium) heeft op 12 februari 2024 gevraagd om “Europa” als onderwerp periodiek (ca. 3 maal per jaar) te agenderen in de commissies EMS en/of RND, zodat de op dat moment relevante onderwerpen besproken kunnen worden. &#13;
+</v></c><c r="E237" s="1" t="str"><v/></c><c r="F237" s="4" t="str"><v/></c><c r="G237" s="1" t="str"><v>Europa</v></c><c r="H237" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I237" s="1" t="str"><v>Europa</v></c><c r="J237" s="1" t="str"><v xml:space="preserve">In november is het thema het Toekomstig Europees Meerjarig Financieel Kader - wat zijn de kansen&#13;
+en uitdagingen voor Flevoland</v></c><c r="K237" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L237" s="4"><v>45987.0</v></c><c r="M237" s="1"><v>1</v></c></row><row r="238" spans="1:13" customFormat="false"><c r="A238" s="1"><v>332</v></c><c r="B238" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C238" s="1" t="str"><v>Europese beleidsterreinen relevant voor Flevoland</v></c><c r="D238" s="1" t="str"><v xml:space="preserve">De Procedurecommissie (voorloper van het Presidium) heeft op 12 februari 2024 gevraagd om “Europa” als onderwerp periodiek (ca. 3 maal per jaar) te agenderen in de commissies EMS en/of RND, zodat de op dat moment relevante onderwerpen besproken kunnen worden. &#13;
 &#13;
 In september 2024 worden Statenleden geïnformeerd over een aantal Europese beleidsterreinen over onderwerpen die van belang zijn voor provincies. Deze onderwerpen komen tevens aan bod tijdens het werkbezoek dat PS op 8, 9 en 10 oktober 2024 aflegt in Brussel.&#13;
 &#13;
 Een voorstel voor volgende beeldvorming over “Europa” zou kunnen gaan over veranderingen voor Flevoland met de installatie van een nieuwe Europese Commissie, het programma van de nieuwe Europese Commissie, en het Werkprogramma’s van de Europese Commissie voor 2025.&#13;
-</v></c><c r="E201" s="1" t="str"><v/></c><c r="F201" s="4" t="str"><v/></c><c r="G201" s="1" t="str"><v>Europa</v></c><c r="H201" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I201" s="1" t="str"><v>Europa</v></c><c r="J201" s="1" t="str"><v xml:space="preserve">In november is het thema het Toekomstig Europees Meerjarig Financieel Kader - wat zijn de kansen&#13;
-en uitdagingen voor Flevoland</v></c><c r="K201" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L201" s="4"><v>46113.0</v></c><c r="M201" s="1"><v>0</v></c></row><row r="202" spans="1:13" customFormat="false"><c r="A202" s="1"><v>40</v></c><c r="B202" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C202" s="1" t="str"><v xml:space="preserve">Verbouwing provinciehuis </v></c><c r="D202" s="1" t="str"><v xml:space="preserve">In januari 2023 hebben Provinciale Staten besloten:&#13;
+</v></c><c r="E238" s="1" t="str"><v/></c><c r="F238" s="4" t="str"><v/></c><c r="G238" s="1" t="str"><v>Europa</v></c><c r="H238" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I238" s="1" t="str"><v>Europa</v></c><c r="J238" s="1" t="str"><v xml:space="preserve">In november is het thema het Toekomstig Europees Meerjarig Financieel Kader - wat zijn de kansen&#13;
+en uitdagingen voor Flevoland</v></c><c r="K238" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L238" s="4"><v>46113.0</v></c><c r="M238" s="1"><v>0</v></c></row><row r="239" spans="1:13" customFormat="false"><c r="A239" s="1"><v>40</v></c><c r="B239" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C239" s="1" t="str"><v xml:space="preserve">Verbouwing provinciehuis </v></c><c r="D239" s="1" t="str"><v xml:space="preserve">In januari 2023 hebben Provinciale Staten besloten:&#13;
 1. Kennis te nemen van de resultaten uit de ateliersessies gehouden met Provinciale staten met betrekking tot de verbouwing fase 2.&#13;
 2. De in de ateliersessies onderkende thema's: hospitality, ruimte, openbaarheid van bestuur, circulaire en energieneutrale provincie, vast te stellen als kaders voor verdere ontwikkeling van de inrichtingsprincipes.&#13;
 3. Naast de in de ateliersessies onderkende thema’s, de inrichting van de buitenruimte als thema mee te nemen op verzoek van Gedeputeerde Staten.&#13;
 4. Deze thema's als inrichtingsprincipes mee te geven aan de architect als input voor het ontwerp van de begane grond, inclusief Statenzaal, het restaurant en het werkgebied van de griffie.&#13;
 &#13;
-</v></c><c r="E202" s="1" t="str"><v/></c><c r="F202" s="4" t="str"><v/></c><c r="G202" s="1" t="str"><v>Facilitaire Zaken</v></c><c r="H202" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I202" s="1" t="str"><v>Facilitair &amp; Evenementen</v></c><c r="J202" s="1" t="str"><v/></c><c r="K202" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L202" s="4"><v>44937.0</v></c><c r="M202" s="1"><v>1</v></c></row><row r="203" spans="1:13" customFormat="false"><c r="A203" s="1"><v>40</v></c><c r="B203" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C203" s="1" t="str"><v xml:space="preserve">Verbouwing provinciehuis </v></c><c r="D203" s="1" t="str"><v xml:space="preserve">In januari 2023 hebben Provinciale Staten besloten:&#13;
+</v></c><c r="E239" s="1" t="str"><v/></c><c r="F239" s="4" t="str"><v/></c><c r="G239" s="1" t="str"><v>Facilitaire Zaken</v></c><c r="H239" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I239" s="1" t="str"><v>Facilitair &amp; Evenementen</v></c><c r="J239" s="1" t="str"><v/></c><c r="K239" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L239" s="4"><v>44937.0</v></c><c r="M239" s="1"><v>1</v></c></row><row r="240" spans="1:13" customFormat="false"><c r="A240" s="1"><v>40</v></c><c r="B240" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C240" s="1" t="str"><v xml:space="preserve">Verbouwing provinciehuis </v></c><c r="D240" s="1" t="str"><v xml:space="preserve">In januari 2023 hebben Provinciale Staten besloten:&#13;
 1. Kennis te nemen van de resultaten uit de ateliersessies gehouden met Provinciale staten met betrekking tot de verbouwing fase 2.&#13;
 2. De in de ateliersessies onderkende thema's: hospitality, ruimte, openbaarheid van bestuur, circulaire en energieneutrale provincie, vast te stellen als kaders voor verdere ontwikkeling van de inrichtingsprincipes.&#13;
 3. Naast de in de ateliersessies onderkende thema’s, de inrichting van de buitenruimte als thema mee te nemen op verzoek van Gedeputeerde Staten.&#13;
 4. Deze thema's als inrichtingsprincipes mee te geven aan de architect als input voor het ontwerp van de begane grond, inclusief Statenzaal, het restaurant en het werkgebied van de griffie.&#13;
 &#13;
-</v></c><c r="E203" s="1" t="str"><v/></c><c r="F203" s="4" t="str"><v/></c><c r="G203" s="1" t="str"><v>Facilitaire Zaken</v></c><c r="H203" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I203" s="1" t="str"><v>Facilitair &amp; Evenementen</v></c><c r="J203" s="1" t="str"><v/></c><c r="K203" s="1" t="str"><v>Provinciale Staten</v></c><c r="L203" s="4"><v>44951.0</v></c><c r="M203" s="1"><v>1</v></c></row><row r="204" spans="1:13" customFormat="false"><c r="A204" s="1"><v>40</v></c><c r="B204" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C204" s="1" t="str"><v xml:space="preserve">Verbouwing provinciehuis </v></c><c r="D204" s="1" t="str"><v xml:space="preserve">In januari 2023 hebben Provinciale Staten besloten:&#13;
+</v></c><c r="E240" s="1" t="str"><v/></c><c r="F240" s="4" t="str"><v/></c><c r="G240" s="1" t="str"><v>Facilitaire Zaken</v></c><c r="H240" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I240" s="1" t="str"><v>Facilitair &amp; Evenementen</v></c><c r="J240" s="1" t="str"><v/></c><c r="K240" s="1" t="str"><v>Provinciale Staten</v></c><c r="L240" s="4"><v>44951.0</v></c><c r="M240" s="1"><v>1</v></c></row><row r="241" spans="1:13" customFormat="false"><c r="A241" s="1"><v>40</v></c><c r="B241" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C241" s="1" t="str"><v xml:space="preserve">Verbouwing provinciehuis </v></c><c r="D241" s="1" t="str"><v xml:space="preserve">In januari 2023 hebben Provinciale Staten besloten:&#13;
 1. Kennis te nemen van de resultaten uit de ateliersessies gehouden met Provinciale staten met betrekking tot de verbouwing fase 2.&#13;
 2. De in de ateliersessies onderkende thema's: hospitality, ruimte, openbaarheid van bestuur, circulaire en energieneutrale provincie, vast te stellen als kaders voor verdere ontwikkeling van de inrichtingsprincipes.&#13;
 3. Naast de in de ateliersessies onderkende thema’s, de inrichting van de buitenruimte als thema mee te nemen op verzoek van Gedeputeerde Staten.&#13;
 4. Deze thema's als inrichtingsprincipes mee te geven aan de architect als input voor het ontwerp van de begane grond, inclusief Statenzaal, het restaurant en het werkgebied van de griffie.&#13;
 &#13;
-</v></c><c r="E204" s="1" t="str"><v/></c><c r="F204" s="4" t="str"><v/></c><c r="G204" s="1" t="str"><v>Facilitaire Zaken</v></c><c r="H204" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I204" s="1" t="str"><v>Facilitair &amp; Evenementen</v></c><c r="J204" s="1" t="str"><v/></c><c r="K204" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L204" s="4"><v>45672.0</v></c><c r="M204" s="1"><v>1</v></c></row><row r="205" spans="1:13" customFormat="false"><c r="A205" s="1"><v>40</v></c><c r="B205" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C205" s="1" t="str"><v xml:space="preserve">Verbouwing provinciehuis </v></c><c r="D205" s="1" t="str"><v xml:space="preserve">In januari 2023 hebben Provinciale Staten besloten:&#13;
+</v></c><c r="E241" s="1" t="str"><v/></c><c r="F241" s="4" t="str"><v/></c><c r="G241" s="1" t="str"><v>Facilitaire Zaken</v></c><c r="H241" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I241" s="1" t="str"><v>Facilitair &amp; Evenementen</v></c><c r="J241" s="1" t="str"><v/></c><c r="K241" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L241" s="4"><v>45672.0</v></c><c r="M241" s="1"><v>1</v></c></row><row r="242" spans="1:13" customFormat="false"><c r="A242" s="1"><v>40</v></c><c r="B242" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C242" s="1" t="str"><v xml:space="preserve">Verbouwing provinciehuis </v></c><c r="D242" s="1" t="str"><v xml:space="preserve">In januari 2023 hebben Provinciale Staten besloten:&#13;
 1. Kennis te nemen van de resultaten uit de ateliersessies gehouden met Provinciale staten met betrekking tot de verbouwing fase 2.&#13;
 2. De in de ateliersessies onderkende thema's: hospitality, ruimte, openbaarheid van bestuur, circulaire en energieneutrale provincie, vast te stellen als kaders voor verdere ontwikkeling van de inrichtingsprincipes.&#13;
 3. Naast de in de ateliersessies onderkende thema’s, de inrichting van de buitenruimte als thema mee te nemen op verzoek van Gedeputeerde Staten.&#13;
 4. Deze thema's als inrichtingsprincipes mee te geven aan de architect als input voor het ontwerp van de begane grond, inclusief Statenzaal, het restaurant en het werkgebied van de griffie.&#13;
 &#13;
-</v></c><c r="E205" s="1" t="str"><v/></c><c r="F205" s="4" t="str"><v/></c><c r="G205" s="1" t="str"><v>Facilitaire Zaken</v></c><c r="H205" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I205" s="1" t="str"><v>Facilitair &amp; Evenementen</v></c><c r="J205" s="1" t="str"><v/></c><c r="K205" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L205" s="4"><v>45700.0</v></c><c r="M205" s="1"><v>1</v></c></row><row r="206" spans="1:13" customFormat="false"><c r="A206" s="1"><v>40</v></c><c r="B206" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C206" s="1" t="str"><v xml:space="preserve">Verbouwing provinciehuis </v></c><c r="D206" s="1" t="str"><v xml:space="preserve">In januari 2023 hebben Provinciale Staten besloten:&#13;
+</v></c><c r="E242" s="1" t="str"><v/></c><c r="F242" s="4" t="str"><v/></c><c r="G242" s="1" t="str"><v>Facilitaire Zaken</v></c><c r="H242" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I242" s="1" t="str"><v>Facilitair &amp; Evenementen</v></c><c r="J242" s="1" t="str"><v/></c><c r="K242" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L242" s="4"><v>45700.0</v></c><c r="M242" s="1"><v>1</v></c></row><row r="243" spans="1:13" customFormat="false"><c r="A243" s="1"><v>40</v></c><c r="B243" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C243" s="1" t="str"><v xml:space="preserve">Verbouwing provinciehuis </v></c><c r="D243" s="1" t="str"><v xml:space="preserve">In januari 2023 hebben Provinciale Staten besloten:&#13;
 1. Kennis te nemen van de resultaten uit de ateliersessies gehouden met Provinciale staten met betrekking tot de verbouwing fase 2.&#13;
 2. De in de ateliersessies onderkende thema's: hospitality, ruimte, openbaarheid van bestuur, circulaire en energieneutrale provincie, vast te stellen als kaders voor verdere ontwikkeling van de inrichtingsprincipes.&#13;
 3. Naast de in de ateliersessies onderkende thema’s, de inrichting van de buitenruimte als thema mee te nemen op verzoek van Gedeputeerde Staten.&#13;
 4. Deze thema's als inrichtingsprincipes mee te geven aan de architect als input voor het ontwerp van de begane grond, inclusief Statenzaal, het restaurant en het werkgebied van de griffie.&#13;
 &#13;
-</v></c><c r="E206" s="1" t="str"><v/></c><c r="F206" s="4" t="str"><v/></c><c r="G206" s="1" t="str"><v>Facilitaire Zaken</v></c><c r="H206" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I206" s="1" t="str"><v>Facilitair &amp; Evenementen</v></c><c r="J206" s="1" t="str"><v/></c><c r="K206" s="1" t="str"><v>Provinciale Staten</v></c><c r="L206" s="4"><v>45714.0</v></c><c r="M206" s="1"><v>1</v></c></row><row r="207" spans="1:13" customFormat="false"><c r="A207" s="1"><v>3</v></c><c r="B207" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C207" s="1" t="str"><v>Programmabegroting 2023</v></c><c r="D207" s="1" t="str"><v/></c><c r="E207" s="1" t="str"><v/></c><c r="F207" s="4" t="str"><v/></c><c r="G207" s="1" t="str"><v>Financiën</v></c><c r="H207" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I207" s="1" t="str"><v>Financiën</v></c><c r="J207" s="1"/><c r="K207" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L207" s="4"><v>44832.0</v></c><c r="M207" s="1"><v>1</v></c></row><row r="208" spans="1:13" customFormat="false"><c r="A208" s="1"><v>3</v></c><c r="B208" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C208" s="1" t="str"><v>Programmabegroting 2023</v></c><c r="D208" s="1" t="str"><v/></c><c r="E208" s="1" t="str"><v/></c><c r="F208" s="4" t="str"><v/></c><c r="G208" s="1" t="str"><v>Financiën</v></c><c r="H208" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I208" s="1" t="str"><v>Financiën</v></c><c r="J208" s="1"/><c r="K208" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L208" s="4"><v>44860.0</v></c><c r="M208" s="1"><v>1</v></c></row><row r="209" spans="1:13" customFormat="false"><c r="A209" s="1"><v>3</v></c><c r="B209" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C209" s="1" t="str"><v>Programmabegroting 2023</v></c><c r="D209" s="1" t="str"><v/></c><c r="E209" s="1" t="str"><v/></c><c r="F209" s="4" t="str"><v/></c><c r="G209" s="1" t="str"><v>Financiën</v></c><c r="H209" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I209" s="1" t="str"><v>Financiën</v></c><c r="J209" s="1"/><c r="K209" s="1" t="str"><v>Provinciale Staten</v></c><c r="L209" s="4"><v>44874.0</v></c><c r="M209" s="1"><v>1</v></c></row><row r="210" spans="1:13" customFormat="false"><c r="A210" s="1"><v>4</v></c><c r="B210" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C210" s="1" t="str"><v>Zomernota 2022</v></c><c r="D210" s="1" t="str"><v/></c><c r="E210" s="1" t="str"><v/></c><c r="F210" s="4" t="str"><v/></c><c r="G210" s="1" t="str"><v>Financiën</v></c><c r="H210" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I210" s="1" t="str"><v>Financiën</v></c><c r="J210" s="1" t="str"><v/></c><c r="K210" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L210" s="4"><v>44727.0</v></c><c r="M210" s="1"><v>1</v></c></row><row r="211" spans="1:13" customFormat="false"><c r="A211" s="1"><v>4</v></c><c r="B211" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C211" s="1" t="str"><v>Zomernota 2022</v></c><c r="D211" s="1" t="str"><v/></c><c r="E211" s="1" t="str"><v/></c><c r="F211" s="4" t="str"><v/></c><c r="G211" s="1" t="str"><v>Financiën</v></c><c r="H211" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I211" s="1" t="str"><v>Financiën</v></c><c r="J211" s="1" t="str"><v/></c><c r="K211" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L211" s="4"><v>44748.0</v></c><c r="M211" s="1"><v>1</v></c></row><row r="212" spans="1:13" customFormat="false"><c r="A212" s="1"><v>4</v></c><c r="B212" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C212" s="1" t="str"><v>Zomernota 2022</v></c><c r="D212" s="1" t="str"><v/></c><c r="E212" s="1" t="str"><v/></c><c r="F212" s="4" t="str"><v/></c><c r="G212" s="1" t="str"><v>Financiën</v></c><c r="H212" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I212" s="1" t="str"><v>Financiën</v></c><c r="J212" s="1" t="str"><v/></c><c r="K212" s="1" t="str"><v>Provinciale Staten</v></c><c r="L212" s="4"><v>44755.0</v></c><c r="M212" s="1"><v>1</v></c></row><row r="213" spans="1:13" customFormat="false"><c r="A213" s="1"><v>7</v></c><c r="B213" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C213" s="1" t="str"><v>Perspectiefnota 2023-2026</v></c><c r="D213" s="1" t="str"><v/></c><c r="E213" s="1" t="str"><v/></c><c r="F213" s="4" t="str"><v/></c><c r="G213" s="1" t="str"><v>Financiën</v></c><c r="H213" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I213" s="1" t="str"><v>Financiën</v></c><c r="J213" s="1"/><c r="K213" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L213" s="4"><v>44699.0</v></c><c r="M213" s="1"><v>1</v></c></row><row r="214" spans="1:13" customFormat="false"><c r="A214" s="1"><v>7</v></c><c r="B214" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C214" s="1" t="str"><v>Perspectiefnota 2023-2026</v></c><c r="D214" s="1" t="str"><v/></c><c r="E214" s="1" t="str"><v/></c><c r="F214" s="4" t="str"><v/></c><c r="G214" s="1" t="str"><v>Financiën</v></c><c r="H214" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I214" s="1" t="str"><v>Financiën</v></c><c r="J214" s="1"/><c r="K214" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L214" s="4"><v>44720.0</v></c><c r="M214" s="1"><v>1</v></c></row><row r="215" spans="1:13" customFormat="false"><c r="A215" s="1"><v>7</v></c><c r="B215" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C215" s="1" t="str"><v>Perspectiefnota 2023-2026</v></c><c r="D215" s="1" t="str"><v/></c><c r="E215" s="1" t="str"><v/></c><c r="F215" s="4" t="str"><v/></c><c r="G215" s="1" t="str"><v>Financiën</v></c><c r="H215" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I215" s="1" t="str"><v>Financiën</v></c><c r="J215" s="1"/><c r="K215" s="1" t="str"><v>Provinciale Staten</v></c><c r="L215" s="4"><v>44741.0</v></c><c r="M215" s="1"><v>1</v></c></row><row r="216" spans="1:13" customFormat="false"><c r="A216" s="1"><v>10</v></c><c r="B216" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C216" s="1" t="str"><v>Jaarstukken 2022</v></c><c r="D216" s="1" t="str"><v/></c><c r="E216" s="1" t="str"><v/></c><c r="F216" s="4" t="str"><v/></c><c r="G216" s="1" t="str"><v>Financiën</v></c><c r="H216" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I216" s="1" t="str"><v>Financiën</v></c><c r="J216" s="1" t="str"><v/></c><c r="K216" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L216" s="4"><v>45056.0</v></c><c r="M216" s="1"><v>1</v></c></row><row r="217" spans="1:13" customFormat="false"><c r="A217" s="1"><v>10</v></c><c r="B217" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C217" s="1" t="str"><v>Jaarstukken 2022</v></c><c r="D217" s="1" t="str"><v/></c><c r="E217" s="1" t="str"><v/></c><c r="F217" s="4" t="str"><v/></c><c r="G217" s="1" t="str"><v>Financiën</v></c><c r="H217" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I217" s="1" t="str"><v>Financiën</v></c><c r="J217" s="1" t="str"><v/></c><c r="K217" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L217" s="4"><v>45091.0</v></c><c r="M217" s="1"><v>1</v></c></row><row r="218" spans="1:13" customFormat="false"><c r="A218" s="1"><v>10</v></c><c r="B218" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C218" s="1" t="str"><v>Jaarstukken 2022</v></c><c r="D218" s="1" t="str"><v/></c><c r="E218" s="1" t="str"><v/></c><c r="F218" s="4" t="str"><v/></c><c r="G218" s="1" t="str"><v>Financiën</v></c><c r="H218" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I218" s="1" t="str"><v>Financiën</v></c><c r="J218" s="1" t="str"><v/></c><c r="K218" s="1" t="str"><v>Provinciale Staten</v></c><c r="L218" s="4"><v>45105.0</v></c><c r="M218" s="1"><v>1</v></c></row><row r="219" spans="1:13" customFormat="false"><c r="A219" s="1"><v>11</v></c><c r="B219" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C219" s="1" t="str"><v>Zomernota 2023</v></c><c r="D219" s="1" t="str"><v/></c><c r="E219" s="1" t="str"><v/></c><c r="F219" s="4" t="str"><v/></c><c r="G219" s="1" t="str"><v>Financiën</v></c><c r="H219" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I219" s="1" t="str"><v>Financiën</v></c><c r="J219" s="1" t="str"><v/></c><c r="K219" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L219" s="4"><v>45091.0</v></c><c r="M219" s="1"><v>1</v></c></row><row r="220" spans="1:13" customFormat="false"><c r="A220" s="1"><v>11</v></c><c r="B220" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C220" s="1" t="str"><v>Zomernota 2023</v></c><c r="D220" s="1" t="str"><v/></c><c r="E220" s="1" t="str"><v/></c><c r="F220" s="4" t="str"><v/></c><c r="G220" s="1" t="str"><v>Financiën</v></c><c r="H220" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I220" s="1" t="str"><v>Financiën</v></c><c r="J220" s="1" t="str"><v/></c><c r="K220" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L220" s="4"><v>45112.0</v></c><c r="M220" s="1"><v>1</v></c></row><row r="221" spans="1:13" customFormat="false"><c r="A221" s="1"><v>11</v></c><c r="B221" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C221" s="1" t="str"><v>Zomernota 2023</v></c><c r="D221" s="1" t="str"><v/></c><c r="E221" s="1" t="str"><v/></c><c r="F221" s="4" t="str"><v/></c><c r="G221" s="1" t="str"><v>Financiën</v></c><c r="H221" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I221" s="1" t="str"><v>Financiën</v></c><c r="J221" s="1" t="str"><v/></c><c r="K221" s="1" t="str"><v>Provinciale Staten</v></c><c r="L221" s="4"><v>45126.0</v></c><c r="M221" s="1"><v>1</v></c></row><row r="222" spans="1:13" customFormat="false"><c r="A222" s="1"><v>12</v></c><c r="B222" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C222" s="1" t="str"><v>"Perspectiefnota" 2024-2027 --&gt; Financieel Perspectief</v></c><c r="D222" s="1" t="str"><v/></c><c r="E222" s="1" t="str"><v/></c><c r="F222" s="4"><v>45040.0</v></c><c r="G222" s="1" t="str"><v>Financiën</v></c><c r="H222" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I222" s="1" t="str"><v>Financiën</v></c><c r="J222" s="1" t="str"><v/></c><c r="K222" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L222" s="4"><v>45091.0</v></c><c r="M222" s="1"><v>1</v></c></row><row r="223" spans="1:13" customFormat="false"><c r="A223" s="1"><v>12</v></c><c r="B223" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C223" s="1" t="str"><v>"Perspectiefnota" 2024-2027 --&gt; Financieel Perspectief</v></c><c r="D223" s="1" t="str"><v/></c><c r="E223" s="1" t="str"><v/></c><c r="F223" s="4"><v>45040.0</v></c><c r="G223" s="1" t="str"><v>Financiën</v></c><c r="H223" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I223" s="1" t="str"><v>Financiën</v></c><c r="J223" s="1" t="str"><v/></c><c r="K223" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L223" s="4"><v>45091.0</v></c><c r="M223" s="1"><v>1</v></c></row><row r="224" spans="1:13" customFormat="false"><c r="A224" s="1"><v>32</v></c><c r="B224" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C224" s="1" t="str"><v>Boardletter (Accountant)</v></c><c r="D224" s="1" t="str"><v/></c><c r="E224" s="1" t="str"><v/></c><c r="F224" s="4" t="str"><v/></c><c r="G224" s="1" t="str"><v>Financiën</v></c><c r="H224" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I224" s="1" t="str"><v>Financiën</v></c><c r="J224" s="1"/><c r="K224" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L224" s="4"><v>44937.0</v></c><c r="M224" s="1"><v>1</v></c></row><row r="225" spans="1:13" customFormat="false"><c r="A225" s="1"><v>67</v></c><c r="B225" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C225" s="1" t="str"><v>Programmabegroting 2024</v></c><c r="D225" s="1" t="str"><v/></c><c r="E225" s="1" t="str"><v/></c><c r="F225" s="4" t="str"><v/></c><c r="G225" s="1" t="str"><v>Financiën</v></c><c r="H225" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I225" s="1" t="str"><v>Financiën</v></c><c r="J225" s="1" t="str"><v/></c><c r="K225" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L225" s="4"><v>45210.0</v></c><c r="M225" s="1"><v>1</v></c></row><row r="226" spans="1:13" customFormat="false"><c r="A226" s="1"><v>67</v></c><c r="B226" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C226" s="1" t="str"><v>Programmabegroting 2024</v></c><c r="D226" s="1" t="str"><v/></c><c r="E226" s="1" t="str"><v/></c><c r="F226" s="4" t="str"><v/></c><c r="G226" s="1" t="str"><v>Financiën</v></c><c r="H226" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I226" s="1" t="str"><v>Financiën</v></c><c r="J226" s="1" t="str"><v/></c><c r="K226" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L226" s="4"><v>45231.0</v></c><c r="M226" s="1"><v>1</v></c></row><row r="227" spans="1:13" customFormat="false"><c r="A227" s="1"><v>67</v></c><c r="B227" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C227" s="1" t="str"><v>Programmabegroting 2024</v></c><c r="D227" s="1" t="str"><v/></c><c r="E227" s="1" t="str"><v/></c><c r="F227" s="4" t="str"><v/></c><c r="G227" s="1" t="str"><v>Financiën</v></c><c r="H227" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I227" s="1" t="str"><v>Financiën</v></c><c r="J227" s="1" t="str"><v/></c><c r="K227" s="1" t="str"><v>Provinciale Staten</v></c><c r="L227" s="4"><v>45238.0</v></c><c r="M227" s="1"><v>1</v></c></row><row r="228" spans="1:13" customFormat="false"><c r="A228" s="1"><v>80</v></c><c r="B228" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C228" s="1" t="str"><v>Accountantsverslag 2022</v></c><c r="D228" s="1" t="str"><v xml:space="preserve">Toelichting accountant op de goedkeuring Jaarstukken </v></c><c r="E228" s="1" t="str"><v/></c><c r="F228" s="4" t="str"><v/></c><c r="G228" s="1" t="str"><v>Financiën</v></c><c r="H228" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I228" s="1" t="str"><v>Statengriffie</v></c><c r="J228" s="1"/><c r="K228" s="1"/><c r="L228" s="4" t="str"><v/></c><c r="M228" s="1"/></row><row r="229" spans="1:13" customFormat="false"><c r="A229" s="1"><v>134</v></c><c r="B229" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C229" s="1" t="str"><v>Perspectiefnota</v></c><c r="D229" s="1" t="str"><v/></c><c r="E229" s="1" t="str"><v/></c><c r="F229" s="4" t="str"><v/></c><c r="G229" s="1" t="str"><v>Financiën</v></c><c r="H229" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I229" s="1" t="str"><v>Financiën</v></c><c r="J229" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K229" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L229" s="4"><v>45392.0</v></c><c r="M229" s="1"><v>1</v></c></row><row r="230" spans="1:13" customFormat="false"><c r="A230" s="1"><v>134</v></c><c r="B230" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C230" s="1" t="str"><v>Perspectiefnota</v></c><c r="D230" s="1" t="str"><v/></c><c r="E230" s="1" t="str"><v/></c><c r="F230" s="4" t="str"><v/></c><c r="G230" s="1" t="str"><v>Financiën</v></c><c r="H230" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I230" s="1" t="str"><v>Financiën</v></c><c r="J230" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K230" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L230" s="4"><v>45427.0</v></c><c r="M230" s="1"><v>1</v></c></row><row r="231" spans="1:13" customFormat="false"><c r="A231" s="1"><v>134</v></c><c r="B231" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C231" s="1" t="str"><v>Perspectiefnota</v></c><c r="D231" s="1" t="str"><v/></c><c r="E231" s="1" t="str"><v/></c><c r="F231" s="4" t="str"><v/></c><c r="G231" s="1" t="str"><v>Financiën</v></c><c r="H231" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I231" s="1" t="str"><v>Financiën</v></c><c r="J231" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K231" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L231" s="4"><v>45455.0</v></c><c r="M231" s="1"><v>1</v></c></row><row r="232" spans="1:13" customFormat="false"><c r="A232" s="1"><v>134</v></c><c r="B232" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C232" s="1" t="str"><v>Perspectiefnota</v></c><c r="D232" s="1" t="str"><v/></c><c r="E232" s="1" t="str"><v/></c><c r="F232" s="4" t="str"><v/></c><c r="G232" s="1" t="str"><v>Financiën</v></c><c r="H232" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I232" s="1" t="str"><v>Financiën</v></c><c r="J232" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K232" s="1" t="str"><v>Provinciale Staten</v></c><c r="L232" s="4"><v>45469.0</v></c><c r="M232" s="1"><v>1</v></c></row><row r="233" spans="1:13" customFormat="false"><c r="A233" s="1"><v>134</v></c><c r="B233" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C233" s="1" t="str"><v>Perspectiefnota</v></c><c r="D233" s="1" t="str"><v/></c><c r="E233" s="1" t="str"><v/></c><c r="F233" s="4" t="str"><v/></c><c r="G233" s="1" t="str"><v>Financiën</v></c><c r="H233" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I233" s="1" t="str"><v>Financiën</v></c><c r="J233" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K233" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L233" s="4"><v>45791.0</v></c><c r="M233" s="1"><v>1</v></c></row><row r="234" spans="1:13" customFormat="false"><c r="A234" s="1"><v>134</v></c><c r="B234" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C234" s="1" t="str"><v>Perspectiefnota</v></c><c r="D234" s="1" t="str"><v/></c><c r="E234" s="1" t="str"><v/></c><c r="F234" s="4" t="str"><v/></c><c r="G234" s="1" t="str"><v>Financiën</v></c><c r="H234" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I234" s="1" t="str"><v>Financiën</v></c><c r="J234" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K234" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L234" s="4"><v>45812.0</v></c><c r="M234" s="1"><v>1</v></c></row><row r="235" spans="1:13" customFormat="false"><c r="A235" s="1"><v>134</v></c><c r="B235" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C235" s="1" t="str"><v>Perspectiefnota</v></c><c r="D235" s="1" t="str"><v/></c><c r="E235" s="1" t="str"><v/></c><c r="F235" s="4" t="str"><v/></c><c r="G235" s="1" t="str"><v>Financiën</v></c><c r="H235" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I235" s="1" t="str"><v>Financiën</v></c><c r="J235" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K235" s="1" t="str"><v>Provinciale Staten</v></c><c r="L235" s="4"><v>45826.0</v></c><c r="M235" s="1"><v>1</v></c></row><row r="236" spans="1:13" customFormat="false"><c r="A236" s="1"><v>135</v></c><c r="B236" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C236" s="1" t="str"><v>Jaarstukken</v></c><c r="D236" s="1" t="str"><v/></c><c r="E236" s="1" t="str"><v/></c><c r="F236" s="4" t="str"><v/></c><c r="G236" s="1" t="str"><v>Financiën</v></c><c r="H236" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I236" s="1" t="str"><v>Financiën</v></c><c r="J236" s="1" t="str"><v xml:space="preserve">Het Presidium heeft op 7 april ingestemd met de nazending van de Jaarstukken 2024 (en bijlagen) op 9 mei 2025. &#13;
+</v></c><c r="E243" s="1" t="str"><v/></c><c r="F243" s="4" t="str"><v/></c><c r="G243" s="1" t="str"><v>Facilitaire Zaken</v></c><c r="H243" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I243" s="1" t="str"><v>Facilitair &amp; Evenementen</v></c><c r="J243" s="1" t="str"><v/></c><c r="K243" s="1" t="str"><v>Provinciale Staten</v></c><c r="L243" s="4"><v>45714.0</v></c><c r="M243" s="1"><v>1</v></c></row><row r="244" spans="1:13" customFormat="false"><c r="A244" s="1"><v>32</v></c><c r="B244" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C244" s="1" t="str"><v>Boardletter (Accountant)</v></c><c r="D244" s="1" t="str"><v/></c><c r="E244" s="1" t="str"><v/></c><c r="F244" s="4" t="str"><v/></c><c r="G244" s="1" t="str"><v>Financiën</v></c><c r="H244" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I244" s="1" t="str"><v>Financiën</v></c><c r="J244" s="1"/><c r="K244" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L244" s="4"><v>44937.0</v></c><c r="M244" s="1"><v>1</v></c></row><row r="245" spans="1:13" customFormat="false"><c r="A245" s="1"><v>80</v></c><c r="B245" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C245" s="1" t="str"><v>Accountantsverslag 2022</v></c><c r="D245" s="1" t="str"><v xml:space="preserve">Toelichting accountant op de goedkeuring Jaarstukken </v></c><c r="E245" s="1" t="str"><v/></c><c r="F245" s="4" t="str"><v/></c><c r="G245" s="1" t="str"><v>Financiën</v></c><c r="H245" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I245" s="1" t="str"><v>Statengriffie</v></c><c r="J245" s="1"/><c r="K245" s="1"/><c r="L245" s="4" t="str"><v/></c><c r="M245" s="1"/></row><row r="246" spans="1:13" customFormat="false"><c r="A246" s="1"><v>134</v></c><c r="B246" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C246" s="1" t="str"><v>Perspectiefnota Provincie Flevoland</v></c><c r="D246" s="1" t="str"><v/></c><c r="E246" s="1" t="str"><v/></c><c r="F246" s="4" t="str"><v/></c><c r="G246" s="1" t="str"><v>Financiën</v></c><c r="H246" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I246" s="1" t="str"><v>Financiën</v></c><c r="J246" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K246" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L246" s="4"><v>44699.0</v></c><c r="M246" s="1"><v>1</v></c></row><row r="247" spans="1:13" customFormat="false"><c r="A247" s="1"><v>134</v></c><c r="B247" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C247" s="1" t="str"><v>Perspectiefnota Provincie Flevoland</v></c><c r="D247" s="1" t="str"><v/></c><c r="E247" s="1" t="str"><v/></c><c r="F247" s="4" t="str"><v/></c><c r="G247" s="1" t="str"><v>Financiën</v></c><c r="H247" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I247" s="1" t="str"><v>Financiën</v></c><c r="J247" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K247" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L247" s="4"><v>44720.0</v></c><c r="M247" s="1"><v>1</v></c></row><row r="248" spans="1:13" customFormat="false"><c r="A248" s="1"><v>134</v></c><c r="B248" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C248" s="1" t="str"><v>Perspectiefnota Provincie Flevoland</v></c><c r="D248" s="1" t="str"><v/></c><c r="E248" s="1" t="str"><v/></c><c r="F248" s="4" t="str"><v/></c><c r="G248" s="1" t="str"><v>Financiën</v></c><c r="H248" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I248" s="1" t="str"><v>Financiën</v></c><c r="J248" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K248" s="1" t="str"><v>Provinciale Staten</v></c><c r="L248" s="4"><v>44741.0</v></c><c r="M248" s="1"><v>1</v></c></row><row r="249" spans="1:13" customFormat="false"><c r="A249" s="1"><v>134</v></c><c r="B249" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C249" s="1" t="str"><v>Perspectiefnota Provincie Flevoland</v></c><c r="D249" s="1" t="str"><v/></c><c r="E249" s="1" t="str"><v/></c><c r="F249" s="4" t="str"><v/></c><c r="G249" s="1" t="str"><v>Financiën</v></c><c r="H249" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I249" s="1" t="str"><v>Financiën</v></c><c r="J249" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K249" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L249" s="4"><v>45091.0</v></c><c r="M249" s="1"><v>1</v></c></row><row r="250" spans="1:13" customFormat="false"><c r="A250" s="1"><v>134</v></c><c r="B250" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C250" s="1" t="str"><v>Perspectiefnota Provincie Flevoland</v></c><c r="D250" s="1" t="str"><v/></c><c r="E250" s="1" t="str"><v/></c><c r="F250" s="4" t="str"><v/></c><c r="G250" s="1" t="str"><v>Financiën</v></c><c r="H250" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I250" s="1" t="str"><v>Financiën</v></c><c r="J250" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K250" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L250" s="4"><v>45392.0</v></c><c r="M250" s="1"><v>1</v></c></row><row r="251" spans="1:13" customFormat="false"><c r="A251" s="1"><v>134</v></c><c r="B251" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C251" s="1" t="str"><v>Perspectiefnota Provincie Flevoland</v></c><c r="D251" s="1" t="str"><v/></c><c r="E251" s="1" t="str"><v/></c><c r="F251" s="4" t="str"><v/></c><c r="G251" s="1" t="str"><v>Financiën</v></c><c r="H251" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I251" s="1" t="str"><v>Financiën</v></c><c r="J251" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K251" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L251" s="4"><v>45427.0</v></c><c r="M251" s="1"><v>1</v></c></row><row r="252" spans="1:13" customFormat="false"><c r="A252" s="1"><v>134</v></c><c r="B252" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C252" s="1" t="str"><v>Perspectiefnota Provincie Flevoland</v></c><c r="D252" s="1" t="str"><v/></c><c r="E252" s="1" t="str"><v/></c><c r="F252" s="4" t="str"><v/></c><c r="G252" s="1" t="str"><v>Financiën</v></c><c r="H252" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I252" s="1" t="str"><v>Financiën</v></c><c r="J252" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K252" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L252" s="4"><v>45455.0</v></c><c r="M252" s="1"><v>1</v></c></row><row r="253" spans="1:13" customFormat="false"><c r="A253" s="1"><v>134</v></c><c r="B253" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C253" s="1" t="str"><v>Perspectiefnota Provincie Flevoland</v></c><c r="D253" s="1" t="str"><v/></c><c r="E253" s="1" t="str"><v/></c><c r="F253" s="4" t="str"><v/></c><c r="G253" s="1" t="str"><v>Financiën</v></c><c r="H253" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I253" s="1" t="str"><v>Financiën</v></c><c r="J253" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K253" s="1" t="str"><v>Provinciale Staten</v></c><c r="L253" s="4"><v>45469.0</v></c><c r="M253" s="1"><v>1</v></c></row><row r="254" spans="1:13" customFormat="false"><c r="A254" s="1"><v>134</v></c><c r="B254" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C254" s="1" t="str"><v>Perspectiefnota Provincie Flevoland</v></c><c r="D254" s="1" t="str"><v/></c><c r="E254" s="1" t="str"><v/></c><c r="F254" s="4" t="str"><v/></c><c r="G254" s="1" t="str"><v>Financiën</v></c><c r="H254" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I254" s="1" t="str"><v>Financiën</v></c><c r="J254" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K254" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L254" s="4"><v>45791.0</v></c><c r="M254" s="1"><v>1</v></c></row><row r="255" spans="1:13" customFormat="false"><c r="A255" s="1"><v>134</v></c><c r="B255" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C255" s="1" t="str"><v>Perspectiefnota Provincie Flevoland</v></c><c r="D255" s="1" t="str"><v/></c><c r="E255" s="1" t="str"><v/></c><c r="F255" s="4" t="str"><v/></c><c r="G255" s="1" t="str"><v>Financiën</v></c><c r="H255" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I255" s="1" t="str"><v>Financiën</v></c><c r="J255" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K255" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L255" s="4"><v>45812.0</v></c><c r="M255" s="1"><v>1</v></c></row><row r="256" spans="1:13" customFormat="false"><c r="A256" s="1"><v>134</v></c><c r="B256" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C256" s="1" t="str"><v>Perspectiefnota Provincie Flevoland</v></c><c r="D256" s="1" t="str"><v/></c><c r="E256" s="1" t="str"><v/></c><c r="F256" s="4" t="str"><v/></c><c r="G256" s="1" t="str"><v>Financiën</v></c><c r="H256" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I256" s="1" t="str"><v>Financiën</v></c><c r="J256" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K256" s="1" t="str"><v>Provinciale Staten</v></c><c r="L256" s="4"><v>45826.0</v></c><c r="M256" s="1"><v>1</v></c></row><row r="257" spans="1:13" customFormat="false"><c r="A257" s="1"><v>134</v></c><c r="B257" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C257" s="1" t="str"><v>Perspectiefnota Provincie Flevoland</v></c><c r="D257" s="1" t="str"><v/></c><c r="E257" s="1" t="str"><v/></c><c r="F257" s="4" t="str"><v/></c><c r="G257" s="1" t="str"><v>Financiën</v></c><c r="H257" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I257" s="1" t="str"><v>Financiën</v></c><c r="J257" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K257" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L257" s="4"><v>46176.0</v></c><c r="M257" s="1"><v>0</v></c></row><row r="258" spans="1:13" customFormat="false"><c r="A258" s="1"><v>134</v></c><c r="B258" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C258" s="1" t="str"><v>Perspectiefnota Provincie Flevoland</v></c><c r="D258" s="1" t="str"><v/></c><c r="E258" s="1" t="str"><v/></c><c r="F258" s="4" t="str"><v/></c><c r="G258" s="1" t="str"><v>Financiën</v></c><c r="H258" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I258" s="1" t="str"><v>Financiën</v></c><c r="J258" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K258" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L258" s="4"><v>46183.0</v></c><c r="M258" s="1"><v>0</v></c></row><row r="259" spans="1:13" customFormat="false"><c r="A259" s="1"><v>134</v></c><c r="B259" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C259" s="1" t="str"><v>Perspectiefnota Provincie Flevoland</v></c><c r="D259" s="1" t="str"><v/></c><c r="E259" s="1" t="str"><v/></c><c r="F259" s="4" t="str"><v/></c><c r="G259" s="1" t="str"><v>Financiën</v></c><c r="H259" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I259" s="1" t="str"><v>Financiën</v></c><c r="J259" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K259" s="1" t="str"><v>Provinciale Staten</v></c><c r="L259" s="4"><v>46197.0</v></c><c r="M259" s="1"><v>0</v></c></row><row r="260" spans="1:13" customFormat="false"><c r="A260" s="1"><v>134</v></c><c r="B260" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C260" s="1" t="str"><v>Perspectiefnota Provincie Flevoland</v></c><c r="D260" s="1" t="str"><v/></c><c r="E260" s="1" t="str"><v/></c><c r="F260" s="4" t="str"><v/></c><c r="G260" s="1" t="str"><v>Financiën</v></c><c r="H260" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I260" s="1" t="str"><v>Financiën</v></c><c r="J260" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Perspectiefnota 2026-2029 op 2 mei 2025.</v></c><c r="K260" s="1" t="str"><v>Provinciale Staten</v></c><c r="L260" s="4"><v>46204.0</v></c><c r="M260" s="1"><v>0</v></c></row><row r="261" spans="1:13" customFormat="false"><c r="A261" s="1"><v>135</v></c><c r="B261" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C261" s="1" t="str"><v>Jaarstukken - Provincie Flevoland</v></c><c r="D261" s="1" t="str"><v/></c><c r="E261" s="1" t="str"><v/></c><c r="F261" s="4" t="str"><v/></c><c r="G261" s="1" t="str"><v>Financiën</v></c><c r="H261" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I261" s="1" t="str"><v>Financiën</v></c><c r="J261" s="1" t="str"><v xml:space="preserve">Het Presidium heeft op 7 april ingestemd met de nazending van de Jaarstukken 2024 (en bijlagen) op 9 mei 2025. &#13;
 Dit na aanleiding van de mededeling dat het college de jaarstukken pas op 6 mei kan vaststellen wegens vertraging bij de accountant.&#13;
 Het Presidium heeft namens de Staten aan de accountant gevraagd waarom er vertraging is opgetreden en deze reactie per brief &#13;
 te verwoorden aan de Staten.&#13;
 De termijnen voor indienen en beantwoorden technische vragen--&gt;indienen op 16 mei 2025, beantwoording op 28 mei 2025 (met eventuele uitloop naar 2 juni 2025);&#13;
 &#13;
-</v></c><c r="K236" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L236" s="4"><v>45427.0</v></c><c r="M236" s="1"><v>1</v></c></row><row r="237" spans="1:13" customFormat="false"><c r="A237" s="1"><v>135</v></c><c r="B237" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C237" s="1" t="str"><v>Jaarstukken</v></c><c r="D237" s="1" t="str"><v/></c><c r="E237" s="1" t="str"><v/></c><c r="F237" s="4" t="str"><v/></c><c r="G237" s="1" t="str"><v>Financiën</v></c><c r="H237" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I237" s="1" t="str"><v>Financiën</v></c><c r="J237" s="1" t="str"><v xml:space="preserve">Het Presidium heeft op 7 april ingestemd met de nazending van de Jaarstukken 2024 (en bijlagen) op 9 mei 2025. &#13;
+</v></c><c r="K261" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L261" s="4"><v>45056.0</v></c><c r="M261" s="1"><v>1</v></c></row><row r="262" spans="1:13" customFormat="false"><c r="A262" s="1"><v>135</v></c><c r="B262" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C262" s="1" t="str"><v>Jaarstukken - Provincie Flevoland</v></c><c r="D262" s="1" t="str"><v/></c><c r="E262" s="1" t="str"><v/></c><c r="F262" s="4" t="str"><v/></c><c r="G262" s="1" t="str"><v>Financiën</v></c><c r="H262" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I262" s="1" t="str"><v>Financiën</v></c><c r="J262" s="1" t="str"><v xml:space="preserve">Het Presidium heeft op 7 april ingestemd met de nazending van de Jaarstukken 2024 (en bijlagen) op 9 mei 2025. &#13;
 Dit na aanleiding van de mededeling dat het college de jaarstukken pas op 6 mei kan vaststellen wegens vertraging bij de accountant.&#13;
 Het Presidium heeft namens de Staten aan de accountant gevraagd waarom er vertraging is opgetreden en deze reactie per brief &#13;
 te verwoorden aan de Staten.&#13;
 De termijnen voor indienen en beantwoorden technische vragen--&gt;indienen op 16 mei 2025, beantwoording op 28 mei 2025 (met eventuele uitloop naar 2 juni 2025);&#13;
 &#13;
-</v></c><c r="K237" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L237" s="4"><v>45448.0</v></c><c r="M237" s="1"><v>1</v></c></row><row r="238" spans="1:13" customFormat="false"><c r="A238" s="1"><v>135</v></c><c r="B238" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C238" s="1" t="str"><v>Jaarstukken</v></c><c r="D238" s="1" t="str"><v/></c><c r="E238" s="1" t="str"><v/></c><c r="F238" s="4" t="str"><v/></c><c r="G238" s="1" t="str"><v>Financiën</v></c><c r="H238" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I238" s="1" t="str"><v>Financiën</v></c><c r="J238" s="1" t="str"><v xml:space="preserve">Het Presidium heeft op 7 april ingestemd met de nazending van de Jaarstukken 2024 (en bijlagen) op 9 mei 2025. &#13;
+</v></c><c r="K262" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L262" s="4"><v>45091.0</v></c><c r="M262" s="1"><v>1</v></c></row><row r="263" spans="1:13" customFormat="false"><c r="A263" s="1"><v>135</v></c><c r="B263" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C263" s="1" t="str"><v>Jaarstukken - Provincie Flevoland</v></c><c r="D263" s="1" t="str"><v/></c><c r="E263" s="1" t="str"><v/></c><c r="F263" s="4" t="str"><v/></c><c r="G263" s="1" t="str"><v>Financiën</v></c><c r="H263" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I263" s="1" t="str"><v>Financiën</v></c><c r="J263" s="1" t="str"><v xml:space="preserve">Het Presidium heeft op 7 april ingestemd met de nazending van de Jaarstukken 2024 (en bijlagen) op 9 mei 2025. &#13;
 Dit na aanleiding van de mededeling dat het college de jaarstukken pas op 6 mei kan vaststellen wegens vertraging bij de accountant.&#13;
 Het Presidium heeft namens de Staten aan de accountant gevraagd waarom er vertraging is opgetreden en deze reactie per brief &#13;
 te verwoorden aan de Staten.&#13;
 De termijnen voor indienen en beantwoorden technische vragen--&gt;indienen op 16 mei 2025, beantwoording op 28 mei 2025 (met eventuele uitloop naar 2 juni 2025);&#13;
 &#13;
-</v></c><c r="K238" s="1" t="str"><v>Provinciale Staten</v></c><c r="L238" s="4"><v>45469.0</v></c><c r="M238" s="1"><v>1</v></c></row><row r="239" spans="1:13" customFormat="false"><c r="A239" s="1"><v>135</v></c><c r="B239" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C239" s="1" t="str"><v>Jaarstukken</v></c><c r="D239" s="1" t="str"><v/></c><c r="E239" s="1" t="str"><v/></c><c r="F239" s="4" t="str"><v/></c><c r="G239" s="1" t="str"><v>Financiën</v></c><c r="H239" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I239" s="1" t="str"><v>Financiën</v></c><c r="J239" s="1" t="str"><v xml:space="preserve">Het Presidium heeft op 7 april ingestemd met de nazending van de Jaarstukken 2024 (en bijlagen) op 9 mei 2025. &#13;
+</v></c><c r="K263" s="1" t="str"><v>Provinciale Staten</v></c><c r="L263" s="4"><v>45105.0</v></c><c r="M263" s="1"><v>1</v></c></row><row r="264" spans="1:13" customFormat="false"><c r="A264" s="1"><v>135</v></c><c r="B264" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C264" s="1" t="str"><v>Jaarstukken - Provincie Flevoland</v></c><c r="D264" s="1" t="str"><v/></c><c r="E264" s="1" t="str"><v/></c><c r="F264" s="4" t="str"><v/></c><c r="G264" s="1" t="str"><v>Financiën</v></c><c r="H264" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I264" s="1" t="str"><v>Financiën</v></c><c r="J264" s="1" t="str"><v xml:space="preserve">Het Presidium heeft op 7 april ingestemd met de nazending van de Jaarstukken 2024 (en bijlagen) op 9 mei 2025. &#13;
 Dit na aanleiding van de mededeling dat het college de jaarstukken pas op 6 mei kan vaststellen wegens vertraging bij de accountant.&#13;
 Het Presidium heeft namens de Staten aan de accountant gevraagd waarom er vertraging is opgetreden en deze reactie per brief &#13;
 te verwoorden aan de Staten.&#13;
 De termijnen voor indienen en beantwoorden technische vragen--&gt;indienen op 16 mei 2025, beantwoording op 28 mei 2025 (met eventuele uitloop naar 2 juni 2025);&#13;
 &#13;
-</v></c><c r="K239" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L239" s="4"><v>45791.0</v></c><c r="M239" s="1"><v>1</v></c></row><row r="240" spans="1:13" customFormat="false"><c r="A240" s="1"><v>135</v></c><c r="B240" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C240" s="1" t="str"><v>Jaarstukken</v></c><c r="D240" s="1" t="str"><v/></c><c r="E240" s="1" t="str"><v/></c><c r="F240" s="4" t="str"><v/></c><c r="G240" s="1" t="str"><v>Financiën</v></c><c r="H240" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I240" s="1" t="str"><v>Financiën</v></c><c r="J240" s="1" t="str"><v xml:space="preserve">Het Presidium heeft op 7 april ingestemd met de nazending van de Jaarstukken 2024 (en bijlagen) op 9 mei 2025. &#13;
+</v></c><c r="K264" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L264" s="4"><v>45427.0</v></c><c r="M264" s="1"><v>1</v></c></row><row r="265" spans="1:13" customFormat="false"><c r="A265" s="1"><v>135</v></c><c r="B265" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C265" s="1" t="str"><v>Jaarstukken - Provincie Flevoland</v></c><c r="D265" s="1" t="str"><v/></c><c r="E265" s="1" t="str"><v/></c><c r="F265" s="4" t="str"><v/></c><c r="G265" s="1" t="str"><v>Financiën</v></c><c r="H265" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I265" s="1" t="str"><v>Financiën</v></c><c r="J265" s="1" t="str"><v xml:space="preserve">Het Presidium heeft op 7 april ingestemd met de nazending van de Jaarstukken 2024 (en bijlagen) op 9 mei 2025. &#13;
 Dit na aanleiding van de mededeling dat het college de jaarstukken pas op 6 mei kan vaststellen wegens vertraging bij de accountant.&#13;
 Het Presidium heeft namens de Staten aan de accountant gevraagd waarom er vertraging is opgetreden en deze reactie per brief &#13;
 te verwoorden aan de Staten.&#13;
 De termijnen voor indienen en beantwoorden technische vragen--&gt;indienen op 16 mei 2025, beantwoording op 28 mei 2025 (met eventuele uitloop naar 2 juni 2025);&#13;
 &#13;
-</v></c><c r="K240" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L240" s="4"><v>45812.0</v></c><c r="M240" s="1"><v>1</v></c></row><row r="241" spans="1:13" customFormat="false"><c r="A241" s="1"><v>135</v></c><c r="B241" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C241" s="1" t="str"><v>Jaarstukken</v></c><c r="D241" s="1" t="str"><v/></c><c r="E241" s="1" t="str"><v/></c><c r="F241" s="4" t="str"><v/></c><c r="G241" s="1" t="str"><v>Financiën</v></c><c r="H241" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I241" s="1" t="str"><v>Financiën</v></c><c r="J241" s="1" t="str"><v xml:space="preserve">Het Presidium heeft op 7 april ingestemd met de nazending van de Jaarstukken 2024 (en bijlagen) op 9 mei 2025. &#13;
+</v></c><c r="K265" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L265" s="4"><v>45448.0</v></c><c r="M265" s="1"><v>1</v></c></row><row r="266" spans="1:13" customFormat="false"><c r="A266" s="1"><v>135</v></c><c r="B266" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C266" s="1" t="str"><v>Jaarstukken - Provincie Flevoland</v></c><c r="D266" s="1" t="str"><v/></c><c r="E266" s="1" t="str"><v/></c><c r="F266" s="4" t="str"><v/></c><c r="G266" s="1" t="str"><v>Financiën</v></c><c r="H266" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I266" s="1" t="str"><v>Financiën</v></c><c r="J266" s="1" t="str"><v xml:space="preserve">Het Presidium heeft op 7 april ingestemd met de nazending van de Jaarstukken 2024 (en bijlagen) op 9 mei 2025. &#13;
 Dit na aanleiding van de mededeling dat het college de jaarstukken pas op 6 mei kan vaststellen wegens vertraging bij de accountant.&#13;
 Het Presidium heeft namens de Staten aan de accountant gevraagd waarom er vertraging is opgetreden en deze reactie per brief &#13;
 te verwoorden aan de Staten.&#13;
 De termijnen voor indienen en beantwoorden technische vragen--&gt;indienen op 16 mei 2025, beantwoording op 28 mei 2025 (met eventuele uitloop naar 2 juni 2025);&#13;
 &#13;
-</v></c><c r="K241" s="1" t="str"><v>Provinciale Staten</v></c><c r="L241" s="4"><v>45826.0</v></c><c r="M241" s="1"><v>1</v></c></row><row r="242" spans="1:13" customFormat="false"><c r="A242" s="1"><v>136</v></c><c r="B242" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C242" s="1" t="str"><v xml:space="preserve">Zomernota </v></c><c r="D242" s="1" t="str"><v/></c><c r="E242" s="1" t="str"><v/></c><c r="F242" s="4" t="str"><v/></c><c r="G242" s="1" t="str"><v>Financiën</v></c><c r="H242" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I242" s="1" t="str"><v>Financiën</v></c><c r="J242" s="1" t="str"><v>Het presidium heeft op 7 april 2025 ingestemd met de nazending van de Zomernota 2025 op 6 juni 2025.</v></c><c r="K242" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L242" s="4"><v>45455.0</v></c><c r="M242" s="1"><v>1</v></c></row><row r="243" spans="1:13" customFormat="false"><c r="A243" s="1"><v>136</v></c><c r="B243" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C243" s="1" t="str"><v xml:space="preserve">Zomernota </v></c><c r="D243" s="1" t="str"><v/></c><c r="E243" s="1" t="str"><v/></c><c r="F243" s="4" t="str"><v/></c><c r="G243" s="1" t="str"><v>Financiën</v></c><c r="H243" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I243" s="1" t="str"><v>Financiën</v></c><c r="J243" s="1" t="str"><v>Het presidium heeft op 7 april 2025 ingestemd met de nazending van de Zomernota 2025 op 6 juni 2025.</v></c><c r="K243" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L243" s="4"><v>45476.0</v></c><c r="M243" s="1"><v>1</v></c></row><row r="244" spans="1:13" customFormat="false"><c r="A244" s="1"><v>136</v></c><c r="B244" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C244" s="1" t="str"><v xml:space="preserve">Zomernota </v></c><c r="D244" s="1" t="str"><v/></c><c r="E244" s="1" t="str"><v/></c><c r="F244" s="4" t="str"><v/></c><c r="G244" s="1" t="str"><v>Financiën</v></c><c r="H244" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I244" s="1" t="str"><v>Financiën</v></c><c r="J244" s="1" t="str"><v>Het presidium heeft op 7 april 2025 ingestemd met de nazending van de Zomernota 2025 op 6 juni 2025.</v></c><c r="K244" s="1" t="str"><v>Provinciale Staten</v></c><c r="L244" s="4"><v>45490.0</v></c><c r="M244" s="1"><v>1</v></c></row><row r="245" spans="1:13" customFormat="false"><c r="A245" s="1"><v>136</v></c><c r="B245" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C245" s="1" t="str"><v xml:space="preserve">Zomernota </v></c><c r="D245" s="1" t="str"><v/></c><c r="E245" s="1" t="str"><v/></c><c r="F245" s="4" t="str"><v/></c><c r="G245" s="1" t="str"><v>Financiën</v></c><c r="H245" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I245" s="1" t="str"><v>Financiën</v></c><c r="J245" s="1" t="str"><v>Het presidium heeft op 7 april 2025 ingestemd met de nazending van de Zomernota 2025 op 6 juni 2025.</v></c><c r="K245" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L245" s="4"><v>45819.0</v></c><c r="M245" s="1"><v>1</v></c></row><row r="246" spans="1:13" customFormat="false"><c r="A246" s="1"><v>136</v></c><c r="B246" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C246" s="1" t="str"><v xml:space="preserve">Zomernota </v></c><c r="D246" s="1" t="str"><v/></c><c r="E246" s="1" t="str"><v/></c><c r="F246" s="4" t="str"><v/></c><c r="G246" s="1" t="str"><v>Financiën</v></c><c r="H246" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I246" s="1" t="str"><v>Financiën</v></c><c r="J246" s="1" t="str"><v>Het presidium heeft op 7 april 2025 ingestemd met de nazending van de Zomernota 2025 op 6 juni 2025.</v></c><c r="K246" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L246" s="4"><v>45840.0</v></c><c r="M246" s="1"><v>1</v></c></row><row r="247" spans="1:13" customFormat="false"><c r="A247" s="1"><v>136</v></c><c r="B247" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C247" s="1" t="str"><v xml:space="preserve">Zomernota </v></c><c r="D247" s="1" t="str"><v/></c><c r="E247" s="1" t="str"><v/></c><c r="F247" s="4" t="str"><v/></c><c r="G247" s="1" t="str"><v>Financiën</v></c><c r="H247" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I247" s="1" t="str"><v>Financiën</v></c><c r="J247" s="1" t="str"><v>Het presidium heeft op 7 april 2025 ingestemd met de nazending van de Zomernota 2025 op 6 juni 2025.</v></c><c r="K247" s="1" t="str"><v>Provinciale Staten</v></c><c r="L247" s="4"><v>45847.0</v></c><c r="M247" s="1"><v>1</v></c></row><row r="248" spans="1:13" customFormat="false"><c r="A248" s="1"><v>137</v></c><c r="B248" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C248" s="1" t="str"><v xml:space="preserve">Programmabegroting </v></c><c r="D248" s="1" t="str"><v/></c><c r="E248" s="1" t="str"><v/></c><c r="F248" s="4" t="str"><v/></c><c r="G248" s="1" t="str"><v>Financiën</v></c><c r="H248" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I248" s="1" t="str"><v>Financiën</v></c><c r="J248" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K248" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L248" s="4"><v>45574.0</v></c><c r="M248" s="1"><v>1</v></c></row><row r="249" spans="1:13" customFormat="false"><c r="A249" s="1"><v>137</v></c><c r="B249" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C249" s="1" t="str"><v xml:space="preserve">Programmabegroting </v></c><c r="D249" s="1" t="str"><v/></c><c r="E249" s="1" t="str"><v/></c><c r="F249" s="4" t="str"><v/></c><c r="G249" s="1" t="str"><v>Financiën</v></c><c r="H249" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I249" s="1" t="str"><v>Financiën</v></c><c r="J249" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K249" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L249" s="4"><v>45588.0</v></c><c r="M249" s="1"><v>1</v></c></row><row r="250" spans="1:13" customFormat="false"><c r="A250" s="1"><v>137</v></c><c r="B250" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C250" s="1" t="str"><v xml:space="preserve">Programmabegroting </v></c><c r="D250" s="1" t="str"><v/></c><c r="E250" s="1" t="str"><v/></c><c r="F250" s="4" t="str"><v/></c><c r="G250" s="1" t="str"><v>Financiën</v></c><c r="H250" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I250" s="1" t="str"><v>Financiën</v></c><c r="J250" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K250" s="1" t="str"><v>Provinciale Staten</v></c><c r="L250" s="4"><v>45609.0</v></c><c r="M250" s="1"><v>1</v></c></row><row r="251" spans="1:13" customFormat="false"><c r="A251" s="1"><v>137</v></c><c r="B251" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C251" s="1" t="str"><v xml:space="preserve">Programmabegroting </v></c><c r="D251" s="1" t="str"><v/></c><c r="E251" s="1" t="str"><v/></c><c r="F251" s="4" t="str"><v/></c><c r="G251" s="1" t="str"><v>Financiën</v></c><c r="H251" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I251" s="1" t="str"><v>Financiën</v></c><c r="J251" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K251" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L251" s="4"><v>45938.0</v></c><c r="M251" s="1"><v>1</v></c></row><row r="252" spans="1:13" customFormat="false"><c r="A252" s="1"><v>137</v></c><c r="B252" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C252" s="1" t="str"><v xml:space="preserve">Programmabegroting </v></c><c r="D252" s="1" t="str"><v/></c><c r="E252" s="1" t="str"><v/></c><c r="F252" s="4" t="str"><v/></c><c r="G252" s="1" t="str"><v>Financiën</v></c><c r="H252" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I252" s="1" t="str"><v>Financiën</v></c><c r="J252" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K252" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L252" s="4"><v>45959.0</v></c><c r="M252" s="1"><v>1</v></c></row><row r="253" spans="1:13" customFormat="false"><c r="A253" s="1"><v>137</v></c><c r="B253" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C253" s="1" t="str"><v xml:space="preserve">Programmabegroting </v></c><c r="D253" s="1" t="str"><v/></c><c r="E253" s="1" t="str"><v/></c><c r="F253" s="4" t="str"><v/></c><c r="G253" s="1" t="str"><v>Financiën</v></c><c r="H253" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I253" s="1" t="str"><v>Financiën</v></c><c r="J253" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K253" s="1" t="str"><v>Provinciale Staten</v></c><c r="L253" s="4"><v>45973.0</v></c><c r="M253" s="1"><v>1</v></c></row><row r="254" spans="1:13" customFormat="false"><c r="A254" s="1"><v>140</v></c><c r="B254" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C254" s="1" t="str"><v xml:space="preserve">Actualisatie en wijzigen Financiële kaders in verband met invoering rechtmatigheidsverantwoording </v></c><c r="D254" s="1" t="str"><v/></c><c r="E254" s="1" t="str"><v/></c><c r="F254" s="4"><v>45216.0</v></c><c r="G254" s="1" t="str"><v>Financiën</v></c><c r="H254" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I254" s="1" t="str"><v>Financiën</v></c><c r="J254" s="1" t="str"><v/></c><c r="K254" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L254" s="4"><v>45308.0</v></c><c r="M254" s="1"><v>1</v></c></row><row r="255" spans="1:13" customFormat="false"><c r="A255" s="1"><v>140</v></c><c r="B255" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C255" s="1" t="str"><v xml:space="preserve">Actualisatie en wijzigen Financiële kaders in verband met invoering rechtmatigheidsverantwoording </v></c><c r="D255" s="1" t="str"><v/></c><c r="E255" s="1" t="str"><v/></c><c r="F255" s="4"><v>45216.0</v></c><c r="G255" s="1" t="str"><v>Financiën</v></c><c r="H255" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I255" s="1" t="str"><v>Financiën</v></c><c r="J255" s="1" t="str"><v/></c><c r="K255" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L255" s="4"><v>45329.0</v></c><c r="M255" s="1"><v>1</v></c></row><row r="256" spans="1:13" customFormat="false"><c r="A256" s="1"><v>140</v></c><c r="B256" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C256" s="1" t="str"><v xml:space="preserve">Actualisatie en wijzigen Financiële kaders in verband met invoering rechtmatigheidsverantwoording </v></c><c r="D256" s="1" t="str"><v/></c><c r="E256" s="1" t="str"><v/></c><c r="F256" s="4"><v>45216.0</v></c><c r="G256" s="1" t="str"><v>Financiën</v></c><c r="H256" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I256" s="1" t="str"><v>Financiën</v></c><c r="J256" s="1" t="str"><v/></c><c r="K256" s="1" t="str"><v>Provinciale Staten</v></c><c r="L256" s="4"><v>45350.0</v></c><c r="M256" s="1"><v>1</v></c></row><row r="257" spans="1:13" customFormat="false"><c r="A257" s="1"><v>343</v></c><c r="B257" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C257" s="1" t="str"><v xml:space="preserve">Financiële kaderstelling 2025 - actualisatie financiële kaders </v></c><c r="D257" s="1" t="str"><v xml:space="preserve">Het bestaat uit de onderdelen:&#13;
+</v></c><c r="K266" s="1" t="str"><v>Provinciale Staten</v></c><c r="L266" s="4"><v>45469.0</v></c><c r="M266" s="1"><v>1</v></c></row><row r="267" spans="1:13" customFormat="false"><c r="A267" s="1"><v>135</v></c><c r="B267" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C267" s="1" t="str"><v>Jaarstukken - Provincie Flevoland</v></c><c r="D267" s="1" t="str"><v/></c><c r="E267" s="1" t="str"><v/></c><c r="F267" s="4" t="str"><v/></c><c r="G267" s="1" t="str"><v>Financiën</v></c><c r="H267" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I267" s="1" t="str"><v>Financiën</v></c><c r="J267" s="1" t="str"><v xml:space="preserve">Het Presidium heeft op 7 april ingestemd met de nazending van de Jaarstukken 2024 (en bijlagen) op 9 mei 2025. &#13;
+Dit na aanleiding van de mededeling dat het college de jaarstukken pas op 6 mei kan vaststellen wegens vertraging bij de accountant.&#13;
+Het Presidium heeft namens de Staten aan de accountant gevraagd waarom er vertraging is opgetreden en deze reactie per brief &#13;
+te verwoorden aan de Staten.&#13;
+De termijnen voor indienen en beantwoorden technische vragen--&gt;indienen op 16 mei 2025, beantwoording op 28 mei 2025 (met eventuele uitloop naar 2 juni 2025);&#13;
+&#13;
+</v></c><c r="K267" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L267" s="4"><v>45791.0</v></c><c r="M267" s="1"><v>1</v></c></row><row r="268" spans="1:13" customFormat="false"><c r="A268" s="1"><v>135</v></c><c r="B268" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C268" s="1" t="str"><v>Jaarstukken - Provincie Flevoland</v></c><c r="D268" s="1" t="str"><v/></c><c r="E268" s="1" t="str"><v/></c><c r="F268" s="4" t="str"><v/></c><c r="G268" s="1" t="str"><v>Financiën</v></c><c r="H268" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I268" s="1" t="str"><v>Financiën</v></c><c r="J268" s="1" t="str"><v xml:space="preserve">Het Presidium heeft op 7 april ingestemd met de nazending van de Jaarstukken 2024 (en bijlagen) op 9 mei 2025. &#13;
+Dit na aanleiding van de mededeling dat het college de jaarstukken pas op 6 mei kan vaststellen wegens vertraging bij de accountant.&#13;
+Het Presidium heeft namens de Staten aan de accountant gevraagd waarom er vertraging is opgetreden en deze reactie per brief &#13;
+te verwoorden aan de Staten.&#13;
+De termijnen voor indienen en beantwoorden technische vragen--&gt;indienen op 16 mei 2025, beantwoording op 28 mei 2025 (met eventuele uitloop naar 2 juni 2025);&#13;
+&#13;
+</v></c><c r="K268" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L268" s="4"><v>45812.0</v></c><c r="M268" s="1"><v>1</v></c></row><row r="269" spans="1:13" customFormat="false"><c r="A269" s="1"><v>135</v></c><c r="B269" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C269" s="1" t="str"><v>Jaarstukken - Provincie Flevoland</v></c><c r="D269" s="1" t="str"><v/></c><c r="E269" s="1" t="str"><v/></c><c r="F269" s="4" t="str"><v/></c><c r="G269" s="1" t="str"><v>Financiën</v></c><c r="H269" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I269" s="1" t="str"><v>Financiën</v></c><c r="J269" s="1" t="str"><v xml:space="preserve">Het Presidium heeft op 7 april ingestemd met de nazending van de Jaarstukken 2024 (en bijlagen) op 9 mei 2025. &#13;
+Dit na aanleiding van de mededeling dat het college de jaarstukken pas op 6 mei kan vaststellen wegens vertraging bij de accountant.&#13;
+Het Presidium heeft namens de Staten aan de accountant gevraagd waarom er vertraging is opgetreden en deze reactie per brief &#13;
+te verwoorden aan de Staten.&#13;
+De termijnen voor indienen en beantwoorden technische vragen--&gt;indienen op 16 mei 2025, beantwoording op 28 mei 2025 (met eventuele uitloop naar 2 juni 2025);&#13;
+&#13;
+</v></c><c r="K269" s="1" t="str"><v>Provinciale Staten</v></c><c r="L269" s="4"><v>45826.0</v></c><c r="M269" s="1"><v>1</v></c></row><row r="270" spans="1:13" customFormat="false"><c r="A270" s="1"><v>135</v></c><c r="B270" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C270" s="1" t="str"><v>Jaarstukken - Provincie Flevoland</v></c><c r="D270" s="1" t="str"><v/></c><c r="E270" s="1" t="str"><v/></c><c r="F270" s="4" t="str"><v/></c><c r="G270" s="1" t="str"><v>Financiën</v></c><c r="H270" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I270" s="1" t="str"><v>Financiën</v></c><c r="J270" s="1" t="str"><v xml:space="preserve">Het Presidium heeft op 7 april ingestemd met de nazending van de Jaarstukken 2024 (en bijlagen) op 9 mei 2025. &#13;
+Dit na aanleiding van de mededeling dat het college de jaarstukken pas op 6 mei kan vaststellen wegens vertraging bij de accountant.&#13;
+Het Presidium heeft namens de Staten aan de accountant gevraagd waarom er vertraging is opgetreden en deze reactie per brief &#13;
+te verwoorden aan de Staten.&#13;
+De termijnen voor indienen en beantwoorden technische vragen--&gt;indienen op 16 mei 2025, beantwoording op 28 mei 2025 (met eventuele uitloop naar 2 juni 2025);&#13;
+&#13;
+</v></c><c r="K270" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L270" s="4"><v>46176.0</v></c><c r="M270" s="1"><v>0</v></c></row><row r="271" spans="1:13" customFormat="false"><c r="A271" s="1"><v>135</v></c><c r="B271" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C271" s="1" t="str"><v>Jaarstukken - Provincie Flevoland</v></c><c r="D271" s="1" t="str"><v/></c><c r="E271" s="1" t="str"><v/></c><c r="F271" s="4" t="str"><v/></c><c r="G271" s="1" t="str"><v>Financiën</v></c><c r="H271" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I271" s="1" t="str"><v>Financiën</v></c><c r="J271" s="1" t="str"><v xml:space="preserve">Het Presidium heeft op 7 april ingestemd met de nazending van de Jaarstukken 2024 (en bijlagen) op 9 mei 2025. &#13;
+Dit na aanleiding van de mededeling dat het college de jaarstukken pas op 6 mei kan vaststellen wegens vertraging bij de accountant.&#13;
+Het Presidium heeft namens de Staten aan de accountant gevraagd waarom er vertraging is opgetreden en deze reactie per brief &#13;
+te verwoorden aan de Staten.&#13;
+De termijnen voor indienen en beantwoorden technische vragen--&gt;indienen op 16 mei 2025, beantwoording op 28 mei 2025 (met eventuele uitloop naar 2 juni 2025);&#13;
+&#13;
+</v></c><c r="K271" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L271" s="4"><v>46190.0</v></c><c r="M271" s="1"><v>0</v></c></row><row r="272" spans="1:13" customFormat="false"><c r="A272" s="1"><v>135</v></c><c r="B272" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C272" s="1" t="str"><v>Jaarstukken - Provincie Flevoland</v></c><c r="D272" s="1" t="str"><v/></c><c r="E272" s="1" t="str"><v/></c><c r="F272" s="4" t="str"><v/></c><c r="G272" s="1" t="str"><v>Financiën</v></c><c r="H272" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I272" s="1" t="str"><v>Financiën</v></c><c r="J272" s="1" t="str"><v xml:space="preserve">Het Presidium heeft op 7 april ingestemd met de nazending van de Jaarstukken 2024 (en bijlagen) op 9 mei 2025. &#13;
+Dit na aanleiding van de mededeling dat het college de jaarstukken pas op 6 mei kan vaststellen wegens vertraging bij de accountant.&#13;
+Het Presidium heeft namens de Staten aan de accountant gevraagd waarom er vertraging is opgetreden en deze reactie per brief &#13;
+te verwoorden aan de Staten.&#13;
+De termijnen voor indienen en beantwoorden technische vragen--&gt;indienen op 16 mei 2025, beantwoording op 28 mei 2025 (met eventuele uitloop naar 2 juni 2025);&#13;
+&#13;
+</v></c><c r="K272" s="1" t="str"><v>Provinciale Staten</v></c><c r="L272" s="4"><v>46204.0</v></c><c r="M272" s="1"><v>0</v></c></row><row r="273" spans="1:13" customFormat="false"><c r="A273" s="1"><v>136</v></c><c r="B273" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C273" s="1" t="str"><v>Zomernota Provincie Flevoland</v></c><c r="D273" s="1" t="str"><v/></c><c r="E273" s="1" t="str"><v/></c><c r="F273" s="4" t="str"><v/></c><c r="G273" s="1" t="str"><v>Financiën</v></c><c r="H273" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I273" s="1" t="str"><v>Financiën</v></c><c r="J273" s="1" t="str"><v>In het LTA-overleg tussen Presidium en college van 8 december 2025 is afgesproken om de Zomernota na het zomerreces te behandelen door Provinciale Staten, zodat er meer ruimte ontstaat voor afronding en verwerking van de meicirculaire, maar dit pas als zodanig te agenderen als de Financiële verordening daarop is aangepast. Dit is nu gepland in februari  2026. Voor de zomernota is in de LTA daarom nog niet exact op datum gepland.</v></c><c r="K273" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L273" s="4"><v>44727.0</v></c><c r="M273" s="1"><v>1</v></c></row><row r="274" spans="1:13" customFormat="false"><c r="A274" s="1"><v>136</v></c><c r="B274" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C274" s="1" t="str"><v>Zomernota Provincie Flevoland</v></c><c r="D274" s="1" t="str"><v/></c><c r="E274" s="1" t="str"><v/></c><c r="F274" s="4" t="str"><v/></c><c r="G274" s="1" t="str"><v>Financiën</v></c><c r="H274" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I274" s="1" t="str"><v>Financiën</v></c><c r="J274" s="1" t="str"><v>In het LTA-overleg tussen Presidium en college van 8 december 2025 is afgesproken om de Zomernota na het zomerreces te behandelen door Provinciale Staten, zodat er meer ruimte ontstaat voor afronding en verwerking van de meicirculaire, maar dit pas als zodanig te agenderen als de Financiële verordening daarop is aangepast. Dit is nu gepland in februari  2026. Voor de zomernota is in de LTA daarom nog niet exact op datum gepland.</v></c><c r="K274" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L274" s="4"><v>44748.0</v></c><c r="M274" s="1"><v>1</v></c></row><row r="275" spans="1:13" customFormat="false"><c r="A275" s="1"><v>136</v></c><c r="B275" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C275" s="1" t="str"><v>Zomernota Provincie Flevoland</v></c><c r="D275" s="1" t="str"><v/></c><c r="E275" s="1" t="str"><v/></c><c r="F275" s="4" t="str"><v/></c><c r="G275" s="1" t="str"><v>Financiën</v></c><c r="H275" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I275" s="1" t="str"><v>Financiën</v></c><c r="J275" s="1" t="str"><v>In het LTA-overleg tussen Presidium en college van 8 december 2025 is afgesproken om de Zomernota na het zomerreces te behandelen door Provinciale Staten, zodat er meer ruimte ontstaat voor afronding en verwerking van de meicirculaire, maar dit pas als zodanig te agenderen als de Financiële verordening daarop is aangepast. Dit is nu gepland in februari  2026. Voor de zomernota is in de LTA daarom nog niet exact op datum gepland.</v></c><c r="K275" s="1" t="str"><v>Provinciale Staten</v></c><c r="L275" s="4"><v>44755.0</v></c><c r="M275" s="1"><v>1</v></c></row><row r="276" spans="1:13" customFormat="false"><c r="A276" s="1"><v>136</v></c><c r="B276" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C276" s="1" t="str"><v>Zomernota Provincie Flevoland</v></c><c r="D276" s="1" t="str"><v/></c><c r="E276" s="1" t="str"><v/></c><c r="F276" s="4" t="str"><v/></c><c r="G276" s="1" t="str"><v>Financiën</v></c><c r="H276" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I276" s="1" t="str"><v>Financiën</v></c><c r="J276" s="1" t="str"><v>In het LTA-overleg tussen Presidium en college van 8 december 2025 is afgesproken om de Zomernota na het zomerreces te behandelen door Provinciale Staten, zodat er meer ruimte ontstaat voor afronding en verwerking van de meicirculaire, maar dit pas als zodanig te agenderen als de Financiële verordening daarop is aangepast. Dit is nu gepland in februari  2026. Voor de zomernota is in de LTA daarom nog niet exact op datum gepland.</v></c><c r="K276" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L276" s="4"><v>45091.0</v></c><c r="M276" s="1"><v>1</v></c></row><row r="277" spans="1:13" customFormat="false"><c r="A277" s="1"><v>136</v></c><c r="B277" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C277" s="1" t="str"><v>Zomernota Provincie Flevoland</v></c><c r="D277" s="1" t="str"><v/></c><c r="E277" s="1" t="str"><v/></c><c r="F277" s="4" t="str"><v/></c><c r="G277" s="1" t="str"><v>Financiën</v></c><c r="H277" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I277" s="1" t="str"><v>Financiën</v></c><c r="J277" s="1" t="str"><v>In het LTA-overleg tussen Presidium en college van 8 december 2025 is afgesproken om de Zomernota na het zomerreces te behandelen door Provinciale Staten, zodat er meer ruimte ontstaat voor afronding en verwerking van de meicirculaire, maar dit pas als zodanig te agenderen als de Financiële verordening daarop is aangepast. Dit is nu gepland in februari  2026. Voor de zomernota is in de LTA daarom nog niet exact op datum gepland.</v></c><c r="K277" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L277" s="4"><v>45112.0</v></c><c r="M277" s="1"><v>1</v></c></row><row r="278" spans="1:13" customFormat="false"><c r="A278" s="1"><v>136</v></c><c r="B278" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C278" s="1" t="str"><v>Zomernota Provincie Flevoland</v></c><c r="D278" s="1" t="str"><v/></c><c r="E278" s="1" t="str"><v/></c><c r="F278" s="4" t="str"><v/></c><c r="G278" s="1" t="str"><v>Financiën</v></c><c r="H278" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I278" s="1" t="str"><v>Financiën</v></c><c r="J278" s="1" t="str"><v>In het LTA-overleg tussen Presidium en college van 8 december 2025 is afgesproken om de Zomernota na het zomerreces te behandelen door Provinciale Staten, zodat er meer ruimte ontstaat voor afronding en verwerking van de meicirculaire, maar dit pas als zodanig te agenderen als de Financiële verordening daarop is aangepast. Dit is nu gepland in februari  2026. Voor de zomernota is in de LTA daarom nog niet exact op datum gepland.</v></c><c r="K278" s="1" t="str"><v>Provinciale Staten</v></c><c r="L278" s="4"><v>45126.0</v></c><c r="M278" s="1"><v>1</v></c></row><row r="279" spans="1:13" customFormat="false"><c r="A279" s="1"><v>136</v></c><c r="B279" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C279" s="1" t="str"><v>Zomernota Provincie Flevoland</v></c><c r="D279" s="1" t="str"><v/></c><c r="E279" s="1" t="str"><v/></c><c r="F279" s="4" t="str"><v/></c><c r="G279" s="1" t="str"><v>Financiën</v></c><c r="H279" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I279" s="1" t="str"><v>Financiën</v></c><c r="J279" s="1" t="str"><v>In het LTA-overleg tussen Presidium en college van 8 december 2025 is afgesproken om de Zomernota na het zomerreces te behandelen door Provinciale Staten, zodat er meer ruimte ontstaat voor afronding en verwerking van de meicirculaire, maar dit pas als zodanig te agenderen als de Financiële verordening daarop is aangepast. Dit is nu gepland in februari  2026. Voor de zomernota is in de LTA daarom nog niet exact op datum gepland.</v></c><c r="K279" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L279" s="4"><v>45455.0</v></c><c r="M279" s="1"><v>1</v></c></row><row r="280" spans="1:13" customFormat="false"><c r="A280" s="1"><v>136</v></c><c r="B280" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C280" s="1" t="str"><v>Zomernota Provincie Flevoland</v></c><c r="D280" s="1" t="str"><v/></c><c r="E280" s="1" t="str"><v/></c><c r="F280" s="4" t="str"><v/></c><c r="G280" s="1" t="str"><v>Financiën</v></c><c r="H280" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I280" s="1" t="str"><v>Financiën</v></c><c r="J280" s="1" t="str"><v>In het LTA-overleg tussen Presidium en college van 8 december 2025 is afgesproken om de Zomernota na het zomerreces te behandelen door Provinciale Staten, zodat er meer ruimte ontstaat voor afronding en verwerking van de meicirculaire, maar dit pas als zodanig te agenderen als de Financiële verordening daarop is aangepast. Dit is nu gepland in februari  2026. Voor de zomernota is in de LTA daarom nog niet exact op datum gepland.</v></c><c r="K280" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L280" s="4"><v>45476.0</v></c><c r="M280" s="1"><v>1</v></c></row><row r="281" spans="1:13" customFormat="false"><c r="A281" s="1"><v>136</v></c><c r="B281" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C281" s="1" t="str"><v>Zomernota Provincie Flevoland</v></c><c r="D281" s="1" t="str"><v/></c><c r="E281" s="1" t="str"><v/></c><c r="F281" s="4" t="str"><v/></c><c r="G281" s="1" t="str"><v>Financiën</v></c><c r="H281" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I281" s="1" t="str"><v>Financiën</v></c><c r="J281" s="1" t="str"><v>In het LTA-overleg tussen Presidium en college van 8 december 2025 is afgesproken om de Zomernota na het zomerreces te behandelen door Provinciale Staten, zodat er meer ruimte ontstaat voor afronding en verwerking van de meicirculaire, maar dit pas als zodanig te agenderen als de Financiële verordening daarop is aangepast. Dit is nu gepland in februari  2026. Voor de zomernota is in de LTA daarom nog niet exact op datum gepland.</v></c><c r="K281" s="1" t="str"><v>Provinciale Staten</v></c><c r="L281" s="4"><v>45490.0</v></c><c r="M281" s="1"><v>1</v></c></row><row r="282" spans="1:13" customFormat="false"><c r="A282" s="1"><v>136</v></c><c r="B282" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C282" s="1" t="str"><v>Zomernota Provincie Flevoland</v></c><c r="D282" s="1" t="str"><v/></c><c r="E282" s="1" t="str"><v/></c><c r="F282" s="4" t="str"><v/></c><c r="G282" s="1" t="str"><v>Financiën</v></c><c r="H282" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I282" s="1" t="str"><v>Financiën</v></c><c r="J282" s="1" t="str"><v>In het LTA-overleg tussen Presidium en college van 8 december 2025 is afgesproken om de Zomernota na het zomerreces te behandelen door Provinciale Staten, zodat er meer ruimte ontstaat voor afronding en verwerking van de meicirculaire, maar dit pas als zodanig te agenderen als de Financiële verordening daarop is aangepast. Dit is nu gepland in februari  2026. Voor de zomernota is in de LTA daarom nog niet exact op datum gepland.</v></c><c r="K282" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L282" s="4"><v>45819.0</v></c><c r="M282" s="1"><v>1</v></c></row><row r="283" spans="1:13" customFormat="false"><c r="A283" s="1"><v>136</v></c><c r="B283" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C283" s="1" t="str"><v>Zomernota Provincie Flevoland</v></c><c r="D283" s="1" t="str"><v/></c><c r="E283" s="1" t="str"><v/></c><c r="F283" s="4" t="str"><v/></c><c r="G283" s="1" t="str"><v>Financiën</v></c><c r="H283" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I283" s="1" t="str"><v>Financiën</v></c><c r="J283" s="1" t="str"><v>In het LTA-overleg tussen Presidium en college van 8 december 2025 is afgesproken om de Zomernota na het zomerreces te behandelen door Provinciale Staten, zodat er meer ruimte ontstaat voor afronding en verwerking van de meicirculaire, maar dit pas als zodanig te agenderen als de Financiële verordening daarop is aangepast. Dit is nu gepland in februari  2026. Voor de zomernota is in de LTA daarom nog niet exact op datum gepland.</v></c><c r="K283" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L283" s="4"><v>45840.0</v></c><c r="M283" s="1"><v>1</v></c></row><row r="284" spans="1:13" customFormat="false"><c r="A284" s="1"><v>136</v></c><c r="B284" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C284" s="1" t="str"><v>Zomernota Provincie Flevoland</v></c><c r="D284" s="1" t="str"><v/></c><c r="E284" s="1" t="str"><v/></c><c r="F284" s="4" t="str"><v/></c><c r="G284" s="1" t="str"><v>Financiën</v></c><c r="H284" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I284" s="1" t="str"><v>Financiën</v></c><c r="J284" s="1" t="str"><v>In het LTA-overleg tussen Presidium en college van 8 december 2025 is afgesproken om de Zomernota na het zomerreces te behandelen door Provinciale Staten, zodat er meer ruimte ontstaat voor afronding en verwerking van de meicirculaire, maar dit pas als zodanig te agenderen als de Financiële verordening daarop is aangepast. Dit is nu gepland in februari  2026. Voor de zomernota is in de LTA daarom nog niet exact op datum gepland.</v></c><c r="K284" s="1" t="str"><v>Provinciale Staten</v></c><c r="L284" s="4"><v>45847.0</v></c><c r="M284" s="1"><v>1</v></c></row><row r="285" spans="1:13" customFormat="false"><c r="A285" s="1"><v>136</v></c><c r="B285" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C285" s="1" t="str"><v>Zomernota Provincie Flevoland</v></c><c r="D285" s="1" t="str"><v/></c><c r="E285" s="1" t="str"><v/></c><c r="F285" s="4" t="str"><v/></c><c r="G285" s="1" t="str"><v>Financiën</v></c><c r="H285" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I285" s="1" t="str"><v>Financiën</v></c><c r="J285" s="1" t="str"><v>In het LTA-overleg tussen Presidium en college van 8 december 2025 is afgesproken om de Zomernota na het zomerreces te behandelen door Provinciale Staten, zodat er meer ruimte ontstaat voor afronding en verwerking van de meicirculaire, maar dit pas als zodanig te agenderen als de Financiële verordening daarop is aangepast. Dit is nu gepland in februari  2026. Voor de zomernota is in de LTA daarom nog niet exact op datum gepland.</v></c><c r="K285" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L285" s="4"><v>46176.0</v></c><c r="M285" s="1"><v>0</v></c></row><row r="286" spans="1:13" customFormat="false"><c r="A286" s="1"><v>136</v></c><c r="B286" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C286" s="1" t="str"><v>Zomernota Provincie Flevoland</v></c><c r="D286" s="1" t="str"><v/></c><c r="E286" s="1" t="str"><v/></c><c r="F286" s="4" t="str"><v/></c><c r="G286" s="1" t="str"><v>Financiën</v></c><c r="H286" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I286" s="1" t="str"><v>Financiën</v></c><c r="J286" s="1" t="str"><v>In het LTA-overleg tussen Presidium en college van 8 december 2025 is afgesproken om de Zomernota na het zomerreces te behandelen door Provinciale Staten, zodat er meer ruimte ontstaat voor afronding en verwerking van de meicirculaire, maar dit pas als zodanig te agenderen als de Financiële verordening daarop is aangepast. Dit is nu gepland in februari  2026. Voor de zomernota is in de LTA daarom nog niet exact op datum gepland.</v></c><c r="K286" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L286" s="4"><v>46190.0</v></c><c r="M286" s="1"><v>0</v></c></row><row r="287" spans="1:13" customFormat="false"><c r="A287" s="1"><v>136</v></c><c r="B287" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C287" s="1" t="str"><v>Zomernota Provincie Flevoland</v></c><c r="D287" s="1" t="str"><v/></c><c r="E287" s="1" t="str"><v/></c><c r="F287" s="4" t="str"><v/></c><c r="G287" s="1" t="str"><v>Financiën</v></c><c r="H287" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I287" s="1" t="str"><v>Financiën</v></c><c r="J287" s="1" t="str"><v>In het LTA-overleg tussen Presidium en college van 8 december 2025 is afgesproken om de Zomernota na het zomerreces te behandelen door Provinciale Staten, zodat er meer ruimte ontstaat voor afronding en verwerking van de meicirculaire, maar dit pas als zodanig te agenderen als de Financiële verordening daarop is aangepast. Dit is nu gepland in februari  2026. Voor de zomernota is in de LTA daarom nog niet exact op datum gepland.</v></c><c r="K287" s="1" t="str"><v>Provinciale Staten</v></c><c r="L287" s="4"><v>46197.0</v></c><c r="M287" s="1"><v>0</v></c></row><row r="288" spans="1:13" customFormat="false"><c r="A288" s="1"><v>136</v></c><c r="B288" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C288" s="1" t="str"><v>Zomernota Provincie Flevoland</v></c><c r="D288" s="1" t="str"><v/></c><c r="E288" s="1" t="str"><v/></c><c r="F288" s="4" t="str"><v/></c><c r="G288" s="1" t="str"><v>Financiën</v></c><c r="H288" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I288" s="1" t="str"><v>Financiën</v></c><c r="J288" s="1" t="str"><v>In het LTA-overleg tussen Presidium en college van 8 december 2025 is afgesproken om de Zomernota na het zomerreces te behandelen door Provinciale Staten, zodat er meer ruimte ontstaat voor afronding en verwerking van de meicirculaire, maar dit pas als zodanig te agenderen als de Financiële verordening daarop is aangepast. Dit is nu gepland in februari  2026. Voor de zomernota is in de LTA daarom nog niet exact op datum gepland.</v></c><c r="K288" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L288" s="4"><v>46260.0</v></c><c r="M288" s="1"><v>0</v></c></row><row r="289" spans="1:13" customFormat="false"><c r="A289" s="1"><v>136</v></c><c r="B289" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C289" s="1" t="str"><v>Zomernota Provincie Flevoland</v></c><c r="D289" s="1" t="str"><v/></c><c r="E289" s="1" t="str"><v/></c><c r="F289" s="4" t="str"><v/></c><c r="G289" s="1" t="str"><v>Financiën</v></c><c r="H289" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I289" s="1" t="str"><v>Financiën</v></c><c r="J289" s="1" t="str"><v>In het LTA-overleg tussen Presidium en college van 8 december 2025 is afgesproken om de Zomernota na het zomerreces te behandelen door Provinciale Staten, zodat er meer ruimte ontstaat voor afronding en verwerking van de meicirculaire, maar dit pas als zodanig te agenderen als de Financiële verordening daarop is aangepast. Dit is nu gepland in februari  2026. Voor de zomernota is in de LTA daarom nog niet exact op datum gepland.</v></c><c r="K289" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L289" s="4"><v>46267.0</v></c><c r="M289" s="1"><v>0</v></c></row><row r="290" spans="1:13" customFormat="false"><c r="A290" s="1"><v>136</v></c><c r="B290" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C290" s="1" t="str"><v>Zomernota Provincie Flevoland</v></c><c r="D290" s="1" t="str"><v/></c><c r="E290" s="1" t="str"><v/></c><c r="F290" s="4" t="str"><v/></c><c r="G290" s="1" t="str"><v>Financiën</v></c><c r="H290" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I290" s="1" t="str"><v>Financiën</v></c><c r="J290" s="1" t="str"><v>In het LTA-overleg tussen Presidium en college van 8 december 2025 is afgesproken om de Zomernota na het zomerreces te behandelen door Provinciale Staten, zodat er meer ruimte ontstaat voor afronding en verwerking van de meicirculaire, maar dit pas als zodanig te agenderen als de Financiële verordening daarop is aangepast. Dit is nu gepland in februari  2026. Voor de zomernota is in de LTA daarom nog niet exact op datum gepland.</v></c><c r="K290" s="1" t="str"><v>Provinciale Staten</v></c><c r="L290" s="4"><v>46281.0</v></c><c r="M290" s="1"><v>0</v></c></row><row r="291" spans="1:13" customFormat="false"><c r="A291" s="1"><v>137</v></c><c r="B291" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C291" s="1" t="str"><v>Programmabegroting Provincie Flevoland</v></c><c r="D291" s="1" t="str"><v/></c><c r="E291" s="1" t="str"><v/></c><c r="F291" s="4" t="str"><v/></c><c r="G291" s="1" t="str"><v>Financiën</v></c><c r="H291" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I291" s="1" t="str"><v>Financiën</v></c><c r="J291" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K291" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L291" s="4"><v>44832.0</v></c><c r="M291" s="1"><v>1</v></c></row><row r="292" spans="1:13" customFormat="false"><c r="A292" s="1"><v>137</v></c><c r="B292" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C292" s="1" t="str"><v>Programmabegroting Provincie Flevoland</v></c><c r="D292" s="1" t="str"><v/></c><c r="E292" s="1" t="str"><v/></c><c r="F292" s="4" t="str"><v/></c><c r="G292" s="1" t="str"><v>Financiën</v></c><c r="H292" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I292" s="1" t="str"><v>Financiën</v></c><c r="J292" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K292" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L292" s="4"><v>44860.0</v></c><c r="M292" s="1"><v>1</v></c></row><row r="293" spans="1:13" customFormat="false"><c r="A293" s="1"><v>137</v></c><c r="B293" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C293" s="1" t="str"><v>Programmabegroting Provincie Flevoland</v></c><c r="D293" s="1" t="str"><v/></c><c r="E293" s="1" t="str"><v/></c><c r="F293" s="4" t="str"><v/></c><c r="G293" s="1" t="str"><v>Financiën</v></c><c r="H293" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I293" s="1" t="str"><v>Financiën</v></c><c r="J293" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K293" s="1" t="str"><v>Provinciale Staten</v></c><c r="L293" s="4"><v>44874.0</v></c><c r="M293" s="1"><v>1</v></c></row><row r="294" spans="1:13" customFormat="false"><c r="A294" s="1"><v>137</v></c><c r="B294" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C294" s="1" t="str"><v>Programmabegroting Provincie Flevoland</v></c><c r="D294" s="1" t="str"><v/></c><c r="E294" s="1" t="str"><v/></c><c r="F294" s="4" t="str"><v/></c><c r="G294" s="1" t="str"><v>Financiën</v></c><c r="H294" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I294" s="1" t="str"><v>Financiën</v></c><c r="J294" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K294" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L294" s="4"><v>45210.0</v></c><c r="M294" s="1"><v>1</v></c></row><row r="295" spans="1:13" customFormat="false"><c r="A295" s="1"><v>137</v></c><c r="B295" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C295" s="1" t="str"><v>Programmabegroting Provincie Flevoland</v></c><c r="D295" s="1" t="str"><v/></c><c r="E295" s="1" t="str"><v/></c><c r="F295" s="4" t="str"><v/></c><c r="G295" s="1" t="str"><v>Financiën</v></c><c r="H295" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I295" s="1" t="str"><v>Financiën</v></c><c r="J295" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K295" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L295" s="4"><v>45231.0</v></c><c r="M295" s="1"><v>1</v></c></row><row r="296" spans="1:13" customFormat="false"><c r="A296" s="1"><v>137</v></c><c r="B296" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C296" s="1" t="str"><v>Programmabegroting Provincie Flevoland</v></c><c r="D296" s="1" t="str"><v/></c><c r="E296" s="1" t="str"><v/></c><c r="F296" s="4" t="str"><v/></c><c r="G296" s="1" t="str"><v>Financiën</v></c><c r="H296" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I296" s="1" t="str"><v>Financiën</v></c><c r="J296" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K296" s="1" t="str"><v>Provinciale Staten</v></c><c r="L296" s="4"><v>45238.0</v></c><c r="M296" s="1"><v>1</v></c></row><row r="297" spans="1:13" customFormat="false"><c r="A297" s="1"><v>137</v></c><c r="B297" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C297" s="1" t="str"><v>Programmabegroting Provincie Flevoland</v></c><c r="D297" s="1" t="str"><v/></c><c r="E297" s="1" t="str"><v/></c><c r="F297" s="4" t="str"><v/></c><c r="G297" s="1" t="str"><v>Financiën</v></c><c r="H297" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I297" s="1" t="str"><v>Financiën</v></c><c r="J297" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K297" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L297" s="4"><v>45574.0</v></c><c r="M297" s="1"><v>1</v></c></row><row r="298" spans="1:13" customFormat="false"><c r="A298" s="1"><v>137</v></c><c r="B298" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C298" s="1" t="str"><v>Programmabegroting Provincie Flevoland</v></c><c r="D298" s="1" t="str"><v/></c><c r="E298" s="1" t="str"><v/></c><c r="F298" s="4" t="str"><v/></c><c r="G298" s="1" t="str"><v>Financiën</v></c><c r="H298" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I298" s="1" t="str"><v>Financiën</v></c><c r="J298" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K298" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L298" s="4"><v>45588.0</v></c><c r="M298" s="1"><v>1</v></c></row><row r="299" spans="1:13" customFormat="false"><c r="A299" s="1"><v>137</v></c><c r="B299" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C299" s="1" t="str"><v>Programmabegroting Provincie Flevoland</v></c><c r="D299" s="1" t="str"><v/></c><c r="E299" s="1" t="str"><v/></c><c r="F299" s="4" t="str"><v/></c><c r="G299" s="1" t="str"><v>Financiën</v></c><c r="H299" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I299" s="1" t="str"><v>Financiën</v></c><c r="J299" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K299" s="1" t="str"><v>Provinciale Staten</v></c><c r="L299" s="4"><v>45609.0</v></c><c r="M299" s="1"><v>1</v></c></row><row r="300" spans="1:13" customFormat="false"><c r="A300" s="1"><v>137</v></c><c r="B300" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C300" s="1" t="str"><v>Programmabegroting Provincie Flevoland</v></c><c r="D300" s="1" t="str"><v/></c><c r="E300" s="1" t="str"><v/></c><c r="F300" s="4" t="str"><v/></c><c r="G300" s="1" t="str"><v>Financiën</v></c><c r="H300" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I300" s="1" t="str"><v>Financiën</v></c><c r="J300" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K300" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L300" s="4"><v>45938.0</v></c><c r="M300" s="1"><v>1</v></c></row><row r="301" spans="1:13" customFormat="false"><c r="A301" s="1"><v>137</v></c><c r="B301" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C301" s="1" t="str"><v>Programmabegroting Provincie Flevoland</v></c><c r="D301" s="1" t="str"><v/></c><c r="E301" s="1" t="str"><v/></c><c r="F301" s="4" t="str"><v/></c><c r="G301" s="1" t="str"><v>Financiën</v></c><c r="H301" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I301" s="1" t="str"><v>Financiën</v></c><c r="J301" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K301" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L301" s="4"><v>45959.0</v></c><c r="M301" s="1"><v>1</v></c></row><row r="302" spans="1:13" customFormat="false"><c r="A302" s="1"><v>137</v></c><c r="B302" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C302" s="1" t="str"><v>Programmabegroting Provincie Flevoland</v></c><c r="D302" s="1" t="str"><v/></c><c r="E302" s="1" t="str"><v/></c><c r="F302" s="4" t="str"><v/></c><c r="G302" s="1" t="str"><v>Financiën</v></c><c r="H302" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I302" s="1" t="str"><v>Financiën</v></c><c r="J302" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K302" s="1" t="str"><v>Provinciale Staten</v></c><c r="L302" s="4"><v>45973.0</v></c><c r="M302" s="1"><v>1</v></c></row><row r="303" spans="1:13" customFormat="false"><c r="A303" s="1"><v>137</v></c><c r="B303" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C303" s="1" t="str"><v>Programmabegroting Provincie Flevoland</v></c><c r="D303" s="1" t="str"><v/></c><c r="E303" s="1" t="str"><v/></c><c r="F303" s="4" t="str"><v/></c><c r="G303" s="1" t="str"><v>Financiën</v></c><c r="H303" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I303" s="1" t="str"><v>Financiën</v></c><c r="J303" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K303" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L303" s="4"><v>46316.0</v></c><c r="M303" s="1"><v>0</v></c></row><row r="304" spans="1:13" customFormat="false"><c r="A304" s="1"><v>137</v></c><c r="B304" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C304" s="1" t="str"><v>Programmabegroting Provincie Flevoland</v></c><c r="D304" s="1" t="str"><v/></c><c r="E304" s="1" t="str"><v/></c><c r="F304" s="4" t="str"><v/></c><c r="G304" s="1" t="str"><v>Financiën</v></c><c r="H304" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I304" s="1" t="str"><v>Financiën</v></c><c r="J304" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K304" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L304" s="4"><v>46316.0</v></c><c r="M304" s="1"><v>0</v></c></row><row r="305" spans="1:13" customFormat="false"><c r="A305" s="1"><v>137</v></c><c r="B305" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C305" s="1" t="str"><v>Programmabegroting Provincie Flevoland</v></c><c r="D305" s="1" t="str"><v/></c><c r="E305" s="1" t="str"><v/></c><c r="F305" s="4" t="str"><v/></c><c r="G305" s="1" t="str"><v>Financiën</v></c><c r="H305" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I305" s="1" t="str"><v>Financiën</v></c><c r="J305" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K305" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L305" s="4"><v>46323.0</v></c><c r="M305" s="1"><v>0</v></c></row><row r="306" spans="1:13" customFormat="false"><c r="A306" s="1"><v>137</v></c><c r="B306" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C306" s="1" t="str"><v>Programmabegroting Provincie Flevoland</v></c><c r="D306" s="1" t="str"><v/></c><c r="E306" s="1" t="str"><v/></c><c r="F306" s="4" t="str"><v/></c><c r="G306" s="1" t="str"><v>Financiën</v></c><c r="H306" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I306" s="1" t="str"><v>Financiën</v></c><c r="J306" s="1" t="str"><v>Het Presidium heeft op 7 april 2025 ingestemd met de nazending van de Begroting 2026 op 26 september 2025 en de termijnen voor indienen en beantwoorden technische vragen--&gt; indienen op 10 oktober 2025, beantwoording op 24 oktober 2025</v></c><c r="K306" s="1" t="str"><v>Provinciale Staten</v></c><c r="L306" s="4"><v>46337.0</v></c><c r="M306" s="1"><v>0</v></c></row><row r="307" spans="1:13" customFormat="false"><c r="A307" s="1"><v>140</v></c><c r="B307" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C307" s="1" t="str"><v xml:space="preserve">Actualisatie en wijzigen Financiële kaders in verband met invoering rechtmatigheidsverantwoording </v></c><c r="D307" s="1" t="str"><v/></c><c r="E307" s="1" t="str"><v/></c><c r="F307" s="4"><v>45216.0</v></c><c r="G307" s="1" t="str"><v>Financiën</v></c><c r="H307" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I307" s="1" t="str"><v>Financiën</v></c><c r="J307" s="1" t="str"><v/></c><c r="K307" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L307" s="4"><v>45308.0</v></c><c r="M307" s="1"><v>1</v></c></row><row r="308" spans="1:13" customFormat="false"><c r="A308" s="1"><v>140</v></c><c r="B308" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C308" s="1" t="str"><v xml:space="preserve">Actualisatie en wijzigen Financiële kaders in verband met invoering rechtmatigheidsverantwoording </v></c><c r="D308" s="1" t="str"><v/></c><c r="E308" s="1" t="str"><v/></c><c r="F308" s="4"><v>45216.0</v></c><c r="G308" s="1" t="str"><v>Financiën</v></c><c r="H308" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I308" s="1" t="str"><v>Financiën</v></c><c r="J308" s="1" t="str"><v/></c><c r="K308" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L308" s="4"><v>45329.0</v></c><c r="M308" s="1"><v>1</v></c></row><row r="309" spans="1:13" customFormat="false"><c r="A309" s="1"><v>140</v></c><c r="B309" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C309" s="1" t="str"><v xml:space="preserve">Actualisatie en wijzigen Financiële kaders in verband met invoering rechtmatigheidsverantwoording </v></c><c r="D309" s="1" t="str"><v/></c><c r="E309" s="1" t="str"><v/></c><c r="F309" s="4"><v>45216.0</v></c><c r="G309" s="1" t="str"><v>Financiën</v></c><c r="H309" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I309" s="1" t="str"><v>Financiën</v></c><c r="J309" s="1" t="str"><v/></c><c r="K309" s="1" t="str"><v>Provinciale Staten</v></c><c r="L309" s="4"><v>45350.0</v></c><c r="M309" s="1"><v>1</v></c></row><row r="310" spans="1:13" customFormat="false"><c r="A310" s="1"><v>343</v></c><c r="B310" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C310" s="1" t="str"><v>Actualisatie Financiële kaders 2025</v></c><c r="D310" s="1" t="str"><v xml:space="preserve">Het bestaat uit de onderdelen:&#13;
 •	Controleprotocol&#13;
 •	Controleverordening&#13;
 •	Treasurystatuut&#13;
 •	Financiële verordening&#13;
 •	Nota reserves en voorzieningen&#13;
 •	Nota risico’s en weerstandsvermogen&#13;
-Voorheen stond het als "geactualiseerde financiële kaderstelling 2025" in de LTA (met wisselende planningen). Laatste planning was nov/dec (Presidium 15 sept.)</v></c><c r="E257" s="1" t="str"><v/></c><c r="F257" s="4" t="str"><v/></c><c r="G257" s="1" t="str"><v>Financiën</v></c><c r="H257" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I257" s="1" t="str"><v>Financiën</v></c><c r="J257" s="1" t="str"><v xml:space="preserve">(3 november 2025): Het Presidium besluit het te agenderen voor behandeling in januari 2026.&#13;
+Voorheen stond het als "geactualiseerde financiële kaderstelling 2025" in de LTA (met wisselende planningen). Laatste planning was nov/dec (Presidium 15 sept.)</v></c><c r="E310" s="1" t="str"><v/></c><c r="F310" s="4" t="str"><v/></c><c r="G310" s="1" t="str"><v>Financiën</v></c><c r="H310" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I310" s="1" t="str"><v>Financiën</v></c><c r="J310" s="1" t="str"><v xml:space="preserve">(8 december 2025): In het Presidium is medegedeeld dat het onderwerp voor behandeling in commissies &amp; de Staten van februari 2026 wordt aangeboden.&#13;
+&#13;
+(3 november 2025): Het Presidium besluit het te agenderen voor behandeling in januari 2026.&#13;
 &#13;
 (17 oktober 2025): De organisatie geeft aan het onderwerp te wijzigen in "Financiële kaderstelling 2025 - Actualisatie financiële kaders". &#13;
 Een aantal financiële kaderstellende documenten is geactualiseerd. Deze kunnen technisch gezien ook in januari worden vastgesteld, zolang het maar ruim voor de controle van de jaarrekening 2025 is. Het gaat om de volgende documenten:&#13;
 •	Controleprotocol&#13;
 •	Controleverordening&#13;
 •	Treasurystatuut&#13;
 •	Financiële verordening&#13;
 •	Nota reserves en voorzieningen&#13;
 •	Nota risico’s en weerstandsvermogen&#13;
 &#13;
-(15 september 2025): Het Presidium heeft  besloten om de behandeling van de financiële kaderstellingsdocumenten niet in de integrale commissies te plannen maar te verplaatsen naar de commissies EMS op 26 november en 3 december.</v></c><c r="K257" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L257" s="4"><v>46029.0</v></c><c r="M257" s="1"><v>0</v></c></row><row r="258" spans="1:13" customFormat="false"><c r="A258" s="1"><v>343</v></c><c r="B258" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C258" s="1" t="str"><v xml:space="preserve">Financiële kaderstelling 2025 - actualisatie financiële kaders </v></c><c r="D258" s="1" t="str"><v xml:space="preserve">Het bestaat uit de onderdelen:&#13;
+(15 september 2025): Het Presidium heeft  besloten om de behandeling van de financiële kaderstellingsdocumenten niet in de integrale commissies te plannen maar te verplaatsen naar de commissies EMS op 26 november en 3 december.</v></c><c r="K310" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L310" s="4"><v>46057.0</v></c><c r="M310" s="1"><v>0</v></c></row><row r="311" spans="1:13" customFormat="false"><c r="A311" s="1"><v>343</v></c><c r="B311" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C311" s="1" t="str"><v>Actualisatie Financiële kaders 2025</v></c><c r="D311" s="1" t="str"><v xml:space="preserve">Het bestaat uit de onderdelen:&#13;
 •	Controleprotocol&#13;
 •	Controleverordening&#13;
 •	Treasurystatuut&#13;
 •	Financiële verordening&#13;
 •	Nota reserves en voorzieningen&#13;
 •	Nota risico’s en weerstandsvermogen&#13;
-Voorheen stond het als "geactualiseerde financiële kaderstelling 2025" in de LTA (met wisselende planningen). Laatste planning was nov/dec (Presidium 15 sept.)</v></c><c r="E258" s="1" t="str"><v/></c><c r="F258" s="4" t="str"><v/></c><c r="G258" s="1" t="str"><v>Financiën</v></c><c r="H258" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I258" s="1" t="str"><v>Financiën</v></c><c r="J258" s="1" t="str"><v xml:space="preserve">(3 november 2025): Het Presidium besluit het te agenderen voor behandeling in januari 2026.&#13;
+Voorheen stond het als "geactualiseerde financiële kaderstelling 2025" in de LTA (met wisselende planningen). Laatste planning was nov/dec (Presidium 15 sept.)</v></c><c r="E311" s="1" t="str"><v/></c><c r="F311" s="4" t="str"><v/></c><c r="G311" s="1" t="str"><v>Financiën</v></c><c r="H311" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I311" s="1" t="str"><v>Financiën</v></c><c r="J311" s="1" t="str"><v xml:space="preserve">(8 december 2025): In het Presidium is medegedeeld dat het onderwerp voor behandeling in commissies &amp; de Staten van februari 2026 wordt aangeboden.&#13;
+&#13;
+(3 november 2025): Het Presidium besluit het te agenderen voor behandeling in januari 2026.&#13;
 &#13;
 (17 oktober 2025): De organisatie geeft aan het onderwerp te wijzigen in "Financiële kaderstelling 2025 - Actualisatie financiële kaders". &#13;
 Een aantal financiële kaderstellende documenten is geactualiseerd. Deze kunnen technisch gezien ook in januari worden vastgesteld, zolang het maar ruim voor de controle van de jaarrekening 2025 is. Het gaat om de volgende documenten:&#13;
 •	Controleprotocol&#13;
 •	Controleverordening&#13;
 •	Treasurystatuut&#13;
 •	Financiële verordening&#13;
 •	Nota reserves en voorzieningen&#13;
 •	Nota risico’s en weerstandsvermogen&#13;
 &#13;
-(15 september 2025): Het Presidium heeft  besloten om de behandeling van de financiële kaderstellingsdocumenten niet in de integrale commissies te plannen maar te verplaatsen naar de commissies EMS op 26 november en 3 december.</v></c><c r="K258" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L258" s="4"><v>46036.0</v></c><c r="M258" s="1"><v>0</v></c></row><row r="259" spans="1:13" customFormat="false"><c r="A259" s="1"><v>343</v></c><c r="B259" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C259" s="1" t="str"><v xml:space="preserve">Financiële kaderstelling 2025 - actualisatie financiële kaders </v></c><c r="D259" s="1" t="str"><v xml:space="preserve">Het bestaat uit de onderdelen:&#13;
+(15 september 2025): Het Presidium heeft  besloten om de behandeling van de financiële kaderstellingsdocumenten niet in de integrale commissies te plannen maar te verplaatsen naar de commissies EMS op 26 november en 3 december.</v></c><c r="K311" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L311" s="4"><v>46064.0</v></c><c r="M311" s="1"><v>0</v></c></row><row r="312" spans="1:13" customFormat="false"><c r="A312" s="1"><v>343</v></c><c r="B312" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C312" s="1" t="str"><v>Actualisatie Financiële kaders 2025</v></c><c r="D312" s="1" t="str"><v xml:space="preserve">Het bestaat uit de onderdelen:&#13;
 •	Controleprotocol&#13;
 •	Controleverordening&#13;
 •	Treasurystatuut&#13;
 •	Financiële verordening&#13;
 •	Nota reserves en voorzieningen&#13;
 •	Nota risico’s en weerstandsvermogen&#13;
-Voorheen stond het als "geactualiseerde financiële kaderstelling 2025" in de LTA (met wisselende planningen). Laatste planning was nov/dec (Presidium 15 sept.)</v></c><c r="E259" s="1" t="str"><v/></c><c r="F259" s="4" t="str"><v/></c><c r="G259" s="1" t="str"><v>Financiën</v></c><c r="H259" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I259" s="1" t="str"><v>Financiën</v></c><c r="J259" s="1" t="str"><v xml:space="preserve">(3 november 2025): Het Presidium besluit het te agenderen voor behandeling in januari 2026.&#13;
+Voorheen stond het als "geactualiseerde financiële kaderstelling 2025" in de LTA (met wisselende planningen). Laatste planning was nov/dec (Presidium 15 sept.)</v></c><c r="E312" s="1" t="str"><v/></c><c r="F312" s="4" t="str"><v/></c><c r="G312" s="1" t="str"><v>Financiën</v></c><c r="H312" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I312" s="1" t="str"><v>Financiën</v></c><c r="J312" s="1" t="str"><v xml:space="preserve">(8 december 2025): In het Presidium is medegedeeld dat het onderwerp voor behandeling in commissies &amp; de Staten van februari 2026 wordt aangeboden.&#13;
+&#13;
+(3 november 2025): Het Presidium besluit het te agenderen voor behandeling in januari 2026.&#13;
 &#13;
 (17 oktober 2025): De organisatie geeft aan het onderwerp te wijzigen in "Financiële kaderstelling 2025 - Actualisatie financiële kaders". &#13;
 Een aantal financiële kaderstellende documenten is geactualiseerd. Deze kunnen technisch gezien ook in januari worden vastgesteld, zolang het maar ruim voor de controle van de jaarrekening 2025 is. Het gaat om de volgende documenten:&#13;
 •	Controleprotocol&#13;
 •	Controleverordening&#13;
 •	Treasurystatuut&#13;
 •	Financiële verordening&#13;
 •	Nota reserves en voorzieningen&#13;
 •	Nota risico’s en weerstandsvermogen&#13;
 &#13;
-(15 september 2025): Het Presidium heeft  besloten om de behandeling van de financiële kaderstellingsdocumenten niet in de integrale commissies te plannen maar te verplaatsen naar de commissies EMS op 26 november en 3 december.</v></c><c r="K259" s="1" t="str"><v>Provinciale Staten</v></c><c r="L259" s="4"><v>46050.0</v></c><c r="M259" s="1"><v>0</v></c></row><row r="260" spans="1:13" customFormat="false"><c r="A260" s="1"><v>344</v></c><c r="B260" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C260" s="1" t="str"><v>Vaststelling programma van eisen offerteaanvraag accountantsdiensten 2025- 2028</v></c><c r="D260" s="1" t="str"><v/></c><c r="E260" s="1" t="str"><v/></c><c r="F260" s="4" t="str"><v/></c><c r="G260" s="1" t="str"><v>Financiën</v></c><c r="H260" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I260" s="1" t="str"><v>Financiën</v></c><c r="J260" s="1" t="str"><v/></c><c r="K260" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L260" s="4"><v>45581.0</v></c><c r="M260" s="1"><v>1</v></c></row><row r="261" spans="1:13" customFormat="false"><c r="A261" s="1"><v>344</v></c><c r="B261" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C261" s="1" t="str"><v>Vaststelling programma van eisen offerteaanvraag accountantsdiensten 2025- 2028</v></c><c r="D261" s="1" t="str"><v/></c><c r="E261" s="1" t="str"><v/></c><c r="F261" s="4" t="str"><v/></c><c r="G261" s="1" t="str"><v>Financiën</v></c><c r="H261" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I261" s="1" t="str"><v>Financiën</v></c><c r="J261" s="1" t="str"><v/></c><c r="K261" s="1" t="str"><v>Provinciale Staten</v></c><c r="L261" s="4"><v>45588.0</v></c><c r="M261" s="1"><v>1</v></c></row><row r="262" spans="1:13" customFormat="false"><c r="A262" s="1"><v>351</v></c><c r="B262" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C262" s="1" t="str"><v>Najaarsnota (slotwijziging) (voorheen technische begrotingswijziging ultimo [betreffende jaar])</v></c><c r="D262" s="1" t="str"><v/></c><c r="E262" s="1" t="str"><v/></c><c r="F262" s="4" t="str"><v/></c><c r="G262" s="1" t="str"><v>Financiën</v></c><c r="H262" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I262" s="1" t="str"><v>Financiën</v></c><c r="J262" s="1" t="str"><v>In 2025 wordt het onderwerp "Najaarsnota 2025 (slotwijziging)" genoemd</v></c><c r="K262" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L262" s="4"><v>45259.0</v></c><c r="M262" s="1"><v>1</v></c></row><row r="263" spans="1:13" customFormat="false"><c r="A263" s="1"><v>351</v></c><c r="B263" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C263" s="1" t="str"><v>Najaarsnota (slotwijziging) (voorheen technische begrotingswijziging ultimo [betreffende jaar])</v></c><c r="D263" s="1" t="str"><v/></c><c r="E263" s="1" t="str"><v/></c><c r="F263" s="4" t="str"><v/></c><c r="G263" s="1" t="str"><v>Financiën</v></c><c r="H263" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I263" s="1" t="str"><v>Financiën</v></c><c r="J263" s="1" t="str"><v>In 2025 wordt het onderwerp "Najaarsnota 2025 (slotwijziging)" genoemd</v></c><c r="K263" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L263" s="4"><v>45259.0</v></c><c r="M263" s="1"><v>1</v></c></row><row r="264" spans="1:13" customFormat="false"><c r="A264" s="1"><v>351</v></c><c r="B264" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C264" s="1" t="str"><v>Najaarsnota (slotwijziging) (voorheen technische begrotingswijziging ultimo [betreffende jaar])</v></c><c r="D264" s="1" t="str"><v/></c><c r="E264" s="1" t="str"><v/></c><c r="F264" s="4" t="str"><v/></c><c r="G264" s="1" t="str"><v>Financiën</v></c><c r="H264" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I264" s="1" t="str"><v>Financiën</v></c><c r="J264" s="1" t="str"><v>In 2025 wordt het onderwerp "Najaarsnota 2025 (slotwijziging)" genoemd</v></c><c r="K264" s="1" t="str"><v>Provinciale Staten</v></c><c r="L264" s="4"><v>45273.0</v></c><c r="M264" s="1"><v>1</v></c></row><row r="265" spans="1:13" customFormat="false"><c r="A265" s="1"><v>351</v></c><c r="B265" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C265" s="1" t="str"><v>Najaarsnota (slotwijziging) (voorheen technische begrotingswijziging ultimo [betreffende jaar])</v></c><c r="D265" s="1" t="str"><v/></c><c r="E265" s="1" t="str"><v/></c><c r="F265" s="4" t="str"><v/></c><c r="G265" s="1" t="str"><v>Financiën</v></c><c r="H265" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I265" s="1" t="str"><v>Financiën</v></c><c r="J265" s="1" t="str"><v>In 2025 wordt het onderwerp "Najaarsnota 2025 (slotwijziging)" genoemd</v></c><c r="K265" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L265" s="4"><v>45623.0</v></c><c r="M265" s="1"><v>1</v></c></row><row r="266" spans="1:13" customFormat="false"><c r="A266" s="1"><v>351</v></c><c r="B266" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C266" s="1" t="str"><v>Najaarsnota (slotwijziging) (voorheen technische begrotingswijziging ultimo [betreffende jaar])</v></c><c r="D266" s="1" t="str"><v/></c><c r="E266" s="1" t="str"><v/></c><c r="F266" s="4" t="str"><v/></c><c r="G266" s="1" t="str"><v>Financiën</v></c><c r="H266" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I266" s="1" t="str"><v>Financiën</v></c><c r="J266" s="1" t="str"><v>In 2025 wordt het onderwerp "Najaarsnota 2025 (slotwijziging)" genoemd</v></c><c r="K266" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L266" s="4"><v>45623.0</v></c><c r="M266" s="1"><v>1</v></c></row><row r="267" spans="1:13" customFormat="false"><c r="A267" s="1"><v>351</v></c><c r="B267" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C267" s="1" t="str"><v>Najaarsnota (slotwijziging) (voorheen technische begrotingswijziging ultimo [betreffende jaar])</v></c><c r="D267" s="1" t="str"><v/></c><c r="E267" s="1" t="str"><v/></c><c r="F267" s="4" t="str"><v/></c><c r="G267" s="1" t="str"><v>Financiën</v></c><c r="H267" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I267" s="1" t="str"><v>Financiën</v></c><c r="J267" s="1" t="str"><v>In 2025 wordt het onderwerp "Najaarsnota 2025 (slotwijziging)" genoemd</v></c><c r="K267" s="1" t="str"><v>Provinciale Staten</v></c><c r="L267" s="4"><v>45637.0</v></c><c r="M267" s="1"><v>1</v></c></row><row r="268" spans="1:13" customFormat="false"><c r="A268" s="1"><v>351</v></c><c r="B268" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C268" s="1" t="str"><v>Najaarsnota (slotwijziging) (voorheen technische begrotingswijziging ultimo [betreffende jaar])</v></c><c r="D268" s="1" t="str"><v/></c><c r="E268" s="1" t="str"><v/></c><c r="F268" s="4" t="str"><v/></c><c r="G268" s="1" t="str"><v>Financiën</v></c><c r="H268" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I268" s="1" t="str"><v>Financiën</v></c><c r="J268" s="1" t="str"><v>In 2025 wordt het onderwerp "Najaarsnota 2025 (slotwijziging)" genoemd</v></c><c r="K268" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L268" s="4"><v>45987.0</v></c><c r="M268" s="1"><v>1</v></c></row><row r="269" spans="1:13" customFormat="false"><c r="A269" s="1"><v>351</v></c><c r="B269" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C269" s="1" t="str"><v>Najaarsnota (slotwijziging) (voorheen technische begrotingswijziging ultimo [betreffende jaar])</v></c><c r="D269" s="1" t="str"><v/></c><c r="E269" s="1" t="str"><v/></c><c r="F269" s="4" t="str"><v/></c><c r="G269" s="1" t="str"><v>Financiën</v></c><c r="H269" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I269" s="1" t="str"><v>Financiën</v></c><c r="J269" s="1" t="str"><v>In 2025 wordt het onderwerp "Najaarsnota 2025 (slotwijziging)" genoemd</v></c><c r="K269" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L269" s="4"><v>45994.0</v></c><c r="M269" s="1"><v>1</v></c></row><row r="270" spans="1:13" customFormat="false"><c r="A270" s="1"><v>351</v></c><c r="B270" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C270" s="1" t="str"><v>Najaarsnota (slotwijziging) (voorheen technische begrotingswijziging ultimo [betreffende jaar])</v></c><c r="D270" s="1" t="str"><v/></c><c r="E270" s="1" t="str"><v/></c><c r="F270" s="4" t="str"><v/></c><c r="G270" s="1" t="str"><v>Financiën</v></c><c r="H270" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I270" s="1" t="str"><v>Financiën</v></c><c r="J270" s="1" t="str"><v>In 2025 wordt het onderwerp "Najaarsnota 2025 (slotwijziging)" genoemd</v></c><c r="K270" s="1" t="str"><v>Provinciale Staten</v></c><c r="L270" s="4"><v>46008.0</v></c><c r="M270" s="1"><v>0</v></c></row><row r="271" spans="1:13" customFormat="false"><c r="A271" s="1"><v>352</v></c><c r="B271" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C271" s="1" t="str"><v>Normenkader</v></c><c r="D271" s="1" t="str"><v xml:space="preserve">Het Normenkader Rechtmatigheid bevat een inventarisatie van relevante wet- en regelgeving (verordeningen en beleidsregels), die van toepassing zijn op de verplichte rechtmatigheidsverantwoording in de jaarrekening.&#13;
+(15 september 2025): Het Presidium heeft  besloten om de behandeling van de financiële kaderstellingsdocumenten niet in de integrale commissies te plannen maar te verplaatsen naar de commissies EMS op 26 november en 3 december.</v></c><c r="K312" s="1" t="str"><v>Provinciale Staten</v></c><c r="L312" s="4"><v>46071.0</v></c><c r="M312" s="1"><v>0</v></c></row><row r="313" spans="1:13" customFormat="false"><c r="A313" s="1"><v>344</v></c><c r="B313" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C313" s="1" t="str"><v>Vaststelling programma van eisen offerteaanvraag accountantsdiensten 2025- 2028</v></c><c r="D313" s="1" t="str"><v/></c><c r="E313" s="1" t="str"><v/></c><c r="F313" s="4" t="str"><v/></c><c r="G313" s="1" t="str"><v>Financiën</v></c><c r="H313" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I313" s="1" t="str"><v>Financiën</v></c><c r="J313" s="1" t="str"><v/></c><c r="K313" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L313" s="4"><v>45581.0</v></c><c r="M313" s="1"><v>1</v></c></row><row r="314" spans="1:13" customFormat="false"><c r="A314" s="1"><v>344</v></c><c r="B314" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C314" s="1" t="str"><v>Vaststelling programma van eisen offerteaanvraag accountantsdiensten 2025- 2028</v></c><c r="D314" s="1" t="str"><v/></c><c r="E314" s="1" t="str"><v/></c><c r="F314" s="4" t="str"><v/></c><c r="G314" s="1" t="str"><v>Financiën</v></c><c r="H314" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I314" s="1" t="str"><v>Financiën</v></c><c r="J314" s="1" t="str"><v/></c><c r="K314" s="1" t="str"><v>Provinciale Staten</v></c><c r="L314" s="4"><v>45588.0</v></c><c r="M314" s="1"><v>1</v></c></row><row r="315" spans="1:13" customFormat="false"><c r="A315" s="1"><v>351</v></c><c r="B315" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C315" s="1" t="str"><v>Najaarsnota (slotwijziging) (voorheen technische begrotingswijziging ultimo [betreffende jaar])</v></c><c r="D315" s="1" t="str"><v/></c><c r="E315" s="1" t="str"><v/></c><c r="F315" s="4" t="str"><v/></c><c r="G315" s="1" t="str"><v>Financiën</v></c><c r="H315" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I315" s="1" t="str"><v>Financiën</v></c><c r="J315" s="1" t="str"><v>In 2025 wordt het onderwerp "Najaarsnota 2025 (slotwijziging)" genoemd</v></c><c r="K315" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L315" s="4"><v>45259.0</v></c><c r="M315" s="1"><v>1</v></c></row><row r="316" spans="1:13" customFormat="false"><c r="A316" s="1"><v>351</v></c><c r="B316" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C316" s="1" t="str"><v>Najaarsnota (slotwijziging) (voorheen technische begrotingswijziging ultimo [betreffende jaar])</v></c><c r="D316" s="1" t="str"><v/></c><c r="E316" s="1" t="str"><v/></c><c r="F316" s="4" t="str"><v/></c><c r="G316" s="1" t="str"><v>Financiën</v></c><c r="H316" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I316" s="1" t="str"><v>Financiën</v></c><c r="J316" s="1" t="str"><v>In 2025 wordt het onderwerp "Najaarsnota 2025 (slotwijziging)" genoemd</v></c><c r="K316" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L316" s="4"><v>45259.0</v></c><c r="M316" s="1"><v>1</v></c></row><row r="317" spans="1:13" customFormat="false"><c r="A317" s="1"><v>351</v></c><c r="B317" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C317" s="1" t="str"><v>Najaarsnota (slotwijziging) (voorheen technische begrotingswijziging ultimo [betreffende jaar])</v></c><c r="D317" s="1" t="str"><v/></c><c r="E317" s="1" t="str"><v/></c><c r="F317" s="4" t="str"><v/></c><c r="G317" s="1" t="str"><v>Financiën</v></c><c r="H317" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I317" s="1" t="str"><v>Financiën</v></c><c r="J317" s="1" t="str"><v>In 2025 wordt het onderwerp "Najaarsnota 2025 (slotwijziging)" genoemd</v></c><c r="K317" s="1" t="str"><v>Provinciale Staten</v></c><c r="L317" s="4"><v>45273.0</v></c><c r="M317" s="1"><v>1</v></c></row><row r="318" spans="1:13" customFormat="false"><c r="A318" s="1"><v>351</v></c><c r="B318" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C318" s="1" t="str"><v>Najaarsnota (slotwijziging) (voorheen technische begrotingswijziging ultimo [betreffende jaar])</v></c><c r="D318" s="1" t="str"><v/></c><c r="E318" s="1" t="str"><v/></c><c r="F318" s="4" t="str"><v/></c><c r="G318" s="1" t="str"><v>Financiën</v></c><c r="H318" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I318" s="1" t="str"><v>Financiën</v></c><c r="J318" s="1" t="str"><v>In 2025 wordt het onderwerp "Najaarsnota 2025 (slotwijziging)" genoemd</v></c><c r="K318" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L318" s="4"><v>45623.0</v></c><c r="M318" s="1"><v>1</v></c></row><row r="319" spans="1:13" customFormat="false"><c r="A319" s="1"><v>351</v></c><c r="B319" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C319" s="1" t="str"><v>Najaarsnota (slotwijziging) (voorheen technische begrotingswijziging ultimo [betreffende jaar])</v></c><c r="D319" s="1" t="str"><v/></c><c r="E319" s="1" t="str"><v/></c><c r="F319" s="4" t="str"><v/></c><c r="G319" s="1" t="str"><v>Financiën</v></c><c r="H319" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I319" s="1" t="str"><v>Financiën</v></c><c r="J319" s="1" t="str"><v>In 2025 wordt het onderwerp "Najaarsnota 2025 (slotwijziging)" genoemd</v></c><c r="K319" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L319" s="4"><v>45623.0</v></c><c r="M319" s="1"><v>1</v></c></row><row r="320" spans="1:13" customFormat="false"><c r="A320" s="1"><v>351</v></c><c r="B320" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C320" s="1" t="str"><v>Najaarsnota (slotwijziging) (voorheen technische begrotingswijziging ultimo [betreffende jaar])</v></c><c r="D320" s="1" t="str"><v/></c><c r="E320" s="1" t="str"><v/></c><c r="F320" s="4" t="str"><v/></c><c r="G320" s="1" t="str"><v>Financiën</v></c><c r="H320" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I320" s="1" t="str"><v>Financiën</v></c><c r="J320" s="1" t="str"><v>In 2025 wordt het onderwerp "Najaarsnota 2025 (slotwijziging)" genoemd</v></c><c r="K320" s="1" t="str"><v>Provinciale Staten</v></c><c r="L320" s="4"><v>45637.0</v></c><c r="M320" s="1"><v>1</v></c></row><row r="321" spans="1:13" customFormat="false"><c r="A321" s="1"><v>351</v></c><c r="B321" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C321" s="1" t="str"><v>Najaarsnota (slotwijziging) (voorheen technische begrotingswijziging ultimo [betreffende jaar])</v></c><c r="D321" s="1" t="str"><v/></c><c r="E321" s="1" t="str"><v/></c><c r="F321" s="4" t="str"><v/></c><c r="G321" s="1" t="str"><v>Financiën</v></c><c r="H321" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I321" s="1" t="str"><v>Financiën</v></c><c r="J321" s="1" t="str"><v>In 2025 wordt het onderwerp "Najaarsnota 2025 (slotwijziging)" genoemd</v></c><c r="K321" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L321" s="4"><v>45987.0</v></c><c r="M321" s="1"><v>1</v></c></row><row r="322" spans="1:13" customFormat="false"><c r="A322" s="1"><v>351</v></c><c r="B322" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C322" s="1" t="str"><v>Najaarsnota (slotwijziging) (voorheen technische begrotingswijziging ultimo [betreffende jaar])</v></c><c r="D322" s="1" t="str"><v/></c><c r="E322" s="1" t="str"><v/></c><c r="F322" s="4" t="str"><v/></c><c r="G322" s="1" t="str"><v>Financiën</v></c><c r="H322" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I322" s="1" t="str"><v>Financiën</v></c><c r="J322" s="1" t="str"><v>In 2025 wordt het onderwerp "Najaarsnota 2025 (slotwijziging)" genoemd</v></c><c r="K322" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L322" s="4"><v>45994.0</v></c><c r="M322" s="1"><v>1</v></c></row><row r="323" spans="1:13" customFormat="false"><c r="A323" s="1"><v>351</v></c><c r="B323" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C323" s="1" t="str"><v>Najaarsnota (slotwijziging) (voorheen technische begrotingswijziging ultimo [betreffende jaar])</v></c><c r="D323" s="1" t="str"><v/></c><c r="E323" s="1" t="str"><v/></c><c r="F323" s="4" t="str"><v/></c><c r="G323" s="1" t="str"><v>Financiën</v></c><c r="H323" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I323" s="1" t="str"><v>Financiën</v></c><c r="J323" s="1" t="str"><v>In 2025 wordt het onderwerp "Najaarsnota 2025 (slotwijziging)" genoemd</v></c><c r="K323" s="1" t="str"><v>Provinciale Staten</v></c><c r="L323" s="4"><v>46008.0</v></c><c r="M323" s="1"><v>1</v></c></row><row r="324" spans="1:13" customFormat="false"><c r="A324" s="1"><v>352</v></c><c r="B324" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C324" s="1" t="str"><v>Normenkader</v></c><c r="D324" s="1" t="str"><v xml:space="preserve">Het Normenkader Rechtmatigheid bevat een inventarisatie van relevante wet- en regelgeving (verordeningen en beleidsregels), die van toepassing zijn op de verplichte rechtmatigheidsverantwoording in de jaarrekening.&#13;
 &#13;
 In feite is het normenkader de opdracht van Provinciale Staten aan Gedeputeerde Staten om op basis van het normenkader de rechtmatigheid van de financiële beheershandelingen te toetsen en zich daarover te verantwoorden in de rechtmatigheidsverantwoording.&#13;
 &#13;
 De nieuwe kadernota van de commissie BBV geeft aan dat het normenkader door Provinciale Staten moet worden vastgesteld. &#13;
 &#13;
-</v></c><c r="E271" s="1" t="str"><v/></c><c r="F271" s="4" t="str"><v/></c><c r="G271" s="1" t="str"><v>Financiën</v></c><c r="H271" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I271" s="1" t="str"><v>Financiën</v></c><c r="J271" s="1" t="str"><v/></c><c r="K271" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L271" s="4"><v>45693.0</v></c><c r="M271" s="1"><v>1</v></c></row><row r="272" spans="1:13" customFormat="false"><c r="A272" s="1"><v>352</v></c><c r="B272" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C272" s="1" t="str"><v>Normenkader</v></c><c r="D272" s="1" t="str"><v xml:space="preserve">Het Normenkader Rechtmatigheid bevat een inventarisatie van relevante wet- en regelgeving (verordeningen en beleidsregels), die van toepassing zijn op de verplichte rechtmatigheidsverantwoording in de jaarrekening.&#13;
+</v></c><c r="E324" s="1" t="str"><v/></c><c r="F324" s="4" t="str"><v/></c><c r="G324" s="1" t="str"><v>Financiën</v></c><c r="H324" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I324" s="1" t="str"><v>Financiën</v></c><c r="J324" s="1" t="str"><v/></c><c r="K324" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L324" s="4"><v>45693.0</v></c><c r="M324" s="1"><v>1</v></c></row><row r="325" spans="1:13" customFormat="false"><c r="A325" s="1"><v>352</v></c><c r="B325" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C325" s="1" t="str"><v>Normenkader</v></c><c r="D325" s="1" t="str"><v xml:space="preserve">Het Normenkader Rechtmatigheid bevat een inventarisatie van relevante wet- en regelgeving (verordeningen en beleidsregels), die van toepassing zijn op de verplichte rechtmatigheidsverantwoording in de jaarrekening.&#13;
 &#13;
 In feite is het normenkader de opdracht van Provinciale Staten aan Gedeputeerde Staten om op basis van het normenkader de rechtmatigheid van de financiële beheershandelingen te toetsen en zich daarover te verantwoorden in de rechtmatigheidsverantwoording.&#13;
 &#13;
 De nieuwe kadernota van de commissie BBV geeft aan dat het normenkader door Provinciale Staten moet worden vastgesteld. &#13;
 &#13;
-</v></c><c r="E272" s="1" t="str"><v/></c><c r="F272" s="4" t="str"><v/></c><c r="G272" s="1" t="str"><v>Financiën</v></c><c r="H272" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I272" s="1" t="str"><v>Financiën</v></c><c r="J272" s="1" t="str"><v/></c><c r="K272" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L272" s="4"><v>45693.0</v></c><c r="M272" s="1"><v>1</v></c></row><row r="273" spans="1:13" customFormat="false"><c r="A273" s="1"><v>352</v></c><c r="B273" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C273" s="1" t="str"><v>Normenkader</v></c><c r="D273" s="1" t="str"><v xml:space="preserve">Het Normenkader Rechtmatigheid bevat een inventarisatie van relevante wet- en regelgeving (verordeningen en beleidsregels), die van toepassing zijn op de verplichte rechtmatigheidsverantwoording in de jaarrekening.&#13;
+</v></c><c r="E325" s="1" t="str"><v/></c><c r="F325" s="4" t="str"><v/></c><c r="G325" s="1" t="str"><v>Financiën</v></c><c r="H325" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I325" s="1" t="str"><v>Financiën</v></c><c r="J325" s="1" t="str"><v/></c><c r="K325" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L325" s="4"><v>45693.0</v></c><c r="M325" s="1"><v>1</v></c></row><row r="326" spans="1:13" customFormat="false"><c r="A326" s="1"><v>352</v></c><c r="B326" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C326" s="1" t="str"><v>Normenkader</v></c><c r="D326" s="1" t="str"><v xml:space="preserve">Het Normenkader Rechtmatigheid bevat een inventarisatie van relevante wet- en regelgeving (verordeningen en beleidsregels), die van toepassing zijn op de verplichte rechtmatigheidsverantwoording in de jaarrekening.&#13;
 &#13;
 In feite is het normenkader de opdracht van Provinciale Staten aan Gedeputeerde Staten om op basis van het normenkader de rechtmatigheid van de financiële beheershandelingen te toetsen en zich daarover te verantwoorden in de rechtmatigheidsverantwoording.&#13;
 &#13;
 De nieuwe kadernota van de commissie BBV geeft aan dat het normenkader door Provinciale Staten moet worden vastgesteld. &#13;
 &#13;
-</v></c><c r="E273" s="1" t="str"><v/></c><c r="F273" s="4" t="str"><v/></c><c r="G273" s="1" t="str"><v>Financiën</v></c><c r="H273" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I273" s="1" t="str"><v>Financiën</v></c><c r="J273" s="1" t="str"><v/></c><c r="K273" s="1" t="str"><v>Provinciale Staten</v></c><c r="L273" s="4"><v>45714.0</v></c><c r="M273" s="1"><v>1</v></c></row><row r="274" spans="1:13" customFormat="false"><c r="A274" s="1"><v>362</v></c><c r="B274" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C274" s="1" t="str"><v xml:space="preserve">Actueel financieel beeld </v></c><c r="D274" s="1" t="str"><v xml:space="preserve">Op 27 november 2024 heeft het college de toezegging gedaan (EMS 219), tijdens de behandeling van de "technische begrotingswijziging ultimo 2024" om de Staten in maart 2024 te informeren over een tussentijdse actuele stand van zaken van de financiële situatie en hiervoor een moment te plannen in de commissie EMS.&#13;
-</v></c><c r="E274" s="1" t="str"><v/></c><c r="F274" s="4" t="str"><v/></c><c r="G274" s="1" t="str"><v>Financiën</v></c><c r="H274" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I274" s="1" t="str"><v>Financiën</v></c><c r="J274" s="1" t="str"><v/></c><c r="K274" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L274" s="4"><v>45749.0</v></c><c r="M274" s="1"><v>1</v></c></row><row r="275" spans="1:13" customFormat="false"><c r="A275" s="1"><v>390</v></c><c r="B275" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C275" s="1" t="str"><v xml:space="preserve">Nota Risico en Weerstandsvermogen 2025 -&gt; zie financiële kaderstelling </v></c><c r="D275" s="1" t="str"><v xml:space="preserve"> Op grond van de financiële verordening 2024 (artikel 14) leggen Gedeputeerde Staten (GS) elke vier jaar &#13;
+</v></c><c r="E326" s="1" t="str"><v/></c><c r="F326" s="4" t="str"><v/></c><c r="G326" s="1" t="str"><v>Financiën</v></c><c r="H326" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I326" s="1" t="str"><v>Financiën</v></c><c r="J326" s="1" t="str"><v/></c><c r="K326" s="1" t="str"><v>Provinciale Staten</v></c><c r="L326" s="4"><v>45714.0</v></c><c r="M326" s="1"><v>1</v></c></row><row r="327" spans="1:13" customFormat="false"><c r="A327" s="1"><v>352</v></c><c r="B327" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C327" s="1" t="str"><v>Normenkader</v></c><c r="D327" s="1" t="str"><v xml:space="preserve">Het Normenkader Rechtmatigheid bevat een inventarisatie van relevante wet- en regelgeving (verordeningen en beleidsregels), die van toepassing zijn op de verplichte rechtmatigheidsverantwoording in de jaarrekening.&#13;
+&#13;
+In feite is het normenkader de opdracht van Provinciale Staten aan Gedeputeerde Staten om op basis van het normenkader de rechtmatigheid van de financiële beheershandelingen te toetsen en zich daarover te verantwoorden in de rechtmatigheidsverantwoording.&#13;
+&#13;
+De nieuwe kadernota van de commissie BBV geeft aan dat het normenkader door Provinciale Staten moet worden vastgesteld. &#13;
+&#13;
+</v></c><c r="E327" s="1" t="str"><v/></c><c r="F327" s="4" t="str"><v/></c><c r="G327" s="1" t="str"><v>Financiën</v></c><c r="H327" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I327" s="1" t="str"><v>Financiën</v></c><c r="J327" s="1" t="str"><v/></c><c r="K327" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L327" s="4"><v>46057.0</v></c><c r="M327" s="1"><v>0</v></c></row><row r="328" spans="1:13" customFormat="false"><c r="A328" s="1"><v>352</v></c><c r="B328" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C328" s="1" t="str"><v>Normenkader</v></c><c r="D328" s="1" t="str"><v xml:space="preserve">Het Normenkader Rechtmatigheid bevat een inventarisatie van relevante wet- en regelgeving (verordeningen en beleidsregels), die van toepassing zijn op de verplichte rechtmatigheidsverantwoording in de jaarrekening.&#13;
+&#13;
+In feite is het normenkader de opdracht van Provinciale Staten aan Gedeputeerde Staten om op basis van het normenkader de rechtmatigheid van de financiële beheershandelingen te toetsen en zich daarover te verantwoorden in de rechtmatigheidsverantwoording.&#13;
+&#13;
+De nieuwe kadernota van de commissie BBV geeft aan dat het normenkader door Provinciale Staten moet worden vastgesteld. &#13;
+&#13;
+</v></c><c r="E328" s="1" t="str"><v/></c><c r="F328" s="4" t="str"><v/></c><c r="G328" s="1" t="str"><v>Financiën</v></c><c r="H328" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I328" s="1" t="str"><v>Financiën</v></c><c r="J328" s="1" t="str"><v/></c><c r="K328" s="1" t="str"><v>Provinciale Staten</v></c><c r="L328" s="4"><v>46071.0</v></c><c r="M328" s="1"><v>0</v></c></row><row r="329" spans="1:13" customFormat="false"><c r="A329" s="1"><v>362</v></c><c r="B329" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C329" s="1" t="str"><v xml:space="preserve">Actueel financieel beeld </v></c><c r="D329" s="1" t="str"><v xml:space="preserve">Op 27 november 2024 heeft het college de toezegging gedaan (EMS 219), tijdens de behandeling van de "technische begrotingswijziging ultimo 2024" om de Staten in maart 2024 te informeren over een tussentijdse actuele stand van zaken van de financiële situatie en hiervoor een moment te plannen in de commissie EMS.&#13;
+</v></c><c r="E329" s="1" t="str"><v/></c><c r="F329" s="4" t="str"><v/></c><c r="G329" s="1" t="str"><v>Financiën</v></c><c r="H329" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I329" s="1" t="str"><v>Financiën</v></c><c r="J329" s="1" t="str"><v/></c><c r="K329" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L329" s="4"><v>45749.0</v></c><c r="M329" s="1"><v>1</v></c></row><row r="330" spans="1:13" customFormat="false"><c r="A330" s="1"><v>390</v></c><c r="B330" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C330" s="1" t="str"><v xml:space="preserve">Nota Risico en Weerstandsvermogen 2025 -&gt; zie financiële kaderstelling </v></c><c r="D330" s="1" t="str"><v xml:space="preserve"> Op grond van de financiële verordening 2024 (artikel 14) leggen Gedeputeerde Staten (GS) elke vier jaar &#13;
 een Nota risico en weerstandsvermogen, ter behandeling en vaststelling voor aan Provinciale Staten (PS).&#13;
 &#13;
-</v></c><c r="E275" s="1" t="str"><v/></c><c r="F275" s="4" t="str"><v/></c><c r="G275" s="1" t="str"><v>Financiën</v></c><c r="H275" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I275" s="1" t="str"><v>Financiën</v></c><c r="J275" s="1" t="str"><v xml:space="preserve">De onderwerp is onderdeel van "Financiële kaderstelling 2025 - Actualisatie financiële kaders. (zie &#13;
+</v></c><c r="E330" s="1" t="str"><v/></c><c r="F330" s="4" t="str"><v/></c><c r="G330" s="1" t="str"><v>Financiën</v></c><c r="H330" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I330" s="1" t="str"><v>Financiën</v></c><c r="J330" s="1" t="str"><v xml:space="preserve">De onderwerp is onderdeel van "Financiële kaderstelling 2025 - Actualisatie financiële kaders. (zie &#13;
 Het gaat om de volgende documenten:&#13;
 •	Controleprotocol&#13;
 •	Controleverordening&#13;
 •	Treasurystatuut&#13;
 •	Financiële verordening&#13;
 •	Nota reserves en voorzieningen&#13;
 •	Nota risico’s en weerstandsvermogen&#13;
-</v></c><c r="K275" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L275" s="4"><v>46029.0</v></c><c r="M275" s="1"><v>0</v></c></row><row r="276" spans="1:13" customFormat="false"><c r="A276" s="1"><v>390</v></c><c r="B276" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C276" s="1" t="str"><v xml:space="preserve">Nota Risico en Weerstandsvermogen 2025 -&gt; zie financiële kaderstelling </v></c><c r="D276" s="1" t="str"><v xml:space="preserve"> Op grond van de financiële verordening 2024 (artikel 14) leggen Gedeputeerde Staten (GS) elke vier jaar &#13;
-[...26 lines deleted...]
- </v></c><c r="E282" s="1" t="str"><v/></c><c r="F282" s="4" t="str"><v/></c><c r="G282" s="1" t="str"><v>Fonds Verstedelijking Almere</v></c><c r="H282" s="1" t="str"><v xml:space="preserve"> Hofstra, van Dijk</v></c><c r="I282" s="1" t="str"><v>Cultuur</v></c><c r="J282" s="1" t="str"><v xml:space="preserve">Het voorstel heette voorheen "Kunstmuseum Almere" </v></c><c r="K282" s="1" t="str"><v>Provinciale Staten</v></c><c r="L282" s="4"><v>45231.0</v></c><c r="M282" s="1"><v>1</v></c></row><row r="283" spans="1:13" customFormat="false"><c r="A283" s="1"><v>349</v></c><c r="B283" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C283" s="1" t="str"><v xml:space="preserve">Fonds Verstedelijking Almere - Partiële herziening Jaarprogramma 2025   </v></c><c r="D283" s="1" t="str"><v>Na de besluitvorming voor het Meerjarenprogramma 2025-2029 van het Fonds Verstedelijking Almere wordt de Partiele herziening van het Jaarprogramma 2025 verwacht.</v></c><c r="E283" s="1" t="str"><v/></c><c r="F283" s="4" t="str"><v/></c><c r="G283" s="1" t="str"><v>Fonds Verstedelijking Almere</v></c><c r="H283" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I283" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J283" s="1" t="str"><v xml:space="preserve">Er is een mededeling voorzien over de partiële herziening van het Jaarprogramma 2025 wordt, nu het Meerjarenprogramma 2025-2029 definitief is vastgesteld. De staten worden na het Bestuurlijk Overleg Almere&#13;
+</v></c><c r="K330" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L330" s="4"><v>46071.0</v></c><c r="M330" s="1"><v>0</v></c></row><row r="331" spans="1:13" customFormat="false"><c r="A331" s="1"><v>77</v></c><c r="B331" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C331" s="1" t="str"><v xml:space="preserve"> Stoppen realisatie Kunstmuseum </v></c><c r="D331" s="1" t="str"><v xml:space="preserve">Het volgende ordevoorstel is in de commissie van 12 juli 2023 aangenomen: het Statenvoorstel terug te geven aan het college, geen onomkeerbare besluiten (personeel, financiële) te nemen, in overleg Almere &amp; Rijk te gaan om de openstaande vragen te verhelderen en na het reces met een nieuw voorstel te komen.Tot 12 sept werd dit onderwerp "Kunstmuseum Almere" genoemd. &#13;
+ </v></c><c r="E331" s="1" t="str"><v/></c><c r="F331" s="4" t="str"><v/></c><c r="G331" s="1" t="str"><v>Fonds Verstedelijking Almere</v></c><c r="H331" s="1" t="str"><v xml:space="preserve"> Hofstra, van Dijk</v></c><c r="I331" s="1" t="str"><v>Cultuur</v></c><c r="J331" s="1" t="str"><v xml:space="preserve">Het voorstel heette voorheen "Kunstmuseum Almere" </v></c><c r="K331" s="1" t="str"><v>Beeldvorming integrale ad hoc Commissie</v></c><c r="L331" s="4"><v>45084.0</v></c><c r="M331" s="1"><v>1</v></c></row><row r="332" spans="1:13" customFormat="false"><c r="A332" s="1"><v>77</v></c><c r="B332" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C332" s="1" t="str"><v xml:space="preserve"> Stoppen realisatie Kunstmuseum </v></c><c r="D332" s="1" t="str"><v xml:space="preserve">Het volgende ordevoorstel is in de commissie van 12 juli 2023 aangenomen: het Statenvoorstel terug te geven aan het college, geen onomkeerbare besluiten (personeel, financiële) te nemen, in overleg Almere &amp; Rijk te gaan om de openstaande vragen te verhelderen en na het reces met een nieuw voorstel te komen.Tot 12 sept werd dit onderwerp "Kunstmuseum Almere" genoemd. &#13;
+ </v></c><c r="E332" s="1" t="str"><v/></c><c r="F332" s="4" t="str"><v/></c><c r="G332" s="1" t="str"><v>Fonds Verstedelijking Almere</v></c><c r="H332" s="1" t="str"><v xml:space="preserve"> Hofstra, van Dijk</v></c><c r="I332" s="1" t="str"><v>Cultuur</v></c><c r="J332" s="1" t="str"><v xml:space="preserve">Het voorstel heette voorheen "Kunstmuseum Almere" </v></c><c r="K332" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L332" s="4"><v>45119.0</v></c><c r="M332" s="1"><v>1</v></c></row><row r="333" spans="1:13" customFormat="false"><c r="A333" s="1"><v>77</v></c><c r="B333" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C333" s="1" t="str"><v xml:space="preserve"> Stoppen realisatie Kunstmuseum </v></c><c r="D333" s="1" t="str"><v xml:space="preserve">Het volgende ordevoorstel is in de commissie van 12 juli 2023 aangenomen: het Statenvoorstel terug te geven aan het college, geen onomkeerbare besluiten (personeel, financiële) te nemen, in overleg Almere &amp; Rijk te gaan om de openstaande vragen te verhelderen en na het reces met een nieuw voorstel te komen.Tot 12 sept werd dit onderwerp "Kunstmuseum Almere" genoemd. &#13;
+ </v></c><c r="E333" s="1" t="str"><v/></c><c r="F333" s="4" t="str"><v/></c><c r="G333" s="1" t="str"><v>Fonds Verstedelijking Almere</v></c><c r="H333" s="1" t="str"><v xml:space="preserve"> Hofstra, van Dijk</v></c><c r="I333" s="1" t="str"><v>Cultuur</v></c><c r="J333" s="1" t="str"><v xml:space="preserve">Het voorstel heette voorheen "Kunstmuseum Almere" </v></c><c r="K333" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L333" s="4"><v>45210.0</v></c><c r="M333" s="1"><v>1</v></c></row><row r="334" spans="1:13" customFormat="false"><c r="A334" s="1"><v>77</v></c><c r="B334" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C334" s="1" t="str"><v xml:space="preserve"> Stoppen realisatie Kunstmuseum </v></c><c r="D334" s="1" t="str"><v xml:space="preserve">Het volgende ordevoorstel is in de commissie van 12 juli 2023 aangenomen: het Statenvoorstel terug te geven aan het college, geen onomkeerbare besluiten (personeel, financiële) te nemen, in overleg Almere &amp; Rijk te gaan om de openstaande vragen te verhelderen en na het reces met een nieuw voorstel te komen.Tot 12 sept werd dit onderwerp "Kunstmuseum Almere" genoemd. &#13;
+ </v></c><c r="E334" s="1" t="str"><v/></c><c r="F334" s="4" t="str"><v/></c><c r="G334" s="1" t="str"><v>Fonds Verstedelijking Almere</v></c><c r="H334" s="1" t="str"><v xml:space="preserve"> Hofstra, van Dijk</v></c><c r="I334" s="1" t="str"><v>Cultuur</v></c><c r="J334" s="1" t="str"><v xml:space="preserve">Het voorstel heette voorheen "Kunstmuseum Almere" </v></c><c r="K334" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L334" s="4"><v>45217.0</v></c><c r="M334" s="1"><v>1</v></c></row><row r="335" spans="1:13" customFormat="false"><c r="A335" s="1"><v>77</v></c><c r="B335" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C335" s="1" t="str"><v xml:space="preserve"> Stoppen realisatie Kunstmuseum </v></c><c r="D335" s="1" t="str"><v xml:space="preserve">Het volgende ordevoorstel is in de commissie van 12 juli 2023 aangenomen: het Statenvoorstel terug te geven aan het college, geen onomkeerbare besluiten (personeel, financiële) te nemen, in overleg Almere &amp; Rijk te gaan om de openstaande vragen te verhelderen en na het reces met een nieuw voorstel te komen.Tot 12 sept werd dit onderwerp "Kunstmuseum Almere" genoemd. &#13;
+ </v></c><c r="E335" s="1" t="str"><v/></c><c r="F335" s="4" t="str"><v/></c><c r="G335" s="1" t="str"><v>Fonds Verstedelijking Almere</v></c><c r="H335" s="1" t="str"><v xml:space="preserve"> Hofstra, van Dijk</v></c><c r="I335" s="1" t="str"><v>Cultuur</v></c><c r="J335" s="1" t="str"><v xml:space="preserve">Het voorstel heette voorheen "Kunstmuseum Almere" </v></c><c r="K335" s="1" t="str"><v>Provinciale Staten</v></c><c r="L335" s="4"><v>45231.0</v></c><c r="M335" s="1"><v>1</v></c></row><row r="336" spans="1:13" customFormat="false"><c r="A336" s="1"><v>349</v></c><c r="B336" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C336" s="1" t="str"><v xml:space="preserve">Fonds Verstedelijking Almere - Partiële herziening Jaarprogramma 2025   </v></c><c r="D336" s="1" t="str"><v>Na de besluitvorming voor het Meerjarenprogramma 2025-2029 van het Fonds Verstedelijking Almere wordt de Partiele herziening van het Jaarprogramma 2025 verwacht.</v></c><c r="E336" s="1" t="str"><v/></c><c r="F336" s="4" t="str"><v/></c><c r="G336" s="1" t="str"><v>Fonds Verstedelijking Almere</v></c><c r="H336" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I336" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J336" s="1" t="str"><v xml:space="preserve">Er is een mededeling voorzien over de partiële herziening van het Jaarprogramma 2025 wordt, nu het Meerjarenprogramma 2025-2029 definitief is vastgesteld. De staten worden na het Bestuurlijk Overleg Almere&#13;
 2.0 van 4 juli geïnformeerd &#13;
 &#13;
-</v></c><c r="K283" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L283" s="4"><v>45848.0</v></c><c r="M283" s="1"><v>1</v></c></row><row r="284" spans="1:13" customFormat="false"><c r="A284" s="1"><v>111</v></c><c r="B284" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C284" s="1" t="str"><v>Gemeenschappelijk Landbouwbeleid Flevoland 2023-2027: provinciale verordening en uitvoeringsreserve</v></c><c r="D284" s="1" t="str"><v/></c><c r="E284" s="1" t="str"><v/></c><c r="F284" s="4" t="str"><v/></c><c r="G284" s="1" t="str"><v>GLB en POP3</v></c><c r="H284" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I284" s="1" t="str"><v>Natuur</v></c><c r="J284" s="1" t="str"><v/></c><c r="K284" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L284" s="4"><v>45217.0</v></c><c r="M284" s="1"><v>1</v></c></row><row r="285" spans="1:13" customFormat="false"><c r="A285" s="1"><v>111</v></c><c r="B285" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C285" s="1" t="str"><v>Gemeenschappelijk Landbouwbeleid Flevoland 2023-2027: provinciale verordening en uitvoeringsreserve</v></c><c r="D285" s="1" t="str"><v/></c><c r="E285" s="1" t="str"><v/></c><c r="F285" s="4" t="str"><v/></c><c r="G285" s="1" t="str"><v>GLB en POP3</v></c><c r="H285" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I285" s="1" t="str"><v>Natuur</v></c><c r="J285" s="1" t="str"><v/></c><c r="K285" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L285" s="4"><v>45259.0</v></c><c r="M285" s="1"><v>1</v></c></row><row r="286" spans="1:13" customFormat="false"><c r="A286" s="1"><v>111</v></c><c r="B286" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C286" s="1" t="str"><v>Gemeenschappelijk Landbouwbeleid Flevoland 2023-2027: provinciale verordening en uitvoeringsreserve</v></c><c r="D286" s="1" t="str"><v/></c><c r="E286" s="1" t="str"><v/></c><c r="F286" s="4" t="str"><v/></c><c r="G286" s="1" t="str"><v>GLB en POP3</v></c><c r="H286" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I286" s="1" t="str"><v>Natuur</v></c><c r="J286" s="1" t="str"><v/></c><c r="K286" s="1" t="str"><v>Provinciale Staten</v></c><c r="L286" s="4"><v>45273.0</v></c><c r="M286" s="1"><v>1</v></c></row><row r="287" spans="1:13" customFormat="false"><c r="A287" s="1"><v>173</v></c><c r="B287" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C287" s="1" t="str"><v xml:space="preserve">Grip op de regio- Statenacademie </v></c><c r="D287" s="1" t="str"><v/></c><c r="E287" s="1" t="str"><v/></c><c r="F287" s="4" t="str"><v/></c><c r="G287" s="1" t="str"><v>Griffie</v></c><c r="H287" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I287" s="1" t="str"><v>Griffie</v></c><c r="J287" s="1" t="str"><v/></c><c r="K287" s="1" t="str"><v>Statenactiviteit</v></c><c r="L287" s="4"><v>45369.0</v></c><c r="M287" s="1"><v>1</v></c></row><row r="288" spans="1:13" customFormat="false"><c r="A288" s="1"><v>391</v></c><c r="B288" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C288" s="1" t="str"><v>Vernieuwing informatievoorziening Provinciale Staten</v></c><c r="D288" s="1" t="str"><v xml:space="preserve">Het in 2024 gestarte project ter versterking van de informatiepositie van Provinciale Staten, resulteert in 2025 tot een verbetering van het Stateninformatiesysteem op de website stateninformatie.flevoland.nl en de bijbehorende app. De verbetering van het Stateninformatiesysteem bevat een nieuwe ordening van informatie en nieuwe zoekfunctionaliteiten. Dit vergroot de vindbaarheid van informatie voor Provinciale Staten en andere belanghebbenden.&#13;
-[...2 lines deleted...]
-(BRON: Programmabegroting 2025)</v></c><c r="E290" s="1" t="str"><v/></c><c r="F290" s="4" t="str"><v/></c><c r="G290" s="1" t="str"><v>Griffie</v></c><c r="H290" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I290" s="1" t="str"><v>Griffie</v></c><c r="J290" s="1" t="str"><v>De agendering van het onderwerp is een maand opgeschoven (van november/december naar januari) i.v.m. extra interne afstemmingswerkzaamheden</v></c><c r="K290" s="1" t="str"><v>Provinciale Staten</v></c><c r="L290" s="4"><v>46050.0</v></c><c r="M290" s="1"><v>0</v></c></row><row r="291" spans="1:13" customFormat="false"><c r="A291" s="1"><v>57</v></c><c r="B291" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C291" s="1" t="str"><v>Het Flevolands Archief - eventuele zienswijze ontwerp programmabegroting</v></c><c r="D291" s="1" t="str"><v xml:space="preserve">Als deelnemer aan de Gemeenschappelijk Regeling Het Flevolands Archief (HFA) ontvangt Provinciale Staten de ontwerp programmabegroting, waarop een zienswijze kan worden ingediend.&#13;
+</v></c><c r="K336" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L336" s="4"><v>45848.0</v></c><c r="M336" s="1"><v>1</v></c></row><row r="337" spans="1:13" customFormat="false"><c r="A337" s="1"><v>111</v></c><c r="B337" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C337" s="1" t="str"><v>Gemeenschappelijk Landbouwbeleid Flevoland 2023-2027: provinciale verordening en uitvoeringsreserve</v></c><c r="D337" s="1" t="str"><v/></c><c r="E337" s="1" t="str"><v/></c><c r="F337" s="4" t="str"><v/></c><c r="G337" s="1" t="str"><v>GLB en POP3</v></c><c r="H337" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I337" s="1" t="str"><v>Natuur</v></c><c r="J337" s="1" t="str"><v/></c><c r="K337" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L337" s="4"><v>45217.0</v></c><c r="M337" s="1"><v>1</v></c></row><row r="338" spans="1:13" customFormat="false"><c r="A338" s="1"><v>111</v></c><c r="B338" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C338" s="1" t="str"><v>Gemeenschappelijk Landbouwbeleid Flevoland 2023-2027: provinciale verordening en uitvoeringsreserve</v></c><c r="D338" s="1" t="str"><v/></c><c r="E338" s="1" t="str"><v/></c><c r="F338" s="4" t="str"><v/></c><c r="G338" s="1" t="str"><v>GLB en POP3</v></c><c r="H338" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I338" s="1" t="str"><v>Natuur</v></c><c r="J338" s="1" t="str"><v/></c><c r="K338" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L338" s="4"><v>45259.0</v></c><c r="M338" s="1"><v>1</v></c></row><row r="339" spans="1:13" customFormat="false"><c r="A339" s="1"><v>111</v></c><c r="B339" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C339" s="1" t="str"><v>Gemeenschappelijk Landbouwbeleid Flevoland 2023-2027: provinciale verordening en uitvoeringsreserve</v></c><c r="D339" s="1" t="str"><v/></c><c r="E339" s="1" t="str"><v/></c><c r="F339" s="4" t="str"><v/></c><c r="G339" s="1" t="str"><v>GLB en POP3</v></c><c r="H339" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I339" s="1" t="str"><v>Natuur</v></c><c r="J339" s="1" t="str"><v/></c><c r="K339" s="1" t="str"><v>Provinciale Staten</v></c><c r="L339" s="4"><v>45273.0</v></c><c r="M339" s="1"><v>1</v></c></row><row r="340" spans="1:13" customFormat="false"><c r="A340" s="1"><v>173</v></c><c r="B340" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C340" s="1" t="str"><v xml:space="preserve">Grip op de regio- Statenacademie </v></c><c r="D340" s="1" t="str"><v/></c><c r="E340" s="1" t="str"><v/></c><c r="F340" s="4" t="str"><v/></c><c r="G340" s="1" t="str"><v>Griffie</v></c><c r="H340" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I340" s="1" t="str"><v>Griffie</v></c><c r="J340" s="1" t="str"><v/></c><c r="K340" s="1" t="str"><v>Statenactiviteit</v></c><c r="L340" s="4"><v>45369.0</v></c><c r="M340" s="1"><v>1</v></c></row><row r="341" spans="1:13" customFormat="false"><c r="A341" s="1"><v>391</v></c><c r="B341" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C341" s="1" t="str"><v>Vernieuwing informatievoorziening Provinciale Staten</v></c><c r="D341" s="1" t="str"><v xml:space="preserve">Het in 2024 gestarte project ter versterking van de informatiepositie van Provinciale Staten, resulteert in 2025 tot een verbetering van het Stateninformatiesysteem op de website stateninformatie.flevoland.nl en de bijbehorende app. De verbetering van het Stateninformatiesysteem bevat een nieuwe ordening van informatie en nieuwe zoekfunctionaliteiten. Dit vergroot de vindbaarheid van informatie voor Provinciale Staten en andere belanghebbenden.&#13;
+(BRON: Programmabegroting 2025)</v></c><c r="E341" s="1" t="str"><v/></c><c r="F341" s="4" t="str"><v/></c><c r="G341" s="1" t="str"><v>Griffie</v></c><c r="H341" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I341" s="1" t="str"><v>Griffie</v></c><c r="J341" s="1" t="str"><v>De agendering van het onderwerp is een maand opgeschoven (van november/december naar januari) i.v.m. extra interne afstemmingswerkzaamheden</v></c><c r="K341" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L341" s="4"><v>46036.0</v></c><c r="M341" s="1"><v>1</v></c></row><row r="342" spans="1:13" customFormat="false"><c r="A342" s="1"><v>391</v></c><c r="B342" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C342" s="1" t="str"><v>Vernieuwing informatievoorziening Provinciale Staten</v></c><c r="D342" s="1" t="str"><v xml:space="preserve">Het in 2024 gestarte project ter versterking van de informatiepositie van Provinciale Staten, resulteert in 2025 tot een verbetering van het Stateninformatiesysteem op de website stateninformatie.flevoland.nl en de bijbehorende app. De verbetering van het Stateninformatiesysteem bevat een nieuwe ordening van informatie en nieuwe zoekfunctionaliteiten. Dit vergroot de vindbaarheid van informatie voor Provinciale Staten en andere belanghebbenden.&#13;
+(BRON: Programmabegroting 2025)</v></c><c r="E342" s="1" t="str"><v/></c><c r="F342" s="4" t="str"><v/></c><c r="G342" s="1" t="str"><v>Griffie</v></c><c r="H342" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I342" s="1" t="str"><v>Griffie</v></c><c r="J342" s="1" t="str"><v>De agendering van het onderwerp is een maand opgeschoven (van november/december naar januari) i.v.m. extra interne afstemmingswerkzaamheden</v></c><c r="K342" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L342" s="4"><v>46043.0</v></c><c r="M342" s="1"><v>0</v></c></row><row r="343" spans="1:13" customFormat="false"><c r="A343" s="1"><v>391</v></c><c r="B343" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C343" s="1" t="str"><v>Vernieuwing informatievoorziening Provinciale Staten</v></c><c r="D343" s="1" t="str"><v xml:space="preserve">Het in 2024 gestarte project ter versterking van de informatiepositie van Provinciale Staten, resulteert in 2025 tot een verbetering van het Stateninformatiesysteem op de website stateninformatie.flevoland.nl en de bijbehorende app. De verbetering van het Stateninformatiesysteem bevat een nieuwe ordening van informatie en nieuwe zoekfunctionaliteiten. Dit vergroot de vindbaarheid van informatie voor Provinciale Staten en andere belanghebbenden.&#13;
+(BRON: Programmabegroting 2025)</v></c><c r="E343" s="1" t="str"><v/></c><c r="F343" s="4" t="str"><v/></c><c r="G343" s="1" t="str"><v>Griffie</v></c><c r="H343" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I343" s="1" t="str"><v>Griffie</v></c><c r="J343" s="1" t="str"><v>De agendering van het onderwerp is een maand opgeschoven (van november/december naar januari) i.v.m. extra interne afstemmingswerkzaamheden</v></c><c r="K343" s="1" t="str"><v>Provinciale Staten</v></c><c r="L343" s="4"><v>46050.0</v></c><c r="M343" s="1"><v>0</v></c></row><row r="344" spans="1:13" customFormat="false"><c r="A344" s="1"><v>57</v></c><c r="B344" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C344" s="1" t="str"><v>Het Flevolands Archief - programmabegroting - zienswijze</v></c><c r="D344" s="1" t="str"><v xml:space="preserve">Als deelnemer aan de Gemeenschappelijk Regeling Het Flevolands Archief (HFA) ontvangt Provinciale Staten de ontwerp programmabegroting, waarop een zienswijze kan worden ingediend.&#13;
 &#13;
 Het Flevolands Archief is een van de 12 Regionaal Historische Centra in Nederland en is gevestigd in Lelystad. Het Flevolands Archief is een openbaar lichaam en is samenwerkingspartner voor diverse overheidsorganen. Dit zijn het Rijk, de Provincie Flevoland, de  gemeenten Dronten, Lelystad, Urk en Zeewolde en het waterschap Zuiderzeeland. Het Flevolands Archief werkt aan een duurzame toegang tot en verdere opbouw van de Flevolandse Collectie. Ze doen dat door collecties te creëren, aan elkaar te verbinden en te verrijken en op die manier een sterke publieke informatievoorziening aan te bieden. &#13;
 &#13;
 &#13;
-</v></c><c r="E291" s="1" t="str"><v/></c><c r="F291" s="4" t="str"><v/></c><c r="G291" s="1" t="str"><v>Het Flevolandse Archief</v></c><c r="H291" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I291" s="1" t="str"><v>Informatievoorziening</v></c><c r="J291" s="1" t="str"><v/></c><c r="K291" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L291" s="4"><v>45084.0</v></c><c r="M291" s="1"><v>1</v></c></row><row r="292" spans="1:13" customFormat="false"><c r="A292" s="1"><v>57</v></c><c r="B292" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C292" s="1" t="str"><v>Het Flevolands Archief - eventuele zienswijze ontwerp programmabegroting</v></c><c r="D292" s="1" t="str"><v xml:space="preserve">Als deelnemer aan de Gemeenschappelijk Regeling Het Flevolands Archief (HFA) ontvangt Provinciale Staten de ontwerp programmabegroting, waarop een zienswijze kan worden ingediend.&#13;
+</v></c><c r="E344" s="1" t="str"><v/></c><c r="F344" s="4" t="str"><v/></c><c r="G344" s="1" t="str"><v>Het Flevolandse Archief</v></c><c r="H344" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I344" s="1" t="str"><v>Informatievoorziening</v></c><c r="J344" s="1" t="str"><v/></c><c r="K344" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L344" s="4"><v>45084.0</v></c><c r="M344" s="1"><v>1</v></c></row><row r="345" spans="1:13" customFormat="false"><c r="A345" s="1"><v>57</v></c><c r="B345" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C345" s="1" t="str"><v>Het Flevolands Archief - programmabegroting - zienswijze</v></c><c r="D345" s="1" t="str"><v xml:space="preserve">Als deelnemer aan de Gemeenschappelijk Regeling Het Flevolands Archief (HFA) ontvangt Provinciale Staten de ontwerp programmabegroting, waarop een zienswijze kan worden ingediend.&#13;
 &#13;
 Het Flevolands Archief is een van de 12 Regionaal Historische Centra in Nederland en is gevestigd in Lelystad. Het Flevolands Archief is een openbaar lichaam en is samenwerkingspartner voor diverse overheidsorganen. Dit zijn het Rijk, de Provincie Flevoland, de  gemeenten Dronten, Lelystad, Urk en Zeewolde en het waterschap Zuiderzeeland. Het Flevolands Archief werkt aan een duurzame toegang tot en verdere opbouw van de Flevolandse Collectie. Ze doen dat door collecties te creëren, aan elkaar te verbinden en te verrijken en op die manier een sterke publieke informatievoorziening aan te bieden. &#13;
 &#13;
 &#13;
-</v></c><c r="E292" s="1" t="str"><v/></c><c r="F292" s="4" t="str"><v/></c><c r="G292" s="1" t="str"><v>Het Flevolandse Archief</v></c><c r="H292" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I292" s="1" t="str"><v>Informatievoorziening</v></c><c r="J292" s="1" t="str"><v/></c><c r="K292" s="1" t="str"><v>Provinciale Staten</v></c><c r="L292" s="4"><v>45105.0</v></c><c r="M292" s="1"><v>1</v></c></row><row r="293" spans="1:13" customFormat="false"><c r="A293" s="1"><v>57</v></c><c r="B293" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C293" s="1" t="str"><v>Het Flevolands Archief - eventuele zienswijze ontwerp programmabegroting</v></c><c r="D293" s="1" t="str"><v xml:space="preserve">Als deelnemer aan de Gemeenschappelijk Regeling Het Flevolands Archief (HFA) ontvangt Provinciale Staten de ontwerp programmabegroting, waarop een zienswijze kan worden ingediend.&#13;
+</v></c><c r="E345" s="1" t="str"><v/></c><c r="F345" s="4" t="str"><v/></c><c r="G345" s="1" t="str"><v>Het Flevolandse Archief</v></c><c r="H345" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I345" s="1" t="str"><v>Informatievoorziening</v></c><c r="J345" s="1" t="str"><v/></c><c r="K345" s="1" t="str"><v>Provinciale Staten</v></c><c r="L345" s="4"><v>45105.0</v></c><c r="M345" s="1"><v>1</v></c></row><row r="346" spans="1:13" customFormat="false"><c r="A346" s="1"><v>57</v></c><c r="B346" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C346" s="1" t="str"><v>Het Flevolands Archief - programmabegroting - zienswijze</v></c><c r="D346" s="1" t="str"><v xml:space="preserve">Als deelnemer aan de Gemeenschappelijk Regeling Het Flevolands Archief (HFA) ontvangt Provinciale Staten de ontwerp programmabegroting, waarop een zienswijze kan worden ingediend.&#13;
 &#13;
 Het Flevolands Archief is een van de 12 Regionaal Historische Centra in Nederland en is gevestigd in Lelystad. Het Flevolands Archief is een openbaar lichaam en is samenwerkingspartner voor diverse overheidsorganen. Dit zijn het Rijk, de Provincie Flevoland, de  gemeenten Dronten, Lelystad, Urk en Zeewolde en het waterschap Zuiderzeeland. Het Flevolands Archief werkt aan een duurzame toegang tot en verdere opbouw van de Flevolandse Collectie. Ze doen dat door collecties te creëren, aan elkaar te verbinden en te verrijken en op die manier een sterke publieke informatievoorziening aan te bieden. &#13;
 &#13;
 &#13;
-</v></c><c r="E293" s="1" t="str"><v/></c><c r="F293" s="4" t="str"><v/></c><c r="G293" s="1" t="str"><v>Het Flevolandse Archief</v></c><c r="H293" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I293" s="1" t="str"><v>Informatievoorziening</v></c><c r="J293" s="1" t="str"><v/></c><c r="K293" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L293" s="4"><v>45448.0</v></c><c r="M293" s="1"><v>1</v></c></row><row r="294" spans="1:13" customFormat="false"><c r="A294" s="1"><v>57</v></c><c r="B294" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C294" s="1" t="str"><v>Het Flevolands Archief - eventuele zienswijze ontwerp programmabegroting</v></c><c r="D294" s="1" t="str"><v xml:space="preserve">Als deelnemer aan de Gemeenschappelijk Regeling Het Flevolands Archief (HFA) ontvangt Provinciale Staten de ontwerp programmabegroting, waarop een zienswijze kan worden ingediend.&#13;
+</v></c><c r="E346" s="1" t="str"><v/></c><c r="F346" s="4" t="str"><v/></c><c r="G346" s="1" t="str"><v>Het Flevolandse Archief</v></c><c r="H346" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I346" s="1" t="str"><v>Informatievoorziening</v></c><c r="J346" s="1" t="str"><v/></c><c r="K346" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L346" s="4"><v>45448.0</v></c><c r="M346" s="1"><v>1</v></c></row><row r="347" spans="1:13" customFormat="false"><c r="A347" s="1"><v>57</v></c><c r="B347" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C347" s="1" t="str"><v>Het Flevolands Archief - programmabegroting - zienswijze</v></c><c r="D347" s="1" t="str"><v xml:space="preserve">Als deelnemer aan de Gemeenschappelijk Regeling Het Flevolands Archief (HFA) ontvangt Provinciale Staten de ontwerp programmabegroting, waarop een zienswijze kan worden ingediend.&#13;
 &#13;
 Het Flevolands Archief is een van de 12 Regionaal Historische Centra in Nederland en is gevestigd in Lelystad. Het Flevolands Archief is een openbaar lichaam en is samenwerkingspartner voor diverse overheidsorganen. Dit zijn het Rijk, de Provincie Flevoland, de  gemeenten Dronten, Lelystad, Urk en Zeewolde en het waterschap Zuiderzeeland. Het Flevolands Archief werkt aan een duurzame toegang tot en verdere opbouw van de Flevolandse Collectie. Ze doen dat door collecties te creëren, aan elkaar te verbinden en te verrijken en op die manier een sterke publieke informatievoorziening aan te bieden. &#13;
 &#13;
 &#13;
-</v></c><c r="E294" s="1" t="str"><v/></c><c r="F294" s="4" t="str"><v/></c><c r="G294" s="1" t="str"><v>Het Flevolandse Archief</v></c><c r="H294" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I294" s="1" t="str"><v>Informatievoorziening</v></c><c r="J294" s="1" t="str"><v/></c><c r="K294" s="1" t="str"><v>Provinciale Staten</v></c><c r="L294" s="4"><v>45469.0</v></c><c r="M294" s="1"><v>1</v></c></row><row r="295" spans="1:13" customFormat="false"><c r="A295" s="1"><v>57</v></c><c r="B295" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C295" s="1" t="str"><v>Het Flevolands Archief - eventuele zienswijze ontwerp programmabegroting</v></c><c r="D295" s="1" t="str"><v xml:space="preserve">Als deelnemer aan de Gemeenschappelijk Regeling Het Flevolands Archief (HFA) ontvangt Provinciale Staten de ontwerp programmabegroting, waarop een zienswijze kan worden ingediend.&#13;
+</v></c><c r="E347" s="1" t="str"><v/></c><c r="F347" s="4" t="str"><v/></c><c r="G347" s="1" t="str"><v>Het Flevolandse Archief</v></c><c r="H347" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I347" s="1" t="str"><v>Informatievoorziening</v></c><c r="J347" s="1" t="str"><v/></c><c r="K347" s="1" t="str"><v>Provinciale Staten</v></c><c r="L347" s="4"><v>45469.0</v></c><c r="M347" s="1"><v>1</v></c></row><row r="348" spans="1:13" customFormat="false"><c r="A348" s="1"><v>57</v></c><c r="B348" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C348" s="1" t="str"><v>Het Flevolands Archief - programmabegroting - zienswijze</v></c><c r="D348" s="1" t="str"><v xml:space="preserve">Als deelnemer aan de Gemeenschappelijk Regeling Het Flevolands Archief (HFA) ontvangt Provinciale Staten de ontwerp programmabegroting, waarop een zienswijze kan worden ingediend.&#13;
 &#13;
 Het Flevolands Archief is een van de 12 Regionaal Historische Centra in Nederland en is gevestigd in Lelystad. Het Flevolands Archief is een openbaar lichaam en is samenwerkingspartner voor diverse overheidsorganen. Dit zijn het Rijk, de Provincie Flevoland, de  gemeenten Dronten, Lelystad, Urk en Zeewolde en het waterschap Zuiderzeeland. Het Flevolands Archief werkt aan een duurzame toegang tot en verdere opbouw van de Flevolandse Collectie. Ze doen dat door collecties te creëren, aan elkaar te verbinden en te verrijken en op die manier een sterke publieke informatievoorziening aan te bieden. &#13;
 &#13;
 &#13;
-</v></c><c r="E295" s="1" t="str"><v/></c><c r="F295" s="4" t="str"><v/></c><c r="G295" s="1" t="str"><v>Het Flevolandse Archief</v></c><c r="H295" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I295" s="1" t="str"><v>Informatievoorziening</v></c><c r="J295" s="1" t="str"><v/></c><c r="K295" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L295" s="4"><v>45819.0</v></c><c r="M295" s="1"><v>1</v></c></row><row r="296" spans="1:13" customFormat="false"><c r="A296" s="1"><v>57</v></c><c r="B296" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C296" s="1" t="str"><v>Het Flevolands Archief - eventuele zienswijze ontwerp programmabegroting</v></c><c r="D296" s="1" t="str"><v xml:space="preserve">Als deelnemer aan de Gemeenschappelijk Regeling Het Flevolands Archief (HFA) ontvangt Provinciale Staten de ontwerp programmabegroting, waarop een zienswijze kan worden ingediend.&#13;
+</v></c><c r="E348" s="1" t="str"><v/></c><c r="F348" s="4" t="str"><v/></c><c r="G348" s="1" t="str"><v>Het Flevolandse Archief</v></c><c r="H348" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I348" s="1" t="str"><v>Informatievoorziening</v></c><c r="J348" s="1" t="str"><v/></c><c r="K348" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L348" s="4"><v>45819.0</v></c><c r="M348" s="1"><v>1</v></c></row><row r="349" spans="1:13" customFormat="false"><c r="A349" s="1"><v>57</v></c><c r="B349" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C349" s="1" t="str"><v>Het Flevolands Archief - programmabegroting - zienswijze</v></c><c r="D349" s="1" t="str"><v xml:space="preserve">Als deelnemer aan de Gemeenschappelijk Regeling Het Flevolands Archief (HFA) ontvangt Provinciale Staten de ontwerp programmabegroting, waarop een zienswijze kan worden ingediend.&#13;
 &#13;
 Het Flevolands Archief is een van de 12 Regionaal Historische Centra in Nederland en is gevestigd in Lelystad. Het Flevolands Archief is een openbaar lichaam en is samenwerkingspartner voor diverse overheidsorganen. Dit zijn het Rijk, de Provincie Flevoland, de  gemeenten Dronten, Lelystad, Urk en Zeewolde en het waterschap Zuiderzeeland. Het Flevolands Archief werkt aan een duurzame toegang tot en verdere opbouw van de Flevolandse Collectie. Ze doen dat door collecties te creëren, aan elkaar te verbinden en te verrijken en op die manier een sterke publieke informatievoorziening aan te bieden. &#13;
 &#13;
 &#13;
-</v></c><c r="E296" s="1" t="str"><v/></c><c r="F296" s="4" t="str"><v/></c><c r="G296" s="1" t="str"><v>Het Flevolandse Archief</v></c><c r="H296" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I296" s="1" t="str"><v>Informatievoorziening</v></c><c r="J296" s="1" t="str"><v/></c><c r="K296" s="1" t="str"><v>Provinciale Staten</v></c><c r="L296" s="4"><v>45826.0</v></c><c r="M296" s="1"><v>1</v></c></row><row r="297" spans="1:13" customFormat="false"><c r="A297" s="1"><v>404</v></c><c r="B297" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C297" s="1" t="str"><v>Aanwijzingsbesluit voor het elektronisch indienen van officiële berichten provincie Flevoland 2026</v></c><c r="D297" s="1" t="str"><v xml:space="preserve">Dit voorstel draagt bij aan het verbeteren van de digitale communicatie tussen&#13;
+</v></c><c r="E349" s="1" t="str"><v/></c><c r="F349" s="4" t="str"><v/></c><c r="G349" s="1" t="str"><v>Het Flevolandse Archief</v></c><c r="H349" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I349" s="1" t="str"><v>Informatievoorziening</v></c><c r="J349" s="1" t="str"><v/></c><c r="K349" s="1" t="str"><v>Provinciale Staten</v></c><c r="L349" s="4"><v>45826.0</v></c><c r="M349" s="1"><v>1</v></c></row><row r="350" spans="1:13" customFormat="false"><c r="A350" s="1"><v>57</v></c><c r="B350" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C350" s="1" t="str"><v>Het Flevolands Archief - programmabegroting - zienswijze</v></c><c r="D350" s="1" t="str"><v xml:space="preserve">Als deelnemer aan de Gemeenschappelijk Regeling Het Flevolands Archief (HFA) ontvangt Provinciale Staten de ontwerp programmabegroting, waarop een zienswijze kan worden ingediend.&#13;
+&#13;
+Het Flevolands Archief is een van de 12 Regionaal Historische Centra in Nederland en is gevestigd in Lelystad. Het Flevolands Archief is een openbaar lichaam en is samenwerkingspartner voor diverse overheidsorganen. Dit zijn het Rijk, de Provincie Flevoland, de  gemeenten Dronten, Lelystad, Urk en Zeewolde en het waterschap Zuiderzeeland. Het Flevolands Archief werkt aan een duurzame toegang tot en verdere opbouw van de Flevolandse Collectie. Ze doen dat door collecties te creëren, aan elkaar te verbinden en te verrijken en op die manier een sterke publieke informatievoorziening aan te bieden. &#13;
+&#13;
+&#13;
+</v></c><c r="E350" s="1" t="str"><v/></c><c r="F350" s="4" t="str"><v/></c><c r="G350" s="1" t="str"><v>Het Flevolandse Archief</v></c><c r="H350" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I350" s="1" t="str"><v>Informatievoorziening</v></c><c r="J350" s="1" t="str"><v/></c><c r="K350" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L350" s="4"><v>46203.0</v></c><c r="M350" s="1"><v>0</v></c></row><row r="351" spans="1:13" customFormat="false"><c r="A351" s="1"><v>404</v></c><c r="B351" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C351" s="1" t="str"><v>Aanwijzingsbesluit voor het elektronisch indienen van officiële berichten provincie Flevoland 2026</v></c><c r="D351" s="1" t="str"><v xml:space="preserve">Dit voorstel draagt bij aan het verbeteren van de digitale communicatie tussen&#13;
 inwoners, ondernemers en provincie Flevoland, en sluit aan bij de wettelijke&#13;
 verplichtingen vanuit de Wet modernisering elektronisch bestuurlijk verkeer&#13;
-(Wmebv). </v></c><c r="E297" s="1" t="str"><v/></c><c r="F297" s="4" t="str"><v/></c><c r="G297" s="1" t="str"><v>ICT</v></c><c r="H297" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I297" s="1" t="str"><v>Informatievoorziening</v></c><c r="J297" s="1" t="str"><v/></c><c r="K297" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L297" s="4"><v>46029.0</v></c><c r="M297" s="1"><v>0</v></c></row><row r="298" spans="1:13" customFormat="false"><c r="A298" s="1"><v>404</v></c><c r="B298" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C298" s="1" t="str"><v>Aanwijzingsbesluit voor het elektronisch indienen van officiële berichten provincie Flevoland 2026</v></c><c r="D298" s="1" t="str"><v xml:space="preserve">Dit voorstel draagt bij aan het verbeteren van de digitale communicatie tussen&#13;
+(Wmebv). </v></c><c r="E351" s="1" t="str"><v/></c><c r="F351" s="4" t="str"><v/></c><c r="G351" s="1" t="str"><v>ICT</v></c><c r="H351" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I351" s="1" t="str"><v>Informatievoorziening</v></c><c r="J351" s="1" t="str"><v>De commissie heeft op 14 januari, bij het vaststellen van de agenda, geadviseerd om het voorstel als hamerstuk te agenderen in de Statenvergadering van 28 januari 2026</v></c><c r="K351" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L351" s="4"><v>46036.0</v></c><c r="M351" s="1"><v>1</v></c></row><row r="352" spans="1:13" customFormat="false"><c r="A352" s="1"><v>404</v></c><c r="B352" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C352" s="1" t="str"><v>Aanwijzingsbesluit voor het elektronisch indienen van officiële berichten provincie Flevoland 2026</v></c><c r="D352" s="1" t="str"><v xml:space="preserve">Dit voorstel draagt bij aan het verbeteren van de digitale communicatie tussen&#13;
 inwoners, ondernemers en provincie Flevoland, en sluit aan bij de wettelijke&#13;
 verplichtingen vanuit de Wet modernisering elektronisch bestuurlijk verkeer&#13;
-(Wmebv). </v></c><c r="E298" s="1" t="str"><v/></c><c r="F298" s="4" t="str"><v/></c><c r="G298" s="1" t="str"><v>ICT</v></c><c r="H298" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I298" s="1" t="str"><v>Informatievoorziening</v></c><c r="J298" s="1" t="str"><v/></c><c r="K298" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L298" s="4"><v>46036.0</v></c><c r="M298" s="1"><v>0</v></c></row><row r="299" spans="1:13" customFormat="false"><c r="A299" s="1"><v>404</v></c><c r="B299" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C299" s="1" t="str"><v>Aanwijzingsbesluit voor het elektronisch indienen van officiële berichten provincie Flevoland 2026</v></c><c r="D299" s="1" t="str"><v xml:space="preserve">Dit voorstel draagt bij aan het verbeteren van de digitale communicatie tussen&#13;
-[...2 lines deleted...]
-(Wmebv). </v></c><c r="E299" s="1" t="str"><v/></c><c r="F299" s="4" t="str"><v/></c><c r="G299" s="1" t="str"><v>ICT</v></c><c r="H299" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I299" s="1" t="str"><v>Informatievoorziening</v></c><c r="J299" s="1" t="str"><v/></c><c r="K299" s="1" t="str"><v>Provinciale Staten</v></c><c r="L299" s="4"><v>46050.0</v></c><c r="M299" s="1"><v>0</v></c></row><row r="300" spans="1:13" customFormat="false"><c r="A300" s="1"><v>8</v></c><c r="B300" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C300" s="1" t="str"><v>Aanpak droogteschade langs provinciale wegen</v></c><c r="D300" s="1" t="str"><v/></c><c r="E300" s="1" t="str"><v/></c><c r="F300" s="4" t="str"><v/></c><c r="G300" s="1" t="str"><v>Infrastructuur</v></c><c r="H300" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I300" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J300" s="1" t="str"><v/></c><c r="K300" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L300" s="4"><v>44468.0</v></c><c r="M300" s="1"><v>1</v></c></row><row r="301" spans="1:13" customFormat="false"><c r="A301" s="1"><v>8</v></c><c r="B301" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C301" s="1" t="str"><v>Aanpak droogteschade langs provinciale wegen</v></c><c r="D301" s="1" t="str"><v/></c><c r="E301" s="1" t="str"><v/></c><c r="F301" s="4" t="str"><v/></c><c r="G301" s="1" t="str"><v>Infrastructuur</v></c><c r="H301" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I301" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J301" s="1" t="str"><v/></c><c r="K301" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L301" s="4"><v>44657.0</v></c><c r="M301" s="1"><v>1</v></c></row><row r="302" spans="1:13" customFormat="false"><c r="A302" s="1"><v>8</v></c><c r="B302" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C302" s="1" t="str"><v>Aanpak droogteschade langs provinciale wegen</v></c><c r="D302" s="1" t="str"><v/></c><c r="E302" s="1" t="str"><v/></c><c r="F302" s="4" t="str"><v/></c><c r="G302" s="1" t="str"><v>Infrastructuur</v></c><c r="H302" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I302" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J302" s="1" t="str"><v/></c><c r="K302" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L302" s="4"><v>44727.0</v></c><c r="M302" s="1"><v>1</v></c></row><row r="303" spans="1:13" customFormat="false"><c r="A303" s="1"><v>8</v></c><c r="B303" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C303" s="1" t="str"><v>Aanpak droogteschade langs provinciale wegen</v></c><c r="D303" s="1" t="str"><v/></c><c r="E303" s="1" t="str"><v/></c><c r="F303" s="4" t="str"><v/></c><c r="G303" s="1" t="str"><v>Infrastructuur</v></c><c r="H303" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I303" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J303" s="1" t="str"><v/></c><c r="K303" s="1" t="str"><v>Provinciale Staten</v></c><c r="L303" s="4"><v>44755.0</v></c><c r="M303" s="1"><v>1</v></c></row><row r="304" spans="1:13" customFormat="false"><c r="A304" s="1"><v>132</v></c><c r="B304" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C304" s="1" t="str"><v>Strategisch uitvoeringsprogramma beheer, onderhoud en vervangingsinvesteringen infrastructuur Flevoland 2024-2027 (SUP 3.0)</v></c><c r="D304" s="1" t="str"><v/></c><c r="E304" s="1" t="str"><v/></c><c r="F304" s="4"><v>45208.0</v></c><c r="G304" s="1" t="str"><v>Infrastructuur</v></c><c r="H304" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I304" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J304" s="1" t="str"><v/></c><c r="K304" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L304" s="4"><v>45252.0</v></c><c r="M304" s="1"><v>1</v></c></row><row r="305" spans="1:13" customFormat="false"><c r="A305" s="1"><v>132</v></c><c r="B305" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C305" s="1" t="str"><v>Strategisch uitvoeringsprogramma beheer, onderhoud en vervangingsinvesteringen infrastructuur Flevoland 2024-2027 (SUP 3.0)</v></c><c r="D305" s="1" t="str"><v/></c><c r="E305" s="1" t="str"><v/></c><c r="F305" s="4"><v>45208.0</v></c><c r="G305" s="1" t="str"><v>Infrastructuur</v></c><c r="H305" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I305" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J305" s="1" t="str"><v/></c><c r="K305" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L305" s="4"><v>45357.0</v></c><c r="M305" s="1"><v>1</v></c></row><row r="306" spans="1:13" customFormat="false"><c r="A306" s="1"><v>132</v></c><c r="B306" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C306" s="1" t="str"><v>Strategisch uitvoeringsprogramma beheer, onderhoud en vervangingsinvesteringen infrastructuur Flevoland 2024-2027 (SUP 3.0)</v></c><c r="D306" s="1" t="str"><v/></c><c r="E306" s="1" t="str"><v/></c><c r="F306" s="4"><v>45208.0</v></c><c r="G306" s="1" t="str"><v>Infrastructuur</v></c><c r="H306" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I306" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J306" s="1" t="str"><v/></c><c r="K306" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L306" s="4"><v>45427.0</v></c><c r="M306" s="1"><v>1</v></c></row><row r="307" spans="1:13" customFormat="false"><c r="A307" s="1"><v>132</v></c><c r="B307" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C307" s="1" t="str"><v>Strategisch uitvoeringsprogramma beheer, onderhoud en vervangingsinvesteringen infrastructuur Flevoland 2024-2027 (SUP 3.0)</v></c><c r="D307" s="1" t="str"><v/></c><c r="E307" s="1" t="str"><v/></c><c r="F307" s="4"><v>45208.0</v></c><c r="G307" s="1" t="str"><v>Infrastructuur</v></c><c r="H307" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I307" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J307" s="1" t="str"><v/></c><c r="K307" s="1" t="str"><v>Provinciale Staten</v></c><c r="L307" s="4"><v>45441.0</v></c><c r="M307" s="1"><v>1</v></c></row><row r="308" spans="1:13" customFormat="false"><c r="A308" s="1"><v>99</v></c><c r="B308" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C308" s="1" t="str"><v>Nieuw Inkoopbeleid</v></c><c r="D308" s="1" t="str"><v xml:space="preserve">Verzonden: dinsdag 24 oktober 2023 14:54&#13;
+(Wmebv). </v></c><c r="E352" s="1" t="str"><v/></c><c r="F352" s="4" t="str"><v/></c><c r="G352" s="1" t="str"><v>ICT</v></c><c r="H352" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I352" s="1" t="str"><v>Informatievoorziening</v></c><c r="J352" s="1" t="str"><v>De commissie heeft op 14 januari, bij het vaststellen van de agenda, geadviseerd om het voorstel als hamerstuk te agenderen in de Statenvergadering van 28 januari 2026</v></c><c r="K352" s="1" t="str"><v>Provinciale Staten</v></c><c r="L352" s="4"><v>46050.0</v></c><c r="M352" s="1"><v>0</v></c></row><row r="353" spans="1:13" customFormat="false"><c r="A353" s="1"><v>8</v></c><c r="B353" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C353" s="1" t="str"><v>Aanpak droogteschade langs provinciale wegen</v></c><c r="D353" s="1" t="str"><v/></c><c r="E353" s="1" t="str"><v/></c><c r="F353" s="4" t="str"><v/></c><c r="G353" s="1" t="str"><v>Infrastructuur</v></c><c r="H353" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I353" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J353" s="1" t="str"><v/></c><c r="K353" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L353" s="4"><v>44468.0</v></c><c r="M353" s="1"><v>1</v></c></row><row r="354" spans="1:13" customFormat="false"><c r="A354" s="1"><v>8</v></c><c r="B354" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C354" s="1" t="str"><v>Aanpak droogteschade langs provinciale wegen</v></c><c r="D354" s="1" t="str"><v/></c><c r="E354" s="1" t="str"><v/></c><c r="F354" s="4" t="str"><v/></c><c r="G354" s="1" t="str"><v>Infrastructuur</v></c><c r="H354" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I354" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J354" s="1" t="str"><v/></c><c r="K354" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L354" s="4"><v>44657.0</v></c><c r="M354" s="1"><v>1</v></c></row><row r="355" spans="1:13" customFormat="false"><c r="A355" s="1"><v>8</v></c><c r="B355" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C355" s="1" t="str"><v>Aanpak droogteschade langs provinciale wegen</v></c><c r="D355" s="1" t="str"><v/></c><c r="E355" s="1" t="str"><v/></c><c r="F355" s="4" t="str"><v/></c><c r="G355" s="1" t="str"><v>Infrastructuur</v></c><c r="H355" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I355" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J355" s="1" t="str"><v/></c><c r="K355" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L355" s="4"><v>44727.0</v></c><c r="M355" s="1"><v>1</v></c></row><row r="356" spans="1:13" customFormat="false"><c r="A356" s="1"><v>8</v></c><c r="B356" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C356" s="1" t="str"><v>Aanpak droogteschade langs provinciale wegen</v></c><c r="D356" s="1" t="str"><v/></c><c r="E356" s="1" t="str"><v/></c><c r="F356" s="4" t="str"><v/></c><c r="G356" s="1" t="str"><v>Infrastructuur</v></c><c r="H356" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I356" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J356" s="1" t="str"><v/></c><c r="K356" s="1" t="str"><v>Provinciale Staten</v></c><c r="L356" s="4"><v>44755.0</v></c><c r="M356" s="1"><v>1</v></c></row><row r="357" spans="1:13" customFormat="false"><c r="A357" s="1"><v>132</v></c><c r="B357" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C357" s="1" t="str"><v>Strategisch uitvoeringsprogramma beheer, onderhoud en vervangingsinvesteringen infrastructuur Flevoland 2024-2027 (SUP 3.0)</v></c><c r="D357" s="1" t="str"><v/></c><c r="E357" s="1" t="str"><v/></c><c r="F357" s="4"><v>45208.0</v></c><c r="G357" s="1" t="str"><v>Infrastructuur</v></c><c r="H357" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I357" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J357" s="1" t="str"><v/></c><c r="K357" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L357" s="4"><v>45252.0</v></c><c r="M357" s="1"><v>1</v></c></row><row r="358" spans="1:13" customFormat="false"><c r="A358" s="1"><v>132</v></c><c r="B358" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C358" s="1" t="str"><v>Strategisch uitvoeringsprogramma beheer, onderhoud en vervangingsinvesteringen infrastructuur Flevoland 2024-2027 (SUP 3.0)</v></c><c r="D358" s="1" t="str"><v/></c><c r="E358" s="1" t="str"><v/></c><c r="F358" s="4"><v>45208.0</v></c><c r="G358" s="1" t="str"><v>Infrastructuur</v></c><c r="H358" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I358" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J358" s="1" t="str"><v/></c><c r="K358" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L358" s="4"><v>45357.0</v></c><c r="M358" s="1"><v>1</v></c></row><row r="359" spans="1:13" customFormat="false"><c r="A359" s="1"><v>132</v></c><c r="B359" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C359" s="1" t="str"><v>Strategisch uitvoeringsprogramma beheer, onderhoud en vervangingsinvesteringen infrastructuur Flevoland 2024-2027 (SUP 3.0)</v></c><c r="D359" s="1" t="str"><v/></c><c r="E359" s="1" t="str"><v/></c><c r="F359" s="4"><v>45208.0</v></c><c r="G359" s="1" t="str"><v>Infrastructuur</v></c><c r="H359" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I359" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J359" s="1" t="str"><v/></c><c r="K359" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L359" s="4"><v>45427.0</v></c><c r="M359" s="1"><v>1</v></c></row><row r="360" spans="1:13" customFormat="false"><c r="A360" s="1"><v>132</v></c><c r="B360" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C360" s="1" t="str"><v>Strategisch uitvoeringsprogramma beheer, onderhoud en vervangingsinvesteringen infrastructuur Flevoland 2024-2027 (SUP 3.0)</v></c><c r="D360" s="1" t="str"><v/></c><c r="E360" s="1" t="str"><v/></c><c r="F360" s="4"><v>45208.0</v></c><c r="G360" s="1" t="str"><v>Infrastructuur</v></c><c r="H360" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I360" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J360" s="1" t="str"><v/></c><c r="K360" s="1" t="str"><v>Provinciale Staten</v></c><c r="L360" s="4"><v>45441.0</v></c><c r="M360" s="1"><v>1</v></c></row><row r="361" spans="1:13" customFormat="false"><c r="A361" s="1"><v>99</v></c><c r="B361" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C361" s="1" t="str"><v>Nieuw Inkoopbeleid</v></c><c r="D361" s="1" t="str"><v xml:space="preserve">Verzonden: dinsdag 24 oktober 2023 14:54&#13;
 Onderwerp: Lange Termijn Planning (LTP): inkoopbeleid&#13;
 Na overleg met Bestuur zijn we tot de conclusie gekomen dat er geen besluitvorming meer noodzakelijk is voor Provinciale Staten. Met andere woorden, het inkoopbeleid wordt vastgesteld door Gedeputeerde Staten.&#13;
 De agendapunten op de commissieagenda’s kunnen daarmee komen te vervallen.&#13;
 Provinciale Staten wordt geïnformeerd over het nieuwe inkoopbeleid middels een informerende mededeling.&#13;
 &#13;
 Senior Inkoopadviseur&#13;
 Afdeling Concernzaken&#13;
 Eenheid Juridische Zaken, Inkoop &amp; Besluitvorming&#13;
-</v></c><c r="E308" s="1" t="str"><v/></c><c r="F308" s="4" t="str"><v/></c><c r="G308" s="1" t="str"><v>Inkoop en Aanbesteding</v></c><c r="H308" s="1" t="str"><v xml:space="preserve"> Vacant</v></c><c r="I308" s="1"/><c r="J308" s="1" t="str"><v>30 aug: Op verzoek van contactpersoon een cyclus opgeschoven (ipv PS 13 dec naar PS 31 jan)</v></c><c r="K308" s="1"/><c r="L308" s="4" t="str"><v/></c><c r="M308" s="1"/></row><row r="309" spans="1:13" customFormat="false"><c r="A309" s="1"><v>150</v></c><c r="B309" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C309" s="1" t="str"><v>Gedragscode integriteit commissaris van de Koning en gedeputeerden provincie Flevoland 2023</v></c><c r="D309" s="1" t="str"><v/></c><c r="E309" s="1" t="str"><v/></c><c r="F309" s="4" t="str"><v/></c><c r="G309" s="1" t="str"><v>Integriteit</v></c><c r="H309" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I309" s="1" t="str"><v>Kabinet</v></c><c r="J309" s="1" t="str"><v/></c><c r="K309" s="1" t="str"><v>Provinciale Staten</v></c><c r="L309" s="4"><v>45406.0</v></c><c r="M309" s="1"><v>1</v></c></row><row r="310" spans="1:13" customFormat="false"><c r="A310" s="1"><v>175</v></c><c r="B310" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C310" s="1" t="str"><v xml:space="preserve">Integriteit - Statenbijeenkomst </v></c><c r="D310" s="1" t="str"><v/></c><c r="E310" s="1" t="str"><v/></c><c r="F310" s="4" t="str"><v/></c><c r="G310" s="1" t="str"><v>Integriteit</v></c><c r="H310" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I310" s="1" t="str"><v>Griffie</v></c><c r="J310" s="1" t="str"><v/></c><c r="K310" s="1" t="str"><v>Statenactiviteit</v></c><c r="L310" s="4"><v>45406.0</v></c><c r="M310" s="1"><v>1</v></c></row><row r="311" spans="1:13" customFormat="false"><c r="A311" s="1"><v>176</v></c><c r="B311" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C311" s="1" t="str"><v xml:space="preserve">Training omgaan met bedreigingen, agressie intimidatie - Statenbijeenkomst </v></c><c r="D311" s="1" t="str"><v/></c><c r="E311" s="1" t="str"><v/></c><c r="F311" s="4" t="str"><v/></c><c r="G311" s="1" t="str"><v>Integriteit</v></c><c r="H311" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I311" s="1" t="str"><v>Griffie</v></c><c r="J311" s="1" t="str"><v/></c><c r="K311" s="1" t="str"><v>Statenactiviteit</v></c><c r="L311" s="4"><v>45441.0</v></c><c r="M311" s="1"><v>1</v></c></row><row r="312" spans="1:13" customFormat="false"><c r="A312" s="1"><v>81</v></c><c r="B312" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C312" s="1" t="str"><v xml:space="preserve">Aanpassen Reglement van Orde - Proces geheimhouding </v></c><c r="D312" s="1" t="str"><v>n.a.v. wetswijziging in Provinciewet wordt voorgesteld om het RvO aan te passen</v></c><c r="E312" s="1" t="str"><v/></c><c r="F312" s="4" t="str"><v/></c><c r="G312" s="1" t="str"><v>Interne verordeningen</v></c><c r="H312" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I312" s="1" t="str"><v>Statengriffie</v></c><c r="J312" s="1" t="str"><v/></c><c r="K312" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L312" s="4"><v>45063.0</v></c><c r="M312" s="1"><v>1</v></c></row><row r="313" spans="1:13" customFormat="false"><c r="A313" s="1"><v>81</v></c><c r="B313" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C313" s="1" t="str"><v xml:space="preserve">Aanpassen Reglement van Orde - Proces geheimhouding </v></c><c r="D313" s="1" t="str"><v>n.a.v. wetswijziging in Provinciewet wordt voorgesteld om het RvO aan te passen</v></c><c r="E313" s="1" t="str"><v/></c><c r="F313" s="4" t="str"><v/></c><c r="G313" s="1" t="str"><v>Interne verordeningen</v></c><c r="H313" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I313" s="1" t="str"><v>Statengriffie</v></c><c r="J313" s="1" t="str"><v/></c><c r="K313" s="1" t="str"><v>Provinciale Staten</v></c><c r="L313" s="4"><v>45077.0</v></c><c r="M313" s="1"><v>1</v></c></row><row r="314" spans="1:13" customFormat="false"><c r="A314" s="1"><v>188</v></c><c r="B314" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C314" s="1" t="str"><v>Provinciaal Klimaatplan</v></c><c r="D314" s="1" t="str"><v/></c><c r="E314" s="1" t="str"><v/></c><c r="F314" s="4"><v>45328.0</v></c><c r="G314" s="1" t="str"><v>Klimaat</v></c><c r="H314" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I314" s="1" t="str"><v>Milieu</v></c><c r="J314" s="1" t="str"><v>Dit onderwerp is in verband met ruimtegebrek op de commissieagenda door het Presidium op 3 november doorgeschoven van 26 november 2025 naar 7 januari 2026.</v></c><c r="K314" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L314" s="4"><v>45399.0</v></c><c r="M314" s="1"><v>1</v></c></row><row r="315" spans="1:13" customFormat="false"><c r="A315" s="1"><v>188</v></c><c r="B315" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C315" s="1" t="str"><v>Provinciaal Klimaatplan</v></c><c r="D315" s="1" t="str"><v/></c><c r="E315" s="1" t="str"><v/></c><c r="F315" s="4"><v>45328.0</v></c><c r="G315" s="1" t="str"><v>Klimaat</v></c><c r="H315" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I315" s="1" t="str"><v>Milieu</v></c><c r="J315" s="1" t="str"><v>Dit onderwerp is in verband met ruimtegebrek op de commissieagenda door het Presidium op 3 november doorgeschoven van 26 november 2025 naar 7 januari 2026.</v></c><c r="K315" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L315" s="4"><v>46029.0</v></c><c r="M315" s="1"><v>0</v></c></row><row r="316" spans="1:13" customFormat="false"><c r="A316" s="1"><v>15</v></c><c r="B316" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C316" s="1" t="str"><v xml:space="preserve">Realisatie Erfgoedpark Batavialand </v></c><c r="D316" s="1" t="str"><v xml:space="preserve">Begin 2025 begint het besluitvormingstraject (BOB) van het voorstel.&#13;
+</v></c><c r="E361" s="1" t="str"><v/></c><c r="F361" s="4" t="str"><v/></c><c r="G361" s="1" t="str"><v>Inkoop en Aanbesteding</v></c><c r="H361" s="1" t="str"><v xml:space="preserve"> Vacant</v></c><c r="I361" s="1"/><c r="J361" s="1" t="str"><v>30 aug: Op verzoek van contactpersoon een cyclus opgeschoven (ipv PS 13 dec naar PS 31 jan)</v></c><c r="K361" s="1"/><c r="L361" s="4" t="str"><v/></c><c r="M361" s="1"/></row><row r="362" spans="1:13" customFormat="false"><c r="A362" s="1"><v>150</v></c><c r="B362" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C362" s="1" t="str"><v>Gedragscode integriteit commissaris van de Koning en gedeputeerden provincie Flevoland 2023</v></c><c r="D362" s="1" t="str"><v/></c><c r="E362" s="1" t="str"><v/></c><c r="F362" s="4" t="str"><v/></c><c r="G362" s="1" t="str"><v>Integriteit</v></c><c r="H362" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I362" s="1" t="str"><v>Kabinet</v></c><c r="J362" s="1" t="str"><v/></c><c r="K362" s="1" t="str"><v>Provinciale Staten</v></c><c r="L362" s="4"><v>45406.0</v></c><c r="M362" s="1"><v>1</v></c></row><row r="363" spans="1:13" customFormat="false"><c r="A363" s="1"><v>175</v></c><c r="B363" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C363" s="1" t="str"><v xml:space="preserve">Integriteit - Statenbijeenkomst </v></c><c r="D363" s="1" t="str"><v/></c><c r="E363" s="1" t="str"><v/></c><c r="F363" s="4" t="str"><v/></c><c r="G363" s="1" t="str"><v>Integriteit</v></c><c r="H363" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I363" s="1" t="str"><v>Griffie</v></c><c r="J363" s="1" t="str"><v/></c><c r="K363" s="1" t="str"><v>Statenactiviteit</v></c><c r="L363" s="4"><v>45406.0</v></c><c r="M363" s="1"><v>1</v></c></row><row r="364" spans="1:13" customFormat="false"><c r="A364" s="1"><v>176</v></c><c r="B364" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C364" s="1" t="str"><v xml:space="preserve">Training omgaan met bedreigingen, agressie intimidatie - Statenbijeenkomst </v></c><c r="D364" s="1" t="str"><v/></c><c r="E364" s="1" t="str"><v/></c><c r="F364" s="4" t="str"><v/></c><c r="G364" s="1" t="str"><v>Integriteit</v></c><c r="H364" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I364" s="1" t="str"><v>Griffie</v></c><c r="J364" s="1" t="str"><v/></c><c r="K364" s="1" t="str"><v>Statenactiviteit</v></c><c r="L364" s="4"><v>45441.0</v></c><c r="M364" s="1"><v>1</v></c></row><row r="365" spans="1:13" customFormat="false"><c r="A365" s="1"><v>81</v></c><c r="B365" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C365" s="1" t="str"><v xml:space="preserve">Aanpassen Reglement van Orde - Proces geheimhouding </v></c><c r="D365" s="1" t="str"><v>n.a.v. wetswijziging in Provinciewet wordt voorgesteld om het RvO aan te passen</v></c><c r="E365" s="1" t="str"><v/></c><c r="F365" s="4" t="str"><v/></c><c r="G365" s="1" t="str"><v>Interne verordeningen</v></c><c r="H365" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I365" s="1" t="str"><v>Statengriffie</v></c><c r="J365" s="1" t="str"><v/></c><c r="K365" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L365" s="4"><v>45063.0</v></c><c r="M365" s="1"><v>1</v></c></row><row r="366" spans="1:13" customFormat="false"><c r="A366" s="1"><v>81</v></c><c r="B366" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C366" s="1" t="str"><v xml:space="preserve">Aanpassen Reglement van Orde - Proces geheimhouding </v></c><c r="D366" s="1" t="str"><v>n.a.v. wetswijziging in Provinciewet wordt voorgesteld om het RvO aan te passen</v></c><c r="E366" s="1" t="str"><v/></c><c r="F366" s="4" t="str"><v/></c><c r="G366" s="1" t="str"><v>Interne verordeningen</v></c><c r="H366" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I366" s="1" t="str"><v>Statengriffie</v></c><c r="J366" s="1" t="str"><v/></c><c r="K366" s="1" t="str"><v>Provinciale Staten</v></c><c r="L366" s="4"><v>45077.0</v></c><c r="M366" s="1"><v>1</v></c></row><row r="367" spans="1:13" customFormat="false"><c r="A367" s="1"><v>188</v></c><c r="B367" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C367" s="1" t="str"><v>Provinciaal Klimaatplan</v></c><c r="D367" s="1" t="str"><v/></c><c r="E367" s="1" t="str"><v/></c><c r="F367" s="4"><v>45328.0</v></c><c r="G367" s="1" t="str"><v>Klimaat</v></c><c r="H367" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I367" s="1" t="str"><v>Milieu</v></c><c r="J367" s="1" t="str"><v>Dit onderwerp is in verband met tijdgebrek op 14 januari door de commissie doorgeschoven naar de vergadering van 4 februari 2026</v></c><c r="K367" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L367" s="4"><v>45399.0</v></c><c r="M367" s="1"><v>1</v></c></row><row r="368" spans="1:13" customFormat="false"><c r="A368" s="1"><v>188</v></c><c r="B368" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C368" s="1" t="str"><v>Provinciaal Klimaatplan</v></c><c r="D368" s="1" t="str"><v/></c><c r="E368" s="1" t="str"><v/></c><c r="F368" s="4"><v>45328.0</v></c><c r="G368" s="1" t="str"><v>Klimaat</v></c><c r="H368" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I368" s="1" t="str"><v>Milieu</v></c><c r="J368" s="1" t="str"><v>Dit onderwerp is in verband met tijdgebrek op 14 januari door de commissie doorgeschoven naar de vergadering van 4 februari 2026</v></c><c r="K368" s="1" t="str"><v>Peilen en Toetsen</v></c><c r="L368" s="4"><v>46057.0</v></c><c r="M368" s="1"><v>0</v></c></row><row r="369" spans="1:13" customFormat="false"><c r="A369" s="1"><v>188</v></c><c r="B369" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C369" s="1" t="str"><v>Provinciaal Klimaatplan</v></c><c r="D369" s="1" t="str"><v/></c><c r="E369" s="1" t="str"><v/></c><c r="F369" s="4"><v>45328.0</v></c><c r="G369" s="1" t="str"><v>Klimaat</v></c><c r="H369" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I369" s="1" t="str"><v>Milieu</v></c><c r="J369" s="1" t="str"><v>Dit onderwerp is in verband met tijdgebrek op 14 januari door de commissie doorgeschoven naar de vergadering van 4 februari 2026</v></c><c r="K369" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L369" s="4"><v>46057.0</v></c><c r="M369" s="1"><v>0</v></c></row><row r="370" spans="1:13" customFormat="false"><c r="A370" s="1"><v>15</v></c><c r="B370" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C370" s="1" t="str"><v xml:space="preserve">Realisatie Erfgoedpark Batavialand </v></c><c r="D370" s="1" t="str"><v xml:space="preserve">Begin 2025 begint het besluitvormingstraject (BOB) van het voorstel.&#13;
 &#13;
 Voorheen was de titel van het onderwerp  "Doorontwikkeling Batavialand"&#13;
 Bij de vaststelling van het PS-Besluit Dóórontwikkeling Batavialand op 25 januari&#13;
 2023 is door Gedeputeerde Staten de toezegging gedaan om halfjaarlijks over de&#13;
-voortgang van het project te rapporteren.</v></c><c r="E316" s="1" t="str"><v/></c><c r="F316" s="4" t="str"><v/></c><c r="G316" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H316" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I316" s="1" t="str"><v>Cultuur</v></c><c r="J316" s="1" t="str"><v/></c><c r="K316" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L316" s="4"><v>44293.0</v></c><c r="M316" s="1"><v>1</v></c></row><row r="317" spans="1:13" customFormat="false"><c r="A317" s="1"><v>15</v></c><c r="B317" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C317" s="1" t="str"><v xml:space="preserve">Realisatie Erfgoedpark Batavialand </v></c><c r="D317" s="1" t="str"><v xml:space="preserve">Begin 2025 begint het besluitvormingstraject (BOB) van het voorstel.&#13;
+voortgang van het project te rapporteren.</v></c><c r="E370" s="1" t="str"><v/></c><c r="F370" s="4" t="str"><v/></c><c r="G370" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H370" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I370" s="1" t="str"><v>Cultuur</v></c><c r="J370" s="1" t="str"><v/></c><c r="K370" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L370" s="4"><v>44293.0</v></c><c r="M370" s="1"><v>1</v></c></row><row r="371" spans="1:13" customFormat="false"><c r="A371" s="1"><v>15</v></c><c r="B371" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C371" s="1" t="str"><v xml:space="preserve">Realisatie Erfgoedpark Batavialand </v></c><c r="D371" s="1" t="str"><v xml:space="preserve">Begin 2025 begint het besluitvormingstraject (BOB) van het voorstel.&#13;
 &#13;
 Voorheen was de titel van het onderwerp  "Doorontwikkeling Batavialand"&#13;
 Bij de vaststelling van het PS-Besluit Dóórontwikkeling Batavialand op 25 januari&#13;
 2023 is door Gedeputeerde Staten de toezegging gedaan om halfjaarlijks over de&#13;
-voortgang van het project te rapporteren.</v></c><c r="E317" s="1" t="str"><v/></c><c r="F317" s="4" t="str"><v/></c><c r="G317" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H317" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I317" s="1" t="str"><v>Cultuur</v></c><c r="J317" s="1" t="str"><v/></c><c r="K317" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L317" s="4"><v>44300.0</v></c><c r="M317" s="1"><v>1</v></c></row><row r="318" spans="1:13" customFormat="false"><c r="A318" s="1"><v>15</v></c><c r="B318" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C318" s="1" t="str"><v xml:space="preserve">Realisatie Erfgoedpark Batavialand </v></c><c r="D318" s="1" t="str"><v xml:space="preserve">Begin 2025 begint het besluitvormingstraject (BOB) van het voorstel.&#13;
+voortgang van het project te rapporteren.</v></c><c r="E371" s="1" t="str"><v/></c><c r="F371" s="4" t="str"><v/></c><c r="G371" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H371" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I371" s="1" t="str"><v>Cultuur</v></c><c r="J371" s="1" t="str"><v/></c><c r="K371" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L371" s="4"><v>44300.0</v></c><c r="M371" s="1"><v>1</v></c></row><row r="372" spans="1:13" customFormat="false"><c r="A372" s="1"><v>15</v></c><c r="B372" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C372" s="1" t="str"><v xml:space="preserve">Realisatie Erfgoedpark Batavialand </v></c><c r="D372" s="1" t="str"><v xml:space="preserve">Begin 2025 begint het besluitvormingstraject (BOB) van het voorstel.&#13;
 &#13;
 Voorheen was de titel van het onderwerp  "Doorontwikkeling Batavialand"&#13;
 Bij de vaststelling van het PS-Besluit Dóórontwikkeling Batavialand op 25 januari&#13;
 2023 is door Gedeputeerde Staten de toezegging gedaan om halfjaarlijks over de&#13;
-voortgang van het project te rapporteren.</v></c><c r="E318" s="1" t="str"><v/></c><c r="F318" s="4" t="str"><v/></c><c r="G318" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H318" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I318" s="1" t="str"><v>Cultuur</v></c><c r="J318" s="1" t="str"><v/></c><c r="K318" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L318" s="4"><v>44846.0</v></c><c r="M318" s="1"><v>1</v></c></row><row r="319" spans="1:13" customFormat="false"><c r="A319" s="1"><v>15</v></c><c r="B319" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C319" s="1" t="str"><v xml:space="preserve">Realisatie Erfgoedpark Batavialand </v></c><c r="D319" s="1" t="str"><v xml:space="preserve">Begin 2025 begint het besluitvormingstraject (BOB) van het voorstel.&#13;
+voortgang van het project te rapporteren.</v></c><c r="E372" s="1" t="str"><v/></c><c r="F372" s="4" t="str"><v/></c><c r="G372" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H372" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I372" s="1" t="str"><v>Cultuur</v></c><c r="J372" s="1" t="str"><v/></c><c r="K372" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L372" s="4"><v>44846.0</v></c><c r="M372" s="1"><v>1</v></c></row><row r="373" spans="1:13" customFormat="false"><c r="A373" s="1"><v>15</v></c><c r="B373" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C373" s="1" t="str"><v xml:space="preserve">Realisatie Erfgoedpark Batavialand </v></c><c r="D373" s="1" t="str"><v xml:space="preserve">Begin 2025 begint het besluitvormingstraject (BOB) van het voorstel.&#13;
 &#13;
 Voorheen was de titel van het onderwerp  "Doorontwikkeling Batavialand"&#13;
 Bij de vaststelling van het PS-Besluit Dóórontwikkeling Batavialand op 25 januari&#13;
 2023 is door Gedeputeerde Staten de toezegging gedaan om halfjaarlijks over de&#13;
-voortgang van het project te rapporteren.</v></c><c r="E319" s="1" t="str"><v/></c><c r="F319" s="4" t="str"><v/></c><c r="G319" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H319" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I319" s="1" t="str"><v>Cultuur</v></c><c r="J319" s="1" t="str"><v/></c><c r="K319" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L319" s="4"><v>44937.0</v></c><c r="M319" s="1"><v>1</v></c></row><row r="320" spans="1:13" customFormat="false"><c r="A320" s="1"><v>15</v></c><c r="B320" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C320" s="1" t="str"><v xml:space="preserve">Realisatie Erfgoedpark Batavialand </v></c><c r="D320" s="1" t="str"><v xml:space="preserve">Begin 2025 begint het besluitvormingstraject (BOB) van het voorstel.&#13;
+voortgang van het project te rapporteren.</v></c><c r="E373" s="1" t="str"><v/></c><c r="F373" s="4" t="str"><v/></c><c r="G373" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H373" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I373" s="1" t="str"><v>Cultuur</v></c><c r="J373" s="1" t="str"><v/></c><c r="K373" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L373" s="4"><v>44937.0</v></c><c r="M373" s="1"><v>1</v></c></row><row r="374" spans="1:13" customFormat="false"><c r="A374" s="1"><v>15</v></c><c r="B374" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C374" s="1" t="str"><v xml:space="preserve">Realisatie Erfgoedpark Batavialand </v></c><c r="D374" s="1" t="str"><v xml:space="preserve">Begin 2025 begint het besluitvormingstraject (BOB) van het voorstel.&#13;
 &#13;
 Voorheen was de titel van het onderwerp  "Doorontwikkeling Batavialand"&#13;
 Bij de vaststelling van het PS-Besluit Dóórontwikkeling Batavialand op 25 januari&#13;
 2023 is door Gedeputeerde Staten de toezegging gedaan om halfjaarlijks over de&#13;
-voortgang van het project te rapporteren.</v></c><c r="E320" s="1" t="str"><v/></c><c r="F320" s="4" t="str"><v/></c><c r="G320" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H320" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I320" s="1" t="str"><v>Cultuur</v></c><c r="J320" s="1" t="str"><v/></c><c r="K320" s="1" t="str"><v>Provinciale Staten</v></c><c r="L320" s="4"><v>44951.0</v></c><c r="M320" s="1"><v>1</v></c></row><row r="321" spans="1:13" customFormat="false"><c r="A321" s="1"><v>15</v></c><c r="B321" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C321" s="1" t="str"><v xml:space="preserve">Realisatie Erfgoedpark Batavialand </v></c><c r="D321" s="1" t="str"><v xml:space="preserve">Begin 2025 begint het besluitvormingstraject (BOB) van het voorstel.&#13;
+voortgang van het project te rapporteren.</v></c><c r="E374" s="1" t="str"><v/></c><c r="F374" s="4" t="str"><v/></c><c r="G374" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H374" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I374" s="1" t="str"><v>Cultuur</v></c><c r="J374" s="1" t="str"><v/></c><c r="K374" s="1" t="str"><v>Provinciale Staten</v></c><c r="L374" s="4"><v>44951.0</v></c><c r="M374" s="1"><v>1</v></c></row><row r="375" spans="1:13" customFormat="false"><c r="A375" s="1"><v>15</v></c><c r="B375" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C375" s="1" t="str"><v xml:space="preserve">Realisatie Erfgoedpark Batavialand </v></c><c r="D375" s="1" t="str"><v xml:space="preserve">Begin 2025 begint het besluitvormingstraject (BOB) van het voorstel.&#13;
 &#13;
 Voorheen was de titel van het onderwerp  "Doorontwikkeling Batavialand"&#13;
 Bij de vaststelling van het PS-Besluit Dóórontwikkeling Batavialand op 25 januari&#13;
 2023 is door Gedeputeerde Staten de toezegging gedaan om halfjaarlijks over de&#13;
-voortgang van het project te rapporteren.</v></c><c r="E321" s="1" t="str"><v/></c><c r="F321" s="4" t="str"><v/></c><c r="G321" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H321" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I321" s="1" t="str"><v>Cultuur</v></c><c r="J321" s="1" t="str"><v/></c><c r="K321" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L321" s="4"><v>45665.0</v></c><c r="M321" s="1"><v>1</v></c></row><row r="322" spans="1:13" customFormat="false"><c r="A322" s="1"><v>15</v></c><c r="B322" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C322" s="1" t="str"><v xml:space="preserve">Realisatie Erfgoedpark Batavialand </v></c><c r="D322" s="1" t="str"><v xml:space="preserve">Begin 2025 begint het besluitvormingstraject (BOB) van het voorstel.&#13;
+voortgang van het project te rapporteren.</v></c><c r="E375" s="1" t="str"><v/></c><c r="F375" s="4" t="str"><v/></c><c r="G375" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H375" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I375" s="1" t="str"><v>Cultuur</v></c><c r="J375" s="1" t="str"><v/></c><c r="K375" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L375" s="4"><v>45665.0</v></c><c r="M375" s="1"><v>1</v></c></row><row r="376" spans="1:13" customFormat="false"><c r="A376" s="1"><v>15</v></c><c r="B376" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C376" s="1" t="str"><v xml:space="preserve">Realisatie Erfgoedpark Batavialand </v></c><c r="D376" s="1" t="str"><v xml:space="preserve">Begin 2025 begint het besluitvormingstraject (BOB) van het voorstel.&#13;
 &#13;
 Voorheen was de titel van het onderwerp  "Doorontwikkeling Batavialand"&#13;
 Bij de vaststelling van het PS-Besluit Dóórontwikkeling Batavialand op 25 januari&#13;
 2023 is door Gedeputeerde Staten de toezegging gedaan om halfjaarlijks over de&#13;
-voortgang van het project te rapporteren.</v></c><c r="E322" s="1" t="str"><v/></c><c r="F322" s="4" t="str"><v/></c><c r="G322" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H322" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I322" s="1" t="str"><v>Cultuur</v></c><c r="J322" s="1" t="str"><v/></c><c r="K322" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L322" s="4"><v>45700.0</v></c><c r="M322" s="1"><v>1</v></c></row><row r="323" spans="1:13" customFormat="false"><c r="A323" s="1"><v>15</v></c><c r="B323" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C323" s="1" t="str"><v xml:space="preserve">Realisatie Erfgoedpark Batavialand </v></c><c r="D323" s="1" t="str"><v xml:space="preserve">Begin 2025 begint het besluitvormingstraject (BOB) van het voorstel.&#13;
+voortgang van het project te rapporteren.</v></c><c r="E376" s="1" t="str"><v/></c><c r="F376" s="4" t="str"><v/></c><c r="G376" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H376" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I376" s="1" t="str"><v>Cultuur</v></c><c r="J376" s="1" t="str"><v/></c><c r="K376" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L376" s="4"><v>45700.0</v></c><c r="M376" s="1"><v>1</v></c></row><row r="377" spans="1:13" customFormat="false"><c r="A377" s="1"><v>15</v></c><c r="B377" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C377" s="1" t="str"><v xml:space="preserve">Realisatie Erfgoedpark Batavialand </v></c><c r="D377" s="1" t="str"><v xml:space="preserve">Begin 2025 begint het besluitvormingstraject (BOB) van het voorstel.&#13;
 &#13;
 Voorheen was de titel van het onderwerp  "Doorontwikkeling Batavialand"&#13;
 Bij de vaststelling van het PS-Besluit Dóórontwikkeling Batavialand op 25 januari&#13;
 2023 is door Gedeputeerde Staten de toezegging gedaan om halfjaarlijks over de&#13;
-voortgang van het project te rapporteren.</v></c><c r="E323" s="1" t="str"><v/></c><c r="F323" s="4" t="str"><v/></c><c r="G323" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H323" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I323" s="1" t="str"><v>Cultuur</v></c><c r="J323" s="1" t="str"><v/></c><c r="K323" s="1" t="str"><v>Provinciale Staten</v></c><c r="L323" s="4"><v>45714.0</v></c><c r="M323" s="1"><v>1</v></c></row><row r="324" spans="1:13" customFormat="false"><c r="A324" s="1"><v>33</v></c><c r="B324" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C324" s="1" t="str"><v>Cultuurmonitor</v></c><c r="D324" s="1" t="str"><v/></c><c r="E324" s="1" t="str"><v/></c><c r="F324" s="4" t="str"><v/></c><c r="G324" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H324" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I324" s="1" t="str"><v>Cultuur</v></c><c r="J324" s="1" t="str"><v/></c><c r="K324" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L324" s="4"><v>44944.0</v></c><c r="M324" s="1"><v>1</v></c></row><row r="325" spans="1:13" customFormat="false"><c r="A325" s="1"><v>34</v></c><c r="B325" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C325" s="1" t="str"><v>Agenderingsverzoek Veerkracht culturele subsidianten - CDA en ChristenUnie</v></c><c r="D325" s="1" t="str"><v>Het CDA en de ChristenUnie hebben gezamenlijk een agenderingsverzoek gedaan om een actuele stand van zaken te krijgen van de culturele organisaties waar de provincie een subsidierelatie mee heeft. Hierna kunnen de statenleden vragen stellen (beeldvormend) en wordt aan hen gevraagd hoe zij de financiële situatie van de subsidianten zijn (oordeelsvormend).</v></c><c r="E325" s="1" t="str"><v>CDA,ChristenUnie</v></c><c r="F325" s="4" t="str"><v/></c><c r="G325" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H325" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I325" s="1" t="str"><v>Cultuur</v></c><c r="J325" s="1" t="str"><v/></c><c r="K325" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L325" s="4"><v>44944.0</v></c><c r="M325" s="1"><v>1</v></c></row><row r="326" spans="1:13" customFormat="false"><c r="A326" s="1"><v>43</v></c><c r="B326" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C326" s="1" t="str"><v>Bekrachtigen geheimhouding grondwaardeberekening Bataviawerf</v></c><c r="D326" s="1" t="str"><v/></c><c r="E326" s="1" t="str"><v/></c><c r="F326" s="4" t="str"><v/></c><c r="G326" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H326" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I326" s="1" t="str"><v>Cultuur</v></c><c r="J326" s="1" t="str"><v/></c><c r="K326" s="1" t="str"><v>Provinciale Staten</v></c><c r="L326" s="4"><v>44951.0</v></c><c r="M326" s="1"><v>1</v></c></row><row r="327" spans="1:13" customFormat="false"><c r="A327" s="1"><v>98</v></c><c r="B327" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C327" s="1" t="str"><v>Startnotitie Cultuurbeleid 2025-2028</v></c><c r="D327" s="1" t="str"><v/></c><c r="E327" s="1" t="str"><v/></c><c r="F327" s="4" t="str"><v/></c><c r="G327" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H327" s="1" t="str"><v xml:space="preserve"> Vacant</v></c><c r="I327" s="1"/><c r="J327" s="1" t="str"><v/></c><c r="K327" s="1"/><c r="L327" s="4" t="str"><v/></c><c r="M327" s="1"/></row><row r="328" spans="1:13" customFormat="false"><c r="A328" s="1"><v>116</v></c><c r="B328" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C328" s="1" t="str"><v xml:space="preserve">Cultuurnota 2025-2028 </v></c><c r="D328" s="1" t="str"><v>Besluitvorming over de Startnotitie Cultuurbeleid 2025-2028 is de start van het proces om te komen tot nieuw cultuurbeleid voor de periode 2025-2028. Provinciale Staten, gemeenten en het culturele veld worden daarbij actief betrokken.</v></c><c r="E328" s="1" t="str"><v/></c><c r="F328" s="4"><v>45125.0</v></c><c r="G328" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H328" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I328" s="1" t="str"><v>Cultuur</v></c><c r="J328" s="1" t="str"><v/></c><c r="K328" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L328" s="4"><v>45217.0</v></c><c r="M328" s="1"><v>1</v></c></row><row r="329" spans="1:13" customFormat="false"><c r="A329" s="1"><v>116</v></c><c r="B329" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C329" s="1" t="str"><v xml:space="preserve">Cultuurnota 2025-2028 </v></c><c r="D329" s="1" t="str"><v>Besluitvorming over de Startnotitie Cultuurbeleid 2025-2028 is de start van het proces om te komen tot nieuw cultuurbeleid voor de periode 2025-2028. Provinciale Staten, gemeenten en het culturele veld worden daarbij actief betrokken.</v></c><c r="E329" s="1" t="str"><v/></c><c r="F329" s="4"><v>45125.0</v></c><c r="G329" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H329" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I329" s="1" t="str"><v>Cultuur</v></c><c r="J329" s="1" t="str"><v/></c><c r="K329" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L329" s="4"><v>45259.0</v></c><c r="M329" s="1"><v>1</v></c></row><row r="330" spans="1:13" customFormat="false"><c r="A330" s="1"><v>116</v></c><c r="B330" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C330" s="1" t="str"><v xml:space="preserve">Cultuurnota 2025-2028 </v></c><c r="D330" s="1" t="str"><v>Besluitvorming over de Startnotitie Cultuurbeleid 2025-2028 is de start van het proces om te komen tot nieuw cultuurbeleid voor de periode 2025-2028. Provinciale Staten, gemeenten en het culturele veld worden daarbij actief betrokken.</v></c><c r="E330" s="1" t="str"><v/></c><c r="F330" s="4"><v>45125.0</v></c><c r="G330" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H330" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I330" s="1" t="str"><v>Cultuur</v></c><c r="J330" s="1" t="str"><v/></c><c r="K330" s="1" t="str"><v>Provinciale Staten</v></c><c r="L330" s="4"><v>45273.0</v></c><c r="M330" s="1"><v>1</v></c></row><row r="331" spans="1:13" customFormat="false"><c r="A331" s="1"><v>116</v></c><c r="B331" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C331" s="1" t="str"><v xml:space="preserve">Cultuurnota 2025-2028 </v></c><c r="D331" s="1" t="str"><v>Besluitvorming over de Startnotitie Cultuurbeleid 2025-2028 is de start van het proces om te komen tot nieuw cultuurbeleid voor de periode 2025-2028. Provinciale Staten, gemeenten en het culturele veld worden daarbij actief betrokken.</v></c><c r="E331" s="1" t="str"><v/></c><c r="F331" s="4"><v>45125.0</v></c><c r="G331" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H331" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I331" s="1" t="str"><v>Cultuur</v></c><c r="J331" s="1" t="str"><v/></c><c r="K331" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L331" s="4"><v>45329.0</v></c><c r="M331" s="1"><v>1</v></c></row><row r="332" spans="1:13" customFormat="false"><c r="A332" s="1"><v>116</v></c><c r="B332" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C332" s="1" t="str"><v xml:space="preserve">Cultuurnota 2025-2028 </v></c><c r="D332" s="1" t="str"><v>Besluitvorming over de Startnotitie Cultuurbeleid 2025-2028 is de start van het proces om te komen tot nieuw cultuurbeleid voor de periode 2025-2028. Provinciale Staten, gemeenten en het culturele veld worden daarbij actief betrokken.</v></c><c r="E332" s="1" t="str"><v/></c><c r="F332" s="4"><v>45125.0</v></c><c r="G332" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H332" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I332" s="1" t="str"><v>Cultuur</v></c><c r="J332" s="1" t="str"><v/></c><c r="K332" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L332" s="4"><v>45455.0</v></c><c r="M332" s="1"><v>1</v></c></row><row r="333" spans="1:13" customFormat="false"><c r="A333" s="1"><v>116</v></c><c r="B333" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C333" s="1" t="str"><v xml:space="preserve">Cultuurnota 2025-2028 </v></c><c r="D333" s="1" t="str"><v>Besluitvorming over de Startnotitie Cultuurbeleid 2025-2028 is de start van het proces om te komen tot nieuw cultuurbeleid voor de periode 2025-2028. Provinciale Staten, gemeenten en het culturele veld worden daarbij actief betrokken.</v></c><c r="E333" s="1" t="str"><v/></c><c r="F333" s="4"><v>45125.0</v></c><c r="G333" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H333" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I333" s="1" t="str"><v>Cultuur</v></c><c r="J333" s="1" t="str"><v/></c><c r="K333" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L333" s="4"><v>45476.0</v></c><c r="M333" s="1"><v>1</v></c></row><row r="334" spans="1:13" customFormat="false"><c r="A334" s="1"><v>116</v></c><c r="B334" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C334" s="1" t="str"><v xml:space="preserve">Cultuurnota 2025-2028 </v></c><c r="D334" s="1" t="str"><v>Besluitvorming over de Startnotitie Cultuurbeleid 2025-2028 is de start van het proces om te komen tot nieuw cultuurbeleid voor de periode 2025-2028. Provinciale Staten, gemeenten en het culturele veld worden daarbij actief betrokken.</v></c><c r="E334" s="1" t="str"><v/></c><c r="F334" s="4"><v>45125.0</v></c><c r="G334" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H334" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I334" s="1" t="str"><v>Cultuur</v></c><c r="J334" s="1" t="str"><v/></c><c r="K334" s="1" t="str"><v>Provinciale Staten</v></c><c r="L334" s="4"><v>45490.0</v></c><c r="M334" s="1"><v>1</v></c></row><row r="335" spans="1:13" customFormat="false"><c r="A335" s="1"><v>116</v></c><c r="B335" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C335" s="1" t="str"><v xml:space="preserve">Cultuurnota 2025-2028 </v></c><c r="D335" s="1" t="str"><v>Besluitvorming over de Startnotitie Cultuurbeleid 2025-2028 is de start van het proces om te komen tot nieuw cultuurbeleid voor de periode 2025-2028. Provinciale Staten, gemeenten en het culturele veld worden daarbij actief betrokken.</v></c><c r="E335" s="1" t="str"><v/></c><c r="F335" s="4"><v>45125.0</v></c><c r="G335" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H335" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I335" s="1" t="str"><v>Cultuur</v></c><c r="J335" s="1" t="str"><v/></c><c r="K335" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L335" s="4"><v>45623.0</v></c><c r="M335" s="1"><v>1</v></c></row><row r="336" spans="1:13" customFormat="false"><c r="A336" s="1"><v>116</v></c><c r="B336" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C336" s="1" t="str"><v xml:space="preserve">Cultuurnota 2025-2028 </v></c><c r="D336" s="1" t="str"><v>Besluitvorming over de Startnotitie Cultuurbeleid 2025-2028 is de start van het proces om te komen tot nieuw cultuurbeleid voor de periode 2025-2028. Provinciale Staten, gemeenten en het culturele veld worden daarbij actief betrokken.</v></c><c r="E336" s="1" t="str"><v/></c><c r="F336" s="4"><v>45125.0</v></c><c r="G336" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H336" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I336" s="1" t="str"><v>Cultuur</v></c><c r="J336" s="1" t="str"><v/></c><c r="K336" s="1" t="str"><v>Provinciale Staten</v></c><c r="L336" s="4"><v>45637.0</v></c><c r="M336" s="1"><v>1</v></c></row><row r="337" spans="1:13" customFormat="false"><c r="A337" s="1"><v>346</v></c><c r="B337" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C337" s="1" t="str"><v>Regionale Publieke Omroep - advies in aanwijzingsprocedure</v></c><c r="D337" s="1" t="str"><v xml:space="preserve">De procedure voor het aanwijzen van een regionale publieke omroep voor de provincie start.&#13;
+voortgang van het project te rapporteren.</v></c><c r="E377" s="1" t="str"><v/></c><c r="F377" s="4" t="str"><v/></c><c r="G377" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H377" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I377" s="1" t="str"><v>Cultuur</v></c><c r="J377" s="1" t="str"><v/></c><c r="K377" s="1" t="str"><v>Provinciale Staten</v></c><c r="L377" s="4"><v>45714.0</v></c><c r="M377" s="1"><v>1</v></c></row><row r="378" spans="1:13" customFormat="false"><c r="A378" s="1"><v>33</v></c><c r="B378" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C378" s="1" t="str"><v>Cultuurmonitor</v></c><c r="D378" s="1" t="str"><v/></c><c r="E378" s="1" t="str"><v/></c><c r="F378" s="4" t="str"><v/></c><c r="G378" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H378" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I378" s="1" t="str"><v>Cultuur</v></c><c r="J378" s="1" t="str"><v/></c><c r="K378" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L378" s="4"><v>44944.0</v></c><c r="M378" s="1"><v>1</v></c></row><row r="379" spans="1:13" customFormat="false"><c r="A379" s="1"><v>34</v></c><c r="B379" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C379" s="1" t="str"><v>Agenderingsverzoek Veerkracht culturele subsidianten - CDA en ChristenUnie</v></c><c r="D379" s="1" t="str"><v>Het CDA en de ChristenUnie hebben gezamenlijk een agenderingsverzoek gedaan om een actuele stand van zaken te krijgen van de culturele organisaties waar de provincie een subsidierelatie mee heeft. Hierna kunnen de statenleden vragen stellen (beeldvormend) en wordt aan hen gevraagd hoe zij de financiële situatie van de subsidianten zijn (oordeelsvormend).</v></c><c r="E379" s="1" t="str"><v>CDA,ChristenUnie</v></c><c r="F379" s="4" t="str"><v/></c><c r="G379" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H379" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I379" s="1" t="str"><v>Cultuur</v></c><c r="J379" s="1" t="str"><v/></c><c r="K379" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L379" s="4"><v>44944.0</v></c><c r="M379" s="1"><v>1</v></c></row><row r="380" spans="1:13" customFormat="false"><c r="A380" s="1"><v>43</v></c><c r="B380" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C380" s="1" t="str"><v>Bekrachtigen geheimhouding grondwaardeberekening Bataviawerf</v></c><c r="D380" s="1" t="str"><v/></c><c r="E380" s="1" t="str"><v/></c><c r="F380" s="4" t="str"><v/></c><c r="G380" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H380" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I380" s="1" t="str"><v>Cultuur</v></c><c r="J380" s="1" t="str"><v/></c><c r="K380" s="1" t="str"><v>Provinciale Staten</v></c><c r="L380" s="4"><v>44951.0</v></c><c r="M380" s="1"><v>1</v></c></row><row r="381" spans="1:13" customFormat="false"><c r="A381" s="1"><v>98</v></c><c r="B381" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C381" s="1" t="str"><v>Startnotitie Cultuurbeleid 2025-2028</v></c><c r="D381" s="1" t="str"><v/></c><c r="E381" s="1" t="str"><v/></c><c r="F381" s="4" t="str"><v/></c><c r="G381" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H381" s="1" t="str"><v xml:space="preserve"> Vacant</v></c><c r="I381" s="1"/><c r="J381" s="1" t="str"><v/></c><c r="K381" s="1"/><c r="L381" s="4" t="str"><v/></c><c r="M381" s="1"/></row><row r="382" spans="1:13" customFormat="false"><c r="A382" s="1"><v>116</v></c><c r="B382" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C382" s="1" t="str"><v xml:space="preserve">Cultuurnota 2025-2028 </v></c><c r="D382" s="1" t="str"><v>Besluitvorming over de Startnotitie Cultuurbeleid 2025-2028 is de start van het proces om te komen tot nieuw cultuurbeleid voor de periode 2025-2028. Provinciale Staten, gemeenten en het culturele veld worden daarbij actief betrokken.</v></c><c r="E382" s="1" t="str"><v/></c><c r="F382" s="4"><v>45125.0</v></c><c r="G382" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H382" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I382" s="1" t="str"><v>Cultuur</v></c><c r="J382" s="1" t="str"><v/></c><c r="K382" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L382" s="4"><v>45217.0</v></c><c r="M382" s="1"><v>1</v></c></row><row r="383" spans="1:13" customFormat="false"><c r="A383" s="1"><v>116</v></c><c r="B383" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C383" s="1" t="str"><v xml:space="preserve">Cultuurnota 2025-2028 </v></c><c r="D383" s="1" t="str"><v>Besluitvorming over de Startnotitie Cultuurbeleid 2025-2028 is de start van het proces om te komen tot nieuw cultuurbeleid voor de periode 2025-2028. Provinciale Staten, gemeenten en het culturele veld worden daarbij actief betrokken.</v></c><c r="E383" s="1" t="str"><v/></c><c r="F383" s="4"><v>45125.0</v></c><c r="G383" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H383" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I383" s="1" t="str"><v>Cultuur</v></c><c r="J383" s="1" t="str"><v/></c><c r="K383" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L383" s="4"><v>45259.0</v></c><c r="M383" s="1"><v>1</v></c></row><row r="384" spans="1:13" customFormat="false"><c r="A384" s="1"><v>116</v></c><c r="B384" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C384" s="1" t="str"><v xml:space="preserve">Cultuurnota 2025-2028 </v></c><c r="D384" s="1" t="str"><v>Besluitvorming over de Startnotitie Cultuurbeleid 2025-2028 is de start van het proces om te komen tot nieuw cultuurbeleid voor de periode 2025-2028. Provinciale Staten, gemeenten en het culturele veld worden daarbij actief betrokken.</v></c><c r="E384" s="1" t="str"><v/></c><c r="F384" s="4"><v>45125.0</v></c><c r="G384" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H384" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I384" s="1" t="str"><v>Cultuur</v></c><c r="J384" s="1" t="str"><v/></c><c r="K384" s="1" t="str"><v>Provinciale Staten</v></c><c r="L384" s="4"><v>45273.0</v></c><c r="M384" s="1"><v>1</v></c></row><row r="385" spans="1:13" customFormat="false"><c r="A385" s="1"><v>116</v></c><c r="B385" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C385" s="1" t="str"><v xml:space="preserve">Cultuurnota 2025-2028 </v></c><c r="D385" s="1" t="str"><v>Besluitvorming over de Startnotitie Cultuurbeleid 2025-2028 is de start van het proces om te komen tot nieuw cultuurbeleid voor de periode 2025-2028. Provinciale Staten, gemeenten en het culturele veld worden daarbij actief betrokken.</v></c><c r="E385" s="1" t="str"><v/></c><c r="F385" s="4"><v>45125.0</v></c><c r="G385" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H385" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I385" s="1" t="str"><v>Cultuur</v></c><c r="J385" s="1" t="str"><v/></c><c r="K385" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L385" s="4"><v>45329.0</v></c><c r="M385" s="1"><v>1</v></c></row><row r="386" spans="1:13" customFormat="false"><c r="A386" s="1"><v>116</v></c><c r="B386" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C386" s="1" t="str"><v xml:space="preserve">Cultuurnota 2025-2028 </v></c><c r="D386" s="1" t="str"><v>Besluitvorming over de Startnotitie Cultuurbeleid 2025-2028 is de start van het proces om te komen tot nieuw cultuurbeleid voor de periode 2025-2028. Provinciale Staten, gemeenten en het culturele veld worden daarbij actief betrokken.</v></c><c r="E386" s="1" t="str"><v/></c><c r="F386" s="4"><v>45125.0</v></c><c r="G386" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H386" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I386" s="1" t="str"><v>Cultuur</v></c><c r="J386" s="1" t="str"><v/></c><c r="K386" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L386" s="4"><v>45455.0</v></c><c r="M386" s="1"><v>1</v></c></row><row r="387" spans="1:13" customFormat="false"><c r="A387" s="1"><v>116</v></c><c r="B387" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C387" s="1" t="str"><v xml:space="preserve">Cultuurnota 2025-2028 </v></c><c r="D387" s="1" t="str"><v>Besluitvorming over de Startnotitie Cultuurbeleid 2025-2028 is de start van het proces om te komen tot nieuw cultuurbeleid voor de periode 2025-2028. Provinciale Staten, gemeenten en het culturele veld worden daarbij actief betrokken.</v></c><c r="E387" s="1" t="str"><v/></c><c r="F387" s="4"><v>45125.0</v></c><c r="G387" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H387" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I387" s="1" t="str"><v>Cultuur</v></c><c r="J387" s="1" t="str"><v/></c><c r="K387" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L387" s="4"><v>45476.0</v></c><c r="M387" s="1"><v>1</v></c></row><row r="388" spans="1:13" customFormat="false"><c r="A388" s="1"><v>116</v></c><c r="B388" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C388" s="1" t="str"><v xml:space="preserve">Cultuurnota 2025-2028 </v></c><c r="D388" s="1" t="str"><v>Besluitvorming over de Startnotitie Cultuurbeleid 2025-2028 is de start van het proces om te komen tot nieuw cultuurbeleid voor de periode 2025-2028. Provinciale Staten, gemeenten en het culturele veld worden daarbij actief betrokken.</v></c><c r="E388" s="1" t="str"><v/></c><c r="F388" s="4"><v>45125.0</v></c><c r="G388" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H388" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I388" s="1" t="str"><v>Cultuur</v></c><c r="J388" s="1" t="str"><v/></c><c r="K388" s="1" t="str"><v>Provinciale Staten</v></c><c r="L388" s="4"><v>45490.0</v></c><c r="M388" s="1"><v>1</v></c></row><row r="389" spans="1:13" customFormat="false"><c r="A389" s="1"><v>116</v></c><c r="B389" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C389" s="1" t="str"><v xml:space="preserve">Cultuurnota 2025-2028 </v></c><c r="D389" s="1" t="str"><v>Besluitvorming over de Startnotitie Cultuurbeleid 2025-2028 is de start van het proces om te komen tot nieuw cultuurbeleid voor de periode 2025-2028. Provinciale Staten, gemeenten en het culturele veld worden daarbij actief betrokken.</v></c><c r="E389" s="1" t="str"><v/></c><c r="F389" s="4"><v>45125.0</v></c><c r="G389" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H389" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I389" s="1" t="str"><v>Cultuur</v></c><c r="J389" s="1" t="str"><v/></c><c r="K389" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L389" s="4"><v>45623.0</v></c><c r="M389" s="1"><v>1</v></c></row><row r="390" spans="1:13" customFormat="false"><c r="A390" s="1"><v>116</v></c><c r="B390" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C390" s="1" t="str"><v xml:space="preserve">Cultuurnota 2025-2028 </v></c><c r="D390" s="1" t="str"><v>Besluitvorming over de Startnotitie Cultuurbeleid 2025-2028 is de start van het proces om te komen tot nieuw cultuurbeleid voor de periode 2025-2028. Provinciale Staten, gemeenten en het culturele veld worden daarbij actief betrokken.</v></c><c r="E390" s="1" t="str"><v/></c><c r="F390" s="4"><v>45125.0</v></c><c r="G390" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H390" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I390" s="1" t="str"><v>Cultuur</v></c><c r="J390" s="1" t="str"><v/></c><c r="K390" s="1" t="str"><v>Provinciale Staten</v></c><c r="L390" s="4"><v>45637.0</v></c><c r="M390" s="1"><v>1</v></c></row><row r="391" spans="1:13" customFormat="false"><c r="A391" s="1"><v>346</v></c><c r="B391" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C391" s="1" t="str"><v>Regionale Publieke Omroep - advies in aanwijzingsprocedure</v></c><c r="D391" s="1" t="str"><v xml:space="preserve">De procedure voor het aanwijzen van een regionale publieke omroep voor de provincie start.&#13;
 Het Commissariaat voor de Media (hierna: het Commissariaat) is de instelling die besluit over de aanwijzing van regionale publieke omroepen.&#13;
 &#13;
 Op 1 januari 2025 stelt het Commissariaat de procedure open om voor de vijfjarige periode na 1 januari 2026 een regionale publieke omroep voor de provincie aan te wijzen.&#13;
 &#13;
 Het Commissariaat maakt de openstelling van de aanwijzingsprocedure bekend op zijn website en via publicatie in de Staatscourant. &#13;
 &#13;
 Vanaf 1 januari 2025 kunnen geïnteresseerde partijen bij het Commissariaat een aanvraag indienen om aangewezen te worden als regionale publieke omroep voor de provincie. De uiterlijke indieningsdatum is 1 juli 2025. Aanvragen die na deze datum bij het Commissariaat worden ingediend, wijst het Commissariaat in beginsel af.&#13;
 &#13;
-Provinciale Staten hebben in de aanwijzingsprocedure een wettelijke adviestaak. In juli 2025 ontvangen Provinciale Staten daarover van het Commissariaat een brief. In die brief wordt toegelicht  wat er van uw Provinciale Staten wordt verwacht met betrekking tot het advies, toegespitst op het aantal aanvragen voor uw provincie. Provinciale Staten krijgen dan een wettelijke termijn van 18 weken om het advies uit te brengen aan het Commissariaat. </v></c><c r="E337" s="1" t="str"><v/></c><c r="F337" s="4" t="str"><v/></c><c r="G337" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H337" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I337" s="1" t="str"><v>Cultuur</v></c><c r="J337" s="1" t="str"><v xml:space="preserve">In juli 2025 ontvangen Provinciale Staten daarover van het Commissariaat een brief. Het college kan daarna past een besluit voorbereiden waardoor, conform de stukkenstroom, agendering in september niet mogelijk is. &#13;
+Provinciale Staten hebben in de aanwijzingsprocedure een wettelijke adviestaak. In juli 2025 ontvangen Provinciale Staten daarover van het Commissariaat een brief. In die brief wordt toegelicht  wat er van uw Provinciale Staten wordt verwacht met betrekking tot het advies, toegespitst op het aantal aanvragen voor uw provincie. Provinciale Staten krijgen dan een wettelijke termijn van 18 weken om het advies uit te brengen aan het Commissariaat. </v></c><c r="E391" s="1" t="str"><v/></c><c r="F391" s="4" t="str"><v/></c><c r="G391" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H391" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I391" s="1" t="str"><v>Cultuur</v></c><c r="J391" s="1" t="str"><v xml:space="preserve">In juli 2025 ontvangen Provinciale Staten daarover van het Commissariaat een brief. Het college kan daarna past een besluit voorbereiden waardoor, conform de stukkenstroom, agendering in september niet mogelijk is. &#13;
 Provinciale Staten krijgen dan een wettelijke termijn van 18 weken om het advies uit te brengen aan het Commissariaat. &#13;
-</v></c><c r="K337" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L337" s="4"><v>45938.0</v></c><c r="M337" s="1"><v>1</v></c></row><row r="338" spans="1:13" customFormat="false"><c r="A338" s="1"><v>346</v></c><c r="B338" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C338" s="1" t="str"><v>Regionale Publieke Omroep - advies in aanwijzingsprocedure</v></c><c r="D338" s="1" t="str"><v xml:space="preserve">De procedure voor het aanwijzen van een regionale publieke omroep voor de provincie start.&#13;
+</v></c><c r="K391" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L391" s="4"><v>45938.0</v></c><c r="M391" s="1"><v>1</v></c></row><row r="392" spans="1:13" customFormat="false"><c r="A392" s="1"><v>346</v></c><c r="B392" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C392" s="1" t="str"><v>Regionale Publieke Omroep - advies in aanwijzingsprocedure</v></c><c r="D392" s="1" t="str"><v xml:space="preserve">De procedure voor het aanwijzen van een regionale publieke omroep voor de provincie start.&#13;
 Het Commissariaat voor de Media (hierna: het Commissariaat) is de instelling die besluit over de aanwijzing van regionale publieke omroepen.&#13;
 &#13;
 Op 1 januari 2025 stelt het Commissariaat de procedure open om voor de vijfjarige periode na 1 januari 2026 een regionale publieke omroep voor de provincie aan te wijzen.&#13;
 &#13;
 Het Commissariaat maakt de openstelling van de aanwijzingsprocedure bekend op zijn website en via publicatie in de Staatscourant. &#13;
 &#13;
 Vanaf 1 januari 2025 kunnen geïnteresseerde partijen bij het Commissariaat een aanvraag indienen om aangewezen te worden als regionale publieke omroep voor de provincie. De uiterlijke indieningsdatum is 1 juli 2025. Aanvragen die na deze datum bij het Commissariaat worden ingediend, wijst het Commissariaat in beginsel af.&#13;
 &#13;
-Provinciale Staten hebben in de aanwijzingsprocedure een wettelijke adviestaak. In juli 2025 ontvangen Provinciale Staten daarover van het Commissariaat een brief. In die brief wordt toegelicht  wat er van uw Provinciale Staten wordt verwacht met betrekking tot het advies, toegespitst op het aantal aanvragen voor uw provincie. Provinciale Staten krijgen dan een wettelijke termijn van 18 weken om het advies uit te brengen aan het Commissariaat. </v></c><c r="E338" s="1" t="str"><v/></c><c r="F338" s="4" t="str"><v/></c><c r="G338" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H338" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I338" s="1" t="str"><v>Cultuur</v></c><c r="J338" s="1" t="str"><v xml:space="preserve">In juli 2025 ontvangen Provinciale Staten daarover van het Commissariaat een brief. Het college kan daarna past een besluit voorbereiden waardoor, conform de stukkenstroom, agendering in september niet mogelijk is. &#13;
+Provinciale Staten hebben in de aanwijzingsprocedure een wettelijke adviestaak. In juli 2025 ontvangen Provinciale Staten daarover van het Commissariaat een brief. In die brief wordt toegelicht  wat er van uw Provinciale Staten wordt verwacht met betrekking tot het advies, toegespitst op het aantal aanvragen voor uw provincie. Provinciale Staten krijgen dan een wettelijke termijn van 18 weken om het advies uit te brengen aan het Commissariaat. </v></c><c r="E392" s="1" t="str"><v/></c><c r="F392" s="4" t="str"><v/></c><c r="G392" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H392" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I392" s="1" t="str"><v>Cultuur</v></c><c r="J392" s="1" t="str"><v xml:space="preserve">In juli 2025 ontvangen Provinciale Staten daarover van het Commissariaat een brief. Het college kan daarna past een besluit voorbereiden waardoor, conform de stukkenstroom, agendering in september niet mogelijk is. &#13;
 Provinciale Staten krijgen dan een wettelijke termijn van 18 weken om het advies uit te brengen aan het Commissariaat. &#13;
-</v></c><c r="K338" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L338" s="4"><v>45945.0</v></c><c r="M338" s="1"><v>1</v></c></row><row r="339" spans="1:13" customFormat="false"><c r="A339" s="1"><v>346</v></c><c r="B339" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C339" s="1" t="str"><v>Regionale Publieke Omroep - advies in aanwijzingsprocedure</v></c><c r="D339" s="1" t="str"><v xml:space="preserve">De procedure voor het aanwijzen van een regionale publieke omroep voor de provincie start.&#13;
+</v></c><c r="K392" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L392" s="4"><v>45945.0</v></c><c r="M392" s="1"><v>1</v></c></row><row r="393" spans="1:13" customFormat="false"><c r="A393" s="1"><v>346</v></c><c r="B393" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C393" s="1" t="str"><v>Regionale Publieke Omroep - advies in aanwijzingsprocedure</v></c><c r="D393" s="1" t="str"><v xml:space="preserve">De procedure voor het aanwijzen van een regionale publieke omroep voor de provincie start.&#13;
 Het Commissariaat voor de Media (hierna: het Commissariaat) is de instelling die besluit over de aanwijzing van regionale publieke omroepen.&#13;
 &#13;
 Op 1 januari 2025 stelt het Commissariaat de procedure open om voor de vijfjarige periode na 1 januari 2026 een regionale publieke omroep voor de provincie aan te wijzen.&#13;
 &#13;
 Het Commissariaat maakt de openstelling van de aanwijzingsprocedure bekend op zijn website en via publicatie in de Staatscourant. &#13;
 &#13;
 Vanaf 1 januari 2025 kunnen geïnteresseerde partijen bij het Commissariaat een aanvraag indienen om aangewezen te worden als regionale publieke omroep voor de provincie. De uiterlijke indieningsdatum is 1 juli 2025. Aanvragen die na deze datum bij het Commissariaat worden ingediend, wijst het Commissariaat in beginsel af.&#13;
 &#13;
-Provinciale Staten hebben in de aanwijzingsprocedure een wettelijke adviestaak. In juli 2025 ontvangen Provinciale Staten daarover van het Commissariaat een brief. In die brief wordt toegelicht  wat er van uw Provinciale Staten wordt verwacht met betrekking tot het advies, toegespitst op het aantal aanvragen voor uw provincie. Provinciale Staten krijgen dan een wettelijke termijn van 18 weken om het advies uit te brengen aan het Commissariaat. </v></c><c r="E339" s="1" t="str"><v/></c><c r="F339" s="4" t="str"><v/></c><c r="G339" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H339" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I339" s="1" t="str"><v>Cultuur</v></c><c r="J339" s="1" t="str"><v xml:space="preserve">In juli 2025 ontvangen Provinciale Staten daarover van het Commissariaat een brief. Het college kan daarna past een besluit voorbereiden waardoor, conform de stukkenstroom, agendering in september niet mogelijk is. &#13;
+Provinciale Staten hebben in de aanwijzingsprocedure een wettelijke adviestaak. In juli 2025 ontvangen Provinciale Staten daarover van het Commissariaat een brief. In die brief wordt toegelicht  wat er van uw Provinciale Staten wordt verwacht met betrekking tot het advies, toegespitst op het aantal aanvragen voor uw provincie. Provinciale Staten krijgen dan een wettelijke termijn van 18 weken om het advies uit te brengen aan het Commissariaat. </v></c><c r="E393" s="1" t="str"><v/></c><c r="F393" s="4" t="str"><v/></c><c r="G393" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H393" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I393" s="1" t="str"><v>Cultuur</v></c><c r="J393" s="1" t="str"><v xml:space="preserve">In juli 2025 ontvangen Provinciale Staten daarover van het Commissariaat een brief. Het college kan daarna past een besluit voorbereiden waardoor, conform de stukkenstroom, agendering in september niet mogelijk is. &#13;
 Provinciale Staten krijgen dan een wettelijke termijn van 18 weken om het advies uit te brengen aan het Commissariaat. &#13;
-</v></c><c r="K339" s="1" t="str"><v>Provinciale Staten</v></c><c r="L339" s="4"><v>45959.0</v></c><c r="M339" s="1"><v>1</v></c></row><row r="340" spans="1:13" customFormat="false"><c r="A340" s="1"><v>358</v></c><c r="B340" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C340" s="1" t="str"><v>Erfgoedprogramma - Evaluatie</v></c><c r="D340" s="1" t="str"><v/></c><c r="E340" s="1" t="str"><v/></c><c r="F340" s="4" t="str"><v/></c><c r="G340" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H340" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I340" s="1" t="str"><v>Cultuur</v></c><c r="J340" s="1" t="str"><v/></c><c r="K340" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L340" s="4"><v>45987.0</v></c><c r="M340" s="1"><v>1</v></c></row><row r="341" spans="1:13" customFormat="false"><c r="A341" s="1"><v>376</v></c><c r="B341" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C341" s="1" t="str"><v>Toekomst kunstwerk ‘De Tong’</v></c><c r="D341" s="1" t="str"><v/></c><c r="E341" s="1" t="str"><v/></c><c r="F341" s="4" t="str"><v/></c><c r="G341" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H341" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I341" s="1" t="str"><v>Cultuur</v></c><c r="J341" s="1" t="str"><v>Het college heeft eerder aangegeven dat zij n juni 2025 met een voorstel zouden komen. Deze planning blijkt niet haalbaar, omdat er meer tijd nodig is om het voorstel nader uit te werken. De huidige prognose is dat het college in het vierde kwartaal van 2025 een voorstel met de Staten kunnen delen (zie mededeling 1 juli 2025)</v></c><c r="K341" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L341" s="4"><v>46022.0</v></c><c r="M341" s="1"><v>0</v></c></row><row r="342" spans="1:13" customFormat="false"><c r="A342" s="1"><v>2</v></c><c r="B342" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C342" s="1" t="str"><v>IPO-programmabegroting 2023</v></c><c r="D342" s="1" t="str"><v/></c><c r="E342" s="1" t="str"><v/></c><c r="F342" s="4" t="str"><v/></c><c r="G342" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H342" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I342" s="1" t="str"><v>Bestuursadvies</v></c><c r="J342" s="1" t="str"><v/></c><c r="K342" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L342" s="4"><v>44846.0</v></c><c r="M342" s="1"><v>1</v></c></row><row r="343" spans="1:13" customFormat="false"><c r="A343" s="1"><v>2</v></c><c r="B343" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C343" s="1" t="str"><v>IPO-programmabegroting 2023</v></c><c r="D343" s="1" t="str"><v/></c><c r="E343" s="1" t="str"><v/></c><c r="F343" s="4" t="str"><v/></c><c r="G343" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H343" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I343" s="1" t="str"><v>Bestuursadvies</v></c><c r="J343" s="1" t="str"><v/></c><c r="K343" s="1" t="str"><v>Provinciale Staten</v></c><c r="L343" s="4"><v>44860.0</v></c><c r="M343" s="1"><v>1</v></c></row><row r="344" spans="1:13" customFormat="false"><c r="A344" s="1"><v>14</v></c><c r="B344" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C344" s="1" t="str"><v>Participatiebeleid</v></c><c r="D344" s="1" t="str"><v xml:space="preserve">6 juli 2022: Werksessie oefenen met Participatie. Op 22 feb. 2023 zijn de uitganspunten participatie vastgesteld&#13;
-[...29 lines deleted...]
-</v></c><c r="E353" s="1" t="str"><v/></c><c r="F353" s="4" t="str"><v/></c><c r="G353" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H353" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I353" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J353" s="1" t="str"><v/></c><c r="K353" s="1" t="str"><v>Provinciale Staten</v></c><c r="L353" s="4"><v>45441.0</v></c><c r="M353" s="1"><v>1</v></c></row><row r="354" spans="1:13" customFormat="false"><c r="A354" s="1"><v>17</v></c><c r="B354" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C354" s="1" t="str"><v>Strategische Agenda Flevoland 2.0 (Rijk-Regio)</v></c><c r="D354" s="1" t="str"><v xml:space="preserve">PS heeft op 13 juli 2022 de condities vastgesteld.&#13;
+</v></c><c r="K393" s="1" t="str"><v>Provinciale Staten</v></c><c r="L393" s="4"><v>45959.0</v></c><c r="M393" s="1"><v>1</v></c></row><row r="394" spans="1:13" customFormat="false"><c r="A394" s="1"><v>358</v></c><c r="B394" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C394" s="1" t="str"><v>Erfgoedprogramma - Plan van Aanpak (Evaluatie nov '25)</v></c><c r="D394" s="1" t="str"><v/></c><c r="E394" s="1" t="str"><v/></c><c r="F394" s="4" t="str"><v/></c><c r="G394" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H394" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I394" s="1" t="str"><v>Cultuur</v></c><c r="J394" s="1" t="str"><v xml:space="preserve">Bij de voorbereiding van een omgevingsprogramma wordt het plan van aanpak beeldvormend voor peilen en toetsen in de commissie gebracht. </v></c><c r="K394" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L394" s="4"><v>45987.0</v></c><c r="M394" s="1"><v>1</v></c></row><row r="395" spans="1:13" customFormat="false"><c r="A395" s="1"><v>358</v></c><c r="B395" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C395" s="1" t="str"><v>Erfgoedprogramma - Plan van Aanpak (Evaluatie nov '25)</v></c><c r="D395" s="1" t="str"><v/></c><c r="E395" s="1" t="str"><v/></c><c r="F395" s="4" t="str"><v/></c><c r="G395" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H395" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I395" s="1" t="str"><v>Cultuur</v></c><c r="J395" s="1" t="str"><v xml:space="preserve">Bij de voorbereiding van een omgevingsprogramma wordt het plan van aanpak beeldvormend voor peilen en toetsen in de commissie gebracht. </v></c><c r="K395" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L395" s="4"><v>46113.0</v></c><c r="M395" s="1"><v>0</v></c></row><row r="396" spans="1:13" customFormat="false"><c r="A396" s="1"><v>358</v></c><c r="B396" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C396" s="1" t="str"><v>Erfgoedprogramma - Plan van Aanpak (Evaluatie nov '25)</v></c><c r="D396" s="1" t="str"><v/></c><c r="E396" s="1" t="str"><v/></c><c r="F396" s="4" t="str"><v/></c><c r="G396" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H396" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I396" s="1" t="str"><v>Cultuur</v></c><c r="J396" s="1" t="str"><v xml:space="preserve">Bij de voorbereiding van een omgevingsprogramma wordt het plan van aanpak beeldvormend voor peilen en toetsen in de commissie gebracht. </v></c><c r="K396" s="1" t="str"><v>Peilen en Toetsen</v></c><c r="L396" s="4"><v>46127.0</v></c><c r="M396" s="1"><v>0</v></c></row><row r="397" spans="1:13" customFormat="false"><c r="A397" s="1"><v>376</v></c><c r="B397" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C397" s="1" t="str"><v>Toekomst kunstwerk ‘De Tong’</v></c><c r="D397" s="1" t="str"><v/></c><c r="E397" s="1" t="str"><v/></c><c r="F397" s="4" t="str"><v/></c><c r="G397" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H397" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I397" s="1" t="str"><v>Cultuur</v></c><c r="J397" s="1" t="str"><v>Er is meer tijd nodig voor het onderzoek naar scenario’s. De huidige prognose is dat het college in het eerste kwartaal van 2026 een voorstel met uw Staten kunnen delen</v></c><c r="K397" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L397" s="4"><v>46114.0</v></c><c r="M397" s="1"><v>0</v></c></row><row r="398" spans="1:13" customFormat="false"><c r="A398" s="1"><v>406</v></c><c r="B398" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C398" s="1" t="str"><v>Vervolg Flevolands Fonds voor culturele ontwikkeling</v></c><c r="D398" s="1" t="str"><v/></c><c r="E398" s="1" t="str"><v/></c><c r="F398" s="4" t="str"><v/></c><c r="G398" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H398" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I398" s="1" t="str"><v>Cultuur</v></c><c r="J398" s="1" t="str"><v/></c><c r="K398" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L398" s="4"><v>46057.0</v></c><c r="M398" s="1"><v>0</v></c></row><row r="399" spans="1:13" customFormat="false"><c r="A399" s="1"><v>406</v></c><c r="B399" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C399" s="1" t="str"><v>Vervolg Flevolands Fonds voor culturele ontwikkeling</v></c><c r="D399" s="1" t="str"><v/></c><c r="E399" s="1" t="str"><v/></c><c r="F399" s="4" t="str"><v/></c><c r="G399" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H399" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I399" s="1" t="str"><v>Cultuur</v></c><c r="J399" s="1" t="str"><v/></c><c r="K399" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L399" s="4"><v>46064.0</v></c><c r="M399" s="1"><v>0</v></c></row><row r="400" spans="1:13" customFormat="false"><c r="A400" s="1"><v>406</v></c><c r="B400" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C400" s="1" t="str"><v>Vervolg Flevolands Fonds voor culturele ontwikkeling</v></c><c r="D400" s="1" t="str"><v/></c><c r="E400" s="1" t="str"><v/></c><c r="F400" s="4" t="str"><v/></c><c r="G400" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H400" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I400" s="1" t="str"><v>Cultuur</v></c><c r="J400" s="1" t="str"><v/></c><c r="K400" s="1" t="str"><v>Provinciale Staten</v></c><c r="L400" s="4"><v>46071.0</v></c><c r="M400" s="1"><v>0</v></c></row><row r="401" spans="1:13" customFormat="false"><c r="A401" s="1"><v>14</v></c><c r="B401" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C401" s="1" t="str"><v>Participatiebeleid</v></c><c r="D401" s="1" t="str"><v xml:space="preserve">6 juli 2022: Werksessie oefenen met Participatie. Op 22 feb. 2023 zijn de uitganspunten participatie vastgesteld&#13;
+&#13;
+&#13;
+</v></c><c r="E401" s="1" t="str"><v/></c><c r="F401" s="4" t="str"><v/></c><c r="G401" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H401" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I401" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J401" s="1" t="str"><v/></c><c r="K401" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L401" s="4"><v>44748.0</v></c><c r="M401" s="1"><v>1</v></c></row><row r="402" spans="1:13" customFormat="false"><c r="A402" s="1"><v>14</v></c><c r="B402" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C402" s="1" t="str"><v>Participatiebeleid</v></c><c r="D402" s="1" t="str"><v xml:space="preserve">6 juli 2022: Werksessie oefenen met Participatie. Op 22 feb. 2023 zijn de uitganspunten participatie vastgesteld&#13;
+&#13;
+&#13;
+</v></c><c r="E402" s="1" t="str"><v/></c><c r="F402" s="4" t="str"><v/></c><c r="G402" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H402" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I402" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J402" s="1" t="str"><v/></c><c r="K402" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L402" s="4"><v>44895.0</v></c><c r="M402" s="1"><v>1</v></c></row><row r="403" spans="1:13" customFormat="false"><c r="A403" s="1"><v>14</v></c><c r="B403" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C403" s="1" t="str"><v>Participatiebeleid</v></c><c r="D403" s="1" t="str"><v xml:space="preserve">6 juli 2022: Werksessie oefenen met Participatie. Op 22 feb. 2023 zijn de uitganspunten participatie vastgesteld&#13;
+&#13;
+&#13;
+</v></c><c r="E403" s="1" t="str"><v/></c><c r="F403" s="4" t="str"><v/></c><c r="G403" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H403" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I403" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J403" s="1" t="str"><v/></c><c r="K403" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L403" s="4"><v>44937.0</v></c><c r="M403" s="1"><v>1</v></c></row><row r="404" spans="1:13" customFormat="false"><c r="A404" s="1"><v>14</v></c><c r="B404" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C404" s="1" t="str"><v>Participatiebeleid</v></c><c r="D404" s="1" t="str"><v xml:space="preserve">6 juli 2022: Werksessie oefenen met Participatie. Op 22 feb. 2023 zijn de uitganspunten participatie vastgesteld&#13;
+&#13;
+&#13;
+</v></c><c r="E404" s="1" t="str"><v/></c><c r="F404" s="4" t="str"><v/></c><c r="G404" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H404" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I404" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J404" s="1" t="str"><v/></c><c r="K404" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L404" s="4"><v>44965.0</v></c><c r="M404" s="1"><v>1</v></c></row><row r="405" spans="1:13" customFormat="false"><c r="A405" s="1"><v>14</v></c><c r="B405" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C405" s="1" t="str"><v>Participatiebeleid</v></c><c r="D405" s="1" t="str"><v xml:space="preserve">6 juli 2022: Werksessie oefenen met Participatie. Op 22 feb. 2023 zijn de uitganspunten participatie vastgesteld&#13;
+&#13;
+&#13;
+</v></c><c r="E405" s="1" t="str"><v/></c><c r="F405" s="4" t="str"><v/></c><c r="G405" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H405" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I405" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J405" s="1" t="str"><v/></c><c r="K405" s="1" t="str"><v>Provinciale Staten</v></c><c r="L405" s="4"><v>44979.0</v></c><c r="M405" s="1"><v>1</v></c></row><row r="406" spans="1:13" customFormat="false"><c r="A406" s="1"><v>14</v></c><c r="B406" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C406" s="1" t="str"><v>Participatiebeleid</v></c><c r="D406" s="1" t="str"><v xml:space="preserve">6 juli 2022: Werksessie oefenen met Participatie. Op 22 feb. 2023 zijn de uitganspunten participatie vastgesteld&#13;
+&#13;
+&#13;
+</v></c><c r="E406" s="1" t="str"><v/></c><c r="F406" s="4" t="str"><v/></c><c r="G406" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H406" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I406" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J406" s="1" t="str"><v/></c><c r="K406" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L406" s="4"><v>45182.0</v></c><c r="M406" s="1"><v>1</v></c></row><row r="407" spans="1:13" customFormat="false"><c r="A407" s="1"><v>14</v></c><c r="B407" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C407" s="1" t="str"><v>Participatiebeleid</v></c><c r="D407" s="1" t="str"><v xml:space="preserve">6 juli 2022: Werksessie oefenen met Participatie. Op 22 feb. 2023 zijn de uitganspunten participatie vastgesteld&#13;
+&#13;
+&#13;
+</v></c><c r="E407" s="1" t="str"><v/></c><c r="F407" s="4" t="str"><v/></c><c r="G407" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H407" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I407" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J407" s="1" t="str"><v/></c><c r="K407" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L407" s="4"><v>45259.0</v></c><c r="M407" s="1"><v>1</v></c></row><row r="408" spans="1:13" customFormat="false"><c r="A408" s="1"><v>14</v></c><c r="B408" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C408" s="1" t="str"><v>Participatiebeleid</v></c><c r="D408" s="1" t="str"><v xml:space="preserve">6 juli 2022: Werksessie oefenen met Participatie. Op 22 feb. 2023 zijn de uitganspunten participatie vastgesteld&#13;
+&#13;
+&#13;
+</v></c><c r="E408" s="1" t="str"><v/></c><c r="F408" s="4" t="str"><v/></c><c r="G408" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H408" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I408" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J408" s="1" t="str"><v/></c><c r="K408" s="1" t="str"><v>Provinciale Staten</v></c><c r="L408" s="4"><v>45273.0</v></c><c r="M408" s="1"><v>1</v></c></row><row r="409" spans="1:13" customFormat="false"><c r="A409" s="1"><v>14</v></c><c r="B409" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C409" s="1" t="str"><v>Participatiebeleid</v></c><c r="D409" s="1" t="str"><v xml:space="preserve">6 juli 2022: Werksessie oefenen met Participatie. Op 22 feb. 2023 zijn de uitganspunten participatie vastgesteld&#13;
+&#13;
+&#13;
+</v></c><c r="E409" s="1" t="str"><v/></c><c r="F409" s="4" t="str"><v/></c><c r="G409" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H409" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I409" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J409" s="1" t="str"><v/></c><c r="K409" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L409" s="4"><v>45427.0</v></c><c r="M409" s="1"><v>1</v></c></row><row r="410" spans="1:13" customFormat="false"><c r="A410" s="1"><v>14</v></c><c r="B410" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C410" s="1" t="str"><v>Participatiebeleid</v></c><c r="D410" s="1" t="str"><v xml:space="preserve">6 juli 2022: Werksessie oefenen met Participatie. Op 22 feb. 2023 zijn de uitganspunten participatie vastgesteld&#13;
+&#13;
+&#13;
+</v></c><c r="E410" s="1" t="str"><v/></c><c r="F410" s="4" t="str"><v/></c><c r="G410" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H410" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I410" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J410" s="1" t="str"><v/></c><c r="K410" s="1" t="str"><v>Provinciale Staten</v></c><c r="L410" s="4"><v>45441.0</v></c><c r="M410" s="1"><v>1</v></c></row><row r="411" spans="1:13" customFormat="false"><c r="A411" s="1"><v>17</v></c><c r="B411" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C411" s="1" t="str"><v>Strategische Agenda Flevoland 2.0 (Rijk-Regio)</v></c><c r="D411" s="1" t="str"><v xml:space="preserve">PS heeft op 13 juli 2022 de condities vastgesteld.&#13;
 Beeldvorming versie 1.0 op 12 oktober 2022.&#13;
-</v></c><c r="E354" s="1" t="str"><v/></c><c r="F354" s="4" t="str"><v/></c><c r="G354" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H354" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I354" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J354" s="1" t="str"><v/></c><c r="K354" s="1" t="str"><v>Provinciale Staten</v></c><c r="L354" s="4"><v>44755.0</v></c><c r="M354" s="1"><v>1</v></c></row><row r="355" spans="1:13" customFormat="false"><c r="A355" s="1"><v>17</v></c><c r="B355" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C355" s="1" t="str"><v>Strategische Agenda Flevoland 2.0 (Rijk-Regio)</v></c><c r="D355" s="1" t="str"><v xml:space="preserve">PS heeft op 13 juli 2022 de condities vastgesteld.&#13;
+</v></c><c r="E411" s="1" t="str"><v/></c><c r="F411" s="4" t="str"><v/></c><c r="G411" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H411" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I411" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J411" s="1" t="str"><v/></c><c r="K411" s="1" t="str"><v>Provinciale Staten</v></c><c r="L411" s="4"><v>44755.0</v></c><c r="M411" s="1"><v>1</v></c></row><row r="412" spans="1:13" customFormat="false"><c r="A412" s="1"><v>17</v></c><c r="B412" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C412" s="1" t="str"><v>Strategische Agenda Flevoland 2.0 (Rijk-Regio)</v></c><c r="D412" s="1" t="str"><v xml:space="preserve">PS heeft op 13 juli 2022 de condities vastgesteld.&#13;
 Beeldvorming versie 1.0 op 12 oktober 2022.&#13;
-</v></c><c r="E355" s="1" t="str"><v/></c><c r="F355" s="4" t="str"><v/></c><c r="G355" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H355" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I355" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J355" s="1" t="str"><v/></c><c r="K355" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L355" s="4"><v>44846.0</v></c><c r="M355" s="1"><v>1</v></c></row><row r="356" spans="1:13" customFormat="false"><c r="A356" s="1"><v>17</v></c><c r="B356" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C356" s="1" t="str"><v>Strategische Agenda Flevoland 2.0 (Rijk-Regio)</v></c><c r="D356" s="1" t="str"><v xml:space="preserve">PS heeft op 13 juli 2022 de condities vastgesteld.&#13;
+</v></c><c r="E412" s="1" t="str"><v/></c><c r="F412" s="4" t="str"><v/></c><c r="G412" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H412" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I412" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J412" s="1" t="str"><v/></c><c r="K412" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L412" s="4"><v>44846.0</v></c><c r="M412" s="1"><v>1</v></c></row><row r="413" spans="1:13" customFormat="false"><c r="A413" s="1"><v>17</v></c><c r="B413" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C413" s="1" t="str"><v>Strategische Agenda Flevoland 2.0 (Rijk-Regio)</v></c><c r="D413" s="1" t="str"><v xml:space="preserve">PS heeft op 13 juli 2022 de condities vastgesteld.&#13;
 Beeldvorming versie 1.0 op 12 oktober 2022.&#13;
-</v></c><c r="E356" s="1" t="str"><v/></c><c r="F356" s="4" t="str"><v/></c><c r="G356" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H356" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I356" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J356" s="1" t="str"><v/></c><c r="K356" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L356" s="4"><v>44944.0</v></c><c r="M356" s="1"><v>1</v></c></row><row r="357" spans="1:13" customFormat="false"><c r="A357" s="1"><v>17</v></c><c r="B357" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C357" s="1" t="str"><v>Strategische Agenda Flevoland 2.0 (Rijk-Regio)</v></c><c r="D357" s="1" t="str"><v xml:space="preserve">PS heeft op 13 juli 2022 de condities vastgesteld.&#13;
+</v></c><c r="E413" s="1" t="str"><v/></c><c r="F413" s="4" t="str"><v/></c><c r="G413" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H413" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I413" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J413" s="1" t="str"><v/></c><c r="K413" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L413" s="4"><v>44944.0</v></c><c r="M413" s="1"><v>1</v></c></row><row r="414" spans="1:13" customFormat="false"><c r="A414" s="1"><v>17</v></c><c r="B414" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C414" s="1" t="str"><v>Strategische Agenda Flevoland 2.0 (Rijk-Regio)</v></c><c r="D414" s="1" t="str"><v xml:space="preserve">PS heeft op 13 juli 2022 de condities vastgesteld.&#13;
 Beeldvorming versie 1.0 op 12 oktober 2022.&#13;
-</v></c><c r="E357" s="1" t="str"><v/></c><c r="F357" s="4" t="str"><v/></c><c r="G357" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H357" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I357" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J357" s="1" t="str"><v/></c><c r="K357" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L357" s="4"><v>44972.0</v></c><c r="M357" s="1"><v>1</v></c></row><row r="358" spans="1:13" customFormat="false"><c r="A358" s="1"><v>17</v></c><c r="B358" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C358" s="1" t="str"><v>Strategische Agenda Flevoland 2.0 (Rijk-Regio)</v></c><c r="D358" s="1" t="str"><v xml:space="preserve">PS heeft op 13 juli 2022 de condities vastgesteld.&#13;
+</v></c><c r="E414" s="1" t="str"><v/></c><c r="F414" s="4" t="str"><v/></c><c r="G414" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H414" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I414" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J414" s="1" t="str"><v/></c><c r="K414" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L414" s="4"><v>44972.0</v></c><c r="M414" s="1"><v>1</v></c></row><row r="415" spans="1:13" customFormat="false"><c r="A415" s="1"><v>17</v></c><c r="B415" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C415" s="1" t="str"><v>Strategische Agenda Flevoland 2.0 (Rijk-Regio)</v></c><c r="D415" s="1" t="str"><v xml:space="preserve">PS heeft op 13 juli 2022 de condities vastgesteld.&#13;
 Beeldvorming versie 1.0 op 12 oktober 2022.&#13;
-</v></c><c r="E358" s="1" t="str"><v/></c><c r="F358" s="4" t="str"><v/></c><c r="G358" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H358" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I358" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J358" s="1" t="str"><v/></c><c r="K358" s="1" t="str"><v>Provinciale Staten</v></c><c r="L358" s="4"><v>44979.0</v></c><c r="M358" s="1"><v>1</v></c></row><row r="359" spans="1:13" customFormat="false"><c r="A359" s="1"><v>42</v></c><c r="B359" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C359" s="1" t="str"><v>(Ontwerp) Algemene Subsidieverordening Flevoland 2023</v></c><c r="D359" s="1" t="str"><v/></c><c r="E359" s="1" t="str"><v/></c><c r="F359" s="4" t="str"><v/></c><c r="G359" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H359" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I359" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J359" s="1" t="str"><v/></c><c r="K359" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L359" s="4"><v>44937.0</v></c><c r="M359" s="1"><v>1</v></c></row><row r="360" spans="1:13" customFormat="false"><c r="A360" s="1"><v>42</v></c><c r="B360" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C360" s="1" t="str"><v>(Ontwerp) Algemene Subsidieverordening Flevoland 2023</v></c><c r="D360" s="1" t="str"><v/></c><c r="E360" s="1" t="str"><v/></c><c r="F360" s="4" t="str"><v/></c><c r="G360" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H360" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I360" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J360" s="1" t="str"><v/></c><c r="K360" s="1" t="str"><v>Provinciale Staten</v></c><c r="L360" s="4"><v>44951.0</v></c><c r="M360" s="1"><v>1</v></c></row><row r="361" spans="1:13" customFormat="false"><c r="A361" s="1"><v>42</v></c><c r="B361" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C361" s="1" t="str"><v>(Ontwerp) Algemene Subsidieverordening Flevoland 2023</v></c><c r="D361" s="1" t="str"><v/></c><c r="E361" s="1" t="str"><v/></c><c r="F361" s="4" t="str"><v/></c><c r="G361" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H361" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I361" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J361" s="1" t="str"><v/></c><c r="K361" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L361" s="4"><v>45084.0</v></c><c r="M361" s="1"><v>1</v></c></row><row r="362" spans="1:13" customFormat="false"><c r="A362" s="1"><v>42</v></c><c r="B362" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C362" s="1" t="str"><v>(Ontwerp) Algemene Subsidieverordening Flevoland 2023</v></c><c r="D362" s="1" t="str"><v/></c><c r="E362" s="1" t="str"><v/></c><c r="F362" s="4" t="str"><v/></c><c r="G362" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H362" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I362" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J362" s="1" t="str"><v/></c><c r="K362" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L362" s="4"><v>45084.0</v></c><c r="M362" s="1"><v>1</v></c></row><row r="363" spans="1:13" customFormat="false"><c r="A363" s="1"><v>42</v></c><c r="B363" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C363" s="1" t="str"><v>(Ontwerp) Algemene Subsidieverordening Flevoland 2023</v></c><c r="D363" s="1" t="str"><v/></c><c r="E363" s="1" t="str"><v/></c><c r="F363" s="4" t="str"><v/></c><c r="G363" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H363" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I363" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J363" s="1" t="str"><v/></c><c r="K363" s="1" t="str"><v>Provinciale Staten</v></c><c r="L363" s="4"><v>45105.0</v></c><c r="M363" s="1"><v>1</v></c></row><row r="364" spans="1:13" customFormat="false"><c r="A364" s="1"><v>55</v></c><c r="B364" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C364" s="1" t="str"><v>Strategische Agenda Flevoland (Rijk-Regio) (Introductieprogramma)</v></c><c r="D364" s="1" t="str"><v>Introductieprogramma Provinciale Staten: uitleg over Strategische Agenda Flevoland (Rijk-Regio)</v></c><c r="E364" s="1" t="str"><v/></c><c r="F364" s="4" t="str"><v/></c><c r="G364" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H364" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I364" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J364" s="1"/><c r="K364" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L364" s="4"><v>45063.0</v></c><c r="M364" s="1"><v>1</v></c></row><row r="365" spans="1:13" customFormat="false"><c r="A365" s="1"><v>61</v></c><c r="B365" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C365" s="1" t="str"><v>IPO-Voorjaarsnota</v></c><c r="D365" s="1" t="str"><v/></c><c r="E365" s="1" t="str"><v/></c><c r="F365" s="4" t="str"><v/></c><c r="G365" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H365" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I365" s="1" t="str"><v>Bestuursadvies</v></c><c r="J365" s="1" t="str"><v/></c><c r="K365" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L365" s="4"><v>45063.0</v></c><c r="M365" s="1"><v>1</v></c></row><row r="366" spans="1:13" customFormat="false"><c r="A366" s="1"><v>61</v></c><c r="B366" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C366" s="1" t="str"><v>IPO-Voorjaarsnota</v></c><c r="D366" s="1" t="str"><v/></c><c r="E366" s="1" t="str"><v/></c><c r="F366" s="4" t="str"><v/></c><c r="G366" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H366" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I366" s="1" t="str"><v>Bestuursadvies</v></c><c r="J366" s="1" t="str"><v/></c><c r="K366" s="1" t="str"><v>Provinciale Staten</v></c><c r="L366" s="4"><v>45077.0</v></c><c r="M366" s="1"><v>1</v></c></row><row r="367" spans="1:13" customFormat="false"><c r="A367" s="1"><v>68</v></c><c r="B367" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C367" s="1" t="str"><v>IPO-begroting 2024</v></c><c r="D367" s="1" t="str"><v/></c><c r="E367" s="1" t="str"><v/></c><c r="F367" s="4" t="str"><v/></c><c r="G367" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H367" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I367" s="1" t="str"><v>Bestuursadvies</v></c><c r="J367" s="1" t="str"><v/></c><c r="K367" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L367" s="4"><v>45210.0</v></c><c r="M367" s="1"><v>1</v></c></row><row r="368" spans="1:13" customFormat="false"><c r="A368" s="1"><v>68</v></c><c r="B368" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C368" s="1" t="str"><v>IPO-begroting 2024</v></c><c r="D368" s="1" t="str"><v/></c><c r="E368" s="1" t="str"><v/></c><c r="F368" s="4" t="str"><v/></c><c r="G368" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H368" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I368" s="1" t="str"><v>Bestuursadvies</v></c><c r="J368" s="1" t="str"><v/></c><c r="K368" s="1" t="str"><v>Provinciale Staten</v></c><c r="L368" s="4"><v>45231.0</v></c><c r="M368" s="1"><v>1</v></c></row><row r="369" spans="1:13" customFormat="false"><c r="A369" s="1"><v>83</v></c><c r="B369" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C369" s="1" t="str"><v>IPO-kaderbrief</v></c><c r="D369" s="1" t="str"><v/></c><c r="E369" s="1" t="str"><v/></c><c r="F369" s="4" t="str"><v/></c><c r="G369" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H369" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I369" s="1" t="str"><v>Bestuursadvies</v></c><c r="J369" s="1" t="str"><v/></c><c r="K369" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L369" s="4"><v>45063.0</v></c><c r="M369" s="1"><v>1</v></c></row><row r="370" spans="1:13" customFormat="false"><c r="A370" s="1"><v>83</v></c><c r="B370" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C370" s="1" t="str"><v>IPO-kaderbrief</v></c><c r="D370" s="1" t="str"><v/></c><c r="E370" s="1" t="str"><v/></c><c r="F370" s="4" t="str"><v/></c><c r="G370" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H370" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I370" s="1" t="str"><v>Bestuursadvies</v></c><c r="J370" s="1" t="str"><v/></c><c r="K370" s="1" t="str"><v>Provinciale Staten</v></c><c r="L370" s="4"><v>45077.0</v></c><c r="M370" s="1"><v>1</v></c></row><row r="371" spans="1:13" customFormat="false"><c r="A371" s="1"><v>87</v></c><c r="B371" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C371" s="1" t="str"><v>IPO Jaarstukken</v></c><c r="D371" s="1" t="str"><v/></c><c r="E371" s="1" t="str"><v/></c><c r="F371" s="4"><v>45056.0</v></c><c r="G371" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H371" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I371" s="1"/><c r="J371" s="1" t="str"><v>op 17 mei door commissie van de agenda gehaald omdat IPO verlaat was met Stukken. Op 14 juni beeld &amp; oordeelvormend op de agenda</v></c><c r="K371" s="1" t="str"><v>Beeldvorming integrale ad hoc Commissie</v></c><c r="L371" s="4"><v>45063.0</v></c><c r="M371" s="1"><v>1</v></c></row><row r="372" spans="1:13" customFormat="false"><c r="A372" s="1"><v>87</v></c><c r="B372" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C372" s="1" t="str"><v>IPO Jaarstukken</v></c><c r="D372" s="1" t="str"><v/></c><c r="E372" s="1" t="str"><v/></c><c r="F372" s="4"><v>45056.0</v></c><c r="G372" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H372" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I372" s="1"/><c r="J372" s="1" t="str"><v>op 17 mei door commissie van de agenda gehaald omdat IPO verlaat was met Stukken. Op 14 juni beeld &amp; oordeelvormend op de agenda</v></c><c r="K372" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L372" s="4"><v>45091.0</v></c><c r="M372" s="1"><v>1</v></c></row><row r="373" spans="1:13" customFormat="false"><c r="A373" s="1"><v>143</v></c><c r="B373" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C373" s="1" t="str"><v>Startnotitie participatieverordening</v></c><c r="D373" s="1" t="str"><v>GS bereidt in lijn met de nieuw vast te stellen wetgeving een nieuwe participatieverordening voor die zij in 2025 aan PS voorleggen.</v></c><c r="E373" s="1" t="str"><v/></c><c r="F373" s="4"><v>45219.0</v></c><c r="G373" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H373" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I373" s="1" t="str"><v>Bestuursadvies</v></c><c r="J373" s="1" t="str"><v/></c><c r="K373" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L373" s="4"><v>45903.0</v></c><c r="M373" s="1"><v>1</v></c></row><row r="374" spans="1:13" customFormat="false"><c r="A374" s="1"><v>143</v></c><c r="B374" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C374" s="1" t="str"><v>Startnotitie participatieverordening</v></c><c r="D374" s="1" t="str"><v>GS bereidt in lijn met de nieuw vast te stellen wetgeving een nieuwe participatieverordening voor die zij in 2025 aan PS voorleggen.</v></c><c r="E374" s="1" t="str"><v/></c><c r="F374" s="4"><v>45219.0</v></c><c r="G374" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H374" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I374" s="1" t="str"><v>Bestuursadvies</v></c><c r="J374" s="1" t="str"><v/></c><c r="K374" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L374" s="4"><v>45910.0</v></c><c r="M374" s="1"><v>1</v></c></row><row r="375" spans="1:13" customFormat="false"><c r="A375" s="1"><v>143</v></c><c r="B375" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C375" s="1" t="str"><v>Startnotitie participatieverordening</v></c><c r="D375" s="1" t="str"><v>GS bereidt in lijn met de nieuw vast te stellen wetgeving een nieuwe participatieverordening voor die zij in 2025 aan PS voorleggen.</v></c><c r="E375" s="1" t="str"><v/></c><c r="F375" s="4"><v>45219.0</v></c><c r="G375" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H375" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I375" s="1" t="str"><v>Bestuursadvies</v></c><c r="J375" s="1" t="str"><v/></c><c r="K375" s="1" t="str"><v>Provinciale Staten</v></c><c r="L375" s="4"><v>45924.0</v></c><c r="M375" s="1"><v>1</v></c></row><row r="376" spans="1:13" customFormat="false"><c r="A376" s="1"><v>163</v></c><c r="B376" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C376" s="1" t="str"><v>Beleidsnota Uitdaagrecht bij de Provincie Flevoland</v></c><c r="D376" s="1" t="str"><v xml:space="preserve">Op 29 mei 2024 heeft PS het Participatiebeleid Provincie Flevoland definitief vastgesteld. In het PS-voorstel van het participatiebeleid heeft het college aangekondigd dat, na inwerkingtreding van het wetsvoorstel Versterking participatie op decentraal niveau (4 juni jl.) begonnen zal worden met het opstellen van een participatieverordening. &#13;
+</v></c><c r="E415" s="1" t="str"><v/></c><c r="F415" s="4" t="str"><v/></c><c r="G415" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H415" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I415" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J415" s="1" t="str"><v/></c><c r="K415" s="1" t="str"><v>Provinciale Staten</v></c><c r="L415" s="4"><v>44979.0</v></c><c r="M415" s="1"><v>1</v></c></row><row r="416" spans="1:13" customFormat="false"><c r="A416" s="1"><v>42</v></c><c r="B416" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C416" s="1" t="str"><v>(Ontwerp) Algemene Subsidieverordening Flevoland 2023</v></c><c r="D416" s="1" t="str"><v/></c><c r="E416" s="1" t="str"><v/></c><c r="F416" s="4" t="str"><v/></c><c r="G416" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H416" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I416" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J416" s="1" t="str"><v/></c><c r="K416" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L416" s="4"><v>44937.0</v></c><c r="M416" s="1"><v>1</v></c></row><row r="417" spans="1:13" customFormat="false"><c r="A417" s="1"><v>42</v></c><c r="B417" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C417" s="1" t="str"><v>(Ontwerp) Algemene Subsidieverordening Flevoland 2023</v></c><c r="D417" s="1" t="str"><v/></c><c r="E417" s="1" t="str"><v/></c><c r="F417" s="4" t="str"><v/></c><c r="G417" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H417" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I417" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J417" s="1" t="str"><v/></c><c r="K417" s="1" t="str"><v>Provinciale Staten</v></c><c r="L417" s="4"><v>44951.0</v></c><c r="M417" s="1"><v>1</v></c></row><row r="418" spans="1:13" customFormat="false"><c r="A418" s="1"><v>42</v></c><c r="B418" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C418" s="1" t="str"><v>(Ontwerp) Algemene Subsidieverordening Flevoland 2023</v></c><c r="D418" s="1" t="str"><v/></c><c r="E418" s="1" t="str"><v/></c><c r="F418" s="4" t="str"><v/></c><c r="G418" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H418" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I418" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J418" s="1" t="str"><v/></c><c r="K418" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L418" s="4"><v>45084.0</v></c><c r="M418" s="1"><v>1</v></c></row><row r="419" spans="1:13" customFormat="false"><c r="A419" s="1"><v>42</v></c><c r="B419" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C419" s="1" t="str"><v>(Ontwerp) Algemene Subsidieverordening Flevoland 2023</v></c><c r="D419" s="1" t="str"><v/></c><c r="E419" s="1" t="str"><v/></c><c r="F419" s="4" t="str"><v/></c><c r="G419" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H419" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I419" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J419" s="1" t="str"><v/></c><c r="K419" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L419" s="4"><v>45084.0</v></c><c r="M419" s="1"><v>1</v></c></row><row r="420" spans="1:13" customFormat="false"><c r="A420" s="1"><v>42</v></c><c r="B420" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C420" s="1" t="str"><v>(Ontwerp) Algemene Subsidieverordening Flevoland 2023</v></c><c r="D420" s="1" t="str"><v/></c><c r="E420" s="1" t="str"><v/></c><c r="F420" s="4" t="str"><v/></c><c r="G420" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H420" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I420" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J420" s="1" t="str"><v/></c><c r="K420" s="1" t="str"><v>Provinciale Staten</v></c><c r="L420" s="4"><v>45105.0</v></c><c r="M420" s="1"><v>1</v></c></row><row r="421" spans="1:13" customFormat="false"><c r="A421" s="1"><v>55</v></c><c r="B421" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C421" s="1" t="str"><v>Strategische Agenda Flevoland (Rijk-Regio) (Introductieprogramma)</v></c><c r="D421" s="1" t="str"><v>Introductieprogramma Provinciale Staten: uitleg over Strategische Agenda Flevoland (Rijk-Regio)</v></c><c r="E421" s="1" t="str"><v/></c><c r="F421" s="4" t="str"><v/></c><c r="G421" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H421" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I421" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J421" s="1"/><c r="K421" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L421" s="4"><v>45063.0</v></c><c r="M421" s="1"><v>1</v></c></row><row r="422" spans="1:13" customFormat="false"><c r="A422" s="1"><v>83</v></c><c r="B422" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C422" s="1" t="str"><v>IPO - kaderbrief</v></c><c r="D422" s="1" t="str"><v/></c><c r="E422" s="1" t="str"><v/></c><c r="F422" s="4" t="str"><v/></c><c r="G422" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H422" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I422" s="1" t="str"><v>Bestuursadvies</v></c><c r="J422" s="1" t="str"><v/></c><c r="K422" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L422" s="4"><v>45063.0</v></c><c r="M422" s="1"><v>1</v></c></row><row r="423" spans="1:13" customFormat="false"><c r="A423" s="1"><v>83</v></c><c r="B423" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C423" s="1" t="str"><v>IPO - kaderbrief</v></c><c r="D423" s="1" t="str"><v/></c><c r="E423" s="1" t="str"><v/></c><c r="F423" s="4" t="str"><v/></c><c r="G423" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H423" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I423" s="1" t="str"><v>Bestuursadvies</v></c><c r="J423" s="1" t="str"><v/></c><c r="K423" s="1" t="str"><v>Provinciale Staten</v></c><c r="L423" s="4"><v>45077.0</v></c><c r="M423" s="1"><v>1</v></c></row><row r="424" spans="1:13" customFormat="false"><c r="A424" s="1"><v>143</v></c><c r="B424" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C424" s="1" t="str"><v>Startnotitie participatieverordening</v></c><c r="D424" s="1" t="str"><v>GS bereidt in lijn met de nieuw vast te stellen wetgeving een nieuwe participatieverordening voor die zij in 2025 aan PS voorleggen.</v></c><c r="E424" s="1" t="str"><v/></c><c r="F424" s="4"><v>45219.0</v></c><c r="G424" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H424" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I424" s="1" t="str"><v>Bestuursadvies</v></c><c r="J424" s="1" t="str"><v/></c><c r="K424" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L424" s="4"><v>45903.0</v></c><c r="M424" s="1"><v>1</v></c></row><row r="425" spans="1:13" customFormat="false"><c r="A425" s="1"><v>143</v></c><c r="B425" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C425" s="1" t="str"><v>Startnotitie participatieverordening</v></c><c r="D425" s="1" t="str"><v>GS bereidt in lijn met de nieuw vast te stellen wetgeving een nieuwe participatieverordening voor die zij in 2025 aan PS voorleggen.</v></c><c r="E425" s="1" t="str"><v/></c><c r="F425" s="4"><v>45219.0</v></c><c r="G425" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H425" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I425" s="1" t="str"><v>Bestuursadvies</v></c><c r="J425" s="1" t="str"><v/></c><c r="K425" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L425" s="4"><v>45910.0</v></c><c r="M425" s="1"><v>1</v></c></row><row r="426" spans="1:13" customFormat="false"><c r="A426" s="1"><v>143</v></c><c r="B426" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C426" s="1" t="str"><v>Startnotitie participatieverordening</v></c><c r="D426" s="1" t="str"><v>GS bereidt in lijn met de nieuw vast te stellen wetgeving een nieuwe participatieverordening voor die zij in 2025 aan PS voorleggen.</v></c><c r="E426" s="1" t="str"><v/></c><c r="F426" s="4"><v>45219.0</v></c><c r="G426" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H426" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I426" s="1" t="str"><v>Bestuursadvies</v></c><c r="J426" s="1" t="str"><v/></c><c r="K426" s="1" t="str"><v>Provinciale Staten</v></c><c r="L426" s="4"><v>45924.0</v></c><c r="M426" s="1"><v>1</v></c></row><row r="427" spans="1:13" customFormat="false"><c r="A427" s="1"><v>163</v></c><c r="B427" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C427" s="1" t="str"><v>Beleidsnota Uitdaagrecht bij de Provincie Flevoland</v></c><c r="D427" s="1" t="str"><v xml:space="preserve">Op 29 mei 2024 heeft PS het Participatiebeleid Provincie Flevoland definitief vastgesteld. In het PS-voorstel van het participatiebeleid heeft het college aangekondigd dat, na inwerkingtreding van het wetsvoorstel Versterking participatie op decentraal niveau (4 juni jl.) begonnen zal worden met het opstellen van een participatieverordening. &#13;
 &#13;
 Provinciale Staten hebben op grond van artikel 147 Provinciewet de bevoegdheid om een participatieverordening vast te stellen. In die verordening moeten voorwaarden worden bepaald waaronder ingezetenen en maatschappelijke partijen bepaalde overheidstaken kunnen uitvoeren. Kort gezegd het Uitdaagrecht.&#13;
 &#13;
 Het besluitvormingsproces over het beleid het uitdaagrecht wordt geïntegreerd met het proces om te komen tot een participatie-verordening.&#13;
 &#13;
 In de startnotitie participatieverordening (Statenvergadering 24 september 2025) is opgenomen dat in 2026 de ontwerp-participatieverordening wordt voor wensen en bedenkingen aan Provinciale Staten voorgelegd, vervolgens door Gedeputeerde Staten als ontwerp vastgesteld en ter inzage gelegd, waarna deze voor definitieve besluitvorming voorgelegd wordt aan Provinciale Staten.&#13;
 &#13;
 &#13;
 &#13;
-</v></c><c r="E376" s="1" t="str"><v/></c><c r="F376" s="4" t="str"><v/></c><c r="G376" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H376" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I376" s="1" t="str"><v>Bestuursadvies</v></c><c r="J376" s="1" t="str"><v xml:space="preserve">De 'Beleidsnota Uitdaagrecht bij de provincie Flevoland' is na de behandeling in de Statencommissie Economie, Mobiliteit en Samenleving van 2 juli 2025 van de concept-agenda van Provinciale Staten van 9 juli afgevoerd.&#13;
-In de commissie EMS van 2 juli is een ordevoorstel gedaan: Ordevoorstel - BBB – Beleidsnota niet te behandelen (en van de agenda af te halen) omdat er onvoldoende kaders in de beleidsnota aanwezig zijn. Het ordevoorstel wordt aangenomen met 16 stemmen voor en 3 stemmen tegen. </v></c><c r="K376" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L376" s="4"><v>45833.0</v></c><c r="M376" s="1"><v>1</v></c></row><row r="377" spans="1:13" customFormat="false"><c r="A377" s="1"><v>163</v></c><c r="B377" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C377" s="1" t="str"><v>Beleidsnota Uitdaagrecht bij de Provincie Flevoland</v></c><c r="D377" s="1" t="str"><v xml:space="preserve">Op 29 mei 2024 heeft PS het Participatiebeleid Provincie Flevoland definitief vastgesteld. In het PS-voorstel van het participatiebeleid heeft het college aangekondigd dat, na inwerkingtreding van het wetsvoorstel Versterking participatie op decentraal niveau (4 juni jl.) begonnen zal worden met het opstellen van een participatieverordening. &#13;
+</v></c><c r="E427" s="1" t="str"><v/></c><c r="F427" s="4" t="str"><v/></c><c r="G427" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H427" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I427" s="1" t="str"><v>Bestuursadvies</v></c><c r="J427" s="1" t="str"><v>De beleidsnota uitdaagrecht wordt nu tegelijk met de participatieverordening aangeboden. Zie LTA398 https://flevoland.langetermijnagenda.nl/show_lta?id=398</v></c><c r="K427" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L427" s="4"><v>45833.0</v></c><c r="M427" s="1"><v>1</v></c></row><row r="428" spans="1:13" customFormat="false"><c r="A428" s="1"><v>163</v></c><c r="B428" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C428" s="1" t="str"><v>Beleidsnota Uitdaagrecht bij de Provincie Flevoland</v></c><c r="D428" s="1" t="str"><v xml:space="preserve">Op 29 mei 2024 heeft PS het Participatiebeleid Provincie Flevoland definitief vastgesteld. In het PS-voorstel van het participatiebeleid heeft het college aangekondigd dat, na inwerkingtreding van het wetsvoorstel Versterking participatie op decentraal niveau (4 juni jl.) begonnen zal worden met het opstellen van een participatieverordening. &#13;
 &#13;
 Provinciale Staten hebben op grond van artikel 147 Provinciewet de bevoegdheid om een participatieverordening vast te stellen. In die verordening moeten voorwaarden worden bepaald waaronder ingezetenen en maatschappelijke partijen bepaalde overheidstaken kunnen uitvoeren. Kort gezegd het Uitdaagrecht.&#13;
 &#13;
 Het besluitvormingsproces over het beleid het uitdaagrecht wordt geïntegreerd met het proces om te komen tot een participatie-verordening.&#13;
 &#13;
 In de startnotitie participatieverordening (Statenvergadering 24 september 2025) is opgenomen dat in 2026 de ontwerp-participatieverordening wordt voor wensen en bedenkingen aan Provinciale Staten voorgelegd, vervolgens door Gedeputeerde Staten als ontwerp vastgesteld en ter inzage gelegd, waarna deze voor definitieve besluitvorming voorgelegd wordt aan Provinciale Staten.&#13;
 &#13;
 &#13;
 &#13;
-</v></c><c r="E377" s="1" t="str"><v/></c><c r="F377" s="4" t="str"><v/></c><c r="G377" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H377" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I377" s="1" t="str"><v>Bestuursadvies</v></c><c r="J377" s="1" t="str"><v xml:space="preserve">De 'Beleidsnota Uitdaagrecht bij de provincie Flevoland' is na de behandeling in de Statencommissie Economie, Mobiliteit en Samenleving van 2 juli 2025 van de concept-agenda van Provinciale Staten van 9 juli afgevoerd.&#13;
-In de commissie EMS van 2 juli is een ordevoorstel gedaan: Ordevoorstel - BBB – Beleidsnota niet te behandelen (en van de agenda af te halen) omdat er onvoldoende kaders in de beleidsnota aanwezig zijn. Het ordevoorstel wordt aangenomen met 16 stemmen voor en 3 stemmen tegen. </v></c><c r="K377" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L377" s="4"><v>45840.0</v></c><c r="M377" s="1"><v>1</v></c></row><row r="378" spans="1:13" customFormat="false"><c r="A378" s="1"><v>163</v></c><c r="B378" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C378" s="1" t="str"><v>Beleidsnota Uitdaagrecht bij de Provincie Flevoland</v></c><c r="D378" s="1" t="str"><v xml:space="preserve">Op 29 mei 2024 heeft PS het Participatiebeleid Provincie Flevoland definitief vastgesteld. In het PS-voorstel van het participatiebeleid heeft het college aangekondigd dat, na inwerkingtreding van het wetsvoorstel Versterking participatie op decentraal niveau (4 juni jl.) begonnen zal worden met het opstellen van een participatieverordening. &#13;
+</v></c><c r="E428" s="1" t="str"><v/></c><c r="F428" s="4" t="str"><v/></c><c r="G428" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H428" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I428" s="1" t="str"><v>Bestuursadvies</v></c><c r="J428" s="1" t="str"><v>De beleidsnota uitdaagrecht wordt nu tegelijk met de participatieverordening aangeboden. Zie LTA398 https://flevoland.langetermijnagenda.nl/show_lta?id=398</v></c><c r="K428" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L428" s="4"><v>45840.0</v></c><c r="M428" s="1"><v>1</v></c></row><row r="429" spans="1:13" customFormat="false"><c r="A429" s="1"><v>163</v></c><c r="B429" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C429" s="1" t="str"><v>Beleidsnota Uitdaagrecht bij de Provincie Flevoland</v></c><c r="D429" s="1" t="str"><v xml:space="preserve">Op 29 mei 2024 heeft PS het Participatiebeleid Provincie Flevoland definitief vastgesteld. In het PS-voorstel van het participatiebeleid heeft het college aangekondigd dat, na inwerkingtreding van het wetsvoorstel Versterking participatie op decentraal niveau (4 juni jl.) begonnen zal worden met het opstellen van een participatieverordening. &#13;
 &#13;
 Provinciale Staten hebben op grond van artikel 147 Provinciewet de bevoegdheid om een participatieverordening vast te stellen. In die verordening moeten voorwaarden worden bepaald waaronder ingezetenen en maatschappelijke partijen bepaalde overheidstaken kunnen uitvoeren. Kort gezegd het Uitdaagrecht.&#13;
 &#13;
 Het besluitvormingsproces over het beleid het uitdaagrecht wordt geïntegreerd met het proces om te komen tot een participatie-verordening.&#13;
 &#13;
 In de startnotitie participatieverordening (Statenvergadering 24 september 2025) is opgenomen dat in 2026 de ontwerp-participatieverordening wordt voor wensen en bedenkingen aan Provinciale Staten voorgelegd, vervolgens door Gedeputeerde Staten als ontwerp vastgesteld en ter inzage gelegd, waarna deze voor definitieve besluitvorming voorgelegd wordt aan Provinciale Staten.&#13;
 &#13;
 &#13;
 &#13;
-</v></c><c r="E378" s="1" t="str"><v/></c><c r="F378" s="4" t="str"><v/></c><c r="G378" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H378" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I378" s="1" t="str"><v>Bestuursadvies</v></c><c r="J378" s="1" t="str"><v xml:space="preserve">De 'Beleidsnota Uitdaagrecht bij de provincie Flevoland' is na de behandeling in de Statencommissie Economie, Mobiliteit en Samenleving van 2 juli 2025 van de concept-agenda van Provinciale Staten van 9 juli afgevoerd.&#13;
-[...15 lines deleted...]
-Op 18 juni 2025 hebben Provinciale Staten de concept-begroting behandeld. </v></c><c r="E393" s="1" t="str"><v/></c><c r="F393" s="4" t="str"><v/></c><c r="G393" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H393" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I393" s="1" t="str"><v>Bestuursadvies</v></c><c r="J393" s="1" t="str"><v/></c><c r="K393" s="1" t="str"><v>Provinciale Staten</v></c><c r="L393" s="4"><v>45959.0</v></c><c r="M393" s="1"><v>1</v></c></row><row r="394" spans="1:13" customFormat="false"><c r="A394" s="1"><v>209</v></c><c r="B394" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C394" s="1" t="str"><v>Visie op landbouw</v></c><c r="D394" s="1" t="str"><v/></c><c r="E394" s="1" t="str"><v/></c><c r="F394" s="4" t="str"><v/></c><c r="G394" s="1" t="str"><v>Landbouw</v></c><c r="H394" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I394" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J394" s="1" t="str"><v/></c><c r="K394" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L394" s="4"><v>45448.0</v></c><c r="M394" s="1"><v>1</v></c></row><row r="395" spans="1:13" customFormat="false"><c r="A395" s="1"><v>209</v></c><c r="B395" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C395" s="1" t="str"><v>Visie op landbouw</v></c><c r="D395" s="1" t="str"><v/></c><c r="E395" s="1" t="str"><v/></c><c r="F395" s="4" t="str"><v/></c><c r="G395" s="1" t="str"><v>Landbouw</v></c><c r="H395" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I395" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J395" s="1" t="str"><v/></c><c r="K395" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L395" s="4"><v>45455.0</v></c><c r="M395" s="1"><v>1</v></c></row><row r="396" spans="1:13" customFormat="false"><c r="A396" s="1"><v>209</v></c><c r="B396" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C396" s="1" t="str"><v>Visie op landbouw</v></c><c r="D396" s="1" t="str"><v/></c><c r="E396" s="1" t="str"><v/></c><c r="F396" s="4" t="str"><v/></c><c r="G396" s="1" t="str"><v>Landbouw</v></c><c r="H396" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I396" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J396" s="1" t="str"><v/></c><c r="K396" s="1" t="str"><v>Provinciale Staten</v></c><c r="L396" s="4"><v>45462.0</v></c><c r="M396" s="1"><v>1</v></c></row><row r="397" spans="1:13" customFormat="false"><c r="A397" s="1"><v>209</v></c><c r="B397" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C397" s="1" t="str"><v>Visie op landbouw</v></c><c r="D397" s="1" t="str"><v/></c><c r="E397" s="1" t="str"><v/></c><c r="F397" s="4" t="str"><v/></c><c r="G397" s="1" t="str"><v>Landbouw</v></c><c r="H397" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I397" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J397" s="1" t="str"><v/></c><c r="K397" s="1" t="str"><v>Technische sessie</v></c><c r="L397" s="4"><v>45546.0</v></c><c r="M397" s="1"><v>1</v></c></row><row r="398" spans="1:13" customFormat="false"><c r="A398" s="1"><v>209</v></c><c r="B398" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C398" s="1" t="str"><v>Visie op landbouw</v></c><c r="D398" s="1" t="str"><v/></c><c r="E398" s="1" t="str"><v/></c><c r="F398" s="4" t="str"><v/></c><c r="G398" s="1" t="str"><v>Landbouw</v></c><c r="H398" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I398" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J398" s="1" t="str"><v/></c><c r="K398" s="1" t="str"><v>Technische sessie</v></c><c r="L398" s="4"><v>45616.0</v></c><c r="M398" s="1"><v>1</v></c></row><row r="399" spans="1:13" customFormat="false"><c r="A399" s="1"><v>209</v></c><c r="B399" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C399" s="1" t="str"><v>Visie op landbouw</v></c><c r="D399" s="1" t="str"><v/></c><c r="E399" s="1" t="str"><v/></c><c r="F399" s="4" t="str"><v/></c><c r="G399" s="1" t="str"><v>Landbouw</v></c><c r="H399" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I399" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J399" s="1" t="str"><v/></c><c r="K399" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L399" s="4"><v>45700.0</v></c><c r="M399" s="1"><v>1</v></c></row><row r="400" spans="1:13" customFormat="false"><c r="A400" s="1"><v>209</v></c><c r="B400" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C400" s="1" t="str"><v>Visie op landbouw</v></c><c r="D400" s="1" t="str"><v/></c><c r="E400" s="1" t="str"><v/></c><c r="F400" s="4" t="str"><v/></c><c r="G400" s="1" t="str"><v>Landbouw</v></c><c r="H400" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I400" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J400" s="1" t="str"><v/></c><c r="K400" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L400" s="4"><v>45735.0</v></c><c r="M400" s="1"><v>1</v></c></row><row r="401" spans="1:13" customFormat="false"><c r="A401" s="1"><v>209</v></c><c r="B401" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C401" s="1" t="str"><v>Visie op landbouw</v></c><c r="D401" s="1" t="str"><v/></c><c r="E401" s="1" t="str"><v/></c><c r="F401" s="4" t="str"><v/></c><c r="G401" s="1" t="str"><v>Landbouw</v></c><c r="H401" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I401" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J401" s="1" t="str"><v/></c><c r="K401" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L401" s="4"><v>45784.0</v></c><c r="M401" s="1"><v>1</v></c></row><row r="402" spans="1:13" customFormat="false"><c r="A402" s="1"><v>209</v></c><c r="B402" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C402" s="1" t="str"><v>Visie op landbouw</v></c><c r="D402" s="1" t="str"><v/></c><c r="E402" s="1" t="str"><v/></c><c r="F402" s="4" t="str"><v/></c><c r="G402" s="1" t="str"><v>Landbouw</v></c><c r="H402" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I402" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J402" s="1" t="str"><v/></c><c r="K402" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L402" s="4"><v>45791.0</v></c><c r="M402" s="1"><v>1</v></c></row><row r="403" spans="1:13" customFormat="false"><c r="A403" s="1"><v>209</v></c><c r="B403" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C403" s="1" t="str"><v>Visie op landbouw</v></c><c r="D403" s="1" t="str"><v/></c><c r="E403" s="1" t="str"><v/></c><c r="F403" s="4" t="str"><v/></c><c r="G403" s="1" t="str"><v>Landbouw</v></c><c r="H403" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I403" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J403" s="1" t="str"><v/></c><c r="K403" s="1" t="str"><v>Provinciale Staten</v></c><c r="L403" s="4"><v>45805.0</v></c><c r="M403" s="1"><v>1</v></c></row><row r="404" spans="1:13" customFormat="false"><c r="A404" s="1"><v>318</v></c><c r="B404" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C404" s="1" t="str"><v>Agenderingsverzoek - Dierwaardigheid als onderdeel van een integrale landbouwtransitie (PvdD, GroenLinks en PvdA)</v></c><c r="D404" s="1" t="str"><v/></c><c r="E404" s="1" t="str"><v>PvdA,GroenLinks,Partij voor de Dieren</v></c><c r="F404" s="4" t="str"><v/></c><c r="G404" s="1" t="str"><v>Landbouw</v></c><c r="H404" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I404" s="1"/><c r="J404" s="1" t="str"><v/></c><c r="K404" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L404" s="4"><v>45455.0</v></c><c r="M404" s="1"><v>1</v></c></row><row r="405" spans="1:13" customFormat="false"><c r="A405" s="1"><v>48</v></c><c r="B405" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C405" s="1" t="str"><v xml:space="preserve">Ontwikkeling Maritieme Servicehaven Noordelijk Flevoland </v></c><c r="D405" s="1" t="str"><v/></c><c r="E405" s="1" t="str"><v/></c><c r="F405" s="4" t="str"><v/></c><c r="G405" s="1" t="str"><v>Maritieme Servicehaven Noordelijk Flevoland</v></c><c r="H405" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I405" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J405" s="1" t="str"><v xml:space="preserve">. </v></c><c r="K405" s="1" t="str"><v>Beeldvorming integrale ad hoc Commissie</v></c><c r="L405" s="4"><v>45056.0</v></c><c r="M405" s="1"><v>1</v></c></row><row r="406" spans="1:13" customFormat="false"><c r="A406" s="1"><v>48</v></c><c r="B406" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C406" s="1" t="str"><v xml:space="preserve">Ontwikkeling Maritieme Servicehaven Noordelijk Flevoland </v></c><c r="D406" s="1" t="str"><v/></c><c r="E406" s="1" t="str"><v/></c><c r="F406" s="4" t="str"><v/></c><c r="G406" s="1" t="str"><v>Maritieme Servicehaven Noordelijk Flevoland</v></c><c r="H406" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I406" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J406" s="1" t="str"><v xml:space="preserve">. </v></c><c r="K406" s="1" t="str"><v>Beeldvorming integrale ad hoc Commissie</v></c><c r="L406" s="4"><v>45098.0</v></c><c r="M406" s="1"><v>1</v></c></row><row r="407" spans="1:13" customFormat="false"><c r="A407" s="1"><v>48</v></c><c r="B407" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C407" s="1" t="str"><v xml:space="preserve">Ontwikkeling Maritieme Servicehaven Noordelijk Flevoland </v></c><c r="D407" s="1" t="str"><v/></c><c r="E407" s="1" t="str"><v/></c><c r="F407" s="4" t="str"><v/></c><c r="G407" s="1" t="str"><v>Maritieme Servicehaven Noordelijk Flevoland</v></c><c r="H407" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I407" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J407" s="1" t="str"><v xml:space="preserve">. </v></c><c r="K407" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L407" s="4"><v>45112.0</v></c><c r="M407" s="1"><v>1</v></c></row><row r="408" spans="1:13" customFormat="false"><c r="A408" s="1"><v>48</v></c><c r="B408" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C408" s="1" t="str"><v xml:space="preserve">Ontwikkeling Maritieme Servicehaven Noordelijk Flevoland </v></c><c r="D408" s="1" t="str"><v/></c><c r="E408" s="1" t="str"><v/></c><c r="F408" s="4" t="str"><v/></c><c r="G408" s="1" t="str"><v>Maritieme Servicehaven Noordelijk Flevoland</v></c><c r="H408" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I408" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J408" s="1" t="str"><v xml:space="preserve">. </v></c><c r="K408" s="1" t="str"><v>Provinciale Staten</v></c><c r="L408" s="4"><v>45126.0</v></c><c r="M408" s="1"><v>1</v></c></row><row r="409" spans="1:13" customFormat="false"><c r="A409" s="1"><v>49</v></c><c r="B409" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C409" s="1" t="str"><v>Termijnagenda Metropoolregio Amsterdam</v></c><c r="D409" s="1" t="str"><v/></c><c r="E409" s="1" t="str"><v/></c><c r="F409" s="4" t="str"><v/></c><c r="G409" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H409" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I409" s="1" t="str"><v>Bestuursadvies</v></c><c r="J409" s="1" t="str"><v/></c><c r="K409" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L409" s="4"><v>44965.0</v></c><c r="M409" s="1"><v>1</v></c></row><row r="410" spans="1:13" customFormat="false"><c r="A410" s="1"><v>49</v></c><c r="B410" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C410" s="1" t="str"><v>Termijnagenda Metropoolregio Amsterdam</v></c><c r="D410" s="1" t="str"><v/></c><c r="E410" s="1" t="str"><v/></c><c r="F410" s="4" t="str"><v/></c><c r="G410" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H410" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I410" s="1" t="str"><v>Bestuursadvies</v></c><c r="J410" s="1" t="str"><v/></c><c r="K410" s="1" t="str"><v>Provinciale Staten</v></c><c r="L410" s="4"><v>44979.0</v></c><c r="M410" s="1"><v>1</v></c></row><row r="411" spans="1:13" customFormat="false"><c r="A411" s="1"><v>76</v></c><c r="B411" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C411" s="1" t="str"><v>Metropoolregio Amsterdam - Meerjarenagenda 2024-2028</v></c><c r="D411" s="1" t="str"><v/></c><c r="E411" s="1" t="str"><v/></c><c r="F411" s="4"><v>44999.0</v></c><c r="G411" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H411" s="1" t="str"><v xml:space="preserve"> Rapporteur</v></c><c r="I411" s="1" t="str"><v>Statengriffie</v></c><c r="J411" s="1" t="str"><v/></c><c r="K411" s="1" t="str"><v>Beeldvorming integrale ad hoc Commissie</v></c><c r="L411" s="4"><v>45056.0</v></c><c r="M411" s="1"><v>0</v></c></row><row r="412" spans="1:13" customFormat="false"><c r="A412" s="1"><v>82</v></c><c r="B412" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C412" s="1" t="str"><v xml:space="preserve">MRA-Voortgangsnota </v></c><c r="D412" s="1" t="str"><v>De Voortgangsnota is een nieuw document, voortvloeiend uit de in 2022 vastgestelde Samenwerkingsafspraken voor de MRA. De concept Voortgangsnota gaat op hoofdlijnen in op welke activiteiten het afgelopen jaar zijn uitgevoerd, en welke resultaten daarbij zijn behaald in de Metro-poolregio Amsterdam. Het doel van dit document is om te faciliteren dat de leden van gemeenteraden en Provinciale Staten in de MRA op inhoud in gesprek kunnen gaan met hun bestuurders en ze zaken kunnen meegeven die zij van belang vinden voor de regionale samenwerking. De Voortgangsnota is daarmee een informatief document. De inhoudelijke en financiële verantwoording over de realisatie van de MRA Agenda vindt elke vier jaar plaats als de looptijd van de MRA-Agenda afloopt.</v></c><c r="E412" s="1" t="str"><v/></c><c r="F412" s="4" t="str"><v/></c><c r="G412" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H412" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I412" s="1" t="str"><v>Bestuursadvies</v></c><c r="J412" s="1" t="str"><v/></c><c r="K412" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L412" s="4"><v>45056.0</v></c><c r="M412" s="1"><v>1</v></c></row><row r="413" spans="1:13" customFormat="false"><c r="A413" s="1"><v>82</v></c><c r="B413" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C413" s="1" t="str"><v xml:space="preserve">MRA-Voortgangsnota </v></c><c r="D413" s="1" t="str"><v>De Voortgangsnota is een nieuw document, voortvloeiend uit de in 2022 vastgestelde Samenwerkingsafspraken voor de MRA. De concept Voortgangsnota gaat op hoofdlijnen in op welke activiteiten het afgelopen jaar zijn uitgevoerd, en welke resultaten daarbij zijn behaald in de Metro-poolregio Amsterdam. Het doel van dit document is om te faciliteren dat de leden van gemeenteraden en Provinciale Staten in de MRA op inhoud in gesprek kunnen gaan met hun bestuurders en ze zaken kunnen meegeven die zij van belang vinden voor de regionale samenwerking. De Voortgangsnota is daarmee een informatief document. De inhoudelijke en financiële verantwoording over de realisatie van de MRA Agenda vindt elke vier jaar plaats als de looptijd van de MRA-Agenda afloopt.</v></c><c r="E413" s="1" t="str"><v/></c><c r="F413" s="4" t="str"><v/></c><c r="G413" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H413" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I413" s="1" t="str"><v>Bestuursadvies</v></c><c r="J413" s="1" t="str"><v/></c><c r="K413" s="1" t="str"><v>Provinciale Staten</v></c><c r="L413" s="4"><v>45077.0</v></c><c r="M413" s="1"><v>1</v></c></row><row r="414" spans="1:13" customFormat="false"><c r="A414" s="1"><v>82</v></c><c r="B414" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C414" s="1" t="str"><v xml:space="preserve">MRA-Voortgangsnota </v></c><c r="D414" s="1" t="str"><v>De Voortgangsnota is een nieuw document, voortvloeiend uit de in 2022 vastgestelde Samenwerkingsafspraken voor de MRA. De concept Voortgangsnota gaat op hoofdlijnen in op welke activiteiten het afgelopen jaar zijn uitgevoerd, en welke resultaten daarbij zijn behaald in de Metro-poolregio Amsterdam. Het doel van dit document is om te faciliteren dat de leden van gemeenteraden en Provinciale Staten in de MRA op inhoud in gesprek kunnen gaan met hun bestuurders en ze zaken kunnen meegeven die zij van belang vinden voor de regionale samenwerking. De Voortgangsnota is daarmee een informatief document. De inhoudelijke en financiële verantwoording over de realisatie van de MRA Agenda vindt elke vier jaar plaats als de looptijd van de MRA-Agenda afloopt.</v></c><c r="E414" s="1" t="str"><v/></c><c r="F414" s="4" t="str"><v/></c><c r="G414" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H414" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I414" s="1" t="str"><v>Bestuursadvies</v></c><c r="J414" s="1" t="str"><v/></c><c r="K414" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L414" s="4"><v>45427.0</v></c><c r="M414" s="1"><v>1</v></c></row><row r="415" spans="1:13" customFormat="false"><c r="A415" s="1"><v>82</v></c><c r="B415" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C415" s="1" t="str"><v xml:space="preserve">MRA-Voortgangsnota </v></c><c r="D415" s="1" t="str"><v>De Voortgangsnota is een nieuw document, voortvloeiend uit de in 2022 vastgestelde Samenwerkingsafspraken voor de MRA. De concept Voortgangsnota gaat op hoofdlijnen in op welke activiteiten het afgelopen jaar zijn uitgevoerd, en welke resultaten daarbij zijn behaald in de Metro-poolregio Amsterdam. Het doel van dit document is om te faciliteren dat de leden van gemeenteraden en Provinciale Staten in de MRA op inhoud in gesprek kunnen gaan met hun bestuurders en ze zaken kunnen meegeven die zij van belang vinden voor de regionale samenwerking. De Voortgangsnota is daarmee een informatief document. De inhoudelijke en financiële verantwoording over de realisatie van de MRA Agenda vindt elke vier jaar plaats als de looptijd van de MRA-Agenda afloopt.</v></c><c r="E415" s="1" t="str"><v/></c><c r="F415" s="4" t="str"><v/></c><c r="G415" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H415" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I415" s="1" t="str"><v>Bestuursadvies</v></c><c r="J415" s="1" t="str"><v/></c><c r="K415" s="1" t="str"><v>Provinciale Staten</v></c><c r="L415" s="4"><v>45441.0</v></c><c r="M415" s="1"><v>1</v></c></row><row r="416" spans="1:13" customFormat="false"><c r="A416" s="1"><v>82</v></c><c r="B416" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C416" s="1" t="str"><v xml:space="preserve">MRA-Voortgangsnota </v></c><c r="D416" s="1" t="str"><v>De Voortgangsnota is een nieuw document, voortvloeiend uit de in 2022 vastgestelde Samenwerkingsafspraken voor de MRA. De concept Voortgangsnota gaat op hoofdlijnen in op welke activiteiten het afgelopen jaar zijn uitgevoerd, en welke resultaten daarbij zijn behaald in de Metro-poolregio Amsterdam. Het doel van dit document is om te faciliteren dat de leden van gemeenteraden en Provinciale Staten in de MRA op inhoud in gesprek kunnen gaan met hun bestuurders en ze zaken kunnen meegeven die zij van belang vinden voor de regionale samenwerking. De Voortgangsnota is daarmee een informatief document. De inhoudelijke en financiële verantwoording over de realisatie van de MRA Agenda vindt elke vier jaar plaats als de looptijd van de MRA-Agenda afloopt.</v></c><c r="E416" s="1" t="str"><v/></c><c r="F416" s="4" t="str"><v/></c><c r="G416" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H416" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I416" s="1" t="str"><v>Bestuursadvies</v></c><c r="J416" s="1" t="str"><v/></c><c r="K416" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L416" s="4"><v>45784.0</v></c><c r="M416" s="1"><v>1</v></c></row><row r="417" spans="1:13" customFormat="false"><c r="A417" s="1"><v>82</v></c><c r="B417" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C417" s="1" t="str"><v xml:space="preserve">MRA-Voortgangsnota </v></c><c r="D417" s="1" t="str"><v>De Voortgangsnota is een nieuw document, voortvloeiend uit de in 2022 vastgestelde Samenwerkingsafspraken voor de MRA. De concept Voortgangsnota gaat op hoofdlijnen in op welke activiteiten het afgelopen jaar zijn uitgevoerd, en welke resultaten daarbij zijn behaald in de Metro-poolregio Amsterdam. Het doel van dit document is om te faciliteren dat de leden van gemeenteraden en Provinciale Staten in de MRA op inhoud in gesprek kunnen gaan met hun bestuurders en ze zaken kunnen meegeven die zij van belang vinden voor de regionale samenwerking. De Voortgangsnota is daarmee een informatief document. De inhoudelijke en financiële verantwoording over de realisatie van de MRA Agenda vindt elke vier jaar plaats als de looptijd van de MRA-Agenda afloopt.</v></c><c r="E417" s="1" t="str"><v/></c><c r="F417" s="4" t="str"><v/></c><c r="G417" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H417" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I417" s="1" t="str"><v>Bestuursadvies</v></c><c r="J417" s="1" t="str"><v/></c><c r="K417" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L417" s="4"><v>45791.0</v></c><c r="M417" s="1"><v>1</v></c></row><row r="418" spans="1:13" customFormat="false"><c r="A418" s="1"><v>82</v></c><c r="B418" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C418" s="1" t="str"><v xml:space="preserve">MRA-Voortgangsnota </v></c><c r="D418" s="1" t="str"><v>De Voortgangsnota is een nieuw document, voortvloeiend uit de in 2022 vastgestelde Samenwerkingsafspraken voor de MRA. De concept Voortgangsnota gaat op hoofdlijnen in op welke activiteiten het afgelopen jaar zijn uitgevoerd, en welke resultaten daarbij zijn behaald in de Metro-poolregio Amsterdam. Het doel van dit document is om te faciliteren dat de leden van gemeenteraden en Provinciale Staten in de MRA op inhoud in gesprek kunnen gaan met hun bestuurders en ze zaken kunnen meegeven die zij van belang vinden voor de regionale samenwerking. De Voortgangsnota is daarmee een informatief document. De inhoudelijke en financiële verantwoording over de realisatie van de MRA Agenda vindt elke vier jaar plaats als de looptijd van de MRA-Agenda afloopt.</v></c><c r="E418" s="1" t="str"><v/></c><c r="F418" s="4" t="str"><v/></c><c r="G418" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H418" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I418" s="1" t="str"><v>Bestuursadvies</v></c><c r="J418" s="1" t="str"><v/></c><c r="K418" s="1" t="str"><v>Provinciale Staten</v></c><c r="L418" s="4"><v>45805.0</v></c><c r="M418" s="1"><v>1</v></c></row><row r="419" spans="1:13" customFormat="false"><c r="A419" s="1"><v>142</v></c><c r="B419" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C419" s="1" t="str"><v>Metropoolregio Amsterdam (MRA) agenda 2024-2028</v></c><c r="D419" s="1" t="str"><v xml:space="preserve">update (28 juni 2024), planning MRA-bureau:&#13;
+</v></c><c r="E429" s="1" t="str"><v/></c><c r="F429" s="4" t="str"><v/></c><c r="G429" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H429" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I429" s="1" t="str"><v>Bestuursadvies</v></c><c r="J429" s="1" t="str"><v>De beleidsnota uitdaagrecht wordt nu tegelijk met de participatieverordening aangeboden. Zie LTA398 https://flevoland.langetermijnagenda.nl/show_lta?id=398</v></c><c r="K429" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L429" s="4"><v>46204.0</v></c><c r="M429" s="1"><v>0</v></c></row><row r="430" spans="1:13" customFormat="false"><c r="A430" s="1"><v>320</v></c><c r="B430" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C430" s="1" t="str"><v>Verbonden Partijen (actualisatie kadernota)</v></c><c r="D430" s="1" t="str"><v/></c><c r="E430" s="1" t="str"><v/></c><c r="F430" s="4" t="str"><v/></c><c r="G430" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H430" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I430" s="1" t="str"><v>Concernzaken</v></c><c r="J430" s="1" t="str"><v/></c><c r="K430" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L430" s="4"><v>45448.0</v></c><c r="M430" s="1"><v>1</v></c></row><row r="431" spans="1:13" customFormat="false"><c r="A431" s="1"><v>320</v></c><c r="B431" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C431" s="1" t="str"><v>Verbonden Partijen (actualisatie kadernota)</v></c><c r="D431" s="1" t="str"><v/></c><c r="E431" s="1" t="str"><v/></c><c r="F431" s="4" t="str"><v/></c><c r="G431" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H431" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I431" s="1" t="str"><v>Concernzaken</v></c><c r="J431" s="1" t="str"><v/></c><c r="K431" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L431" s="4"><v>45784.0</v></c><c r="M431" s="1"><v>1</v></c></row><row r="432" spans="1:13" customFormat="false"><c r="A432" s="1"><v>320</v></c><c r="B432" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C432" s="1" t="str"><v>Verbonden Partijen (actualisatie kadernota)</v></c><c r="D432" s="1" t="str"><v/></c><c r="E432" s="1" t="str"><v/></c><c r="F432" s="4" t="str"><v/></c><c r="G432" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H432" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I432" s="1" t="str"><v>Concernzaken</v></c><c r="J432" s="1" t="str"><v/></c><c r="K432" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L432" s="4"><v>45791.0</v></c><c r="M432" s="1"><v>1</v></c></row><row r="433" spans="1:13" customFormat="false"><c r="A433" s="1"><v>320</v></c><c r="B433" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C433" s="1" t="str"><v>Verbonden Partijen (actualisatie kadernota)</v></c><c r="D433" s="1" t="str"><v/></c><c r="E433" s="1" t="str"><v/></c><c r="F433" s="4" t="str"><v/></c><c r="G433" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H433" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I433" s="1" t="str"><v>Concernzaken</v></c><c r="J433" s="1" t="str"><v/></c><c r="K433" s="1" t="str"><v>Provinciale Staten</v></c><c r="L433" s="4"><v>45805.0</v></c><c r="M433" s="1"><v>1</v></c></row><row r="434" spans="1:13" customFormat="false"><c r="A434" s="1"><v>327</v></c><c r="B434" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C434" s="1" t="str"><v xml:space="preserve">IPO - Voorjaarsnota </v></c><c r="D434" s="1" t="str"><v/></c><c r="E434" s="1" t="str"><v/></c><c r="F434" s="4" t="str"><v/></c><c r="G434" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H434" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I434" s="1" t="str"><v>Concernzaken</v></c><c r="J434" s="1" t="str"><v/></c><c r="K434" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L434" s="4"><v>45063.0</v></c><c r="M434" s="1"><v>1</v></c></row><row r="435" spans="1:13" customFormat="false"><c r="A435" s="1"><v>327</v></c><c r="B435" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C435" s="1" t="str"><v xml:space="preserve">IPO - Voorjaarsnota </v></c><c r="D435" s="1" t="str"><v/></c><c r="E435" s="1" t="str"><v/></c><c r="F435" s="4" t="str"><v/></c><c r="G435" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H435" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I435" s="1" t="str"><v>Concernzaken</v></c><c r="J435" s="1" t="str"><v/></c><c r="K435" s="1" t="str"><v>Provinciale Staten</v></c><c r="L435" s="4"><v>45077.0</v></c><c r="M435" s="1"><v>1</v></c></row><row r="436" spans="1:13" customFormat="false"><c r="A436" s="1"><v>327</v></c><c r="B436" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C436" s="1" t="str"><v xml:space="preserve">IPO - Voorjaarsnota </v></c><c r="D436" s="1" t="str"><v/></c><c r="E436" s="1" t="str"><v/></c><c r="F436" s="4" t="str"><v/></c><c r="G436" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H436" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I436" s="1" t="str"><v>Concernzaken</v></c><c r="J436" s="1" t="str"><v/></c><c r="K436" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L436" s="4"><v>45434.0</v></c><c r="M436" s="1"><v>1</v></c></row><row r="437" spans="1:13" customFormat="false"><c r="A437" s="1"><v>327</v></c><c r="B437" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C437" s="1" t="str"><v xml:space="preserve">IPO - Voorjaarsnota </v></c><c r="D437" s="1" t="str"><v/></c><c r="E437" s="1" t="str"><v/></c><c r="F437" s="4" t="str"><v/></c><c r="G437" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H437" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I437" s="1" t="str"><v>Concernzaken</v></c><c r="J437" s="1" t="str"><v/></c><c r="K437" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L437" s="4"><v>45434.0</v></c><c r="M437" s="1"><v>1</v></c></row><row r="438" spans="1:13" customFormat="false"><c r="A438" s="1"><v>327</v></c><c r="B438" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C438" s="1" t="str"><v xml:space="preserve">IPO - Voorjaarsnota </v></c><c r="D438" s="1" t="str"><v/></c><c r="E438" s="1" t="str"><v/></c><c r="F438" s="4" t="str"><v/></c><c r="G438" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H438" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I438" s="1" t="str"><v>Concernzaken</v></c><c r="J438" s="1" t="str"><v/></c><c r="K438" s="1" t="str"><v>Provinciale Staten</v></c><c r="L438" s="4"><v>45441.0</v></c><c r="M438" s="1"><v>1</v></c></row><row r="439" spans="1:13" customFormat="false"><c r="A439" s="1"><v>392</v></c><c r="B439" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C439" s="1" t="str"><v>IPO - (concept)begroting</v></c><c r="D439" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur bespreekt op 16 april 2026 de concept-begroting 2027. Op 23 juni 2026 wordt de concept-begroting in de IPO AV vergadering besproken. &#13;
+&#13;
+Op 10 september 2026 bespreekt het IPO-Bestuur de begroting 2027. Deze zal dan op 3 november 2026 ter besluitvorming aan het IPO AV worden voorgelegd. &#13;
+&#13;
+&#13;
+Daarom zal eerst Provinciale Staten gevraagd worden of zij kunnen instemmen met het verlenen van goedkeuring aan de Programmabegroting 2027 en daarbij geen wensen of bedenkingen in te brengen.</v></c><c r="E439" s="1" t="str"><v/></c><c r="F439" s="4" t="str"><v/></c><c r="G439" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H439" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I439" s="1" t="str"><v>Bestuursadvies</v></c><c r="J439" s="1" t="str"><v/></c><c r="K439" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L439" s="4"><v>44573.0</v></c><c r="M439" s="1"><v>1</v></c></row><row r="440" spans="1:13" customFormat="false"><c r="A440" s="1"><v>392</v></c><c r="B440" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C440" s="1" t="str"><v>IPO - (concept)begroting</v></c><c r="D440" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur bespreekt op 16 april 2026 de concept-begroting 2027. Op 23 juni 2026 wordt de concept-begroting in de IPO AV vergadering besproken. &#13;
+&#13;
+Op 10 september 2026 bespreekt het IPO-Bestuur de begroting 2027. Deze zal dan op 3 november 2026 ter besluitvorming aan het IPO AV worden voorgelegd. &#13;
+&#13;
+&#13;
+Daarom zal eerst Provinciale Staten gevraagd worden of zij kunnen instemmen met het verlenen van goedkeuring aan de Programmabegroting 2027 en daarbij geen wensen of bedenkingen in te brengen.</v></c><c r="E440" s="1" t="str"><v/></c><c r="F440" s="4" t="str"><v/></c><c r="G440" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H440" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I440" s="1" t="str"><v>Bestuursadvies</v></c><c r="J440" s="1" t="str"><v/></c><c r="K440" s="1" t="str"><v>Provinciale Staten</v></c><c r="L440" s="4"><v>44860.0</v></c><c r="M440" s="1"><v>1</v></c></row><row r="441" spans="1:13" customFormat="false"><c r="A441" s="1"><v>392</v></c><c r="B441" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C441" s="1" t="str"><v>IPO - (concept)begroting</v></c><c r="D441" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur bespreekt op 16 april 2026 de concept-begroting 2027. Op 23 juni 2026 wordt de concept-begroting in de IPO AV vergadering besproken. &#13;
+&#13;
+Op 10 september 2026 bespreekt het IPO-Bestuur de begroting 2027. Deze zal dan op 3 november 2026 ter besluitvorming aan het IPO AV worden voorgelegd. &#13;
+&#13;
+&#13;
+Daarom zal eerst Provinciale Staten gevraagd worden of zij kunnen instemmen met het verlenen van goedkeuring aan de Programmabegroting 2027 en daarbij geen wensen of bedenkingen in te brengen.</v></c><c r="E441" s="1" t="str"><v/></c><c r="F441" s="4" t="str"><v/></c><c r="G441" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H441" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I441" s="1" t="str"><v>Bestuursadvies</v></c><c r="J441" s="1" t="str"><v/></c><c r="K441" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L441" s="4"><v>45210.0</v></c><c r="M441" s="1"><v>1</v></c></row><row r="442" spans="1:13" customFormat="false"><c r="A442" s="1"><v>392</v></c><c r="B442" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C442" s="1" t="str"><v>IPO - (concept)begroting</v></c><c r="D442" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur bespreekt op 16 april 2026 de concept-begroting 2027. Op 23 juni 2026 wordt de concept-begroting in de IPO AV vergadering besproken. &#13;
+&#13;
+Op 10 september 2026 bespreekt het IPO-Bestuur de begroting 2027. Deze zal dan op 3 november 2026 ter besluitvorming aan het IPO AV worden voorgelegd. &#13;
+&#13;
+&#13;
+Daarom zal eerst Provinciale Staten gevraagd worden of zij kunnen instemmen met het verlenen van goedkeuring aan de Programmabegroting 2027 en daarbij geen wensen of bedenkingen in te brengen.</v></c><c r="E442" s="1" t="str"><v/></c><c r="F442" s="4" t="str"><v/></c><c r="G442" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H442" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I442" s="1" t="str"><v>Bestuursadvies</v></c><c r="J442" s="1" t="str"><v/></c><c r="K442" s="1" t="str"><v>Provinciale Staten</v></c><c r="L442" s="4"><v>45231.0</v></c><c r="M442" s="1"><v>1</v></c></row><row r="443" spans="1:13" customFormat="false"><c r="A443" s="1"><v>392</v></c><c r="B443" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C443" s="1" t="str"><v>IPO - (concept)begroting</v></c><c r="D443" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur bespreekt op 16 april 2026 de concept-begroting 2027. Op 23 juni 2026 wordt de concept-begroting in de IPO AV vergadering besproken. &#13;
+&#13;
+Op 10 september 2026 bespreekt het IPO-Bestuur de begroting 2027. Deze zal dan op 3 november 2026 ter besluitvorming aan het IPO AV worden voorgelegd. &#13;
+&#13;
+&#13;
+Daarom zal eerst Provinciale Staten gevraagd worden of zij kunnen instemmen met het verlenen van goedkeuring aan de Programmabegroting 2027 en daarbij geen wensen of bedenkingen in te brengen.</v></c><c r="E443" s="1" t="str"><v/></c><c r="F443" s="4" t="str"><v/></c><c r="G443" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H443" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I443" s="1" t="str"><v>Bestuursadvies</v></c><c r="J443" s="1" t="str"><v/></c><c r="K443" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L443" s="4"><v>45434.0</v></c><c r="M443" s="1"><v>1</v></c></row><row r="444" spans="1:13" customFormat="false"><c r="A444" s="1"><v>392</v></c><c r="B444" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C444" s="1" t="str"><v>IPO - (concept)begroting</v></c><c r="D444" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur bespreekt op 16 april 2026 de concept-begroting 2027. Op 23 juni 2026 wordt de concept-begroting in de IPO AV vergadering besproken. &#13;
+&#13;
+Op 10 september 2026 bespreekt het IPO-Bestuur de begroting 2027. Deze zal dan op 3 november 2026 ter besluitvorming aan het IPO AV worden voorgelegd. &#13;
+&#13;
+&#13;
+Daarom zal eerst Provinciale Staten gevraagd worden of zij kunnen instemmen met het verlenen van goedkeuring aan de Programmabegroting 2027 en daarbij geen wensen of bedenkingen in te brengen.</v></c><c r="E444" s="1" t="str"><v/></c><c r="F444" s="4" t="str"><v/></c><c r="G444" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H444" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I444" s="1" t="str"><v>Bestuursadvies</v></c><c r="J444" s="1" t="str"><v/></c><c r="K444" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L444" s="4"><v>45434.0</v></c><c r="M444" s="1"><v>1</v></c></row><row r="445" spans="1:13" customFormat="false"><c r="A445" s="1"><v>392</v></c><c r="B445" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C445" s="1" t="str"><v>IPO - (concept)begroting</v></c><c r="D445" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur bespreekt op 16 april 2026 de concept-begroting 2027. Op 23 juni 2026 wordt de concept-begroting in de IPO AV vergadering besproken. &#13;
+&#13;
+Op 10 september 2026 bespreekt het IPO-Bestuur de begroting 2027. Deze zal dan op 3 november 2026 ter besluitvorming aan het IPO AV worden voorgelegd. &#13;
+&#13;
+&#13;
+Daarom zal eerst Provinciale Staten gevraagd worden of zij kunnen instemmen met het verlenen van goedkeuring aan de Programmabegroting 2027 en daarbij geen wensen of bedenkingen in te brengen.</v></c><c r="E445" s="1" t="str"><v/></c><c r="F445" s="4" t="str"><v/></c><c r="G445" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H445" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I445" s="1" t="str"><v>Bestuursadvies</v></c><c r="J445" s="1" t="str"><v/></c><c r="K445" s="1" t="str"><v>Provinciale Staten</v></c><c r="L445" s="4"><v>45462.0</v></c><c r="M445" s="1"><v>1</v></c></row><row r="446" spans="1:13" customFormat="false"><c r="A446" s="1"><v>392</v></c><c r="B446" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C446" s="1" t="str"><v>IPO - (concept)begroting</v></c><c r="D446" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur bespreekt op 16 april 2026 de concept-begroting 2027. Op 23 juni 2026 wordt de concept-begroting in de IPO AV vergadering besproken. &#13;
+&#13;
+Op 10 september 2026 bespreekt het IPO-Bestuur de begroting 2027. Deze zal dan op 3 november 2026 ter besluitvorming aan het IPO AV worden voorgelegd. &#13;
+&#13;
+&#13;
+Daarom zal eerst Provinciale Staten gevraagd worden of zij kunnen instemmen met het verlenen van goedkeuring aan de Programmabegroting 2027 en daarbij geen wensen of bedenkingen in te brengen.</v></c><c r="E446" s="1" t="str"><v/></c><c r="F446" s="4" t="str"><v/></c><c r="G446" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H446" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I446" s="1" t="str"><v>Bestuursadvies</v></c><c r="J446" s="1" t="str"><v/></c><c r="K446" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L446" s="4"><v>45581.0</v></c><c r="M446" s="1"><v>1</v></c></row><row r="447" spans="1:13" customFormat="false"><c r="A447" s="1"><v>392</v></c><c r="B447" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C447" s="1" t="str"><v>IPO - (concept)begroting</v></c><c r="D447" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur bespreekt op 16 april 2026 de concept-begroting 2027. Op 23 juni 2026 wordt de concept-begroting in de IPO AV vergadering besproken. &#13;
+&#13;
+Op 10 september 2026 bespreekt het IPO-Bestuur de begroting 2027. Deze zal dan op 3 november 2026 ter besluitvorming aan het IPO AV worden voorgelegd. &#13;
+&#13;
+&#13;
+Daarom zal eerst Provinciale Staten gevraagd worden of zij kunnen instemmen met het verlenen van goedkeuring aan de Programmabegroting 2027 en daarbij geen wensen of bedenkingen in te brengen.</v></c><c r="E447" s="1" t="str"><v/></c><c r="F447" s="4" t="str"><v/></c><c r="G447" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H447" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I447" s="1" t="str"><v>Bestuursadvies</v></c><c r="J447" s="1" t="str"><v/></c><c r="K447" s="1" t="str"><v>Provinciale Staten</v></c><c r="L447" s="4"><v>45588.0</v></c><c r="M447" s="1"><v>1</v></c></row><row r="448" spans="1:13" customFormat="false"><c r="A448" s="1"><v>392</v></c><c r="B448" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C448" s="1" t="str"><v>IPO - (concept)begroting</v></c><c r="D448" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur bespreekt op 16 april 2026 de concept-begroting 2027. Op 23 juni 2026 wordt de concept-begroting in de IPO AV vergadering besproken. &#13;
+&#13;
+Op 10 september 2026 bespreekt het IPO-Bestuur de begroting 2027. Deze zal dan op 3 november 2026 ter besluitvorming aan het IPO AV worden voorgelegd. &#13;
+&#13;
+&#13;
+Daarom zal eerst Provinciale Staten gevraagd worden of zij kunnen instemmen met het verlenen van goedkeuring aan de Programmabegroting 2027 en daarbij geen wensen of bedenkingen in te brengen.</v></c><c r="E448" s="1" t="str"><v/></c><c r="F448" s="4" t="str"><v/></c><c r="G448" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H448" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I448" s="1" t="str"><v>Bestuursadvies</v></c><c r="J448" s="1" t="str"><v/></c><c r="K448" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L448" s="4"><v>45938.0</v></c><c r="M448" s="1"><v>1</v></c></row><row r="449" spans="1:13" customFormat="false"><c r="A449" s="1"><v>392</v></c><c r="B449" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C449" s="1" t="str"><v>IPO - (concept)begroting</v></c><c r="D449" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur bespreekt op 16 april 2026 de concept-begroting 2027. Op 23 juni 2026 wordt de concept-begroting in de IPO AV vergadering besproken. &#13;
+&#13;
+Op 10 september 2026 bespreekt het IPO-Bestuur de begroting 2027. Deze zal dan op 3 november 2026 ter besluitvorming aan het IPO AV worden voorgelegd. &#13;
+&#13;
+&#13;
+Daarom zal eerst Provinciale Staten gevraagd worden of zij kunnen instemmen met het verlenen van goedkeuring aan de Programmabegroting 2027 en daarbij geen wensen of bedenkingen in te brengen.</v></c><c r="E449" s="1" t="str"><v/></c><c r="F449" s="4" t="str"><v/></c><c r="G449" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H449" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I449" s="1" t="str"><v>Bestuursadvies</v></c><c r="J449" s="1" t="str"><v/></c><c r="K449" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L449" s="4"><v>45945.0</v></c><c r="M449" s="1"><v>1</v></c></row><row r="450" spans="1:13" customFormat="false"><c r="A450" s="1"><v>392</v></c><c r="B450" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C450" s="1" t="str"><v>IPO - (concept)begroting</v></c><c r="D450" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur bespreekt op 16 april 2026 de concept-begroting 2027. Op 23 juni 2026 wordt de concept-begroting in de IPO AV vergadering besproken. &#13;
+&#13;
+Op 10 september 2026 bespreekt het IPO-Bestuur de begroting 2027. Deze zal dan op 3 november 2026 ter besluitvorming aan het IPO AV worden voorgelegd. &#13;
+&#13;
+&#13;
+Daarom zal eerst Provinciale Staten gevraagd worden of zij kunnen instemmen met het verlenen van goedkeuring aan de Programmabegroting 2027 en daarbij geen wensen of bedenkingen in te brengen.</v></c><c r="E450" s="1" t="str"><v/></c><c r="F450" s="4" t="str"><v/></c><c r="G450" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H450" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I450" s="1" t="str"><v>Bestuursadvies</v></c><c r="J450" s="1" t="str"><v/></c><c r="K450" s="1" t="str"><v>Provinciale Staten</v></c><c r="L450" s="4"><v>45959.0</v></c><c r="M450" s="1"><v>1</v></c></row><row r="451" spans="1:13" customFormat="false"><c r="A451" s="1"><v>392</v></c><c r="B451" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C451" s="1" t="str"><v>IPO - (concept)begroting</v></c><c r="D451" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur bespreekt op 16 april 2026 de concept-begroting 2027. Op 23 juni 2026 wordt de concept-begroting in de IPO AV vergadering besproken. &#13;
+&#13;
+Op 10 september 2026 bespreekt het IPO-Bestuur de begroting 2027. Deze zal dan op 3 november 2026 ter besluitvorming aan het IPO AV worden voorgelegd. &#13;
+&#13;
+&#13;
+Daarom zal eerst Provinciale Staten gevraagd worden of zij kunnen instemmen met het verlenen van goedkeuring aan de Programmabegroting 2027 en daarbij geen wensen of bedenkingen in te brengen.</v></c><c r="E451" s="1" t="str"><v/></c><c r="F451" s="4" t="str"><v/></c><c r="G451" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H451" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I451" s="1" t="str"><v>Bestuursadvies</v></c><c r="J451" s="1" t="str"><v/></c><c r="K451" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L451" s="4"><v>46183.0</v></c><c r="M451" s="1"><v>0</v></c></row><row r="452" spans="1:13" customFormat="false"><c r="A452" s="1"><v>392</v></c><c r="B452" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C452" s="1" t="str"><v>IPO - (concept)begroting</v></c><c r="D452" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur bespreekt op 16 april 2026 de concept-begroting 2027. Op 23 juni 2026 wordt de concept-begroting in de IPO AV vergadering besproken. &#13;
+&#13;
+Op 10 september 2026 bespreekt het IPO-Bestuur de begroting 2027. Deze zal dan op 3 november 2026 ter besluitvorming aan het IPO AV worden voorgelegd. &#13;
+&#13;
+&#13;
+Daarom zal eerst Provinciale Staten gevraagd worden of zij kunnen instemmen met het verlenen van goedkeuring aan de Programmabegroting 2027 en daarbij geen wensen of bedenkingen in te brengen.</v></c><c r="E452" s="1" t="str"><v/></c><c r="F452" s="4" t="str"><v/></c><c r="G452" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H452" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I452" s="1" t="str"><v>Bestuursadvies</v></c><c r="J452" s="1" t="str"><v/></c><c r="K452" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L452" s="4"><v>46190.0</v></c><c r="M452" s="1"><v>0</v></c></row><row r="453" spans="1:13" customFormat="false"><c r="A453" s="1"><v>392</v></c><c r="B453" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C453" s="1" t="str"><v>IPO - (concept)begroting</v></c><c r="D453" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur bespreekt op 16 april 2026 de concept-begroting 2027. Op 23 juni 2026 wordt de concept-begroting in de IPO AV vergadering besproken. &#13;
+&#13;
+Op 10 september 2026 bespreekt het IPO-Bestuur de begroting 2027. Deze zal dan op 3 november 2026 ter besluitvorming aan het IPO AV worden voorgelegd. &#13;
+&#13;
+&#13;
+Daarom zal eerst Provinciale Staten gevraagd worden of zij kunnen instemmen met het verlenen van goedkeuring aan de Programmabegroting 2027 en daarbij geen wensen of bedenkingen in te brengen.</v></c><c r="E453" s="1" t="str"><v/></c><c r="F453" s="4" t="str"><v/></c><c r="G453" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H453" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I453" s="1" t="str"><v>Bestuursadvies</v></c><c r="J453" s="1" t="str"><v/></c><c r="K453" s="1" t="str"><v>Provinciale Staten</v></c><c r="L453" s="4"><v>46197.0</v></c><c r="M453" s="1"><v>0</v></c></row><row r="454" spans="1:13" customFormat="false"><c r="A454" s="1"><v>392</v></c><c r="B454" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C454" s="1" t="str"><v>IPO - (concept)begroting</v></c><c r="D454" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur bespreekt op 16 april 2026 de concept-begroting 2027. Op 23 juni 2026 wordt de concept-begroting in de IPO AV vergadering besproken. &#13;
+&#13;
+Op 10 september 2026 bespreekt het IPO-Bestuur de begroting 2027. Deze zal dan op 3 november 2026 ter besluitvorming aan het IPO AV worden voorgelegd. &#13;
+&#13;
+&#13;
+Daarom zal eerst Provinciale Staten gevraagd worden of zij kunnen instemmen met het verlenen van goedkeuring aan de Programmabegroting 2027 en daarbij geen wensen of bedenkingen in te brengen.</v></c><c r="E454" s="1" t="str"><v/></c><c r="F454" s="4" t="str"><v/></c><c r="G454" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H454" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I454" s="1" t="str"><v>Bestuursadvies</v></c><c r="J454" s="1" t="str"><v/></c><c r="K454" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L454" s="4"><v>46316.0</v></c><c r="M454" s="1"><v>0</v></c></row><row r="455" spans="1:13" customFormat="false"><c r="A455" s="1"><v>392</v></c><c r="B455" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C455" s="1" t="str"><v>IPO - (concept)begroting</v></c><c r="D455" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur bespreekt op 16 april 2026 de concept-begroting 2027. Op 23 juni 2026 wordt de concept-begroting in de IPO AV vergadering besproken. &#13;
+&#13;
+Op 10 september 2026 bespreekt het IPO-Bestuur de begroting 2027. Deze zal dan op 3 november 2026 ter besluitvorming aan het IPO AV worden voorgelegd. &#13;
+&#13;
+&#13;
+Daarom zal eerst Provinciale Staten gevraagd worden of zij kunnen instemmen met het verlenen van goedkeuring aan de Programmabegroting 2027 en daarbij geen wensen of bedenkingen in te brengen.</v></c><c r="E455" s="1" t="str"><v/></c><c r="F455" s="4" t="str"><v/></c><c r="G455" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H455" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I455" s="1" t="str"><v>Bestuursadvies</v></c><c r="J455" s="1" t="str"><v/></c><c r="K455" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L455" s="4"><v>46316.0</v></c><c r="M455" s="1"><v>0</v></c></row><row r="456" spans="1:13" customFormat="false"><c r="A456" s="1"><v>392</v></c><c r="B456" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C456" s="1" t="str"><v>IPO - (concept)begroting</v></c><c r="D456" s="1" t="str"><v xml:space="preserve">Het IPO Bestuur bespreekt op 16 april 2026 de concept-begroting 2027. Op 23 juni 2026 wordt de concept-begroting in de IPO AV vergadering besproken. &#13;
+&#13;
+Op 10 september 2026 bespreekt het IPO-Bestuur de begroting 2027. Deze zal dan op 3 november 2026 ter besluitvorming aan het IPO AV worden voorgelegd. &#13;
+&#13;
+&#13;
+Daarom zal eerst Provinciale Staten gevraagd worden of zij kunnen instemmen met het verlenen van goedkeuring aan de Programmabegroting 2027 en daarbij geen wensen of bedenkingen in te brengen.</v></c><c r="E456" s="1" t="str"><v/></c><c r="F456" s="4" t="str"><v/></c><c r="G456" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H456" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I456" s="1" t="str"><v>Bestuursadvies</v></c><c r="J456" s="1" t="str"><v/></c><c r="K456" s="1" t="str"><v>Provinciale Staten</v></c><c r="L456" s="4"><v>46323.0</v></c><c r="M456" s="1"><v>0</v></c></row><row r="457" spans="1:13" customFormat="false"><c r="A457" s="1"><v>209</v></c><c r="B457" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C457" s="1" t="str"><v>Visie op landbouw</v></c><c r="D457" s="1" t="str"><v/></c><c r="E457" s="1" t="str"><v/></c><c r="F457" s="4" t="str"><v/></c><c r="G457" s="1" t="str"><v>Landbouw</v></c><c r="H457" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I457" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J457" s="1" t="str"><v/></c><c r="K457" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L457" s="4"><v>45448.0</v></c><c r="M457" s="1"><v>1</v></c></row><row r="458" spans="1:13" customFormat="false"><c r="A458" s="1"><v>209</v></c><c r="B458" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C458" s="1" t="str"><v>Visie op landbouw</v></c><c r="D458" s="1" t="str"><v/></c><c r="E458" s="1" t="str"><v/></c><c r="F458" s="4" t="str"><v/></c><c r="G458" s="1" t="str"><v>Landbouw</v></c><c r="H458" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I458" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J458" s="1" t="str"><v/></c><c r="K458" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L458" s="4"><v>45455.0</v></c><c r="M458" s="1"><v>1</v></c></row><row r="459" spans="1:13" customFormat="false"><c r="A459" s="1"><v>209</v></c><c r="B459" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C459" s="1" t="str"><v>Visie op landbouw</v></c><c r="D459" s="1" t="str"><v/></c><c r="E459" s="1" t="str"><v/></c><c r="F459" s="4" t="str"><v/></c><c r="G459" s="1" t="str"><v>Landbouw</v></c><c r="H459" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I459" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J459" s="1" t="str"><v/></c><c r="K459" s="1" t="str"><v>Provinciale Staten</v></c><c r="L459" s="4"><v>45462.0</v></c><c r="M459" s="1"><v>1</v></c></row><row r="460" spans="1:13" customFormat="false"><c r="A460" s="1"><v>209</v></c><c r="B460" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C460" s="1" t="str"><v>Visie op landbouw</v></c><c r="D460" s="1" t="str"><v/></c><c r="E460" s="1" t="str"><v/></c><c r="F460" s="4" t="str"><v/></c><c r="G460" s="1" t="str"><v>Landbouw</v></c><c r="H460" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I460" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J460" s="1" t="str"><v/></c><c r="K460" s="1" t="str"><v>Technische sessie</v></c><c r="L460" s="4"><v>45546.0</v></c><c r="M460" s="1"><v>1</v></c></row><row r="461" spans="1:13" customFormat="false"><c r="A461" s="1"><v>209</v></c><c r="B461" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C461" s="1" t="str"><v>Visie op landbouw</v></c><c r="D461" s="1" t="str"><v/></c><c r="E461" s="1" t="str"><v/></c><c r="F461" s="4" t="str"><v/></c><c r="G461" s="1" t="str"><v>Landbouw</v></c><c r="H461" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I461" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J461" s="1" t="str"><v/></c><c r="K461" s="1" t="str"><v>Technische sessie</v></c><c r="L461" s="4"><v>45616.0</v></c><c r="M461" s="1"><v>1</v></c></row><row r="462" spans="1:13" customFormat="false"><c r="A462" s="1"><v>209</v></c><c r="B462" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C462" s="1" t="str"><v>Visie op landbouw</v></c><c r="D462" s="1" t="str"><v/></c><c r="E462" s="1" t="str"><v/></c><c r="F462" s="4" t="str"><v/></c><c r="G462" s="1" t="str"><v>Landbouw</v></c><c r="H462" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I462" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J462" s="1" t="str"><v/></c><c r="K462" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L462" s="4"><v>45700.0</v></c><c r="M462" s="1"><v>1</v></c></row><row r="463" spans="1:13" customFormat="false"><c r="A463" s="1"><v>209</v></c><c r="B463" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C463" s="1" t="str"><v>Visie op landbouw</v></c><c r="D463" s="1" t="str"><v/></c><c r="E463" s="1" t="str"><v/></c><c r="F463" s="4" t="str"><v/></c><c r="G463" s="1" t="str"><v>Landbouw</v></c><c r="H463" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I463" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J463" s="1" t="str"><v/></c><c r="K463" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L463" s="4"><v>45735.0</v></c><c r="M463" s="1"><v>1</v></c></row><row r="464" spans="1:13" customFormat="false"><c r="A464" s="1"><v>209</v></c><c r="B464" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C464" s="1" t="str"><v>Visie op landbouw</v></c><c r="D464" s="1" t="str"><v/></c><c r="E464" s="1" t="str"><v/></c><c r="F464" s="4" t="str"><v/></c><c r="G464" s="1" t="str"><v>Landbouw</v></c><c r="H464" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I464" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J464" s="1" t="str"><v/></c><c r="K464" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L464" s="4"><v>45784.0</v></c><c r="M464" s="1"><v>1</v></c></row><row r="465" spans="1:13" customFormat="false"><c r="A465" s="1"><v>209</v></c><c r="B465" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C465" s="1" t="str"><v>Visie op landbouw</v></c><c r="D465" s="1" t="str"><v/></c><c r="E465" s="1" t="str"><v/></c><c r="F465" s="4" t="str"><v/></c><c r="G465" s="1" t="str"><v>Landbouw</v></c><c r="H465" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I465" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J465" s="1" t="str"><v/></c><c r="K465" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L465" s="4"><v>45791.0</v></c><c r="M465" s="1"><v>1</v></c></row><row r="466" spans="1:13" customFormat="false"><c r="A466" s="1"><v>209</v></c><c r="B466" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C466" s="1" t="str"><v>Visie op landbouw</v></c><c r="D466" s="1" t="str"><v/></c><c r="E466" s="1" t="str"><v/></c><c r="F466" s="4" t="str"><v/></c><c r="G466" s="1" t="str"><v>Landbouw</v></c><c r="H466" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I466" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J466" s="1" t="str"><v/></c><c r="K466" s="1" t="str"><v>Provinciale Staten</v></c><c r="L466" s="4"><v>45805.0</v></c><c r="M466" s="1"><v>1</v></c></row><row r="467" spans="1:13" customFormat="false"><c r="A467" s="1"><v>318</v></c><c r="B467" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C467" s="1" t="str"><v>Agenderingsverzoek - Dierwaardigheid als onderdeel van een integrale landbouwtransitie (PvdD, GroenLinks en PvdA)</v></c><c r="D467" s="1" t="str"><v/></c><c r="E467" s="1" t="str"><v>PvdA,GroenLinks,Partij voor de Dieren</v></c><c r="F467" s="4" t="str"><v/></c><c r="G467" s="1" t="str"><v>Landbouw</v></c><c r="H467" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I467" s="1"/><c r="J467" s="1" t="str"><v/></c><c r="K467" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L467" s="4"><v>45455.0</v></c><c r="M467" s="1"><v>1</v></c></row><row r="468" spans="1:13" customFormat="false"><c r="A468" s="1"><v>48</v></c><c r="B468" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C468" s="1" t="str"><v xml:space="preserve">Ontwikkeling Maritieme Servicehaven Noordelijk Flevoland </v></c><c r="D468" s="1" t="str"><v/></c><c r="E468" s="1" t="str"><v/></c><c r="F468" s="4" t="str"><v/></c><c r="G468" s="1" t="str"><v>Maritieme Servicehaven Noordelijk Flevoland</v></c><c r="H468" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I468" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J468" s="1" t="str"><v xml:space="preserve">. </v></c><c r="K468" s="1" t="str"><v>Beeldvorming integrale ad hoc Commissie</v></c><c r="L468" s="4"><v>45056.0</v></c><c r="M468" s="1"><v>1</v></c></row><row r="469" spans="1:13" customFormat="false"><c r="A469" s="1"><v>48</v></c><c r="B469" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C469" s="1" t="str"><v xml:space="preserve">Ontwikkeling Maritieme Servicehaven Noordelijk Flevoland </v></c><c r="D469" s="1" t="str"><v/></c><c r="E469" s="1" t="str"><v/></c><c r="F469" s="4" t="str"><v/></c><c r="G469" s="1" t="str"><v>Maritieme Servicehaven Noordelijk Flevoland</v></c><c r="H469" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I469" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J469" s="1" t="str"><v xml:space="preserve">. </v></c><c r="K469" s="1" t="str"><v>Beeldvorming integrale ad hoc Commissie</v></c><c r="L469" s="4"><v>45098.0</v></c><c r="M469" s="1"><v>1</v></c></row><row r="470" spans="1:13" customFormat="false"><c r="A470" s="1"><v>48</v></c><c r="B470" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C470" s="1" t="str"><v xml:space="preserve">Ontwikkeling Maritieme Servicehaven Noordelijk Flevoland </v></c><c r="D470" s="1" t="str"><v/></c><c r="E470" s="1" t="str"><v/></c><c r="F470" s="4" t="str"><v/></c><c r="G470" s="1" t="str"><v>Maritieme Servicehaven Noordelijk Flevoland</v></c><c r="H470" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I470" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J470" s="1" t="str"><v xml:space="preserve">. </v></c><c r="K470" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L470" s="4"><v>45112.0</v></c><c r="M470" s="1"><v>1</v></c></row><row r="471" spans="1:13" customFormat="false"><c r="A471" s="1"><v>48</v></c><c r="B471" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C471" s="1" t="str"><v xml:space="preserve">Ontwikkeling Maritieme Servicehaven Noordelijk Flevoland </v></c><c r="D471" s="1" t="str"><v/></c><c r="E471" s="1" t="str"><v/></c><c r="F471" s="4" t="str"><v/></c><c r="G471" s="1" t="str"><v>Maritieme Servicehaven Noordelijk Flevoland</v></c><c r="H471" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I471" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J471" s="1" t="str"><v xml:space="preserve">. </v></c><c r="K471" s="1" t="str"><v>Provinciale Staten</v></c><c r="L471" s="4"><v>45126.0</v></c><c r="M471" s="1"><v>1</v></c></row><row r="472" spans="1:13" customFormat="false"><c r="A472" s="1"><v>49</v></c><c r="B472" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C472" s="1" t="str"><v>Termijnagenda Metropoolregio Amsterdam</v></c><c r="D472" s="1" t="str"><v/></c><c r="E472" s="1" t="str"><v/></c><c r="F472" s="4" t="str"><v/></c><c r="G472" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H472" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I472" s="1" t="str"><v>Bestuursadvies</v></c><c r="J472" s="1" t="str"><v/></c><c r="K472" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L472" s="4"><v>44965.0</v></c><c r="M472" s="1"><v>1</v></c></row><row r="473" spans="1:13" customFormat="false"><c r="A473" s="1"><v>49</v></c><c r="B473" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C473" s="1" t="str"><v>Termijnagenda Metropoolregio Amsterdam</v></c><c r="D473" s="1" t="str"><v/></c><c r="E473" s="1" t="str"><v/></c><c r="F473" s="4" t="str"><v/></c><c r="G473" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H473" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I473" s="1" t="str"><v>Bestuursadvies</v></c><c r="J473" s="1" t="str"><v/></c><c r="K473" s="1" t="str"><v>Provinciale Staten</v></c><c r="L473" s="4"><v>44979.0</v></c><c r="M473" s="1"><v>1</v></c></row><row r="474" spans="1:13" customFormat="false"><c r="A474" s="1"><v>76</v></c><c r="B474" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C474" s="1" t="str"><v>Metropoolregio Amsterdam - Meerjarenagenda 2024-2028</v></c><c r="D474" s="1" t="str"><v/></c><c r="E474" s="1" t="str"><v/></c><c r="F474" s="4"><v>44999.0</v></c><c r="G474" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H474" s="1" t="str"><v xml:space="preserve"> Rapporteur</v></c><c r="I474" s="1" t="str"><v>Statengriffie</v></c><c r="J474" s="1" t="str"><v/></c><c r="K474" s="1" t="str"><v>Beeldvorming integrale ad hoc Commissie</v></c><c r="L474" s="4"><v>45056.0</v></c><c r="M474" s="1"><v>0</v></c></row><row r="475" spans="1:13" customFormat="false"><c r="A475" s="1"><v>82</v></c><c r="B475" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C475" s="1" t="str"><v xml:space="preserve">MRA-Voortgangsnota </v></c><c r="D475" s="1" t="str"><v>De Voortgangsnota is een nieuw document, voortvloeiend uit de in 2022 vastgestelde Samenwerkingsafspraken voor de MRA. De concept Voortgangsnota gaat op hoofdlijnen in op welke activiteiten het afgelopen jaar zijn uitgevoerd, en welke resultaten daarbij zijn behaald in de Metro-poolregio Amsterdam. Het doel van dit document is om te faciliteren dat de leden van gemeenteraden en Provinciale Staten in de MRA op inhoud in gesprek kunnen gaan met hun bestuurders en ze zaken kunnen meegeven die zij van belang vinden voor de regionale samenwerking. De Voortgangsnota is daarmee een informatief document. De inhoudelijke en financiële verantwoording over de realisatie van de MRA Agenda vindt elke vier jaar plaats als de looptijd van de MRA-Agenda afloopt.</v></c><c r="E475" s="1" t="str"><v/></c><c r="F475" s="4" t="str"><v/></c><c r="G475" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H475" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I475" s="1" t="str"><v>Bestuursadvies</v></c><c r="J475" s="1" t="str"><v/></c><c r="K475" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L475" s="4"><v>45056.0</v></c><c r="M475" s="1"><v>1</v></c></row><row r="476" spans="1:13" customFormat="false"><c r="A476" s="1"><v>82</v></c><c r="B476" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C476" s="1" t="str"><v xml:space="preserve">MRA-Voortgangsnota </v></c><c r="D476" s="1" t="str"><v>De Voortgangsnota is een nieuw document, voortvloeiend uit de in 2022 vastgestelde Samenwerkingsafspraken voor de MRA. De concept Voortgangsnota gaat op hoofdlijnen in op welke activiteiten het afgelopen jaar zijn uitgevoerd, en welke resultaten daarbij zijn behaald in de Metro-poolregio Amsterdam. Het doel van dit document is om te faciliteren dat de leden van gemeenteraden en Provinciale Staten in de MRA op inhoud in gesprek kunnen gaan met hun bestuurders en ze zaken kunnen meegeven die zij van belang vinden voor de regionale samenwerking. De Voortgangsnota is daarmee een informatief document. De inhoudelijke en financiële verantwoording over de realisatie van de MRA Agenda vindt elke vier jaar plaats als de looptijd van de MRA-Agenda afloopt.</v></c><c r="E476" s="1" t="str"><v/></c><c r="F476" s="4" t="str"><v/></c><c r="G476" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H476" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I476" s="1" t="str"><v>Bestuursadvies</v></c><c r="J476" s="1" t="str"><v/></c><c r="K476" s="1" t="str"><v>Provinciale Staten</v></c><c r="L476" s="4"><v>45077.0</v></c><c r="M476" s="1"><v>1</v></c></row><row r="477" spans="1:13" customFormat="false"><c r="A477" s="1"><v>82</v></c><c r="B477" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C477" s="1" t="str"><v xml:space="preserve">MRA-Voortgangsnota </v></c><c r="D477" s="1" t="str"><v>De Voortgangsnota is een nieuw document, voortvloeiend uit de in 2022 vastgestelde Samenwerkingsafspraken voor de MRA. De concept Voortgangsnota gaat op hoofdlijnen in op welke activiteiten het afgelopen jaar zijn uitgevoerd, en welke resultaten daarbij zijn behaald in de Metro-poolregio Amsterdam. Het doel van dit document is om te faciliteren dat de leden van gemeenteraden en Provinciale Staten in de MRA op inhoud in gesprek kunnen gaan met hun bestuurders en ze zaken kunnen meegeven die zij van belang vinden voor de regionale samenwerking. De Voortgangsnota is daarmee een informatief document. De inhoudelijke en financiële verantwoording over de realisatie van de MRA Agenda vindt elke vier jaar plaats als de looptijd van de MRA-Agenda afloopt.</v></c><c r="E477" s="1" t="str"><v/></c><c r="F477" s="4" t="str"><v/></c><c r="G477" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H477" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I477" s="1" t="str"><v>Bestuursadvies</v></c><c r="J477" s="1" t="str"><v/></c><c r="K477" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L477" s="4"><v>45427.0</v></c><c r="M477" s="1"><v>1</v></c></row><row r="478" spans="1:13" customFormat="false"><c r="A478" s="1"><v>82</v></c><c r="B478" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C478" s="1" t="str"><v xml:space="preserve">MRA-Voortgangsnota </v></c><c r="D478" s="1" t="str"><v>De Voortgangsnota is een nieuw document, voortvloeiend uit de in 2022 vastgestelde Samenwerkingsafspraken voor de MRA. De concept Voortgangsnota gaat op hoofdlijnen in op welke activiteiten het afgelopen jaar zijn uitgevoerd, en welke resultaten daarbij zijn behaald in de Metro-poolregio Amsterdam. Het doel van dit document is om te faciliteren dat de leden van gemeenteraden en Provinciale Staten in de MRA op inhoud in gesprek kunnen gaan met hun bestuurders en ze zaken kunnen meegeven die zij van belang vinden voor de regionale samenwerking. De Voortgangsnota is daarmee een informatief document. De inhoudelijke en financiële verantwoording over de realisatie van de MRA Agenda vindt elke vier jaar plaats als de looptijd van de MRA-Agenda afloopt.</v></c><c r="E478" s="1" t="str"><v/></c><c r="F478" s="4" t="str"><v/></c><c r="G478" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H478" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I478" s="1" t="str"><v>Bestuursadvies</v></c><c r="J478" s="1" t="str"><v/></c><c r="K478" s="1" t="str"><v>Provinciale Staten</v></c><c r="L478" s="4"><v>45441.0</v></c><c r="M478" s="1"><v>1</v></c></row><row r="479" spans="1:13" customFormat="false"><c r="A479" s="1"><v>82</v></c><c r="B479" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C479" s="1" t="str"><v xml:space="preserve">MRA-Voortgangsnota </v></c><c r="D479" s="1" t="str"><v>De Voortgangsnota is een nieuw document, voortvloeiend uit de in 2022 vastgestelde Samenwerkingsafspraken voor de MRA. De concept Voortgangsnota gaat op hoofdlijnen in op welke activiteiten het afgelopen jaar zijn uitgevoerd, en welke resultaten daarbij zijn behaald in de Metro-poolregio Amsterdam. Het doel van dit document is om te faciliteren dat de leden van gemeenteraden en Provinciale Staten in de MRA op inhoud in gesprek kunnen gaan met hun bestuurders en ze zaken kunnen meegeven die zij van belang vinden voor de regionale samenwerking. De Voortgangsnota is daarmee een informatief document. De inhoudelijke en financiële verantwoording over de realisatie van de MRA Agenda vindt elke vier jaar plaats als de looptijd van de MRA-Agenda afloopt.</v></c><c r="E479" s="1" t="str"><v/></c><c r="F479" s="4" t="str"><v/></c><c r="G479" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H479" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I479" s="1" t="str"><v>Bestuursadvies</v></c><c r="J479" s="1" t="str"><v/></c><c r="K479" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L479" s="4"><v>45784.0</v></c><c r="M479" s="1"><v>1</v></c></row><row r="480" spans="1:13" customFormat="false"><c r="A480" s="1"><v>82</v></c><c r="B480" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C480" s="1" t="str"><v xml:space="preserve">MRA-Voortgangsnota </v></c><c r="D480" s="1" t="str"><v>De Voortgangsnota is een nieuw document, voortvloeiend uit de in 2022 vastgestelde Samenwerkingsafspraken voor de MRA. De concept Voortgangsnota gaat op hoofdlijnen in op welke activiteiten het afgelopen jaar zijn uitgevoerd, en welke resultaten daarbij zijn behaald in de Metro-poolregio Amsterdam. Het doel van dit document is om te faciliteren dat de leden van gemeenteraden en Provinciale Staten in de MRA op inhoud in gesprek kunnen gaan met hun bestuurders en ze zaken kunnen meegeven die zij van belang vinden voor de regionale samenwerking. De Voortgangsnota is daarmee een informatief document. De inhoudelijke en financiële verantwoording over de realisatie van de MRA Agenda vindt elke vier jaar plaats als de looptijd van de MRA-Agenda afloopt.</v></c><c r="E480" s="1" t="str"><v/></c><c r="F480" s="4" t="str"><v/></c><c r="G480" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H480" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I480" s="1" t="str"><v>Bestuursadvies</v></c><c r="J480" s="1" t="str"><v/></c><c r="K480" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L480" s="4"><v>45791.0</v></c><c r="M480" s="1"><v>1</v></c></row><row r="481" spans="1:13" customFormat="false"><c r="A481" s="1"><v>82</v></c><c r="B481" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C481" s="1" t="str"><v xml:space="preserve">MRA-Voortgangsnota </v></c><c r="D481" s="1" t="str"><v>De Voortgangsnota is een nieuw document, voortvloeiend uit de in 2022 vastgestelde Samenwerkingsafspraken voor de MRA. De concept Voortgangsnota gaat op hoofdlijnen in op welke activiteiten het afgelopen jaar zijn uitgevoerd, en welke resultaten daarbij zijn behaald in de Metro-poolregio Amsterdam. Het doel van dit document is om te faciliteren dat de leden van gemeenteraden en Provinciale Staten in de MRA op inhoud in gesprek kunnen gaan met hun bestuurders en ze zaken kunnen meegeven die zij van belang vinden voor de regionale samenwerking. De Voortgangsnota is daarmee een informatief document. De inhoudelijke en financiële verantwoording over de realisatie van de MRA Agenda vindt elke vier jaar plaats als de looptijd van de MRA-Agenda afloopt.</v></c><c r="E481" s="1" t="str"><v/></c><c r="F481" s="4" t="str"><v/></c><c r="G481" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H481" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I481" s="1" t="str"><v>Bestuursadvies</v></c><c r="J481" s="1" t="str"><v/></c><c r="K481" s="1" t="str"><v>Provinciale Staten</v></c><c r="L481" s="4"><v>45805.0</v></c><c r="M481" s="1"><v>1</v></c></row><row r="482" spans="1:13" customFormat="false"><c r="A482" s="1"><v>142</v></c><c r="B482" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C482" s="1" t="str"><v>Metropoolregio Amsterdam (MRA) agenda 2024-2028</v></c><c r="D482" s="1" t="str"><v xml:space="preserve">update (28 juni 2024), planning MRA-bureau:&#13;
 - 11 oktober 2024: vaststellen 100% conceptversie MRA agenda 2024 – 2028 – AV&#13;
 - In de periode van 11 oktober – 29 november 2024 –  hebben alle deelnemers de mogelijkheid om de MRA agenda 2024 -2028 te bekrachtigen in hun eigen raden en staten.&#13;
 - 18 december bekrachtigen MRA-agenda in de AV.&#13;
-</v></c><c r="E419" s="1" t="str"><v/></c><c r="F419" s="4"><v>45218.0</v></c><c r="G419" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H419" s="1" t="str"><v xml:space="preserve"> Müller, Rapporteur, van Dijk</v></c><c r="I419" s="1" t="str"><v>Bestuursadvies</v></c><c r="J419" s="1" t="str"><v/></c><c r="K419" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L419" s="4"><v>45392.0</v></c><c r="M419" s="1"><v>1</v></c></row><row r="420" spans="1:13" customFormat="false"><c r="A420" s="1"><v>142</v></c><c r="B420" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C420" s="1" t="str"><v>Metropoolregio Amsterdam (MRA) agenda 2024-2028</v></c><c r="D420" s="1" t="str"><v xml:space="preserve">update (28 juni 2024), planning MRA-bureau:&#13;
+</v></c><c r="E482" s="1" t="str"><v/></c><c r="F482" s="4"><v>45218.0</v></c><c r="G482" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H482" s="1" t="str"><v xml:space="preserve"> Müller, Rapporteur, van Dijk</v></c><c r="I482" s="1" t="str"><v>Bestuursadvies</v></c><c r="J482" s="1" t="str"><v/></c><c r="K482" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L482" s="4"><v>45392.0</v></c><c r="M482" s="1"><v>1</v></c></row><row r="483" spans="1:13" customFormat="false"><c r="A483" s="1"><v>142</v></c><c r="B483" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C483" s="1" t="str"><v>Metropoolregio Amsterdam (MRA) agenda 2024-2028</v></c><c r="D483" s="1" t="str"><v xml:space="preserve">update (28 juni 2024), planning MRA-bureau:&#13;
 - 11 oktober 2024: vaststellen 100% conceptversie MRA agenda 2024 – 2028 – AV&#13;
 - In de periode van 11 oktober – 29 november 2024 –  hebben alle deelnemers de mogelijkheid om de MRA agenda 2024 -2028 te bekrachtigen in hun eigen raden en staten.&#13;
 - 18 december bekrachtigen MRA-agenda in de AV.&#13;
-</v></c><c r="E420" s="1" t="str"><v/></c><c r="F420" s="4"><v>45218.0</v></c><c r="G420" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H420" s="1" t="str"><v xml:space="preserve"> Müller, Rapporteur, van Dijk</v></c><c r="I420" s="1" t="str"><v>Bestuursadvies</v></c><c r="J420" s="1" t="str"><v/></c><c r="K420" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L420" s="4"><v>45427.0</v></c><c r="M420" s="1"><v>1</v></c></row><row r="421" spans="1:13" customFormat="false"><c r="A421" s="1"><v>142</v></c><c r="B421" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C421" s="1" t="str"><v>Metropoolregio Amsterdam (MRA) agenda 2024-2028</v></c><c r="D421" s="1" t="str"><v xml:space="preserve">update (28 juni 2024), planning MRA-bureau:&#13;
+</v></c><c r="E483" s="1" t="str"><v/></c><c r="F483" s="4"><v>45218.0</v></c><c r="G483" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H483" s="1" t="str"><v xml:space="preserve"> Müller, Rapporteur, van Dijk</v></c><c r="I483" s="1" t="str"><v>Bestuursadvies</v></c><c r="J483" s="1" t="str"><v/></c><c r="K483" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L483" s="4"><v>45427.0</v></c><c r="M483" s="1"><v>1</v></c></row><row r="484" spans="1:13" customFormat="false"><c r="A484" s="1"><v>142</v></c><c r="B484" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C484" s="1" t="str"><v>Metropoolregio Amsterdam (MRA) agenda 2024-2028</v></c><c r="D484" s="1" t="str"><v xml:space="preserve">update (28 juni 2024), planning MRA-bureau:&#13;
 - 11 oktober 2024: vaststellen 100% conceptversie MRA agenda 2024 – 2028 – AV&#13;
 - In de periode van 11 oktober – 29 november 2024 –  hebben alle deelnemers de mogelijkheid om de MRA agenda 2024 -2028 te bekrachtigen in hun eigen raden en staten.&#13;
 - 18 december bekrachtigen MRA-agenda in de AV.&#13;
-</v></c><c r="E421" s="1" t="str"><v/></c><c r="F421" s="4"><v>45218.0</v></c><c r="G421" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H421" s="1" t="str"><v xml:space="preserve"> Müller, Rapporteur, van Dijk</v></c><c r="I421" s="1" t="str"><v>Bestuursadvies</v></c><c r="J421" s="1" t="str"><v/></c><c r="K421" s="1" t="str"><v>Provinciale Staten</v></c><c r="L421" s="4"><v>45441.0</v></c><c r="M421" s="1"><v>1</v></c></row><row r="422" spans="1:13" customFormat="false"><c r="A422" s="1"><v>142</v></c><c r="B422" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C422" s="1" t="str"><v>Metropoolregio Amsterdam (MRA) agenda 2024-2028</v></c><c r="D422" s="1" t="str"><v xml:space="preserve">update (28 juni 2024), planning MRA-bureau:&#13;
+</v></c><c r="E484" s="1" t="str"><v/></c><c r="F484" s="4"><v>45218.0</v></c><c r="G484" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H484" s="1" t="str"><v xml:space="preserve"> Müller, Rapporteur, van Dijk</v></c><c r="I484" s="1" t="str"><v>Bestuursadvies</v></c><c r="J484" s="1" t="str"><v/></c><c r="K484" s="1" t="str"><v>Provinciale Staten</v></c><c r="L484" s="4"><v>45441.0</v></c><c r="M484" s="1"><v>1</v></c></row><row r="485" spans="1:13" customFormat="false"><c r="A485" s="1"><v>142</v></c><c r="B485" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C485" s="1" t="str"><v>Metropoolregio Amsterdam (MRA) agenda 2024-2028</v></c><c r="D485" s="1" t="str"><v xml:space="preserve">update (28 juni 2024), planning MRA-bureau:&#13;
 - 11 oktober 2024: vaststellen 100% conceptversie MRA agenda 2024 – 2028 – AV&#13;
 - In de periode van 11 oktober – 29 november 2024 –  hebben alle deelnemers de mogelijkheid om de MRA agenda 2024 -2028 te bekrachtigen in hun eigen raden en staten.&#13;
 - 18 december bekrachtigen MRA-agenda in de AV.&#13;
-</v></c><c r="E422" s="1" t="str"><v/></c><c r="F422" s="4"><v>45218.0</v></c><c r="G422" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H422" s="1" t="str"><v xml:space="preserve"> Müller, Rapporteur, van Dijk</v></c><c r="I422" s="1" t="str"><v>Bestuursadvies</v></c><c r="J422" s="1" t="str"><v/></c><c r="K422" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L422" s="4"><v>45457.0</v></c><c r="M422" s="1"><v>1</v></c></row><row r="423" spans="1:13" customFormat="false"><c r="A423" s="1"><v>142</v></c><c r="B423" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C423" s="1" t="str"><v>Metropoolregio Amsterdam (MRA) agenda 2024-2028</v></c><c r="D423" s="1" t="str"><v xml:space="preserve">update (28 juni 2024), planning MRA-bureau:&#13;
+</v></c><c r="E485" s="1" t="str"><v/></c><c r="F485" s="4"><v>45218.0</v></c><c r="G485" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H485" s="1" t="str"><v xml:space="preserve"> Müller, Rapporteur, van Dijk</v></c><c r="I485" s="1" t="str"><v>Bestuursadvies</v></c><c r="J485" s="1" t="str"><v/></c><c r="K485" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L485" s="4"><v>45457.0</v></c><c r="M485" s="1"><v>1</v></c></row><row r="486" spans="1:13" customFormat="false"><c r="A486" s="1"><v>142</v></c><c r="B486" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C486" s="1" t="str"><v>Metropoolregio Amsterdam (MRA) agenda 2024-2028</v></c><c r="D486" s="1" t="str"><v xml:space="preserve">update (28 juni 2024), planning MRA-bureau:&#13;
 - 11 oktober 2024: vaststellen 100% conceptversie MRA agenda 2024 – 2028 – AV&#13;
 - In de periode van 11 oktober – 29 november 2024 –  hebben alle deelnemers de mogelijkheid om de MRA agenda 2024 -2028 te bekrachtigen in hun eigen raden en staten.&#13;
 - 18 december bekrachtigen MRA-agenda in de AV.&#13;
-</v></c><c r="E423" s="1" t="str"><v/></c><c r="F423" s="4"><v>45218.0</v></c><c r="G423" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H423" s="1" t="str"><v xml:space="preserve"> Müller, Rapporteur, van Dijk</v></c><c r="I423" s="1" t="str"><v>Bestuursadvies</v></c><c r="J423" s="1" t="str"><v/></c><c r="K423" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L423" s="4"><v>45616.0</v></c><c r="M423" s="1"><v>1</v></c></row><row r="424" spans="1:13" customFormat="false"><c r="A424" s="1"><v>142</v></c><c r="B424" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C424" s="1" t="str"><v>Metropoolregio Amsterdam (MRA) agenda 2024-2028</v></c><c r="D424" s="1" t="str"><v xml:space="preserve">update (28 juni 2024), planning MRA-bureau:&#13;
+</v></c><c r="E486" s="1" t="str"><v/></c><c r="F486" s="4"><v>45218.0</v></c><c r="G486" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H486" s="1" t="str"><v xml:space="preserve"> Müller, Rapporteur, van Dijk</v></c><c r="I486" s="1" t="str"><v>Bestuursadvies</v></c><c r="J486" s="1" t="str"><v/></c><c r="K486" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L486" s="4"><v>45616.0</v></c><c r="M486" s="1"><v>1</v></c></row><row r="487" spans="1:13" customFormat="false"><c r="A487" s="1"><v>142</v></c><c r="B487" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C487" s="1" t="str"><v>Metropoolregio Amsterdam (MRA) agenda 2024-2028</v></c><c r="D487" s="1" t="str"><v xml:space="preserve">update (28 juni 2024), planning MRA-bureau:&#13;
 - 11 oktober 2024: vaststellen 100% conceptversie MRA agenda 2024 – 2028 – AV&#13;
 - In de periode van 11 oktober – 29 november 2024 –  hebben alle deelnemers de mogelijkheid om de MRA agenda 2024 -2028 te bekrachtigen in hun eigen raden en staten.&#13;
 - 18 december bekrachtigen MRA-agenda in de AV.&#13;
-</v></c><c r="E424" s="1" t="str"><v/></c><c r="F424" s="4"><v>45218.0</v></c><c r="G424" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H424" s="1" t="str"><v xml:space="preserve"> Müller, Rapporteur, van Dijk</v></c><c r="I424" s="1" t="str"><v>Bestuursadvies</v></c><c r="J424" s="1" t="str"><v/></c><c r="K424" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L424" s="4"><v>45616.0</v></c><c r="M424" s="1"><v>1</v></c></row><row r="425" spans="1:13" customFormat="false"><c r="A425" s="1"><v>142</v></c><c r="B425" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C425" s="1" t="str"><v>Metropoolregio Amsterdam (MRA) agenda 2024-2028</v></c><c r="D425" s="1" t="str"><v xml:space="preserve">update (28 juni 2024), planning MRA-bureau:&#13;
+</v></c><c r="E487" s="1" t="str"><v/></c><c r="F487" s="4"><v>45218.0</v></c><c r="G487" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H487" s="1" t="str"><v xml:space="preserve"> Müller, Rapporteur, van Dijk</v></c><c r="I487" s="1" t="str"><v>Bestuursadvies</v></c><c r="J487" s="1" t="str"><v/></c><c r="K487" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L487" s="4"><v>45616.0</v></c><c r="M487" s="1"><v>1</v></c></row><row r="488" spans="1:13" customFormat="false"><c r="A488" s="1"><v>142</v></c><c r="B488" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C488" s="1" t="str"><v>Metropoolregio Amsterdam (MRA) agenda 2024-2028</v></c><c r="D488" s="1" t="str"><v xml:space="preserve">update (28 juni 2024), planning MRA-bureau:&#13;
 - 11 oktober 2024: vaststellen 100% conceptversie MRA agenda 2024 – 2028 – AV&#13;
 - In de periode van 11 oktober – 29 november 2024 –  hebben alle deelnemers de mogelijkheid om de MRA agenda 2024 -2028 te bekrachtigen in hun eigen raden en staten.&#13;
 - 18 december bekrachtigen MRA-agenda in de AV.&#13;
-</v></c><c r="E425" s="1" t="str"><v/></c><c r="F425" s="4"><v>45218.0</v></c><c r="G425" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H425" s="1" t="str"><v xml:space="preserve"> Müller, Rapporteur, van Dijk</v></c><c r="I425" s="1" t="str"><v>Bestuursadvies</v></c><c r="J425" s="1" t="str"><v/></c><c r="K425" s="1" t="str"><v>Provinciale Staten</v></c><c r="L425" s="4"><v>45637.0</v></c><c r="M425" s="1"><v>1</v></c></row><row r="426" spans="1:13" customFormat="false"><c r="A426" s="1"><v>6</v></c><c r="B426" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C426" s="1" t="str"><v>Zevende wijziging Legesverordening provincie Flevoland 2016</v></c><c r="D426" s="1" t="str"><v/></c><c r="E426" s="1" t="str"><v/></c><c r="F426" s="4" t="str"><v/></c><c r="G426" s="1" t="str"><v>Milieu</v></c><c r="H426" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I426" s="1" t="str"><v>Financiën</v></c><c r="J426" s="1" t="str"><v/></c><c r="K426" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L426" s="4"><v>44734.0</v></c><c r="M426" s="1"><v>1</v></c></row><row r="427" spans="1:13" customFormat="false"><c r="A427" s="1"><v>6</v></c><c r="B427" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C427" s="1" t="str"><v>Zevende wijziging Legesverordening provincie Flevoland 2016</v></c><c r="D427" s="1" t="str"><v/></c><c r="E427" s="1" t="str"><v/></c><c r="F427" s="4" t="str"><v/></c><c r="G427" s="1" t="str"><v>Milieu</v></c><c r="H427" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I427" s="1" t="str"><v>Financiën</v></c><c r="J427" s="1" t="str"><v/></c><c r="K427" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L427" s="4"><v>44860.0</v></c><c r="M427" s="1"><v>1</v></c></row><row r="428" spans="1:13" customFormat="false"><c r="A428" s="1"><v>6</v></c><c r="B428" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C428" s="1" t="str"><v>Zevende wijziging Legesverordening provincie Flevoland 2016</v></c><c r="D428" s="1" t="str"><v/></c><c r="E428" s="1" t="str"><v/></c><c r="F428" s="4" t="str"><v/></c><c r="G428" s="1" t="str"><v>Milieu</v></c><c r="H428" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I428" s="1" t="str"><v>Financiën</v></c><c r="J428" s="1" t="str"><v/></c><c r="K428" s="1" t="str"><v>Provinciale Staten</v></c><c r="L428" s="4"><v>44874.0</v></c><c r="M428" s="1"><v>1</v></c></row><row r="429" spans="1:13" customFormat="false"><c r="A429" s="1"><v>69</v></c><c r="B429" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C429" s="1" t="str"><v>Omgevingsdienst Flevoland, Gooi &amp; Vechtstreek (Introductieprogramma)</v></c><c r="D429" s="1" t="str"><v>Introductieprogramma Provinciale Staten: Omgevingsdienst Flevoland, Gooi &amp; Vechtstreek</v></c><c r="E429" s="1" t="str"><v/></c><c r="F429" s="4" t="str"><v/></c><c r="G429" s="1" t="str"><v>Milieu</v></c><c r="H429" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I429" s="1" t="str"><v>Milieu</v></c><c r="J429" s="1" t="str"><v/></c><c r="K429" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L429" s="4"><v>45252.0</v></c><c r="M429" s="1"><v>1</v></c></row><row r="430" spans="1:13" customFormat="false"><c r="A430" s="1"><v>89</v></c><c r="B430" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C430" s="1" t="str"><v>Omgevingsdienst OFGV zienswijze begroting</v></c><c r="D430" s="1" t="str"><v/></c><c r="E430" s="1" t="str"><v/></c><c r="F430" s="4" t="str"><v/></c><c r="G430" s="1" t="str"><v>Milieu</v></c><c r="H430" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I430" s="1" t="str"><v>Milieu</v></c><c r="J430" s="1" t="str"><v/></c><c r="K430" s="1" t="str"><v>Beeldvorming integrale ad hoc Commissie</v></c><c r="L430" s="4"><v>45063.0</v></c><c r="M430" s="1"><v>1</v></c></row><row r="431" spans="1:13" customFormat="false"><c r="A431" s="1"><v>89</v></c><c r="B431" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C431" s="1" t="str"><v>Omgevingsdienst OFGV zienswijze begroting</v></c><c r="D431" s="1" t="str"><v/></c><c r="E431" s="1" t="str"><v/></c><c r="F431" s="4" t="str"><v/></c><c r="G431" s="1" t="str"><v>Milieu</v></c><c r="H431" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I431" s="1" t="str"><v>Milieu</v></c><c r="J431" s="1" t="str"><v/></c><c r="K431" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L431" s="4"><v>45063.0</v></c><c r="M431" s="1"><v>1</v></c></row><row r="432" spans="1:13" customFormat="false"><c r="A432" s="1"><v>89</v></c><c r="B432" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C432" s="1" t="str"><v>Omgevingsdienst OFGV zienswijze begroting</v></c><c r="D432" s="1" t="str"><v/></c><c r="E432" s="1" t="str"><v/></c><c r="F432" s="4" t="str"><v/></c><c r="G432" s="1" t="str"><v>Milieu</v></c><c r="H432" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I432" s="1" t="str"><v>Milieu</v></c><c r="J432" s="1" t="str"><v/></c><c r="K432" s="1" t="str"><v>Provinciale Staten</v></c><c r="L432" s="4"><v>45077.0</v></c><c r="M432" s="1"><v>1</v></c></row><row r="433" spans="1:13" customFormat="false"><c r="A433" s="1"><v>89</v></c><c r="B433" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C433" s="1" t="str"><v>Omgevingsdienst OFGV zienswijze begroting</v></c><c r="D433" s="1" t="str"><v/></c><c r="E433" s="1" t="str"><v/></c><c r="F433" s="4" t="str"><v/></c><c r="G433" s="1" t="str"><v>Milieu</v></c><c r="H433" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I433" s="1" t="str"><v>Milieu</v></c><c r="J433" s="1" t="str"><v/></c><c r="K433" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L433" s="4"><v>45427.0</v></c><c r="M433" s="1"><v>1</v></c></row><row r="434" spans="1:13" customFormat="false"><c r="A434" s="1"><v>89</v></c><c r="B434" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C434" s="1" t="str"><v>Omgevingsdienst OFGV zienswijze begroting</v></c><c r="D434" s="1" t="str"><v/></c><c r="E434" s="1" t="str"><v/></c><c r="F434" s="4" t="str"><v/></c><c r="G434" s="1" t="str"><v>Milieu</v></c><c r="H434" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I434" s="1" t="str"><v>Milieu</v></c><c r="J434" s="1" t="str"><v/></c><c r="K434" s="1" t="str"><v>Provinciale Staten</v></c><c r="L434" s="4"><v>45441.0</v></c><c r="M434" s="1"><v>1</v></c></row><row r="435" spans="1:13" customFormat="false"><c r="A435" s="1"><v>331</v></c><c r="B435" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C435" s="1" t="str"><v>Geluidsnormen langs provinciale wegen</v></c><c r="D435" s="1" t="str"><v xml:space="preserve">De wijze waarop het geluid langs provinciale wegen op grond van de Omgevingswet zal worden beheerd.&#13;
+</v></c><c r="E488" s="1" t="str"><v/></c><c r="F488" s="4"><v>45218.0</v></c><c r="G488" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H488" s="1" t="str"><v xml:space="preserve"> Müller, Rapporteur, van Dijk</v></c><c r="I488" s="1" t="str"><v>Bestuursadvies</v></c><c r="J488" s="1" t="str"><v/></c><c r="K488" s="1" t="str"><v>Provinciale Staten</v></c><c r="L488" s="4"><v>45637.0</v></c><c r="M488" s="1"><v>1</v></c></row><row r="489" spans="1:13" customFormat="false"><c r="A489" s="1"><v>6</v></c><c r="B489" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C489" s="1" t="str"><v>Zevende wijziging Legesverordening provincie Flevoland 2016</v></c><c r="D489" s="1" t="str"><v/></c><c r="E489" s="1" t="str"><v/></c><c r="F489" s="4" t="str"><v/></c><c r="G489" s="1" t="str"><v>Milieu</v></c><c r="H489" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I489" s="1" t="str"><v>Financiën</v></c><c r="J489" s="1" t="str"><v/></c><c r="K489" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L489" s="4"><v>44734.0</v></c><c r="M489" s="1"><v>1</v></c></row><row r="490" spans="1:13" customFormat="false"><c r="A490" s="1"><v>6</v></c><c r="B490" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C490" s="1" t="str"><v>Zevende wijziging Legesverordening provincie Flevoland 2016</v></c><c r="D490" s="1" t="str"><v/></c><c r="E490" s="1" t="str"><v/></c><c r="F490" s="4" t="str"><v/></c><c r="G490" s="1" t="str"><v>Milieu</v></c><c r="H490" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I490" s="1" t="str"><v>Financiën</v></c><c r="J490" s="1" t="str"><v/></c><c r="K490" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L490" s="4"><v>44860.0</v></c><c r="M490" s="1"><v>1</v></c></row><row r="491" spans="1:13" customFormat="false"><c r="A491" s="1"><v>6</v></c><c r="B491" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C491" s="1" t="str"><v>Zevende wijziging Legesverordening provincie Flevoland 2016</v></c><c r="D491" s="1" t="str"><v/></c><c r="E491" s="1" t="str"><v/></c><c r="F491" s="4" t="str"><v/></c><c r="G491" s="1" t="str"><v>Milieu</v></c><c r="H491" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I491" s="1" t="str"><v>Financiën</v></c><c r="J491" s="1" t="str"><v/></c><c r="K491" s="1" t="str"><v>Provinciale Staten</v></c><c r="L491" s="4"><v>44874.0</v></c><c r="M491" s="1"><v>1</v></c></row><row r="492" spans="1:13" customFormat="false"><c r="A492" s="1"><v>69</v></c><c r="B492" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C492" s="1" t="str"><v>Omgevingsdienst Flevoland, Gooi &amp; Vechtstreek (Introductieprogramma)</v></c><c r="D492" s="1" t="str"><v>Introductieprogramma Provinciale Staten: Omgevingsdienst Flevoland, Gooi &amp; Vechtstreek</v></c><c r="E492" s="1" t="str"><v/></c><c r="F492" s="4" t="str"><v/></c><c r="G492" s="1" t="str"><v>Milieu</v></c><c r="H492" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I492" s="1" t="str"><v>Milieu</v></c><c r="J492" s="1" t="str"><v/></c><c r="K492" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L492" s="4"><v>45252.0</v></c><c r="M492" s="1"><v>1</v></c></row><row r="493" spans="1:13" customFormat="false"><c r="A493" s="1"><v>89</v></c><c r="B493" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C493" s="1" t="str"><v xml:space="preserve"> OFGV- (ontwerp)begroting -zienswijze </v></c><c r="D493" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten. &#13;
+&#13;
+De Raden en Staten kunnen op grond van art. 35 Wet Gemeenschappelijke Regelingen hun zienswijze over de ontwerpbegroting naar voren brengen. Het Algemeen Bestuur besluit over alle zienswijzen en stelt de begroting vast.</v></c><c r="E493" s="1" t="str"><v/></c><c r="F493" s="4" t="str"><v/></c><c r="G493" s="1" t="str"><v>Milieu</v></c><c r="H493" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I493" s="1" t="str"><v>Milieu</v></c><c r="J493" s="1" t="str"><v>De zienswijzetermijn loopt tot en met 5 januari 2026. Het algemeen bestuur (AB) van de OFGV moet op basis van deze ontwerpbegroting en de zienswijzen de ontwerpbegroting uiterlijk 1 april 2026 vaststellen. De termijn voor deze vaststelling is ten opzichte van eerdere jaren vervroegd om zo de door het Ministerie van I&amp;W gestelde termijn om te voldoen aan de robuustheidscriteria te voldoen.</v></c><c r="K493" s="1" t="str"><v>Beeldvorming integrale ad hoc Commissie</v></c><c r="L493" s="4"><v>45063.0</v></c><c r="M493" s="1"><v>1</v></c></row><row r="494" spans="1:13" customFormat="false"><c r="A494" s="1"><v>89</v></c><c r="B494" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C494" s="1" t="str"><v xml:space="preserve"> OFGV- (ontwerp)begroting -zienswijze </v></c><c r="D494" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten. &#13;
+&#13;
+De Raden en Staten kunnen op grond van art. 35 Wet Gemeenschappelijke Regelingen hun zienswijze over de ontwerpbegroting naar voren brengen. Het Algemeen Bestuur besluit over alle zienswijzen en stelt de begroting vast.</v></c><c r="E494" s="1" t="str"><v/></c><c r="F494" s="4" t="str"><v/></c><c r="G494" s="1" t="str"><v>Milieu</v></c><c r="H494" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I494" s="1" t="str"><v>Milieu</v></c><c r="J494" s="1" t="str"><v>De zienswijzetermijn loopt tot en met 5 januari 2026. Het algemeen bestuur (AB) van de OFGV moet op basis van deze ontwerpbegroting en de zienswijzen de ontwerpbegroting uiterlijk 1 april 2026 vaststellen. De termijn voor deze vaststelling is ten opzichte van eerdere jaren vervroegd om zo de door het Ministerie van I&amp;W gestelde termijn om te voldoen aan de robuustheidscriteria te voldoen.</v></c><c r="K494" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L494" s="4"><v>45063.0</v></c><c r="M494" s="1"><v>1</v></c></row><row r="495" spans="1:13" customFormat="false"><c r="A495" s="1"><v>89</v></c><c r="B495" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C495" s="1" t="str"><v xml:space="preserve"> OFGV- (ontwerp)begroting -zienswijze </v></c><c r="D495" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten. &#13;
+&#13;
+De Raden en Staten kunnen op grond van art. 35 Wet Gemeenschappelijke Regelingen hun zienswijze over de ontwerpbegroting naar voren brengen. Het Algemeen Bestuur besluit over alle zienswijzen en stelt de begroting vast.</v></c><c r="E495" s="1" t="str"><v/></c><c r="F495" s="4" t="str"><v/></c><c r="G495" s="1" t="str"><v>Milieu</v></c><c r="H495" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I495" s="1" t="str"><v>Milieu</v></c><c r="J495" s="1" t="str"><v>De zienswijzetermijn loopt tot en met 5 januari 2026. Het algemeen bestuur (AB) van de OFGV moet op basis van deze ontwerpbegroting en de zienswijzen de ontwerpbegroting uiterlijk 1 april 2026 vaststellen. De termijn voor deze vaststelling is ten opzichte van eerdere jaren vervroegd om zo de door het Ministerie van I&amp;W gestelde termijn om te voldoen aan de robuustheidscriteria te voldoen.</v></c><c r="K495" s="1" t="str"><v>Provinciale Staten</v></c><c r="L495" s="4"><v>45077.0</v></c><c r="M495" s="1"><v>1</v></c></row><row r="496" spans="1:13" customFormat="false"><c r="A496" s="1"><v>89</v></c><c r="B496" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C496" s="1" t="str"><v xml:space="preserve"> OFGV- (ontwerp)begroting -zienswijze </v></c><c r="D496" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten. &#13;
+&#13;
+De Raden en Staten kunnen op grond van art. 35 Wet Gemeenschappelijke Regelingen hun zienswijze over de ontwerpbegroting naar voren brengen. Het Algemeen Bestuur besluit over alle zienswijzen en stelt de begroting vast.</v></c><c r="E496" s="1" t="str"><v/></c><c r="F496" s="4" t="str"><v/></c><c r="G496" s="1" t="str"><v>Milieu</v></c><c r="H496" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I496" s="1" t="str"><v>Milieu</v></c><c r="J496" s="1" t="str"><v>De zienswijzetermijn loopt tot en met 5 januari 2026. Het algemeen bestuur (AB) van de OFGV moet op basis van deze ontwerpbegroting en de zienswijzen de ontwerpbegroting uiterlijk 1 april 2026 vaststellen. De termijn voor deze vaststelling is ten opzichte van eerdere jaren vervroegd om zo de door het Ministerie van I&amp;W gestelde termijn om te voldoen aan de robuustheidscriteria te voldoen.</v></c><c r="K496" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L496" s="4"><v>45427.0</v></c><c r="M496" s="1"><v>1</v></c></row><row r="497" spans="1:13" customFormat="false"><c r="A497" s="1"><v>89</v></c><c r="B497" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C497" s="1" t="str"><v xml:space="preserve"> OFGV- (ontwerp)begroting -zienswijze </v></c><c r="D497" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten. &#13;
+&#13;
+De Raden en Staten kunnen op grond van art. 35 Wet Gemeenschappelijke Regelingen hun zienswijze over de ontwerpbegroting naar voren brengen. Het Algemeen Bestuur besluit over alle zienswijzen en stelt de begroting vast.</v></c><c r="E497" s="1" t="str"><v/></c><c r="F497" s="4" t="str"><v/></c><c r="G497" s="1" t="str"><v>Milieu</v></c><c r="H497" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I497" s="1" t="str"><v>Milieu</v></c><c r="J497" s="1" t="str"><v>De zienswijzetermijn loopt tot en met 5 januari 2026. Het algemeen bestuur (AB) van de OFGV moet op basis van deze ontwerpbegroting en de zienswijzen de ontwerpbegroting uiterlijk 1 april 2026 vaststellen. De termijn voor deze vaststelling is ten opzichte van eerdere jaren vervroegd om zo de door het Ministerie van I&amp;W gestelde termijn om te voldoen aan de robuustheidscriteria te voldoen.</v></c><c r="K497" s="1" t="str"><v>Provinciale Staten</v></c><c r="L497" s="4"><v>45441.0</v></c><c r="M497" s="1"><v>1</v></c></row><row r="498" spans="1:13" customFormat="false"><c r="A498" s="1"><v>89</v></c><c r="B498" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C498" s="1" t="str"><v xml:space="preserve"> OFGV- (ontwerp)begroting -zienswijze </v></c><c r="D498" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten. &#13;
+&#13;
+De Raden en Staten kunnen op grond van art. 35 Wet Gemeenschappelijke Regelingen hun zienswijze over de ontwerpbegroting naar voren brengen. Het Algemeen Bestuur besluit over alle zienswijzen en stelt de begroting vast.</v></c><c r="E498" s="1" t="str"><v/></c><c r="F498" s="4" t="str"><v/></c><c r="G498" s="1" t="str"><v>Milieu</v></c><c r="H498" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I498" s="1" t="str"><v>Milieu</v></c><c r="J498" s="1" t="str"><v>De zienswijzetermijn loopt tot en met 5 januari 2026. Het algemeen bestuur (AB) van de OFGV moet op basis van deze ontwerpbegroting en de zienswijzen de ontwerpbegroting uiterlijk 1 april 2026 vaststellen. De termijn voor deze vaststelling is ten opzichte van eerdere jaren vervroegd om zo de door het Ministerie van I&amp;W gestelde termijn om te voldoen aan de robuustheidscriteria te voldoen.</v></c><c r="K498" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L498" s="4"><v>45784.0</v></c><c r="M498" s="1"><v>1</v></c></row><row r="499" spans="1:13" customFormat="false"><c r="A499" s="1"><v>89</v></c><c r="B499" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C499" s="1" t="str"><v xml:space="preserve"> OFGV- (ontwerp)begroting -zienswijze </v></c><c r="D499" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten. &#13;
+&#13;
+De Raden en Staten kunnen op grond van art. 35 Wet Gemeenschappelijke Regelingen hun zienswijze over de ontwerpbegroting naar voren brengen. Het Algemeen Bestuur besluit over alle zienswijzen en stelt de begroting vast.</v></c><c r="E499" s="1" t="str"><v/></c><c r="F499" s="4" t="str"><v/></c><c r="G499" s="1" t="str"><v>Milieu</v></c><c r="H499" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I499" s="1" t="str"><v>Milieu</v></c><c r="J499" s="1" t="str"><v>De zienswijzetermijn loopt tot en met 5 januari 2026. Het algemeen bestuur (AB) van de OFGV moet op basis van deze ontwerpbegroting en de zienswijzen de ontwerpbegroting uiterlijk 1 april 2026 vaststellen. De termijn voor deze vaststelling is ten opzichte van eerdere jaren vervroegd om zo de door het Ministerie van I&amp;W gestelde termijn om te voldoen aan de robuustheidscriteria te voldoen.</v></c><c r="K499" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L499" s="4"><v>45791.0</v></c><c r="M499" s="1"><v>1</v></c></row><row r="500" spans="1:13" customFormat="false"><c r="A500" s="1"><v>89</v></c><c r="B500" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C500" s="1" t="str"><v xml:space="preserve"> OFGV- (ontwerp)begroting -zienswijze </v></c><c r="D500" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten. &#13;
+&#13;
+De Raden en Staten kunnen op grond van art. 35 Wet Gemeenschappelijke Regelingen hun zienswijze over de ontwerpbegroting naar voren brengen. Het Algemeen Bestuur besluit over alle zienswijzen en stelt de begroting vast.</v></c><c r="E500" s="1" t="str"><v/></c><c r="F500" s="4" t="str"><v/></c><c r="G500" s="1" t="str"><v>Milieu</v></c><c r="H500" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I500" s="1" t="str"><v>Milieu</v></c><c r="J500" s="1" t="str"><v>De zienswijzetermijn loopt tot en met 5 januari 2026. Het algemeen bestuur (AB) van de OFGV moet op basis van deze ontwerpbegroting en de zienswijzen de ontwerpbegroting uiterlijk 1 april 2026 vaststellen. De termijn voor deze vaststelling is ten opzichte van eerdere jaren vervroegd om zo de door het Ministerie van I&amp;W gestelde termijn om te voldoen aan de robuustheidscriteria te voldoen.</v></c><c r="K500" s="1" t="str"><v>Provinciale Staten</v></c><c r="L500" s="4"><v>45805.0</v></c><c r="M500" s="1"><v>1</v></c></row><row r="501" spans="1:13" customFormat="false"><c r="A501" s="1"><v>89</v></c><c r="B501" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C501" s="1" t="str"><v xml:space="preserve"> OFGV- (ontwerp)begroting -zienswijze </v></c><c r="D501" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten. &#13;
+&#13;
+De Raden en Staten kunnen op grond van art. 35 Wet Gemeenschappelijke Regelingen hun zienswijze over de ontwerpbegroting naar voren brengen. Het Algemeen Bestuur besluit over alle zienswijzen en stelt de begroting vast.</v></c><c r="E501" s="1" t="str"><v/></c><c r="F501" s="4" t="str"><v/></c><c r="G501" s="1" t="str"><v>Milieu</v></c><c r="H501" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I501" s="1" t="str"><v>Milieu</v></c><c r="J501" s="1" t="str"><v>De zienswijzetermijn loopt tot en met 5 januari 2026. Het algemeen bestuur (AB) van de OFGV moet op basis van deze ontwerpbegroting en de zienswijzen de ontwerpbegroting uiterlijk 1 april 2026 vaststellen. De termijn voor deze vaststelling is ten opzichte van eerdere jaren vervroegd om zo de door het Ministerie van I&amp;W gestelde termijn om te voldoen aan de robuustheidscriteria te voldoen.</v></c><c r="K501" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L501" s="4"><v>45987.0</v></c><c r="M501" s="1"><v>1</v></c></row><row r="502" spans="1:13" customFormat="false"><c r="A502" s="1"><v>89</v></c><c r="B502" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C502" s="1" t="str"><v xml:space="preserve"> OFGV- (ontwerp)begroting -zienswijze </v></c><c r="D502" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten. &#13;
+&#13;
+De Raden en Staten kunnen op grond van art. 35 Wet Gemeenschappelijke Regelingen hun zienswijze over de ontwerpbegroting naar voren brengen. Het Algemeen Bestuur besluit over alle zienswijzen en stelt de begroting vast.</v></c><c r="E502" s="1" t="str"><v/></c><c r="F502" s="4" t="str"><v/></c><c r="G502" s="1" t="str"><v>Milieu</v></c><c r="H502" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I502" s="1" t="str"><v>Milieu</v></c><c r="J502" s="1" t="str"><v>De zienswijzetermijn loopt tot en met 5 januari 2026. Het algemeen bestuur (AB) van de OFGV moet op basis van deze ontwerpbegroting en de zienswijzen de ontwerpbegroting uiterlijk 1 april 2026 vaststellen. De termijn voor deze vaststelling is ten opzichte van eerdere jaren vervroegd om zo de door het Ministerie van I&amp;W gestelde termijn om te voldoen aan de robuustheidscriteria te voldoen.</v></c><c r="K502" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L502" s="4"><v>45994.0</v></c><c r="M502" s="1"><v>1</v></c></row><row r="503" spans="1:13" customFormat="false"><c r="A503" s="1"><v>89</v></c><c r="B503" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C503" s="1" t="str"><v xml:space="preserve"> OFGV- (ontwerp)begroting -zienswijze </v></c><c r="D503" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten. &#13;
+&#13;
+De Raden en Staten kunnen op grond van art. 35 Wet Gemeenschappelijke Regelingen hun zienswijze over de ontwerpbegroting naar voren brengen. Het Algemeen Bestuur besluit over alle zienswijzen en stelt de begroting vast.</v></c><c r="E503" s="1" t="str"><v/></c><c r="F503" s="4" t="str"><v/></c><c r="G503" s="1" t="str"><v>Milieu</v></c><c r="H503" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I503" s="1" t="str"><v>Milieu</v></c><c r="J503" s="1" t="str"><v>De zienswijzetermijn loopt tot en met 5 januari 2026. Het algemeen bestuur (AB) van de OFGV moet op basis van deze ontwerpbegroting en de zienswijzen de ontwerpbegroting uiterlijk 1 april 2026 vaststellen. De termijn voor deze vaststelling is ten opzichte van eerdere jaren vervroegd om zo de door het Ministerie van I&amp;W gestelde termijn om te voldoen aan de robuustheidscriteria te voldoen.</v></c><c r="K503" s="1" t="str"><v>Provinciale Staten</v></c><c r="L503" s="4"><v>46008.0</v></c><c r="M503" s="1"><v>1</v></c></row><row r="504" spans="1:13" customFormat="false"><c r="A504" s="1"><v>331</v></c><c r="B504" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C504" s="1" t="str"><v>Geluidsnormen langs provinciale wegen</v></c><c r="D504" s="1" t="str"><v xml:space="preserve">De wijze waarop het geluid langs provinciale wegen op grond van de Omgevingswet zal worden beheerd.&#13;
 Dit onderwerp gaat mee in het statenvoorstel vaststelling herziening omgevingsverordening (nov/dec 2024) &#13;
 &#13;
-</v></c><c r="E435" s="1" t="str"><v/></c><c r="F435" s="4" t="str"><v/></c><c r="G435" s="1" t="str"><v>Milieu</v></c><c r="H435" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I435" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J435" s="1" t="str"><v/></c><c r="K435" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L435" s="4"><v>45581.0</v></c><c r="M435" s="1"><v>1</v></c></row><row r="436" spans="1:13" customFormat="false"><c r="A436" s="1"><v>348</v></c><c r="B436" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C436" s="1" t="str"><v>Zienswijze op de 1e  begrotingswijziging 2025 van de OFGV</v></c><c r="D436" s="1" t="str"><v/></c><c r="E436" s="1" t="str"><v/></c><c r="F436" s="4"><v>45607.0</v></c><c r="G436" s="1" t="str"><v>Milieu</v></c><c r="H436" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I436" s="1"/><c r="J436" s="1" t="str"><v/></c><c r="K436" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L436" s="4"><v>45672.0</v></c><c r="M436" s="1"><v>1</v></c></row><row r="437" spans="1:13" customFormat="false"><c r="A437" s="1"><v>348</v></c><c r="B437" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C437" s="1" t="str"><v>Zienswijze op de 1e  begrotingswijziging 2025 van de OFGV</v></c><c r="D437" s="1" t="str"><v/></c><c r="E437" s="1" t="str"><v/></c><c r="F437" s="4"><v>45607.0</v></c><c r="G437" s="1" t="str"><v>Milieu</v></c><c r="H437" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I437" s="1"/><c r="J437" s="1" t="str"><v/></c><c r="K437" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L437" s="4"><v>45693.0</v></c><c r="M437" s="1"><v>1</v></c></row><row r="438" spans="1:13" customFormat="false"><c r="A438" s="1"><v>348</v></c><c r="B438" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C438" s="1" t="str"><v>Zienswijze op de 1e  begrotingswijziging 2025 van de OFGV</v></c><c r="D438" s="1" t="str"><v/></c><c r="E438" s="1" t="str"><v/></c><c r="F438" s="4"><v>45607.0</v></c><c r="G438" s="1" t="str"><v>Milieu</v></c><c r="H438" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I438" s="1"/><c r="J438" s="1" t="str"><v/></c><c r="K438" s="1" t="str"><v>Provinciale Staten</v></c><c r="L438" s="4"><v>45714.0</v></c><c r="M438" s="1"><v>1</v></c></row><row r="439" spans="1:13" customFormat="false"><c r="A439" s="1"><v>365</v></c><c r="B439" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C439" s="1" t="str"><v>Zienswijze begroting 2026 OFGV</v></c><c r="D439" s="1" t="str"><v/></c><c r="E439" s="1" t="str"><v/></c><c r="F439" s="4" t="str"><v/></c><c r="G439" s="1" t="str"><v>Milieu</v></c><c r="H439" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I439" s="1" t="str"><v>Milieu</v></c><c r="J439" s="1" t="str"><v/></c><c r="K439" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L439" s="4"><v>45784.0</v></c><c r="M439" s="1"><v>1</v></c></row><row r="440" spans="1:13" customFormat="false"><c r="A440" s="1"><v>365</v></c><c r="B440" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C440" s="1" t="str"><v>Zienswijze begroting 2026 OFGV</v></c><c r="D440" s="1" t="str"><v/></c><c r="E440" s="1" t="str"><v/></c><c r="F440" s="4" t="str"><v/></c><c r="G440" s="1" t="str"><v>Milieu</v></c><c r="H440" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I440" s="1" t="str"><v>Milieu</v></c><c r="J440" s="1" t="str"><v/></c><c r="K440" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L440" s="4"><v>45791.0</v></c><c r="M440" s="1"><v>1</v></c></row><row r="441" spans="1:13" customFormat="false"><c r="A441" s="1"><v>365</v></c><c r="B441" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C441" s="1" t="str"><v>Zienswijze begroting 2026 OFGV</v></c><c r="D441" s="1" t="str"><v/></c><c r="E441" s="1" t="str"><v/></c><c r="F441" s="4" t="str"><v/></c><c r="G441" s="1" t="str"><v>Milieu</v></c><c r="H441" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I441" s="1" t="str"><v>Milieu</v></c><c r="J441" s="1" t="str"><v/></c><c r="K441" s="1" t="str"><v>Provinciale Staten</v></c><c r="L441" s="4"><v>45805.0</v></c><c r="M441" s="1"><v>1</v></c></row><row r="442" spans="1:13" customFormat="false"><c r="A442" s="1"><v>386</v></c><c r="B442" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C442" s="1" t="str"><v>Zienswijze resultaatbestemming Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV)</v></c><c r="D442" s="1" t="str"><v>Het Dagelijks Bestuur van de OFGV heeft een voorstel voor de resultaatbestemming 2024 aangeboden aan de Staten. De Staten kunnen op grond van artikel 29 van de Gemeenschappelijke Regeling hun zienswijze op de voorgestelde resultaatbestemming naar voren brengen.</v></c><c r="E442" s="1" t="str"><v/></c><c r="F442" s="4" t="str"><v/></c><c r="G442" s="1" t="str"><v>Milieu</v></c><c r="H442" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I442" s="1" t="str"><v>Milieu</v></c><c r="J442" s="1" t="str"><v/></c><c r="K442" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L442" s="4"><v>45910.0</v></c><c r="M442" s="1"><v>1</v></c></row><row r="443" spans="1:13" customFormat="false"><c r="A443" s="1"><v>386</v></c><c r="B443" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C443" s="1" t="str"><v>Zienswijze resultaatbestemming Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV)</v></c><c r="D443" s="1" t="str"><v>Het Dagelijks Bestuur van de OFGV heeft een voorstel voor de resultaatbestemming 2024 aangeboden aan de Staten. De Staten kunnen op grond van artikel 29 van de Gemeenschappelijke Regeling hun zienswijze op de voorgestelde resultaatbestemming naar voren brengen.</v></c><c r="E443" s="1" t="str"><v/></c><c r="F443" s="4" t="str"><v/></c><c r="G443" s="1" t="str"><v>Milieu</v></c><c r="H443" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I443" s="1" t="str"><v>Milieu</v></c><c r="J443" s="1" t="str"><v/></c><c r="K443" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L443" s="4"><v>45910.0</v></c><c r="M443" s="1"><v>1</v></c></row><row r="444" spans="1:13" customFormat="false"><c r="A444" s="1"><v>386</v></c><c r="B444" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C444" s="1" t="str"><v>Zienswijze resultaatbestemming Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV)</v></c><c r="D444" s="1" t="str"><v>Het Dagelijks Bestuur van de OFGV heeft een voorstel voor de resultaatbestemming 2024 aangeboden aan de Staten. De Staten kunnen op grond van artikel 29 van de Gemeenschappelijke Regeling hun zienswijze op de voorgestelde resultaatbestemming naar voren brengen.</v></c><c r="E444" s="1" t="str"><v/></c><c r="F444" s="4" t="str"><v/></c><c r="G444" s="1" t="str"><v>Milieu</v></c><c r="H444" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I444" s="1" t="str"><v>Milieu</v></c><c r="J444" s="1" t="str"><v/></c><c r="K444" s="1" t="str"><v>Provinciale Staten</v></c><c r="L444" s="4"><v>45924.0</v></c><c r="M444" s="1"><v>1</v></c></row><row r="445" spans="1:13" customFormat="false"><c r="A445" s="1"><v>395</v></c><c r="B445" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C445" s="1" t="str"><v>Zienswijze ontwerpbegroting 2027 Omgevingsdienst Flevoland, Gooi en Vechtstreek (OFGV)</v></c><c r="D445" s="1" t="str"><v/></c><c r="E445" s="1" t="str"><v/></c><c r="F445" s="4" t="str"><v/></c><c r="G445" s="1" t="str"><v>Milieu</v></c><c r="H445" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I445" s="1" t="str"><v>Milieu</v></c><c r="J445" s="1" t="str"><v/></c><c r="K445" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L445" s="4"><v>45987.0</v></c><c r="M445" s="1"><v>1</v></c></row><row r="446" spans="1:13" customFormat="false"><c r="A446" s="1"><v>395</v></c><c r="B446" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C446" s="1" t="str"><v>Zienswijze ontwerpbegroting 2027 Omgevingsdienst Flevoland, Gooi en Vechtstreek (OFGV)</v></c><c r="D446" s="1" t="str"><v/></c><c r="E446" s="1" t="str"><v/></c><c r="F446" s="4" t="str"><v/></c><c r="G446" s="1" t="str"><v>Milieu</v></c><c r="H446" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I446" s="1" t="str"><v>Milieu</v></c><c r="J446" s="1" t="str"><v/></c><c r="K446" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L446" s="4"><v>45994.0</v></c><c r="M446" s="1"><v>1</v></c></row><row r="447" spans="1:13" customFormat="false"><c r="A447" s="1"><v>395</v></c><c r="B447" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C447" s="1" t="str"><v>Zienswijze ontwerpbegroting 2027 Omgevingsdienst Flevoland, Gooi en Vechtstreek (OFGV)</v></c><c r="D447" s="1" t="str"><v/></c><c r="E447" s="1" t="str"><v/></c><c r="F447" s="4" t="str"><v/></c><c r="G447" s="1" t="str"><v>Milieu</v></c><c r="H447" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I447" s="1" t="str"><v>Milieu</v></c><c r="J447" s="1" t="str"><v/></c><c r="K447" s="1" t="str"><v>Provinciale Staten</v></c><c r="L447" s="4"><v>46008.0</v></c><c r="M447" s="1"><v>0</v></c></row><row r="448" spans="1:13" customFormat="false"><c r="A448" s="1"><v>65</v></c><c r="B448" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C448" s="1" t="str"><v>Mobiliteit (Introductieprogramma)</v></c><c r="D448" s="1" t="str"><v>Introductieprogramma Provinciale Staten: uitleg over dossier Mobiliteit</v></c><c r="E448" s="1" t="str"><v/></c><c r="F448" s="4" t="str"><v/></c><c r="G448" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H448" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I448" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J448" s="1" t="str"><v/></c><c r="K448" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L448" s="4"><v>45182.0</v></c><c r="M448" s="1"><v>1</v></c></row><row r="449" spans="1:13" customFormat="false"><c r="A449" s="1"><v>108</v></c><c r="B449" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C449" s="1" t="str"><v>Multimodaal Infrastructuur Testcentrum (MITC) Partiele herziening Omgevingsprogramma Flevoland</v></c><c r="D449" s="1" t="str"><v/></c><c r="E449" s="1" t="str"><v/></c><c r="F449" s="4" t="str"><v/></c><c r="G449" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H449" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I449" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J449" s="1" t="str"><v/></c><c r="K449" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L449" s="4"><v>45119.0</v></c><c r="M449" s="1"><v>1</v></c></row><row r="450" spans="1:13" customFormat="false"><c r="A450" s="1"><v>108</v></c><c r="B450" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C450" s="1" t="str"><v>Multimodaal Infrastructuur Testcentrum (MITC) Partiele herziening Omgevingsprogramma Flevoland</v></c><c r="D450" s="1" t="str"><v/></c><c r="E450" s="1" t="str"><v/></c><c r="F450" s="4" t="str"><v/></c><c r="G450" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H450" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I450" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J450" s="1" t="str"><v/></c><c r="K450" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L450" s="4"><v>45119.0</v></c><c r="M450" s="1"><v>1</v></c></row><row r="451" spans="1:13" customFormat="false"><c r="A451" s="1"><v>108</v></c><c r="B451" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C451" s="1" t="str"><v>Multimodaal Infrastructuur Testcentrum (MITC) Partiele herziening Omgevingsprogramma Flevoland</v></c><c r="D451" s="1" t="str"><v/></c><c r="E451" s="1" t="str"><v/></c><c r="F451" s="4" t="str"><v/></c><c r="G451" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H451" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I451" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J451" s="1" t="str"><v/></c><c r="K451" s="1" t="str"><v>Provinciale Staten</v></c><c r="L451" s="4"><v>45126.0</v></c><c r="M451" s="1"><v>1</v></c></row><row r="452" spans="1:13" customFormat="false"><c r="A452" s="1"><v>131</v></c><c r="B452" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C452" s="1" t="str"><v>Kaders nieuw delegatiebesluit openbaar vervoer Almere</v></c><c r="D452" s="1" t="str"><v xml:space="preserve">In 2005 en 2016 hebben Provinciale Staten eerder ingestemd met delegatie aan Almere voor het aanbesteden en beheren van het stad- en streekvervoer in en rond deze stad. Het college heeft het voornemen uitgesproken om dit beleid te continueren en met ingang van 1 januari 2028 opnieuw de verantwoordelijkheid voor het busvervoer van Almere te delegeren. &#13;
-[...5 lines deleted...]
-</v></c><c r="E457" s="1" t="str"><v/></c><c r="F457" s="4"><v>45201.0</v></c><c r="G457" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H457" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I457" s="1" t="str"><v>Mobiliteit</v></c><c r="J457" s="1" t="str"><v/></c><c r="K457" s="1" t="str"><v>Provinciale Staten</v></c><c r="L457" s="4"><v>45637.0</v></c><c r="M457" s="1"><v>1</v></c></row><row r="458" spans="1:13" customFormat="false"><c r="A458" s="1"><v>167</v></c><c r="B458" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C458" s="1" t="str"><v xml:space="preserve"> Lelylijn</v></c><c r="D458" s="1" t="str"><v xml:space="preserve">Deltaplan Noordelijk Nederland / Lelylijn : voorbereidingen t.b.v. BO MIRT november 2024.&#13;
+</v></c><c r="E504" s="1" t="str"><v/></c><c r="F504" s="4" t="str"><v/></c><c r="G504" s="1" t="str"><v>Milieu</v></c><c r="H504" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I504" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J504" s="1" t="str"><v/></c><c r="K504" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L504" s="4"><v>45581.0</v></c><c r="M504" s="1"><v>1</v></c></row><row r="505" spans="1:13" customFormat="false"><c r="A505" s="1"><v>348</v></c><c r="B505" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C505" s="1" t="str"><v>OFGV - Begrotingswijziging - zienswijze</v></c><c r="D505" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten.&#13;
+ &#13;
+In de GR is vastgelegd dat het dagelijks bestuur van de OFGV een voorgenomen &#13;
+begrotingswijziging toezendt aan de Raden en Staten. De Raden en Staten kunnen op grond van artikel 23 en 25 van de GR hun zienswijze over de voorgestelde begrotingswijziging naar voren brengen.</v></c><c r="E505" s="1" t="str"><v/></c><c r="F505" s="4"><v>45607.0</v></c><c r="G505" s="1" t="str"><v>Milieu</v></c><c r="H505" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I505" s="1"/><c r="J505" s="1" t="str"><v/></c><c r="K505" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L505" s="4"><v>45182.0</v></c><c r="M505" s="1"><v>1</v></c></row><row r="506" spans="1:13" customFormat="false"><c r="A506" s="1"><v>348</v></c><c r="B506" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C506" s="1" t="str"><v>OFGV - Begrotingswijziging - zienswijze</v></c><c r="D506" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten.&#13;
+ &#13;
+In de GR is vastgelegd dat het dagelijks bestuur van de OFGV een voorgenomen &#13;
+begrotingswijziging toezendt aan de Raden en Staten. De Raden en Staten kunnen op grond van artikel 23 en 25 van de GR hun zienswijze over de voorgestelde begrotingswijziging naar voren brengen.</v></c><c r="E506" s="1" t="str"><v/></c><c r="F506" s="4"><v>45607.0</v></c><c r="G506" s="1" t="str"><v>Milieu</v></c><c r="H506" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I506" s="1"/><c r="J506" s="1" t="str"><v/></c><c r="K506" s="1" t="str"><v>Provinciale Staten</v></c><c r="L506" s="4"><v>45196.0</v></c><c r="M506" s="1"><v>1</v></c></row><row r="507" spans="1:13" customFormat="false"><c r="A507" s="1"><v>348</v></c><c r="B507" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C507" s="1" t="str"><v>OFGV - Begrotingswijziging - zienswijze</v></c><c r="D507" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten.&#13;
+ &#13;
+In de GR is vastgelegd dat het dagelijks bestuur van de OFGV een voorgenomen &#13;
+begrotingswijziging toezendt aan de Raden en Staten. De Raden en Staten kunnen op grond van artikel 23 en 25 van de GR hun zienswijze over de voorgestelde begrotingswijziging naar voren brengen.</v></c><c r="E507" s="1" t="str"><v/></c><c r="F507" s="4"><v>45607.0</v></c><c r="G507" s="1" t="str"><v>Milieu</v></c><c r="H507" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I507" s="1"/><c r="J507" s="1" t="str"><v/></c><c r="K507" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L507" s="4"><v>45672.0</v></c><c r="M507" s="1"><v>1</v></c></row><row r="508" spans="1:13" customFormat="false"><c r="A508" s="1"><v>348</v></c><c r="B508" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C508" s="1" t="str"><v>OFGV - Begrotingswijziging - zienswijze</v></c><c r="D508" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten.&#13;
+ &#13;
+In de GR is vastgelegd dat het dagelijks bestuur van de OFGV een voorgenomen &#13;
+begrotingswijziging toezendt aan de Raden en Staten. De Raden en Staten kunnen op grond van artikel 23 en 25 van de GR hun zienswijze over de voorgestelde begrotingswijziging naar voren brengen.</v></c><c r="E508" s="1" t="str"><v/></c><c r="F508" s="4"><v>45607.0</v></c><c r="G508" s="1" t="str"><v>Milieu</v></c><c r="H508" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I508" s="1"/><c r="J508" s="1" t="str"><v/></c><c r="K508" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L508" s="4"><v>45693.0</v></c><c r="M508" s="1"><v>1</v></c></row><row r="509" spans="1:13" customFormat="false"><c r="A509" s="1"><v>348</v></c><c r="B509" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C509" s="1" t="str"><v>OFGV - Begrotingswijziging - zienswijze</v></c><c r="D509" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten.&#13;
+ &#13;
+In de GR is vastgelegd dat het dagelijks bestuur van de OFGV een voorgenomen &#13;
+begrotingswijziging toezendt aan de Raden en Staten. De Raden en Staten kunnen op grond van artikel 23 en 25 van de GR hun zienswijze over de voorgestelde begrotingswijziging naar voren brengen.</v></c><c r="E509" s="1" t="str"><v/></c><c r="F509" s="4"><v>45607.0</v></c><c r="G509" s="1" t="str"><v>Milieu</v></c><c r="H509" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I509" s="1"/><c r="J509" s="1" t="str"><v/></c><c r="K509" s="1" t="str"><v>Provinciale Staten</v></c><c r="L509" s="4"><v>45714.0</v></c><c r="M509" s="1"><v>1</v></c></row><row r="510" spans="1:13" customFormat="false"><c r="A510" s="1"><v>386</v></c><c r="B510" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C510" s="1" t="str"><v xml:space="preserve">OFGV - Resultaatbestemming -Zienswijze </v></c><c r="D510" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten. &#13;
+&#13;
+Het Dagelijks Bestuur van de OFGV heeft een voorstel voor de resultaatbestemming 2024 aangeboden aan de Staten. De Staten kunnen op grond van artikel 23/25/29 van de Gemeenschappelijke Regeling hun zienswijze op de voorgestelde resultaatbestemming naar voren brengen.</v></c><c r="E510" s="1" t="str"><v/></c><c r="F510" s="4" t="str"><v/></c><c r="G510" s="1" t="str"><v>Milieu</v></c><c r="H510" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I510" s="1" t="str"><v>Milieu</v></c><c r="J510" s="1" t="str"><v/></c><c r="K510" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L510" s="4"><v>45182.0</v></c><c r="M510" s="1"><v>1</v></c></row><row r="511" spans="1:13" customFormat="false"><c r="A511" s="1"><v>386</v></c><c r="B511" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C511" s="1" t="str"><v xml:space="preserve">OFGV - Resultaatbestemming -Zienswijze </v></c><c r="D511" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten. &#13;
+&#13;
+Het Dagelijks Bestuur van de OFGV heeft een voorstel voor de resultaatbestemming 2024 aangeboden aan de Staten. De Staten kunnen op grond van artikel 23/25/29 van de Gemeenschappelijke Regeling hun zienswijze op de voorgestelde resultaatbestemming naar voren brengen.</v></c><c r="E511" s="1" t="str"><v/></c><c r="F511" s="4" t="str"><v/></c><c r="G511" s="1" t="str"><v>Milieu</v></c><c r="H511" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I511" s="1" t="str"><v>Milieu</v></c><c r="J511" s="1" t="str"><v/></c><c r="K511" s="1" t="str"><v>Provinciale Staten</v></c><c r="L511" s="4"><v>45196.0</v></c><c r="M511" s="1"><v>1</v></c></row><row r="512" spans="1:13" customFormat="false"><c r="A512" s="1"><v>386</v></c><c r="B512" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C512" s="1" t="str"><v xml:space="preserve">OFGV - Resultaatbestemming -Zienswijze </v></c><c r="D512" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten. &#13;
+&#13;
+Het Dagelijks Bestuur van de OFGV heeft een voorstel voor de resultaatbestemming 2024 aangeboden aan de Staten. De Staten kunnen op grond van artikel 23/25/29 van de Gemeenschappelijke Regeling hun zienswijze op de voorgestelde resultaatbestemming naar voren brengen.</v></c><c r="E512" s="1" t="str"><v/></c><c r="F512" s="4" t="str"><v/></c><c r="G512" s="1" t="str"><v>Milieu</v></c><c r="H512" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I512" s="1" t="str"><v>Milieu</v></c><c r="J512" s="1" t="str"><v/></c><c r="K512" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L512" s="4"><v>45539.0</v></c><c r="M512" s="1"><v>1</v></c></row><row r="513" spans="1:13" customFormat="false"><c r="A513" s="1"><v>386</v></c><c r="B513" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C513" s="1" t="str"><v xml:space="preserve">OFGV - Resultaatbestemming -Zienswijze </v></c><c r="D513" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten. &#13;
+&#13;
+Het Dagelijks Bestuur van de OFGV heeft een voorstel voor de resultaatbestemming 2024 aangeboden aan de Staten. De Staten kunnen op grond van artikel 23/25/29 van de Gemeenschappelijke Regeling hun zienswijze op de voorgestelde resultaatbestemming naar voren brengen.</v></c><c r="E513" s="1" t="str"><v/></c><c r="F513" s="4" t="str"><v/></c><c r="G513" s="1" t="str"><v>Milieu</v></c><c r="H513" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I513" s="1" t="str"><v>Milieu</v></c><c r="J513" s="1" t="str"><v/></c><c r="K513" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L513" s="4"><v>45539.0</v></c><c r="M513" s="1"><v>1</v></c></row><row r="514" spans="1:13" customFormat="false"><c r="A514" s="1"><v>386</v></c><c r="B514" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C514" s="1" t="str"><v xml:space="preserve">OFGV - Resultaatbestemming -Zienswijze </v></c><c r="D514" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten. &#13;
+&#13;
+Het Dagelijks Bestuur van de OFGV heeft een voorstel voor de resultaatbestemming 2024 aangeboden aan de Staten. De Staten kunnen op grond van artikel 23/25/29 van de Gemeenschappelijke Regeling hun zienswijze op de voorgestelde resultaatbestemming naar voren brengen.</v></c><c r="E514" s="1" t="str"><v/></c><c r="F514" s="4" t="str"><v/></c><c r="G514" s="1" t="str"><v>Milieu</v></c><c r="H514" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I514" s="1" t="str"><v>Milieu</v></c><c r="J514" s="1" t="str"><v/></c><c r="K514" s="1" t="str"><v>Provinciale Staten</v></c><c r="L514" s="4"><v>45560.0</v></c><c r="M514" s="1"><v>1</v></c></row><row r="515" spans="1:13" customFormat="false"><c r="A515" s="1"><v>386</v></c><c r="B515" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C515" s="1" t="str"><v xml:space="preserve">OFGV - Resultaatbestemming -Zienswijze </v></c><c r="D515" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten. &#13;
+&#13;
+Het Dagelijks Bestuur van de OFGV heeft een voorstel voor de resultaatbestemming 2024 aangeboden aan de Staten. De Staten kunnen op grond van artikel 23/25/29 van de Gemeenschappelijke Regeling hun zienswijze op de voorgestelde resultaatbestemming naar voren brengen.</v></c><c r="E515" s="1" t="str"><v/></c><c r="F515" s="4" t="str"><v/></c><c r="G515" s="1" t="str"><v>Milieu</v></c><c r="H515" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I515" s="1" t="str"><v>Milieu</v></c><c r="J515" s="1" t="str"><v/></c><c r="K515" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L515" s="4"><v>45910.0</v></c><c r="M515" s="1"><v>1</v></c></row><row r="516" spans="1:13" customFormat="false"><c r="A516" s="1"><v>386</v></c><c r="B516" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C516" s="1" t="str"><v xml:space="preserve">OFGV - Resultaatbestemming -Zienswijze </v></c><c r="D516" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten. &#13;
+&#13;
+Het Dagelijks Bestuur van de OFGV heeft een voorstel voor de resultaatbestemming 2024 aangeboden aan de Staten. De Staten kunnen op grond van artikel 23/25/29 van de Gemeenschappelijke Regeling hun zienswijze op de voorgestelde resultaatbestemming naar voren brengen.</v></c><c r="E516" s="1" t="str"><v/></c><c r="F516" s="4" t="str"><v/></c><c r="G516" s="1" t="str"><v>Milieu</v></c><c r="H516" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I516" s="1" t="str"><v>Milieu</v></c><c r="J516" s="1" t="str"><v/></c><c r="K516" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L516" s="4"><v>45910.0</v></c><c r="M516" s="1"><v>1</v></c></row><row r="517" spans="1:13" customFormat="false"><c r="A517" s="1"><v>386</v></c><c r="B517" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C517" s="1" t="str"><v xml:space="preserve">OFGV - Resultaatbestemming -Zienswijze </v></c><c r="D517" s="1" t="str"><v xml:space="preserve">De Omgevingsdienst Flevoland &amp; Gooi en Vechtstreek (OFGV) is een Gemeenschappelijke Regeling met 15 deelnemers: 2 provincies en 13 gemeenten. &#13;
+&#13;
+Het Dagelijks Bestuur van de OFGV heeft een voorstel voor de resultaatbestemming 2024 aangeboden aan de Staten. De Staten kunnen op grond van artikel 23/25/29 van de Gemeenschappelijke Regeling hun zienswijze op de voorgestelde resultaatbestemming naar voren brengen.</v></c><c r="E517" s="1" t="str"><v/></c><c r="F517" s="4" t="str"><v/></c><c r="G517" s="1" t="str"><v>Milieu</v></c><c r="H517" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I517" s="1" t="str"><v>Milieu</v></c><c r="J517" s="1" t="str"><v/></c><c r="K517" s="1" t="str"><v>Provinciale Staten</v></c><c r="L517" s="4"><v>45924.0</v></c><c r="M517" s="1"><v>1</v></c></row><row r="518" spans="1:13" customFormat="false"><c r="A518" s="1"><v>65</v></c><c r="B518" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C518" s="1" t="str"><v>Mobiliteit (Introductieprogramma)</v></c><c r="D518" s="1" t="str"><v>Introductieprogramma Provinciale Staten: uitleg over dossier Mobiliteit</v></c><c r="E518" s="1" t="str"><v/></c><c r="F518" s="4" t="str"><v/></c><c r="G518" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H518" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I518" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J518" s="1" t="str"><v/></c><c r="K518" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L518" s="4"><v>45182.0</v></c><c r="M518" s="1"><v>1</v></c></row><row r="519" spans="1:13" customFormat="false"><c r="A519" s="1"><v>108</v></c><c r="B519" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C519" s="1" t="str"><v>Multimodaal Infrastructuur Testcentrum (MITC) Partiele herziening Omgevingsprogramma Flevoland</v></c><c r="D519" s="1" t="str"><v/></c><c r="E519" s="1" t="str"><v/></c><c r="F519" s="4" t="str"><v/></c><c r="G519" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H519" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I519" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J519" s="1" t="str"><v/></c><c r="K519" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L519" s="4"><v>45119.0</v></c><c r="M519" s="1"><v>1</v></c></row><row r="520" spans="1:13" customFormat="false"><c r="A520" s="1"><v>108</v></c><c r="B520" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C520" s="1" t="str"><v>Multimodaal Infrastructuur Testcentrum (MITC) Partiele herziening Omgevingsprogramma Flevoland</v></c><c r="D520" s="1" t="str"><v/></c><c r="E520" s="1" t="str"><v/></c><c r="F520" s="4" t="str"><v/></c><c r="G520" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H520" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I520" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J520" s="1" t="str"><v/></c><c r="K520" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L520" s="4"><v>45119.0</v></c><c r="M520" s="1"><v>1</v></c></row><row r="521" spans="1:13" customFormat="false"><c r="A521" s="1"><v>108</v></c><c r="B521" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C521" s="1" t="str"><v>Multimodaal Infrastructuur Testcentrum (MITC) Partiele herziening Omgevingsprogramma Flevoland</v></c><c r="D521" s="1" t="str"><v/></c><c r="E521" s="1" t="str"><v/></c><c r="F521" s="4" t="str"><v/></c><c r="G521" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H521" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I521" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J521" s="1" t="str"><v/></c><c r="K521" s="1" t="str"><v>Provinciale Staten</v></c><c r="L521" s="4"><v>45126.0</v></c><c r="M521" s="1"><v>1</v></c></row><row r="522" spans="1:13" customFormat="false"><c r="A522" s="1"><v>131</v></c><c r="B522" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C522" s="1" t="str"><v>Kaders nieuw delegatiebesluit openbaar vervoer Almere</v></c><c r="D522" s="1" t="str"><v xml:space="preserve">In 2005 en 2016 hebben Provinciale Staten eerder ingestemd met delegatie aan Almere voor het aanbesteden en beheren van het stad- en streekvervoer in en rond deze stad. Het college heeft het voornemen uitgesproken om dit beleid te continueren en met ingang van 1 januari 2028 opnieuw de verantwoordelijkheid voor het busvervoer van Almere te delegeren. &#13;
+</v></c><c r="E522" s="1" t="str"><v/></c><c r="F522" s="4"><v>45201.0</v></c><c r="G522" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H522" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I522" s="1" t="str"><v>Mobiliteit</v></c><c r="J522" s="1" t="str"><v/></c><c r="K522" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L522" s="4"><v>45357.0</v></c><c r="M522" s="1"><v>1</v></c></row><row r="523" spans="1:13" customFormat="false"><c r="A523" s="1"><v>131</v></c><c r="B523" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C523" s="1" t="str"><v>Kaders nieuw delegatiebesluit openbaar vervoer Almere</v></c><c r="D523" s="1" t="str"><v xml:space="preserve">In 2005 en 2016 hebben Provinciale Staten eerder ingestemd met delegatie aan Almere voor het aanbesteden en beheren van het stad- en streekvervoer in en rond deze stad. Het college heeft het voornemen uitgesproken om dit beleid te continueren en met ingang van 1 januari 2028 opnieuw de verantwoordelijkheid voor het busvervoer van Almere te delegeren. &#13;
+</v></c><c r="E523" s="1" t="str"><v/></c><c r="F523" s="4"><v>45201.0</v></c><c r="G523" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H523" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I523" s="1" t="str"><v>Mobiliteit</v></c><c r="J523" s="1" t="str"><v/></c><c r="K523" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L523" s="4"><v>45392.0</v></c><c r="M523" s="1"><v>1</v></c></row><row r="524" spans="1:13" customFormat="false"><c r="A524" s="1"><v>131</v></c><c r="B524" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C524" s="1" t="str"><v>Kaders nieuw delegatiebesluit openbaar vervoer Almere</v></c><c r="D524" s="1" t="str"><v xml:space="preserve">In 2005 en 2016 hebben Provinciale Staten eerder ingestemd met delegatie aan Almere voor het aanbesteden en beheren van het stad- en streekvervoer in en rond deze stad. Het college heeft het voornemen uitgesproken om dit beleid te continueren en met ingang van 1 januari 2028 opnieuw de verantwoordelijkheid voor het busvervoer van Almere te delegeren. &#13;
+</v></c><c r="E524" s="1" t="str"><v/></c><c r="F524" s="4"><v>45201.0</v></c><c r="G524" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H524" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I524" s="1" t="str"><v>Mobiliteit</v></c><c r="J524" s="1" t="str"><v/></c><c r="K524" s="1" t="str"><v>Provinciale Staten</v></c><c r="L524" s="4"><v>45406.0</v></c><c r="M524" s="1"><v>1</v></c></row><row r="525" spans="1:13" customFormat="false"><c r="A525" s="1"><v>131</v></c><c r="B525" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C525" s="1" t="str"><v>Kaders nieuw delegatiebesluit openbaar vervoer Almere</v></c><c r="D525" s="1" t="str"><v xml:space="preserve">In 2005 en 2016 hebben Provinciale Staten eerder ingestemd met delegatie aan Almere voor het aanbesteden en beheren van het stad- en streekvervoer in en rond deze stad. Het college heeft het voornemen uitgesproken om dit beleid te continueren en met ingang van 1 januari 2028 opnieuw de verantwoordelijkheid voor het busvervoer van Almere te delegeren. &#13;
+</v></c><c r="E525" s="1" t="str"><v/></c><c r="F525" s="4"><v>45201.0</v></c><c r="G525" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H525" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I525" s="1" t="str"><v>Mobiliteit</v></c><c r="J525" s="1" t="str"><v/></c><c r="K525" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L525" s="4"><v>45616.0</v></c><c r="M525" s="1"><v>1</v></c></row><row r="526" spans="1:13" customFormat="false"><c r="A526" s="1"><v>131</v></c><c r="B526" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C526" s="1" t="str"><v>Kaders nieuw delegatiebesluit openbaar vervoer Almere</v></c><c r="D526" s="1" t="str"><v xml:space="preserve">In 2005 en 2016 hebben Provinciale Staten eerder ingestemd met delegatie aan Almere voor het aanbesteden en beheren van het stad- en streekvervoer in en rond deze stad. Het college heeft het voornemen uitgesproken om dit beleid te continueren en met ingang van 1 januari 2028 opnieuw de verantwoordelijkheid voor het busvervoer van Almere te delegeren. &#13;
+</v></c><c r="E526" s="1" t="str"><v/></c><c r="F526" s="4"><v>45201.0</v></c><c r="G526" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H526" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I526" s="1" t="str"><v>Mobiliteit</v></c><c r="J526" s="1" t="str"><v/></c><c r="K526" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L526" s="4"><v>45616.0</v></c><c r="M526" s="1"><v>1</v></c></row><row r="527" spans="1:13" customFormat="false"><c r="A527" s="1"><v>131</v></c><c r="B527" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C527" s="1" t="str"><v>Kaders nieuw delegatiebesluit openbaar vervoer Almere</v></c><c r="D527" s="1" t="str"><v xml:space="preserve">In 2005 en 2016 hebben Provinciale Staten eerder ingestemd met delegatie aan Almere voor het aanbesteden en beheren van het stad- en streekvervoer in en rond deze stad. Het college heeft het voornemen uitgesproken om dit beleid te continueren en met ingang van 1 januari 2028 opnieuw de verantwoordelijkheid voor het busvervoer van Almere te delegeren. &#13;
+</v></c><c r="E527" s="1" t="str"><v/></c><c r="F527" s="4"><v>45201.0</v></c><c r="G527" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H527" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I527" s="1" t="str"><v>Mobiliteit</v></c><c r="J527" s="1" t="str"><v/></c><c r="K527" s="1" t="str"><v>Provinciale Staten</v></c><c r="L527" s="4"><v>45637.0</v></c><c r="M527" s="1"><v>1</v></c></row><row r="528" spans="1:13" customFormat="false"><c r="A528" s="1"><v>167</v></c><c r="B528" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C528" s="1" t="str"><v xml:space="preserve"> Lelylijn</v></c><c r="D528" s="1" t="str"><v xml:space="preserve">Deltaplan Noordelijk Nederland / Lelylijn : voorbereidingen t.b.v. BO MIRT november 2024.&#13;
 Begin 2023 is het MIRT-onderzoek naar de Lelylijn gestart. &#13;
 Eind 2024 worden de resultaten opgeleverd en zal de minister besluiten over een vervolg (MIRT-verkenning). Rijk en regio voeren het MIRT-onderzoek gezamenlijk uit.&#13;
 &#13;
 Maart 2024:&#13;
  De projectorganisatie heeft een aantal denkrichtingen over de toekomstige verstedelijking, natuur- en landschapsontwikkeling, economie en bereikbaarheid opgeleverd. &#13;
 De Stuurgroep Lelylijn, waarin rijk en regio bestuurlijk vertegenwoordigd zijn, hebben deze denkrichtingen voorgelegd aan de volksvertegenwoordigers en hen gevraagd eventuele wensen en opvattingen ten aanzien van de Lelylijn mee te geven. Deze worden meegenomen in het vervolg van het MIRT-onderzoek&#13;
 &#13;
 Tussen mei en het einde van dit jaar worden de Staten geïnformeerd over (oktober 2024): &#13;
 - de voortgang van het project,&#13;
 - de uitkomsten van de onderzoeken en&#13;
 - de wijze waarop de aandachtspunten vanuit de Staten verwerkt zijn in de resultaten.&#13;
-Dit staat gepland voor 16 oktober 2024.</v></c><c r="E458" s="1" t="str"><v/></c><c r="F458" s="4"><v>45316.0</v></c><c r="G458" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H458" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I458" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J458" s="1" t="str"><v xml:space="preserve">Tussen mei en het einde van dit jaar worden de Staten geïnformeerd over &#13;
+Dit staat gepland voor 16 oktober 2024.</v></c><c r="E528" s="1" t="str"><v/></c><c r="F528" s="4"><v>45316.0</v></c><c r="G528" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H528" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I528" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J528" s="1" t="str"><v xml:space="preserve">Tussen mei en het einde van dit jaar worden de Staten geïnformeerd over &#13;
 - de voortgang van het project, &#13;
 - de uitkomsten van de onderzoeken en &#13;
 - de wijze waarop de aandachtspunten vanuit de Staten verwerkt zijn in de resultaten.&#13;
-</v></c><c r="K458" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L458" s="4"><v>45371.0</v></c><c r="M458" s="1"><v>1</v></c></row><row r="459" spans="1:13" customFormat="false"><c r="A459" s="1"><v>167</v></c><c r="B459" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C459" s="1" t="str"><v xml:space="preserve"> Lelylijn</v></c><c r="D459" s="1" t="str"><v xml:space="preserve">Deltaplan Noordelijk Nederland / Lelylijn : voorbereidingen t.b.v. BO MIRT november 2024.&#13;
+</v></c><c r="K528" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L528" s="4"><v>45371.0</v></c><c r="M528" s="1"><v>1</v></c></row><row r="529" spans="1:13" customFormat="false"><c r="A529" s="1"><v>167</v></c><c r="B529" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C529" s="1" t="str"><v xml:space="preserve"> Lelylijn</v></c><c r="D529" s="1" t="str"><v xml:space="preserve">Deltaplan Noordelijk Nederland / Lelylijn : voorbereidingen t.b.v. BO MIRT november 2024.&#13;
 Begin 2023 is het MIRT-onderzoek naar de Lelylijn gestart. &#13;
 Eind 2024 worden de resultaten opgeleverd en zal de minister besluiten over een vervolg (MIRT-verkenning). Rijk en regio voeren het MIRT-onderzoek gezamenlijk uit.&#13;
 &#13;
 Maart 2024:&#13;
  De projectorganisatie heeft een aantal denkrichtingen over de toekomstige verstedelijking, natuur- en landschapsontwikkeling, economie en bereikbaarheid opgeleverd. &#13;
 De Stuurgroep Lelylijn, waarin rijk en regio bestuurlijk vertegenwoordigd zijn, hebben deze denkrichtingen voorgelegd aan de volksvertegenwoordigers en hen gevraagd eventuele wensen en opvattingen ten aanzien van de Lelylijn mee te geven. Deze worden meegenomen in het vervolg van het MIRT-onderzoek&#13;
 &#13;
 Tussen mei en het einde van dit jaar worden de Staten geïnformeerd over (oktober 2024): &#13;
 - de voortgang van het project,&#13;
 - de uitkomsten van de onderzoeken en&#13;
 - de wijze waarop de aandachtspunten vanuit de Staten verwerkt zijn in de resultaten.&#13;
-Dit staat gepland voor 16 oktober 2024.</v></c><c r="E459" s="1" t="str"><v/></c><c r="F459" s="4"><v>45316.0</v></c><c r="G459" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H459" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I459" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J459" s="1" t="str"><v xml:space="preserve">Tussen mei en het einde van dit jaar worden de Staten geïnformeerd over &#13;
+Dit staat gepland voor 16 oktober 2024.</v></c><c r="E529" s="1" t="str"><v/></c><c r="F529" s="4"><v>45316.0</v></c><c r="G529" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H529" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I529" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J529" s="1" t="str"><v xml:space="preserve">Tussen mei en het einde van dit jaar worden de Staten geïnformeerd over &#13;
 - de voortgang van het project, &#13;
 - de uitkomsten van de onderzoeken en &#13;
 - de wijze waarop de aandachtspunten vanuit de Staten verwerkt zijn in de resultaten.&#13;
-</v></c><c r="K459" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L459" s="4"><v>45392.0</v></c><c r="M459" s="1"><v>1</v></c></row><row r="460" spans="1:13" customFormat="false"><c r="A460" s="1"><v>167</v></c><c r="B460" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C460" s="1" t="str"><v xml:space="preserve"> Lelylijn</v></c><c r="D460" s="1" t="str"><v xml:space="preserve">Deltaplan Noordelijk Nederland / Lelylijn : voorbereidingen t.b.v. BO MIRT november 2024.&#13;
+</v></c><c r="K529" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L529" s="4"><v>45392.0</v></c><c r="M529" s="1"><v>1</v></c></row><row r="530" spans="1:13" customFormat="false"><c r="A530" s="1"><v>167</v></c><c r="B530" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C530" s="1" t="str"><v xml:space="preserve"> Lelylijn</v></c><c r="D530" s="1" t="str"><v xml:space="preserve">Deltaplan Noordelijk Nederland / Lelylijn : voorbereidingen t.b.v. BO MIRT november 2024.&#13;
 Begin 2023 is het MIRT-onderzoek naar de Lelylijn gestart. &#13;
 Eind 2024 worden de resultaten opgeleverd en zal de minister besluiten over een vervolg (MIRT-verkenning). Rijk en regio voeren het MIRT-onderzoek gezamenlijk uit.&#13;
 &#13;
 Maart 2024:&#13;
  De projectorganisatie heeft een aantal denkrichtingen over de toekomstige verstedelijking, natuur- en landschapsontwikkeling, economie en bereikbaarheid opgeleverd. &#13;
 De Stuurgroep Lelylijn, waarin rijk en regio bestuurlijk vertegenwoordigd zijn, hebben deze denkrichtingen voorgelegd aan de volksvertegenwoordigers en hen gevraagd eventuele wensen en opvattingen ten aanzien van de Lelylijn mee te geven. Deze worden meegenomen in het vervolg van het MIRT-onderzoek&#13;
 &#13;
 Tussen mei en het einde van dit jaar worden de Staten geïnformeerd over (oktober 2024): &#13;
 - de voortgang van het project,&#13;
 - de uitkomsten van de onderzoeken en&#13;
 - de wijze waarop de aandachtspunten vanuit de Staten verwerkt zijn in de resultaten.&#13;
-Dit staat gepland voor 16 oktober 2024.</v></c><c r="E460" s="1" t="str"><v/></c><c r="F460" s="4"><v>45316.0</v></c><c r="G460" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H460" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I460" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J460" s="1" t="str"><v xml:space="preserve">Tussen mei en het einde van dit jaar worden de Staten geïnformeerd over &#13;
+Dit staat gepland voor 16 oktober 2024.</v></c><c r="E530" s="1" t="str"><v/></c><c r="F530" s="4"><v>45316.0</v></c><c r="G530" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H530" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I530" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J530" s="1" t="str"><v xml:space="preserve">Tussen mei en het einde van dit jaar worden de Staten geïnformeerd over &#13;
 - de voortgang van het project, &#13;
 - de uitkomsten van de onderzoeken en &#13;
 - de wijze waarop de aandachtspunten vanuit de Staten verwerkt zijn in de resultaten.&#13;
-</v></c><c r="K460" s="1" t="str"><v>Provinciale Staten</v></c><c r="L460" s="4"><v>45406.0</v></c><c r="M460" s="1"><v>1</v></c></row><row r="461" spans="1:13" customFormat="false"><c r="A461" s="1"><v>167</v></c><c r="B461" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C461" s="1" t="str"><v xml:space="preserve"> Lelylijn</v></c><c r="D461" s="1" t="str"><v xml:space="preserve">Deltaplan Noordelijk Nederland / Lelylijn : voorbereidingen t.b.v. BO MIRT november 2024.&#13;
+</v></c><c r="K530" s="1" t="str"><v>Provinciale Staten</v></c><c r="L530" s="4"><v>45406.0</v></c><c r="M530" s="1"><v>1</v></c></row><row r="531" spans="1:13" customFormat="false"><c r="A531" s="1"><v>167</v></c><c r="B531" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C531" s="1" t="str"><v xml:space="preserve"> Lelylijn</v></c><c r="D531" s="1" t="str"><v xml:space="preserve">Deltaplan Noordelijk Nederland / Lelylijn : voorbereidingen t.b.v. BO MIRT november 2024.&#13;
 Begin 2023 is het MIRT-onderzoek naar de Lelylijn gestart. &#13;
 Eind 2024 worden de resultaten opgeleverd en zal de minister besluiten over een vervolg (MIRT-verkenning). Rijk en regio voeren het MIRT-onderzoek gezamenlijk uit.&#13;
 &#13;
 Maart 2024:&#13;
  De projectorganisatie heeft een aantal denkrichtingen over de toekomstige verstedelijking, natuur- en landschapsontwikkeling, economie en bereikbaarheid opgeleverd. &#13;
 De Stuurgroep Lelylijn, waarin rijk en regio bestuurlijk vertegenwoordigd zijn, hebben deze denkrichtingen voorgelegd aan de volksvertegenwoordigers en hen gevraagd eventuele wensen en opvattingen ten aanzien van de Lelylijn mee te geven. Deze worden meegenomen in het vervolg van het MIRT-onderzoek&#13;
 &#13;
 Tussen mei en het einde van dit jaar worden de Staten geïnformeerd over (oktober 2024): &#13;
 - de voortgang van het project,&#13;
 - de uitkomsten van de onderzoeken en&#13;
 - de wijze waarop de aandachtspunten vanuit de Staten verwerkt zijn in de resultaten.&#13;
-Dit staat gepland voor 16 oktober 2024.</v></c><c r="E461" s="1" t="str"><v/></c><c r="F461" s="4"><v>45316.0</v></c><c r="G461" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H461" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I461" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J461" s="1" t="str"><v xml:space="preserve">Tussen mei en het einde van dit jaar worden de Staten geïnformeerd over &#13;
+Dit staat gepland voor 16 oktober 2024.</v></c><c r="E531" s="1" t="str"><v/></c><c r="F531" s="4"><v>45316.0</v></c><c r="G531" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H531" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I531" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J531" s="1" t="str"><v xml:space="preserve">Tussen mei en het einde van dit jaar worden de Staten geïnformeerd over &#13;
 - de voortgang van het project, &#13;
 - de uitkomsten van de onderzoeken en &#13;
 - de wijze waarop de aandachtspunten vanuit de Staten verwerkt zijn in de resultaten.&#13;
-</v></c><c r="K461" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L461" s="4"><v>45581.0</v></c><c r="M461" s="1"><v>1</v></c></row><row r="462" spans="1:13" customFormat="false"><c r="A462" s="1"><v>186</v></c><c r="B462" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C462" s="1" t="str"><v>Agenderingsverzoek - Openbaar Vervoer en EBS - ChristenUnie &amp; GroenLinks</v></c><c r="D462" s="1" t="str"><v xml:space="preserve">Agenderingsverzoek ChristenUnie &amp; GroenLinks (Statenbreed)  &#13;
+</v></c><c r="K531" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L531" s="4"><v>45581.0</v></c><c r="M531" s="1"><v>1</v></c></row><row r="532" spans="1:13" customFormat="false"><c r="A532" s="1"><v>186</v></c><c r="B532" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C532" s="1" t="str"><v>Agenderingsverzoek - Openbaar Vervoer en EBS - ChristenUnie &amp; GroenLinks</v></c><c r="D532" s="1" t="str"><v xml:space="preserve">Agenderingsverzoek ChristenUnie &amp; GroenLinks (Statenbreed)  &#13;
 Na het ingaan van de nieuwe concessie Openbaar (bus)Vervoer zijn de problemen rondom het busvervoer in Flevoland niet verbeterd maar juist toegenomen. Dit staat in schril contrast met wat deze aanbesteding juist uit moest werken. Maar liefst 10% van de bussen valt uit. Het college en EBS spreken over afschaling van verschillende lijnen, reizigers weten niet waar ze aan toe zijn en de gevolgen zijn groot. De kwaliteit en continuïteit van de bereikbaarheid van Flevoland staan onder druk. Het agenderingsverzoek is bijgevoegd, evenals een overzicht (Staten)informatie OV concessie IJssel-Vecht.&#13;
-</v></c><c r="E462" s="1" t="str"><v>GroenLinks,ChristenUnie</v></c><c r="F462" s="4"><v>45316.0</v></c><c r="G462" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H462" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I462" s="1" t="str"><v>Mobiliteit</v></c><c r="J462" s="1" t="str"><v/></c><c r="K462" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L462" s="4"><v>45336.0</v></c><c r="M462" s="1"><v>1</v></c></row><row r="463" spans="1:13" customFormat="false"><c r="A463" s="1"><v>284</v></c><c r="B463" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C463" s="1" t="str"><v>Regiotaxi Flevoland</v></c><c r="D463" s="1" t="str"><v>Doorontwikkeling van de Regiotaxi Flevoland en de bereikbaarheid landelijk gebied. Het concept Programma van Eisen is dan gereed.</v></c><c r="E463" s="1" t="str"><v/></c><c r="F463" s="4" t="str"><v/></c><c r="G463" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H463" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I463" s="1" t="str"><v>Mobiliteit</v></c><c r="J463" s="1" t="str"><v/></c><c r="K463" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L463" s="4"><v>45455.0</v></c><c r="M463" s="1"><v>1</v></c></row><row r="464" spans="1:13" customFormat="false"><c r="A464" s="1"><v>314</v></c><c r="B464" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C464" s="1" t="str"><v>Spuiweg - Ontsluitingsweg zuidwesthoek Noordoostpolder en Urk</v></c><c r="D464" s="1" t="str"><v xml:space="preserve">De aanleg van een nieuwe ontsluitingsweg draagt bij aan de volgende doelstellingen:&#13;
+</v></c><c r="E532" s="1" t="str"><v>GroenLinks,ChristenUnie</v></c><c r="F532" s="4"><v>45316.0</v></c><c r="G532" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H532" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I532" s="1" t="str"><v>Mobiliteit</v></c><c r="J532" s="1" t="str"><v/></c><c r="K532" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L532" s="4"><v>45336.0</v></c><c r="M532" s="1"><v>1</v></c></row><row r="533" spans="1:13" customFormat="false"><c r="A533" s="1"><v>284</v></c><c r="B533" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C533" s="1" t="str"><v>Regiotaxi Flevoland</v></c><c r="D533" s="1" t="str"><v>Doorontwikkeling van de Regiotaxi Flevoland en de bereikbaarheid landelijk gebied. Het concept Programma van Eisen is dan gereed.</v></c><c r="E533" s="1" t="str"><v/></c><c r="F533" s="4" t="str"><v/></c><c r="G533" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H533" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I533" s="1" t="str"><v>Mobiliteit</v></c><c r="J533" s="1" t="str"><v/></c><c r="K533" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L533" s="4"><v>45455.0</v></c><c r="M533" s="1"><v>1</v></c></row><row r="534" spans="1:13" customFormat="false"><c r="A534" s="1"><v>314</v></c><c r="B534" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C534" s="1" t="str"><v>Spuiweg - Ontsluitingsweg zuidwesthoek Noordoostpolder en Urk</v></c><c r="D534" s="1" t="str"><v xml:space="preserve">De aanleg van een nieuwe ontsluitingsweg draagt bij aan de volgende doelstellingen:&#13;
 • Het verbeteren van de verkeersveiligheid en doorstroming op de Domineesweg zonder daarbij andere wegen te overbelasten en ook zonder ongeoorloofde overlast te veroorzaken voor de omgeving.&#13;
 • Het beperken van de verkeersintensiteit op de Domineesweg tot onder de 12.000 motorvoertuigen per etmaal, zonder daarbij andere wegen te overbelasten en ook zonder overlast te veroorzaken op de omgeving.&#13;
 • Een goede gespreide ontsluiting van Urk en de zuidwesthoek van de Noordoostpolder naar de A6.&#13;
 &#13;
 Er is medio oktober 2024 onvoldoende nieuwe informatie over de voortgang van het project, die gepresenteerd kan worden voor PS. &#13;
 Provinciale Staten en de gemeenteraden Urk en de Noordoostpolder worden op de hoogte gehouden van de voortgang van het project door middel van de Voortgangsrapportage. Volgens de nieuwe Omgevingswet zal het projectbesluit genomen worden door Gedeputeerde Staten.&#13;
 &#13;
+Er is begin december 2025 een mededeling verstuurd (zie dossier): De verwachting is dat de provincie samen met de gemeenten in het eerste kwartaal van 2026 alsnog een voorkeursvariant kan presenteren.&#13;
+&#13;
 Samenwerkingsafspraak instrument Projectbesluit - Bevoegdheid: Gedeputeerde Staten (artikel 5.44 Ow)&#13;
 Er vindt in ieder geval een beeldvorming peilen en toetsen plaats, eventueel in combinatie met een werkbezoek. De beeldvorming wordt tijdig gepland zodat de Staten indien gewenst kunnen vragen om een Statenvoorstel wensen en opvattingen voordat GS een besluit neemt.&#13;
-</v></c><c r="E464" s="1" t="str"><v/></c><c r="F464" s="4" t="str"><v/></c><c r="G464" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H464" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I464" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J464" s="1" t="str"><v xml:space="preserve">Er is medio oktober 2024 onvoldoende nieuwe informatie over de voortgang van het project, die gepresenteerd kan worden voor PS. &#13;
-[...4 lines deleted...]
-</v></c><c r="K464" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L464" s="4"><v>46112.0</v></c><c r="M464" s="1"><v>0</v></c></row><row r="465" spans="1:13" customFormat="false"><c r="A465" s="1"><v>323</v></c><c r="B465" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C465" s="1" t="str"><v>Actualisering wegcategorieën</v></c><c r="D465" s="1" t="str"><v xml:space="preserve">Provinciale Staten wordt in mei inhoudelijk geïnformeerd over hoe, wie en op welke wijze bewoners en weggebruikers betrokken worden in het participatie proces en het vervolg daarvan.&#13;
+</v></c><c r="E534" s="1" t="str"><v/></c><c r="F534" s="4" t="str"><v/></c><c r="G534" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H534" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I534" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J534" s="1" t="str"><v>De verwachting is dat de provincie samen met de gemeenten in het eerste kwartaal van 2026 alsnog een voorkeursvariant kan presenteren</v></c><c r="K534" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L534" s="4"><v>46142.0</v></c><c r="M534" s="1"><v>0</v></c></row><row r="535" spans="1:13" customFormat="false"><c r="A535" s="1"><v>323</v></c><c r="B535" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C535" s="1" t="str"><v>Actualisering wegcategorieën</v></c><c r="D535" s="1" t="str"><v xml:space="preserve">Provinciale Staten wordt in mei inhoudelijk geïnformeerd over hoe, wie en op welke wijze bewoners en weggebruikers betrokken worden in het participatie proces en het vervolg daarvan.&#13;
 &#13;
 Provinciale Staten heeft op 13 juli 2022 het programma Mobiliteit en Ruimte 2022-2030 (PMR) vastgesteld. In het PMR is de actualisering van de &#13;
 wegcategorieën als opgave opgenomen. In de Statenvergadering van 8 november 2023 (EMS 163) zegt gedeputeerde De Reus toe bewoners en &#13;
 weggebruikers te betrekken bij de actualisering van de wegcategorieën en de PS hierover te informeren.&#13;
 &#13;
 In maart 2024 is Provinciale Staten schriftelijke geïnformeerd over de procedure van de participatie.&#13;
 &#13;
 In de Statenvergadering van 27 maart 2024 geeft gedeputeerde De Reus aan, in het vragenhalfuurtje, (aangevraagd door BBB over Actualisatie van wegcategorieën) schriftelijk te reageren over een tussentijdse rol van de Staten gedurende het participatieproces. &#13;
 &#13;
 2024: &#13;
 - Uitvoering participatie na presentatie in de commissie EMS beeldvorming 22 mei, &#13;
 - Pre-besluitvorming college, september 2024 &#13;
 - Commissiebehandeling EMS, peilen en toetsen: pre-besluitvorming inclusief resultaten van  participatie en reactienota zienswijzen, november 2024&#13;
 (13 sept: bij nadere uitwerking van het participatieproces kan geen presentatie in de commissie van november worden gehouden over de actualisering van de wegcategorieën maar in januari volgend jaar. Bij de behandeling in de commissie januari is er nu voldoende tijd om het proces van zienswijze af te ronden en ook deze resultaten (nota zienswijze) te bespreken met de commissie, zoals toegezegd aan de Staten) &#13;
 &#13;
 &#13;
 2025&#13;
 - Vaststelling actualisatie wegcategorieën  besluitvorming college&#13;
-</v></c><c r="E465" s="1" t="str"><v/></c><c r="F465" s="4" t="str"><v/></c><c r="G465" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H465" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I465" s="1" t="str"><v>Mobiliteit</v></c><c r="J465" s="1" t="str"><v/></c><c r="K465" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L465" s="4"><v>45434.0</v></c><c r="M465" s="1"><v>1</v></c></row><row r="466" spans="1:13" customFormat="false"><c r="A466" s="1"><v>323</v></c><c r="B466" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C466" s="1" t="str"><v>Actualisering wegcategorieën</v></c><c r="D466" s="1" t="str"><v xml:space="preserve">Provinciale Staten wordt in mei inhoudelijk geïnformeerd over hoe, wie en op welke wijze bewoners en weggebruikers betrokken worden in het participatie proces en het vervolg daarvan.&#13;
+</v></c><c r="E535" s="1" t="str"><v/></c><c r="F535" s="4" t="str"><v/></c><c r="G535" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H535" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I535" s="1" t="str"><v>Mobiliteit</v></c><c r="J535" s="1" t="str"><v/></c><c r="K535" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L535" s="4"><v>45434.0</v></c><c r="M535" s="1"><v>1</v></c></row><row r="536" spans="1:13" customFormat="false"><c r="A536" s="1"><v>323</v></c><c r="B536" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C536" s="1" t="str"><v>Actualisering wegcategorieën</v></c><c r="D536" s="1" t="str"><v xml:space="preserve">Provinciale Staten wordt in mei inhoudelijk geïnformeerd over hoe, wie en op welke wijze bewoners en weggebruikers betrokken worden in het participatie proces en het vervolg daarvan.&#13;
 &#13;
 Provinciale Staten heeft op 13 juli 2022 het programma Mobiliteit en Ruimte 2022-2030 (PMR) vastgesteld. In het PMR is de actualisering van de &#13;
 wegcategorieën als opgave opgenomen. In de Statenvergadering van 8 november 2023 (EMS 163) zegt gedeputeerde De Reus toe bewoners en &#13;
 weggebruikers te betrekken bij de actualisering van de wegcategorieën en de PS hierover te informeren.&#13;
 &#13;
 In maart 2024 is Provinciale Staten schriftelijke geïnformeerd over de procedure van de participatie.&#13;
 &#13;
 In de Statenvergadering van 27 maart 2024 geeft gedeputeerde De Reus aan, in het vragenhalfuurtje, (aangevraagd door BBB over Actualisatie van wegcategorieën) schriftelijk te reageren over een tussentijdse rol van de Staten gedurende het participatieproces. &#13;
 &#13;
 2024: &#13;
 - Uitvoering participatie na presentatie in de commissie EMS beeldvorming 22 mei, &#13;
 - Pre-besluitvorming college, september 2024 &#13;
 - Commissiebehandeling EMS, peilen en toetsen: pre-besluitvorming inclusief resultaten van  participatie en reactienota zienswijzen, november 2024&#13;
 (13 sept: bij nadere uitwerking van het participatieproces kan geen presentatie in de commissie van november worden gehouden over de actualisering van de wegcategorieën maar in januari volgend jaar. Bij de behandeling in de commissie januari is er nu voldoende tijd om het proces van zienswijze af te ronden en ook deze resultaten (nota zienswijze) te bespreken met de commissie, zoals toegezegd aan de Staten) &#13;
 &#13;
 &#13;
 2025&#13;
 - Vaststelling actualisatie wegcategorieën  besluitvorming college&#13;
-</v></c><c r="E466" s="1" t="str"><v/></c><c r="F466" s="4" t="str"><v/></c><c r="G466" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H466" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I466" s="1" t="str"><v>Mobiliteit</v></c><c r="J466" s="1" t="str"><v/></c><c r="K466" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L466" s="4"><v>45672.0</v></c><c r="M466" s="1"><v>1</v></c></row><row r="467" spans="1:13" customFormat="false"><c r="A467" s="1"><v>333</v></c><c r="B467" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C467" s="1" t="str"><v>Bereikbaarheidsonderzoek woningbouwambities (100.000+) Flevoland</v></c><c r="D467" s="1" t="str"><v xml:space="preserve">&#13;
-[...1 lines deleted...]
-</v></c><c r="E467" s="1" t="str"><v/></c><c r="F467" s="4" t="str"><v/></c><c r="G467" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H467" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I467" s="1" t="str"><v>Mobiliteit</v></c><c r="J467" s="1" t="str"><v/></c><c r="K467" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L467" s="4"><v>45616.0</v></c><c r="M467" s="1"><v>1</v></c></row><row r="468" spans="1:13" customFormat="false"><c r="A468" s="1"><v>341</v></c><c r="B468" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C468" s="1" t="str"><v xml:space="preserve">Autorisatie investeringskrediet nieuwe aanbesteding Dynamische Reis Informatie Systemen </v></c><c r="D468" s="1" t="str"><v/></c><c r="E468" s="1" t="str"><v/></c><c r="F468" s="4" t="str"><v/></c><c r="G468" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H468" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I468" s="1" t="str"><v>Mobiliteit</v></c><c r="J468" s="1" t="str"><v/></c><c r="K468" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L468" s="4"><v>45672.0</v></c><c r="M468" s="1"><v>1</v></c></row><row r="469" spans="1:13" customFormat="false"><c r="A469" s="1"><v>341</v></c><c r="B469" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C469" s="1" t="str"><v xml:space="preserve">Autorisatie investeringskrediet nieuwe aanbesteding Dynamische Reis Informatie Systemen </v></c><c r="D469" s="1" t="str"><v/></c><c r="E469" s="1" t="str"><v/></c><c r="F469" s="4" t="str"><v/></c><c r="G469" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H469" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I469" s="1" t="str"><v>Mobiliteit</v></c><c r="J469" s="1" t="str"><v/></c><c r="K469" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L469" s="4"><v>45672.0</v></c><c r="M469" s="1"><v>1</v></c></row><row r="470" spans="1:13" customFormat="false"><c r="A470" s="1"><v>341</v></c><c r="B470" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C470" s="1" t="str"><v xml:space="preserve">Autorisatie investeringskrediet nieuwe aanbesteding Dynamische Reis Informatie Systemen </v></c><c r="D470" s="1" t="str"><v/></c><c r="E470" s="1" t="str"><v/></c><c r="F470" s="4" t="str"><v/></c><c r="G470" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H470" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I470" s="1" t="str"><v>Mobiliteit</v></c><c r="J470" s="1" t="str"><v/></c><c r="K470" s="1" t="str"><v>Provinciale Staten</v></c><c r="L470" s="4"><v>45686.0</v></c><c r="M470" s="1"><v>1</v></c></row><row r="471" spans="1:13" customFormat="false"><c r="A471" s="1"><v>382</v></c><c r="B471" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C471" s="1" t="str"><v>Voortgang Rondweg Lelystad-Zuid: ontwerp- projectbesluit en project-MER</v></c><c r="D471" s="1" t="str"><v/></c><c r="E471" s="1" t="str"><v/></c><c r="F471" s="4" t="str"><v/></c><c r="G471" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H471" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I471" s="1"/><c r="J471" s="1" t="str"><v/></c><c r="K471" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L471" s="4"><v>45903.0</v></c><c r="M471" s="1"><v>1</v></c></row><row r="472" spans="1:13" customFormat="false"><c r="A472" s="1"><v>399</v></c><c r="B472" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C472" s="1" t="str"><v>Herijking Programma Mobiliteit en Ruimte</v></c><c r="D472" s="1" t="str"><v xml:space="preserve">In de Perspectiefnota 2027-2030 komt het college met een integraal voorstel om de balans tussen ambitie en middelen van het 'Programma Mobiliteit en Ruimte' te herstellen. Vooruitlopend hierop worden uw Staten in een tweetal sessies begin 2026 meegenomen in de ontwikkelingen van het 'Programma Mobiliteit en Ruimte' en de hiervoor beschikbare middelen. Het college wil met u verkennen welke opties uw voorkeur hebben om de balans tussen ambitie en middelen te herstellen (Bron: beantwoording technische vraag nr. 3, Programmabegroting 2026).&#13;
+</v></c><c r="E536" s="1" t="str"><v/></c><c r="F536" s="4" t="str"><v/></c><c r="G536" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H536" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I536" s="1" t="str"><v>Mobiliteit</v></c><c r="J536" s="1" t="str"><v/></c><c r="K536" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L536" s="4"><v>45672.0</v></c><c r="M536" s="1"><v>1</v></c></row><row r="537" spans="1:13" customFormat="false"><c r="A537" s="1"><v>333</v></c><c r="B537" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C537" s="1" t="str"><v>Bereikbaarheidsonderzoek woningbouwambities (100.000+) Flevoland</v></c><c r="D537" s="1" t="str"><v xml:space="preserve">&#13;
+&#13;
+</v></c><c r="E537" s="1" t="str"><v/></c><c r="F537" s="4" t="str"><v/></c><c r="G537" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H537" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I537" s="1" t="str"><v>Mobiliteit</v></c><c r="J537" s="1" t="str"><v/></c><c r="K537" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L537" s="4"><v>45616.0</v></c><c r="M537" s="1"><v>1</v></c></row><row r="538" spans="1:13" customFormat="false"><c r="A538" s="1"><v>341</v></c><c r="B538" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C538" s="1" t="str"><v xml:space="preserve">Autorisatie investeringskrediet nieuwe aanbesteding Dynamische Reis Informatie Systemen </v></c><c r="D538" s="1" t="str"><v/></c><c r="E538" s="1" t="str"><v/></c><c r="F538" s="4" t="str"><v/></c><c r="G538" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H538" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I538" s="1" t="str"><v>Mobiliteit</v></c><c r="J538" s="1" t="str"><v/></c><c r="K538" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L538" s="4"><v>45672.0</v></c><c r="M538" s="1"><v>1</v></c></row><row r="539" spans="1:13" customFormat="false"><c r="A539" s="1"><v>341</v></c><c r="B539" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C539" s="1" t="str"><v xml:space="preserve">Autorisatie investeringskrediet nieuwe aanbesteding Dynamische Reis Informatie Systemen </v></c><c r="D539" s="1" t="str"><v/></c><c r="E539" s="1" t="str"><v/></c><c r="F539" s="4" t="str"><v/></c><c r="G539" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H539" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I539" s="1" t="str"><v>Mobiliteit</v></c><c r="J539" s="1" t="str"><v/></c><c r="K539" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L539" s="4"><v>45672.0</v></c><c r="M539" s="1"><v>1</v></c></row><row r="540" spans="1:13" customFormat="false"><c r="A540" s="1"><v>341</v></c><c r="B540" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C540" s="1" t="str"><v xml:space="preserve">Autorisatie investeringskrediet nieuwe aanbesteding Dynamische Reis Informatie Systemen </v></c><c r="D540" s="1" t="str"><v/></c><c r="E540" s="1" t="str"><v/></c><c r="F540" s="4" t="str"><v/></c><c r="G540" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H540" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I540" s="1" t="str"><v>Mobiliteit</v></c><c r="J540" s="1" t="str"><v/></c><c r="K540" s="1" t="str"><v>Provinciale Staten</v></c><c r="L540" s="4"><v>45686.0</v></c><c r="M540" s="1"><v>1</v></c></row><row r="541" spans="1:13" customFormat="false"><c r="A541" s="1"><v>382</v></c><c r="B541" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C541" s="1" t="str"><v>Voortgang Rondweg Lelystad-Zuid: ontwerp- projectbesluit en project-MER</v></c><c r="D541" s="1" t="str"><v/></c><c r="E541" s="1" t="str"><v/></c><c r="F541" s="4" t="str"><v/></c><c r="G541" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H541" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I541" s="1"/><c r="J541" s="1" t="str"><v/></c><c r="K541" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L541" s="4"><v>45903.0</v></c><c r="M541" s="1"><v>1</v></c></row><row r="542" spans="1:13" customFormat="false"><c r="A542" s="1"><v>399</v></c><c r="B542" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C542" s="1" t="str"><v>Herijking Programma Mobiliteit en Ruimte</v></c><c r="D542" s="1" t="str"><v xml:space="preserve">In de Perspectiefnota 2027-2030 komt het college met een integraal voorstel om de balans tussen ambitie en middelen van het 'Programma Mobiliteit en Ruimte' te herstellen. Vooruitlopend hierop worden uw Staten in een tweetal sessies begin 2026 meegenomen in de ontwikkelingen van het 'Programma Mobiliteit en Ruimte' en de hiervoor beschikbare middelen. Het college wil met u verkennen welke opties uw voorkeur hebben om de balans tussen ambitie en middelen te herstellen (Bron: beantwoording technische vraag nr. 3, Programmabegroting 2026).&#13;
 &#13;
 Kredietoverzicht Programma Mobiliteit en Ruimte (bron: Statenvoorstel Vaststelling Programmabegroting 2026)&#13;
 Gedeputeerde Staten worden geconfronteerd met een te verwachten kostenontwikkeling die de realisatie van de ambitie van het ‘Programma Mobiliteit en Ruimte’ onder druk zet. Om samen met  gebiedspartners kansen die nog resteren te verkennen en te benutten hebben zij besloten om de realisatie van een aantal geprogrammeerde projecten tijdelijk te pauzeren. Gekoerst wordt op een integraal voorstel bij de Perspectiefnota 2027 – 2030 om te komen tot herstel van de balans tussen ambitie en middelen van het ‘Programma Mobiliteit en Ruimte’.&#13;
-</v></c><c r="E472" s="1" t="str"><v/></c><c r="F472" s="4"><v>45947.0</v></c><c r="G472" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H472" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I472" s="1" t="str"><v>Mobiliteit</v></c><c r="J472" s="1" t="str"><v/></c><c r="K472" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L472" s="4"><v>46029.0</v></c><c r="M472" s="1"><v>0</v></c></row><row r="473" spans="1:13" customFormat="false"><c r="A473" s="1"><v>399</v></c><c r="B473" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C473" s="1" t="str"><v>Herijking Programma Mobiliteit en Ruimte</v></c><c r="D473" s="1" t="str"><v xml:space="preserve">In de Perspectiefnota 2027-2030 komt het college met een integraal voorstel om de balans tussen ambitie en middelen van het 'Programma Mobiliteit en Ruimte' te herstellen. Vooruitlopend hierop worden uw Staten in een tweetal sessies begin 2026 meegenomen in de ontwikkelingen van het 'Programma Mobiliteit en Ruimte' en de hiervoor beschikbare middelen. Het college wil met u verkennen welke opties uw voorkeur hebben om de balans tussen ambitie en middelen te herstellen (Bron: beantwoording technische vraag nr. 3, Programmabegroting 2026).&#13;
+</v></c><c r="E542" s="1" t="str"><v/></c><c r="F542" s="4"><v>45947.0</v></c><c r="G542" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H542" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I542" s="1" t="str"><v>Mobiliteit</v></c><c r="J542" s="1" t="str"><v/></c><c r="K542" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L542" s="4"><v>46036.0</v></c><c r="M542" s="1"><v>1</v></c></row><row r="543" spans="1:13" customFormat="false"><c r="A543" s="1"><v>399</v></c><c r="B543" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C543" s="1" t="str"><v>Herijking Programma Mobiliteit en Ruimte</v></c><c r="D543" s="1" t="str"><v xml:space="preserve">In de Perspectiefnota 2027-2030 komt het college met een integraal voorstel om de balans tussen ambitie en middelen van het 'Programma Mobiliteit en Ruimte' te herstellen. Vooruitlopend hierop worden uw Staten in een tweetal sessies begin 2026 meegenomen in de ontwikkelingen van het 'Programma Mobiliteit en Ruimte' en de hiervoor beschikbare middelen. Het college wil met u verkennen welke opties uw voorkeur hebben om de balans tussen ambitie en middelen te herstellen (Bron: beantwoording technische vraag nr. 3, Programmabegroting 2026).&#13;
 &#13;
 Kredietoverzicht Programma Mobiliteit en Ruimte (bron: Statenvoorstel Vaststelling Programmabegroting 2026)&#13;
 Gedeputeerde Staten worden geconfronteerd met een te verwachten kostenontwikkeling die de realisatie van de ambitie van het ‘Programma Mobiliteit en Ruimte’ onder druk zet. Om samen met  gebiedspartners kansen die nog resteren te verkennen en te benutten hebben zij besloten om de realisatie van een aantal geprogrammeerde projecten tijdelijk te pauzeren. Gekoerst wordt op een integraal voorstel bij de Perspectiefnota 2027 – 2030 om te komen tot herstel van de balans tussen ambitie en middelen van het ‘Programma Mobiliteit en Ruimte’.&#13;
-</v></c><c r="E473" s="1" t="str"><v/></c><c r="F473" s="4"><v>45947.0</v></c><c r="G473" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H473" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I473" s="1" t="str"><v>Mobiliteit</v></c><c r="J473" s="1" t="str"><v/></c><c r="K473" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L473" s="4"><v>46064.0</v></c><c r="M473" s="1"><v>0</v></c></row><row r="474" spans="1:13" customFormat="false"><c r="A474" s="1"><v>36</v></c><c r="B474" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C474" s="1" t="str"><v>Nieuwe Natuur</v></c><c r="D474" s="1" t="str"><v/></c><c r="E474" s="1" t="str"><v/></c><c r="F474" s="4" t="str"><v/></c><c r="G474" s="1" t="str"><v>Natuur</v></c><c r="H474" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I474" s="1" t="str"><v>Natuur</v></c><c r="J474" s="1"/><c r="K474" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L474" s="4"><v>44937.0</v></c><c r="M474" s="1"><v>1</v></c></row><row r="475" spans="1:13" customFormat="false"><c r="A475" s="1"><v>47</v></c><c r="B475" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C475" s="1" t="str"><v>Bouwstenennotitie Flevoland natuurinclusief</v></c><c r="D475" s="1" t="str"><v/></c><c r="E475" s="1" t="str"><v/></c><c r="F475" s="4" t="str"><v/></c><c r="G475" s="1" t="str"><v>Natuur</v></c><c r="H475" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I475" s="1" t="str"><v>Natuur</v></c><c r="J475" s="1" t="str"><v/></c><c r="K475" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L475" s="4"><v>44965.0</v></c><c r="M475" s="1"><v>1</v></c></row><row r="476" spans="1:13" customFormat="false"><c r="A476" s="1"><v>59</v></c><c r="B476" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C476" s="1" t="str"><v>Oostvaardersplassen (Introductieprogramma)</v></c><c r="D476" s="1" t="str"><v>Introductieprogramma Provinciale Staten: uitleg over Oostvaardersplassen</v></c><c r="E476" s="1" t="str"><v/></c><c r="F476" s="4" t="str"><v/></c><c r="G476" s="1" t="str"><v>Natuur</v></c><c r="H476" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I476" s="1" t="str"><v>Natuur</v></c><c r="J476" s="1" t="str"><v/></c><c r="K476" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L476" s="4"><v>45119.0</v></c><c r="M476" s="1"><v>1</v></c></row><row r="477" spans="1:13" customFormat="false"><c r="A477" s="1"><v>124</v></c><c r="B477" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C477" s="1" t="str"><v>Agenderingsverzoek Faunaschade (BBB)</v></c><c r="D477" s="1" t="str"><v/></c><c r="E477" s="1" t="str"><v>BBB</v></c><c r="F477" s="4"><v>45126.0</v></c><c r="G477" s="1" t="str"><v>Natuur</v></c><c r="H477" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I477" s="1"/><c r="J477" s="1" t="str"><v/></c><c r="K477" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L477" s="4"><v>45210.0</v></c><c r="M477" s="1"><v>1</v></c></row><row r="478" spans="1:13" customFormat="false"><c r="A478" s="1"><v>380</v></c><c r="B478" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C478" s="1" t="str"><v xml:space="preserve">Natuurbeheerplan </v></c><c r="D478" s="1" t="str"><v/></c><c r="E478" s="1" t="str"><v/></c><c r="F478" s="4" t="str"><v/></c><c r="G478" s="1" t="str"><v>Natuur</v></c><c r="H478" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I478" s="1" t="str"><v>Natuur</v></c><c r="J478" s="1" t="str"><v/></c><c r="K478" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L478" s="4"><v>45833.0</v></c><c r="M478" s="1"><v>1</v></c></row><row r="479" spans="1:13" customFormat="false"><c r="A479" s="1"><v>393</v></c><c r="B479" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C479" s="1" t="str"><v>Review beleidskader beheer Oostvaardersplassen</v></c><c r="D479" s="1" t="str"><v xml:space="preserve">De opdracht om de wetenschappelijke review uit te voeren is in april gegund aan de Wageningen Universiteit &amp; Research. Bij de opdrachtverlening is overeengekomen dat de opdracht eind september door de WUR wordt opgeleverd. Snel daarna zullen de uitkomsten van de wetenschappelijke review beeldvormend gepresenteerd worden aan de commissie RND.&#13;
-[...5 lines deleted...]
-Daarnaast zal op basis van de bevindingen en adviezen uit de wetenschappelijke review bepaald moeten worden in hoeverre dat effect heeft en van invloed is op het door Provinciale Staten vastgestelde beleidskader beheer Oostvaardersplasssen. Mocht dat het geval zijn, dan komt het college met voorstellen daarvoor terug bij Provinciale Staten.</v></c><c r="E481" s="1" t="str"><v/></c><c r="F481" s="4" t="str"><v/></c><c r="G481" s="1" t="str"><v>Natuur</v></c><c r="H481" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I481" s="1" t="str"><v>Natuur</v></c><c r="J481" s="1" t="str"><v/></c><c r="K481" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L481" s="4"><v>46036.0</v></c><c r="M481" s="1"><v>0</v></c></row><row r="482" spans="1:13" customFormat="false"><c r="A482" s="1"><v>400</v></c><c r="B482" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C482" s="1" t="str"><v>Zienswijze procedure oprichting gemeenschappelijke regeling Nationale Databank Flora en Fauna (NDFF)</v></c><c r="D482" s="1" t="str"><v/></c><c r="E482" s="1" t="str"><v/></c><c r="F482" s="4" t="str"><v/></c><c r="G482" s="1" t="str"><v>Natuur</v></c><c r="H482" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I482" s="1" t="str"><v>Natuur</v></c><c r="J482" s="1" t="str"><v/></c><c r="K482" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L482" s="4"><v>46029.0</v></c><c r="M482" s="1"><v>0</v></c></row><row r="483" spans="1:13" customFormat="false"><c r="A483" s="1"><v>400</v></c><c r="B483" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C483" s="1" t="str"><v>Zienswijze procedure oprichting gemeenschappelijke regeling Nationale Databank Flora en Fauna (NDFF)</v></c><c r="D483" s="1" t="str"><v/></c><c r="E483" s="1" t="str"><v/></c><c r="F483" s="4" t="str"><v/></c><c r="G483" s="1" t="str"><v>Natuur</v></c><c r="H483" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I483" s="1" t="str"><v>Natuur</v></c><c r="J483" s="1" t="str"><v/></c><c r="K483" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L483" s="4"><v>46036.0</v></c><c r="M483" s="1"><v>0</v></c></row><row r="484" spans="1:13" customFormat="false"><c r="A484" s="1"><v>400</v></c><c r="B484" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C484" s="1" t="str"><v>Zienswijze procedure oprichting gemeenschappelijke regeling Nationale Databank Flora en Fauna (NDFF)</v></c><c r="D484" s="1" t="str"><v/></c><c r="E484" s="1" t="str"><v/></c><c r="F484" s="4" t="str"><v/></c><c r="G484" s="1" t="str"><v>Natuur</v></c><c r="H484" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I484" s="1" t="str"><v>Natuur</v></c><c r="J484" s="1" t="str"><v/></c><c r="K484" s="1" t="str"><v>Provinciale Staten</v></c><c r="L484" s="4"><v>46050.0</v></c><c r="M484" s="1"><v>0</v></c></row><row r="485" spans="1:13" customFormat="false"><c r="A485" s="1"><v>5</v></c><c r="B485" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C485" s="1" t="str"><v>Startnotitie Actualisatie Omgevingsvisie FlevolandStraks</v></c><c r="D485" s="1" t="str"><v/></c><c r="E485" s="1" t="str"><v/></c><c r="F485" s="4" t="str"><v/></c><c r="G485" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H485" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I485" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J485" s="1" t="str"><v/></c><c r="K485" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L485" s="4"><v>44748.0</v></c><c r="M485" s="1"><v>0</v></c></row><row r="486" spans="1:13" customFormat="false"><c r="A486" s="1"><v>5</v></c><c r="B486" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C486" s="1" t="str"><v>Startnotitie Actualisatie Omgevingsvisie FlevolandStraks</v></c><c r="D486" s="1" t="str"><v/></c><c r="E486" s="1" t="str"><v/></c><c r="F486" s="4" t="str"><v/></c><c r="G486" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H486" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I486" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J486" s="1" t="str"><v/></c><c r="K486" s="1" t="str"><v>Provinciale Staten</v></c><c r="L486" s="4"><v>44755.0</v></c><c r="M486" s="1"><v>0</v></c></row><row r="487" spans="1:13" customFormat="false"><c r="A487" s="1"><v>22</v></c><c r="B487" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C487" s="1" t="str"><v>Omgevingsvisie Flevoland - Inhoudelijke contourenschets</v></c><c r="D487" s="1" t="str"><v/></c><c r="E487" s="1" t="str"><v/></c><c r="F487" s="4" t="str"><v/></c><c r="G487" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H487" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I487" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J487" s="1" t="str"><v/></c><c r="K487" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L487" s="4"><v>44972.0</v></c><c r="M487" s="1"><v>1</v></c></row><row r="488" spans="1:13" customFormat="false"><c r="A488" s="1"><v>22</v></c><c r="B488" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C488" s="1" t="str"><v>Omgevingsvisie Flevoland - Inhoudelijke contourenschets</v></c><c r="D488" s="1" t="str"><v/></c><c r="E488" s="1" t="str"><v/></c><c r="F488" s="4" t="str"><v/></c><c r="G488" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H488" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I488" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J488" s="1" t="str"><v/></c><c r="K488" s="1" t="str"><v>Provinciale Staten</v></c><c r="L488" s="4"><v>44979.0</v></c><c r="M488" s="1"><v>1</v></c></row><row r="489" spans="1:13" customFormat="false"><c r="A489" s="1"><v>31</v></c><c r="B489" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C489" s="1" t="str"><v>Monitoring Omgevingsvisie</v></c><c r="D489" s="1" t="str"><v xml:space="preserve">In 2021 is de eerste Monitor Omgevingsvisie opgesteld. Deze monitor is ingezet als bouwsteen voor de evaluatie van de omgevingsvisie FlevolandStraks. Bij de &#13;
+</v></c><c r="E543" s="1" t="str"><v/></c><c r="F543" s="4"><v>45947.0</v></c><c r="G543" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H543" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I543" s="1" t="str"><v>Mobiliteit</v></c><c r="J543" s="1" t="str"><v/></c><c r="K543" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L543" s="4"><v>46064.0</v></c><c r="M543" s="1"><v>0</v></c></row><row r="544" spans="1:13" customFormat="false"><c r="A544" s="1"><v>36</v></c><c r="B544" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C544" s="1" t="str"><v>Nieuwe Natuur</v></c><c r="D544" s="1" t="str"><v/></c><c r="E544" s="1" t="str"><v/></c><c r="F544" s="4" t="str"><v/></c><c r="G544" s="1" t="str"><v>Natuur</v></c><c r="H544" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I544" s="1" t="str"><v>Natuur</v></c><c r="J544" s="1"/><c r="K544" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L544" s="4"><v>44937.0</v></c><c r="M544" s="1"><v>1</v></c></row><row r="545" spans="1:13" customFormat="false"><c r="A545" s="1"><v>47</v></c><c r="B545" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C545" s="1" t="str"><v>Bouwstenennotitie Flevoland natuurinclusief</v></c><c r="D545" s="1" t="str"><v/></c><c r="E545" s="1" t="str"><v/></c><c r="F545" s="4" t="str"><v/></c><c r="G545" s="1" t="str"><v>Natuur</v></c><c r="H545" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I545" s="1" t="str"><v>Natuur</v></c><c r="J545" s="1" t="str"><v/></c><c r="K545" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L545" s="4"><v>44965.0</v></c><c r="M545" s="1"><v>1</v></c></row><row r="546" spans="1:13" customFormat="false"><c r="A546" s="1"><v>59</v></c><c r="B546" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C546" s="1" t="str"><v>Oostvaardersplassen (Introductieprogramma)</v></c><c r="D546" s="1" t="str"><v>Introductieprogramma Provinciale Staten: uitleg over Oostvaardersplassen</v></c><c r="E546" s="1" t="str"><v/></c><c r="F546" s="4" t="str"><v/></c><c r="G546" s="1" t="str"><v>Natuur</v></c><c r="H546" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I546" s="1" t="str"><v>Natuur</v></c><c r="J546" s="1" t="str"><v/></c><c r="K546" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L546" s="4"><v>45119.0</v></c><c r="M546" s="1"><v>1</v></c></row><row r="547" spans="1:13" customFormat="false"><c r="A547" s="1"><v>124</v></c><c r="B547" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C547" s="1" t="str"><v>Agenderingsverzoek Faunaschade (BBB)</v></c><c r="D547" s="1" t="str"><v/></c><c r="E547" s="1" t="str"><v>BBB</v></c><c r="F547" s="4"><v>45126.0</v></c><c r="G547" s="1" t="str"><v>Natuur</v></c><c r="H547" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I547" s="1"/><c r="J547" s="1" t="str"><v/></c><c r="K547" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L547" s="4"><v>45210.0</v></c><c r="M547" s="1"><v>1</v></c></row><row r="548" spans="1:13" customFormat="false"><c r="A548" s="1"><v>380</v></c><c r="B548" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C548" s="1" t="str"><v xml:space="preserve">Natuurbeheerplan </v></c><c r="D548" s="1" t="str"><v/></c><c r="E548" s="1" t="str"><v/></c><c r="F548" s="4" t="str"><v/></c><c r="G548" s="1" t="str"><v>Natuur</v></c><c r="H548" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I548" s="1" t="str"><v>Natuur</v></c><c r="J548" s="1" t="str"><v/></c><c r="K548" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L548" s="4"><v>45833.0</v></c><c r="M548" s="1"><v>1</v></c></row><row r="549" spans="1:13" customFormat="false"><c r="A549" s="1"><v>393</v></c><c r="B549" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C549" s="1" t="str"><v>Review beleidskader beheer Oostvaardersplassen</v></c><c r="D549" s="1" t="str"><v xml:space="preserve">De opdracht om de wetenschappelijke review uit te voeren is in april gegund aan de Wageningen Universiteit &amp; Research. Bij de opdrachtverlening is overeengekomen dat de opdracht eind september door de WUR wordt opgeleverd. Snel daarna zullen de uitkomsten van de wetenschappelijke review beeldvormend gepresenteerd worden aan de commissie RND.&#13;
+&#13;
+Daarnaast zal op basis van de bevindingen en adviezen uit de wetenschappelijke review bepaald moeten worden in hoeverre dat effect heeft en van invloed is op het door Provinciale Staten vastgestelde beleidskader beheer Oostvaardersplasssen. Mocht dat het geval zijn, dan komt het college met voorstellen daarvoor terug bij Provinciale Staten.</v></c><c r="E549" s="1" t="str"><v/></c><c r="F549" s="4" t="str"><v/></c><c r="G549" s="1" t="str"><v>Natuur</v></c><c r="H549" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I549" s="1" t="str"><v>Natuur</v></c><c r="J549" s="1" t="str"><v xml:space="preserve">6 jan. 2026: Het college geeft aan dat zij tot de conclusie is gekomen dat, gezien de weersverwachtingen en de bereikbaarheid van de locatie, het verstandiger en veiliger is om het werkbezoek van 7 januari naar een later moment te verplaatsen.&#13;
+Het college wil graag de Statenleden zelf het gebied laten zien maar de veiligheid (om de locatie te bereiken) staat voorop. Het college plant in overleg met het Presidium en SBB graag zo spoedig mogelijk een alternatief moment.&#13;
+</v></c><c r="K549" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L549" s="4"><v>46036.0</v></c><c r="M549" s="1"><v>1</v></c></row><row r="550" spans="1:13" customFormat="false"><c r="A550" s="1"><v>393</v></c><c r="B550" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C550" s="1" t="str"><v>Review beleidskader beheer Oostvaardersplassen</v></c><c r="D550" s="1" t="str"><v xml:space="preserve">De opdracht om de wetenschappelijke review uit te voeren is in april gegund aan de Wageningen Universiteit &amp; Research. Bij de opdrachtverlening is overeengekomen dat de opdracht eind september door de WUR wordt opgeleverd. Snel daarna zullen de uitkomsten van de wetenschappelijke review beeldvormend gepresenteerd worden aan de commissie RND.&#13;
+&#13;
+Daarnaast zal op basis van de bevindingen en adviezen uit de wetenschappelijke review bepaald moeten worden in hoeverre dat effect heeft en van invloed is op het door Provinciale Staten vastgestelde beleidskader beheer Oostvaardersplasssen. Mocht dat het geval zijn, dan komt het college met voorstellen daarvoor terug bij Provinciale Staten.</v></c><c r="E550" s="1" t="str"><v/></c><c r="F550" s="4" t="str"><v/></c><c r="G550" s="1" t="str"><v>Natuur</v></c><c r="H550" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I550" s="1" t="str"><v>Natuur</v></c><c r="J550" s="1" t="str"><v xml:space="preserve">6 jan. 2026: Het college geeft aan dat zij tot de conclusie is gekomen dat, gezien de weersverwachtingen en de bereikbaarheid van de locatie, het verstandiger en veiliger is om het werkbezoek van 7 januari naar een later moment te verplaatsen.&#13;
+Het college wil graag de Statenleden zelf het gebied laten zien maar de veiligheid (om de locatie te bereiken) staat voorop. Het college plant in overleg met het Presidium en SBB graag zo spoedig mogelijk een alternatief moment.&#13;
+</v></c><c r="K550" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L550" s="4"><v>46043.0</v></c><c r="M550" s="1"><v>0</v></c></row><row r="551" spans="1:13" customFormat="false"><c r="A551" s="1"><v>393</v></c><c r="B551" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C551" s="1" t="str"><v>Review beleidskader beheer Oostvaardersplassen</v></c><c r="D551" s="1" t="str"><v xml:space="preserve">De opdracht om de wetenschappelijke review uit te voeren is in april gegund aan de Wageningen Universiteit &amp; Research. Bij de opdrachtverlening is overeengekomen dat de opdracht eind september door de WUR wordt opgeleverd. Snel daarna zullen de uitkomsten van de wetenschappelijke review beeldvormend gepresenteerd worden aan de commissie RND.&#13;
+&#13;
+Daarnaast zal op basis van de bevindingen en adviezen uit de wetenschappelijke review bepaald moeten worden in hoeverre dat effect heeft en van invloed is op het door Provinciale Staten vastgestelde beleidskader beheer Oostvaardersplasssen. Mocht dat het geval zijn, dan komt het college met voorstellen daarvoor terug bij Provinciale Staten.</v></c><c r="E551" s="1" t="str"><v/></c><c r="F551" s="4" t="str"><v/></c><c r="G551" s="1" t="str"><v>Natuur</v></c><c r="H551" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I551" s="1" t="str"><v>Natuur</v></c><c r="J551" s="1" t="str"><v xml:space="preserve">6 jan. 2026: Het college geeft aan dat zij tot de conclusie is gekomen dat, gezien de weersverwachtingen en de bereikbaarheid van de locatie, het verstandiger en veiliger is om het werkbezoek van 7 januari naar een later moment te verplaatsen.&#13;
+Het college wil graag de Statenleden zelf het gebied laten zien maar de veiligheid (om de locatie te bereiken) staat voorop. Het college plant in overleg met het Presidium en SBB graag zo spoedig mogelijk een alternatief moment.&#13;
+</v></c><c r="K551" s="1" t="str"><v>Werkbezoek</v></c><c r="L551" s="4"><v>46081.0</v></c><c r="M551" s="1"><v>0</v></c></row><row r="552" spans="1:13" customFormat="false"><c r="A552" s="1"><v>400</v></c><c r="B552" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C552" s="1" t="str"><v>Zienswijze procedure oprichting gemeenschappelijke regeling Nationale Databank Flora en Fauna (NDFF)</v></c><c r="D552" s="1" t="str"><v/></c><c r="E552" s="1" t="str"><v/></c><c r="F552" s="4" t="str"><v/></c><c r="G552" s="1" t="str"><v>Natuur</v></c><c r="H552" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I552" s="1" t="str"><v>Natuur</v></c><c r="J552" s="1" t="str"><v/></c><c r="K552" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L552" s="4"><v>46036.0</v></c><c r="M552" s="1"><v>1</v></c></row><row r="553" spans="1:13" customFormat="false"><c r="A553" s="1"><v>400</v></c><c r="B553" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C553" s="1" t="str"><v>Zienswijze procedure oprichting gemeenschappelijke regeling Nationale Databank Flora en Fauna (NDFF)</v></c><c r="D553" s="1" t="str"><v/></c><c r="E553" s="1" t="str"><v/></c><c r="F553" s="4" t="str"><v/></c><c r="G553" s="1" t="str"><v>Natuur</v></c><c r="H553" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I553" s="1" t="str"><v>Natuur</v></c><c r="J553" s="1" t="str"><v/></c><c r="K553" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L553" s="4"><v>46043.0</v></c><c r="M553" s="1"><v>0</v></c></row><row r="554" spans="1:13" customFormat="false"><c r="A554" s="1"><v>400</v></c><c r="B554" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C554" s="1" t="str"><v>Zienswijze procedure oprichting gemeenschappelijke regeling Nationale Databank Flora en Fauna (NDFF)</v></c><c r="D554" s="1" t="str"><v/></c><c r="E554" s="1" t="str"><v/></c><c r="F554" s="4" t="str"><v/></c><c r="G554" s="1" t="str"><v>Natuur</v></c><c r="H554" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I554" s="1" t="str"><v>Natuur</v></c><c r="J554" s="1" t="str"><v/></c><c r="K554" s="1" t="str"><v>Provinciale Staten</v></c><c r="L554" s="4"><v>46050.0</v></c><c r="M554" s="1"><v>0</v></c></row><row r="555" spans="1:13" customFormat="false"><c r="A555" s="1"><v>5</v></c><c r="B555" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C555" s="1" t="str"><v>Startnotitie Actualisatie Omgevingsvisie FlevolandStraks</v></c><c r="D555" s="1" t="str"><v/></c><c r="E555" s="1" t="str"><v/></c><c r="F555" s="4" t="str"><v/></c><c r="G555" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H555" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I555" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J555" s="1" t="str"><v/></c><c r="K555" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L555" s="4"><v>44748.0</v></c><c r="M555" s="1"><v>0</v></c></row><row r="556" spans="1:13" customFormat="false"><c r="A556" s="1"><v>5</v></c><c r="B556" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C556" s="1" t="str"><v>Startnotitie Actualisatie Omgevingsvisie FlevolandStraks</v></c><c r="D556" s="1" t="str"><v/></c><c r="E556" s="1" t="str"><v/></c><c r="F556" s="4" t="str"><v/></c><c r="G556" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H556" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I556" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J556" s="1" t="str"><v/></c><c r="K556" s="1" t="str"><v>Provinciale Staten</v></c><c r="L556" s="4"><v>44755.0</v></c><c r="M556" s="1"><v>0</v></c></row><row r="557" spans="1:13" customFormat="false"><c r="A557" s="1"><v>22</v></c><c r="B557" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C557" s="1" t="str"><v>Omgevingsvisie Flevoland - Inhoudelijke contourenschets</v></c><c r="D557" s="1" t="str"><v/></c><c r="E557" s="1" t="str"><v/></c><c r="F557" s="4" t="str"><v/></c><c r="G557" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H557" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I557" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J557" s="1" t="str"><v/></c><c r="K557" s="1" t="str"><v>Oordeelsvorming Integrale Statencommissie</v></c><c r="L557" s="4"><v>44972.0</v></c><c r="M557" s="1"><v>1</v></c></row><row r="558" spans="1:13" customFormat="false"><c r="A558" s="1"><v>22</v></c><c r="B558" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C558" s="1" t="str"><v>Omgevingsvisie Flevoland - Inhoudelijke contourenschets</v></c><c r="D558" s="1" t="str"><v/></c><c r="E558" s="1" t="str"><v/></c><c r="F558" s="4" t="str"><v/></c><c r="G558" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H558" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I558" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J558" s="1" t="str"><v/></c><c r="K558" s="1" t="str"><v>Provinciale Staten</v></c><c r="L558" s="4"><v>44979.0</v></c><c r="M558" s="1"><v>1</v></c></row><row r="559" spans="1:13" customFormat="false"><c r="A559" s="1"><v>31</v></c><c r="B559" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C559" s="1" t="str"><v>Monitoring Omgevingsvisie</v></c><c r="D559" s="1" t="str"><v xml:space="preserve">In 2021 is de eerste Monitor Omgevingsvisie opgesteld. Deze monitor is ingezet als bouwsteen voor de evaluatie van de omgevingsvisie FlevolandStraks. Bij de &#13;
  bespreking van dit proces hebben Provinciale Staten aangegeven betrokken te willen zijn bij de verdere ontwikkeling van deze Monitor. Nu de actualisatie van &#13;
-de Omgevingsvisie wordt verkend en een tweede Monitor wordt voorbereid is dit een goed moment om PS gelegenheid te bieden inbreng te leveren. De beeldvorming bestaat uit feitelijk informeren en peilen en toetsen.</v></c><c r="E489" s="1" t="str"><v/></c><c r="F489" s="4" t="str"><v/></c><c r="G489" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H489" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I489" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J489" s="1" t="str"><v/></c><c r="K489" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L489" s="4"><v>44944.0</v></c><c r="M489" s="1"><v>1</v></c></row><row r="490" spans="1:13" customFormat="false"><c r="A490" s="1"><v>56</v></c><c r="B490" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C490" s="1" t="str"><v>Omgevingswet en Omgevingsvisie (Introductieprogramma)</v></c><c r="D490" s="1" t="str"><v>Introductieprogramma Provinciale Staten: uitleg over Omgevingswet en Omgevingsvisie</v></c><c r="E490" s="1" t="str"><v/></c><c r="F490" s="4" t="str"><v/></c><c r="G490" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H490" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I490" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J490" s="1"/><c r="K490" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L490" s="4"><v>45063.0</v></c><c r="M490" s="1"><v>1</v></c></row><row r="491" spans="1:13" customFormat="false"><c r="A491" s="1"><v>96</v></c><c r="B491" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C491" s="1" t="str"><v xml:space="preserve">Samenwerkingsafspraken GS-PS m.b.t. Omgevingswet </v></c><c r="D491" s="1" t="str"><v xml:space="preserve">5 dec 2023: De data voor oordeelsvormende sessie en besluitvorming in januari 2024 zijn geannuleerd. Het onderwerp komt later dit jaar weer op de agenda terug. </v></c><c r="E491" s="1" t="str"><v/></c><c r="F491" s="4"><v>45057.0</v></c><c r="G491" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H491" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I491" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J491" s="1" t="str"><v/></c><c r="K491" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L491" s="4"><v>45259.0</v></c><c r="M491" s="1"><v>1</v></c></row><row r="492" spans="1:13" customFormat="false"><c r="A492" s="1"><v>104</v></c><c r="B492" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C492" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2024</v></c><c r="D492" s="1" t="str"><v xml:space="preserve">Een informatieve sessie over:&#13;
+de Omgevingsvisie wordt verkend en een tweede Monitor wordt voorbereid is dit een goed moment om PS gelegenheid te bieden inbreng te leveren. De beeldvorming bestaat uit feitelijk informeren en peilen en toetsen.</v></c><c r="E559" s="1" t="str"><v/></c><c r="F559" s="4" t="str"><v/></c><c r="G559" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H559" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I559" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J559" s="1" t="str"><v/></c><c r="K559" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L559" s="4"><v>44944.0</v></c><c r="M559" s="1"><v>1</v></c></row><row r="560" spans="1:13" customFormat="false"><c r="A560" s="1"><v>56</v></c><c r="B560" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C560" s="1" t="str"><v>Omgevingswet en Omgevingsvisie (Introductieprogramma)</v></c><c r="D560" s="1" t="str"><v>Introductieprogramma Provinciale Staten: uitleg over Omgevingswet en Omgevingsvisie</v></c><c r="E560" s="1" t="str"><v/></c><c r="F560" s="4" t="str"><v/></c><c r="G560" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H560" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I560" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J560" s="1"/><c r="K560" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L560" s="4"><v>45063.0</v></c><c r="M560" s="1"><v>1</v></c></row><row r="561" spans="1:13" customFormat="false"><c r="A561" s="1"><v>96</v></c><c r="B561" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C561" s="1" t="str"><v xml:space="preserve">Samenwerkingsafspraken GS-PS m.b.t. Omgevingswet </v></c><c r="D561" s="1" t="str"><v xml:space="preserve">5 dec 2023: De data voor oordeelsvormende sessie en besluitvorming in januari 2024 zijn geannuleerd. Het onderwerp komt later dit jaar weer op de agenda terug. </v></c><c r="E561" s="1" t="str"><v/></c><c r="F561" s="4"><v>45057.0</v></c><c r="G561" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H561" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I561" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J561" s="1" t="str"><v/></c><c r="K561" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L561" s="4"><v>45259.0</v></c><c r="M561" s="1"><v>1</v></c></row><row r="562" spans="1:13" customFormat="false"><c r="A562" s="1"><v>104</v></c><c r="B562" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C562" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2024</v></c><c r="D562" s="1" t="str"><v xml:space="preserve">Een informatieve sessie over:&#13;
 -	Waar komen we vandaan (geschiedenis / terugkijken)&#13;
 -	Wat houdt het instrument omgevingsverordening in&#13;
 -	Welke onderwerpen zijn onderdeel van de herziening; welke thema’s (onderwerpen) worden wel of niet inhoudelijk gewijzigd en waarom?&#13;
 -	Planning&#13;
 •	Februari ’24 beeldvormende ronde over de inhoud van de te wijzigen thema’s en de daarin te maken keuzes&#13;
 •	Maart ‘24 oordeels- en  besluitvormende ronde&#13;
-</v></c><c r="E492" s="1" t="str"><v/></c><c r="F492" s="4" t="str"><v/></c><c r="G492" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H492" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I492" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J492" s="1" t="str"><v xml:space="preserve">In mei hebben PS de ontwerp herziening van de omgevingsverordening vastgesteld. De zienswijzenperiode is inmiddels afgelopen. De ontvangen zienswijzen zijn we aan het verwerken.&#13;
-De vaststelling van de definitieve herziening van de omgevingsverordening wordt nu gepland.</v></c><c r="K492" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L492" s="4"><v>45182.0</v></c><c r="M492" s="1"><v>1</v></c></row><row r="493" spans="1:13" customFormat="false"><c r="A493" s="1"><v>104</v></c><c r="B493" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C493" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2024</v></c><c r="D493" s="1" t="str"><v xml:space="preserve">Een informatieve sessie over:&#13;
+</v></c><c r="E562" s="1" t="str"><v/></c><c r="F562" s="4" t="str"><v/></c><c r="G562" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H562" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I562" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J562" s="1" t="str"><v xml:space="preserve">In mei hebben PS de ontwerp herziening van de omgevingsverordening vastgesteld. De zienswijzenperiode is inmiddels afgelopen. De ontvangen zienswijzen zijn we aan het verwerken.&#13;
+De vaststelling van de definitieve herziening van de omgevingsverordening wordt nu gepland.</v></c><c r="K562" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L562" s="4"><v>45182.0</v></c><c r="M562" s="1"><v>1</v></c></row><row r="563" spans="1:13" customFormat="false"><c r="A563" s="1"><v>104</v></c><c r="B563" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C563" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2024</v></c><c r="D563" s="1" t="str"><v xml:space="preserve">Een informatieve sessie over:&#13;
 -	Waar komen we vandaan (geschiedenis / terugkijken)&#13;
 -	Wat houdt het instrument omgevingsverordening in&#13;
 -	Welke onderwerpen zijn onderdeel van de herziening; welke thema’s (onderwerpen) worden wel of niet inhoudelijk gewijzigd en waarom?&#13;
 -	Planning&#13;
 •	Februari ’24 beeldvormende ronde over de inhoud van de te wijzigen thema’s en de daarin te maken keuzes&#13;
 •	Maart ‘24 oordeels- en  besluitvormende ronde&#13;
-</v></c><c r="E493" s="1" t="str"><v/></c><c r="F493" s="4" t="str"><v/></c><c r="G493" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H493" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I493" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J493" s="1" t="str"><v xml:space="preserve">In mei hebben PS de ontwerp herziening van de omgevingsverordening vastgesteld. De zienswijzenperiode is inmiddels afgelopen. De ontvangen zienswijzen zijn we aan het verwerken.&#13;
-De vaststelling van de definitieve herziening van de omgevingsverordening wordt nu gepland.</v></c><c r="K493" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L493" s="4"><v>45371.0</v></c><c r="M493" s="1"><v>1</v></c></row><row r="494" spans="1:13" customFormat="false"><c r="A494" s="1"><v>104</v></c><c r="B494" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C494" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2024</v></c><c r="D494" s="1" t="str"><v xml:space="preserve">Een informatieve sessie over:&#13;
+</v></c><c r="E563" s="1" t="str"><v/></c><c r="F563" s="4" t="str"><v/></c><c r="G563" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H563" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I563" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J563" s="1" t="str"><v xml:space="preserve">In mei hebben PS de ontwerp herziening van de omgevingsverordening vastgesteld. De zienswijzenperiode is inmiddels afgelopen. De ontvangen zienswijzen zijn we aan het verwerken.&#13;
+De vaststelling van de definitieve herziening van de omgevingsverordening wordt nu gepland.</v></c><c r="K563" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L563" s="4"><v>45371.0</v></c><c r="M563" s="1"><v>1</v></c></row><row r="564" spans="1:13" customFormat="false"><c r="A564" s="1"><v>104</v></c><c r="B564" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C564" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2024</v></c><c r="D564" s="1" t="str"><v xml:space="preserve">Een informatieve sessie over:&#13;
 -	Waar komen we vandaan (geschiedenis / terugkijken)&#13;
 -	Wat houdt het instrument omgevingsverordening in&#13;
 -	Welke onderwerpen zijn onderdeel van de herziening; welke thema’s (onderwerpen) worden wel of niet inhoudelijk gewijzigd en waarom?&#13;
 -	Planning&#13;
 •	Februari ’24 beeldvormende ronde over de inhoud van de te wijzigen thema’s en de daarin te maken keuzes&#13;
 •	Maart ‘24 oordeels- en  besluitvormende ronde&#13;
-</v></c><c r="E494" s="1" t="str"><v/></c><c r="F494" s="4" t="str"><v/></c><c r="G494" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H494" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I494" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J494" s="1" t="str"><v xml:space="preserve">In mei hebben PS de ontwerp herziening van de omgevingsverordening vastgesteld. De zienswijzenperiode is inmiddels afgelopen. De ontvangen zienswijzen zijn we aan het verwerken.&#13;
-De vaststelling van de definitieve herziening van de omgevingsverordening wordt nu gepland.</v></c><c r="K494" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L494" s="4"><v>45427.0</v></c><c r="M494" s="1"><v>1</v></c></row><row r="495" spans="1:13" customFormat="false"><c r="A495" s="1"><v>104</v></c><c r="B495" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C495" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2024</v></c><c r="D495" s="1" t="str"><v xml:space="preserve">Een informatieve sessie over:&#13;
+</v></c><c r="E564" s="1" t="str"><v/></c><c r="F564" s="4" t="str"><v/></c><c r="G564" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H564" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I564" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J564" s="1" t="str"><v xml:space="preserve">In mei hebben PS de ontwerp herziening van de omgevingsverordening vastgesteld. De zienswijzenperiode is inmiddels afgelopen. De ontvangen zienswijzen zijn we aan het verwerken.&#13;
+De vaststelling van de definitieve herziening van de omgevingsverordening wordt nu gepland.</v></c><c r="K564" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L564" s="4"><v>45427.0</v></c><c r="M564" s="1"><v>1</v></c></row><row r="565" spans="1:13" customFormat="false"><c r="A565" s="1"><v>104</v></c><c r="B565" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C565" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2024</v></c><c r="D565" s="1" t="str"><v xml:space="preserve">Een informatieve sessie over:&#13;
 -	Waar komen we vandaan (geschiedenis / terugkijken)&#13;
 -	Wat houdt het instrument omgevingsverordening in&#13;
 -	Welke onderwerpen zijn onderdeel van de herziening; welke thema’s (onderwerpen) worden wel of niet inhoudelijk gewijzigd en waarom?&#13;
 -	Planning&#13;
 •	Februari ’24 beeldvormende ronde over de inhoud van de te wijzigen thema’s en de daarin te maken keuzes&#13;
 •	Maart ‘24 oordeels- en  besluitvormende ronde&#13;
-</v></c><c r="E495" s="1" t="str"><v/></c><c r="F495" s="4" t="str"><v/></c><c r="G495" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H495" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I495" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J495" s="1" t="str"><v xml:space="preserve">In mei hebben PS de ontwerp herziening van de omgevingsverordening vastgesteld. De zienswijzenperiode is inmiddels afgelopen. De ontvangen zienswijzen zijn we aan het verwerken.&#13;
-De vaststelling van de definitieve herziening van de omgevingsverordening wordt nu gepland.</v></c><c r="K495" s="1" t="str"><v>Provinciale Staten</v></c><c r="L495" s="4"><v>45441.0</v></c><c r="M495" s="1"><v>1</v></c></row><row r="496" spans="1:13" customFormat="false"><c r="A496" s="1"><v>104</v></c><c r="B496" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C496" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2024</v></c><c r="D496" s="1" t="str"><v xml:space="preserve">Een informatieve sessie over:&#13;
+</v></c><c r="E565" s="1" t="str"><v/></c><c r="F565" s="4" t="str"><v/></c><c r="G565" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H565" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I565" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J565" s="1" t="str"><v xml:space="preserve">In mei hebben PS de ontwerp herziening van de omgevingsverordening vastgesteld. De zienswijzenperiode is inmiddels afgelopen. De ontvangen zienswijzen zijn we aan het verwerken.&#13;
+De vaststelling van de definitieve herziening van de omgevingsverordening wordt nu gepland.</v></c><c r="K565" s="1" t="str"><v>Provinciale Staten</v></c><c r="L565" s="4"><v>45441.0</v></c><c r="M565" s="1"><v>1</v></c></row><row r="566" spans="1:13" customFormat="false"><c r="A566" s="1"><v>104</v></c><c r="B566" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C566" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2024</v></c><c r="D566" s="1" t="str"><v xml:space="preserve">Een informatieve sessie over:&#13;
 -	Waar komen we vandaan (geschiedenis / terugkijken)&#13;
 -	Wat houdt het instrument omgevingsverordening in&#13;
 -	Welke onderwerpen zijn onderdeel van de herziening; welke thema’s (onderwerpen) worden wel of niet inhoudelijk gewijzigd en waarom?&#13;
 -	Planning&#13;
 •	Februari ’24 beeldvormende ronde over de inhoud van de te wijzigen thema’s en de daarin te maken keuzes&#13;
 •	Maart ‘24 oordeels- en  besluitvormende ronde&#13;
-</v></c><c r="E496" s="1" t="str"><v/></c><c r="F496" s="4" t="str"><v/></c><c r="G496" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H496" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I496" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J496" s="1" t="str"><v xml:space="preserve">In mei hebben PS de ontwerp herziening van de omgevingsverordening vastgesteld. De zienswijzenperiode is inmiddels afgelopen. De ontvangen zienswijzen zijn we aan het verwerken.&#13;
-De vaststelling van de definitieve herziening van de omgevingsverordening wordt nu gepland.</v></c><c r="K496" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L496" s="4"><v>45623.0</v></c><c r="M496" s="1"><v>1</v></c></row><row r="497" spans="1:13" customFormat="false"><c r="A497" s="1"><v>104</v></c><c r="B497" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C497" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2024</v></c><c r="D497" s="1" t="str"><v xml:space="preserve">Een informatieve sessie over:&#13;
+</v></c><c r="E566" s="1" t="str"><v/></c><c r="F566" s="4" t="str"><v/></c><c r="G566" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H566" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I566" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J566" s="1" t="str"><v xml:space="preserve">In mei hebben PS de ontwerp herziening van de omgevingsverordening vastgesteld. De zienswijzenperiode is inmiddels afgelopen. De ontvangen zienswijzen zijn we aan het verwerken.&#13;
+De vaststelling van de definitieve herziening van de omgevingsverordening wordt nu gepland.</v></c><c r="K566" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L566" s="4"><v>45623.0</v></c><c r="M566" s="1"><v>1</v></c></row><row r="567" spans="1:13" customFormat="false"><c r="A567" s="1"><v>104</v></c><c r="B567" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C567" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2024</v></c><c r="D567" s="1" t="str"><v xml:space="preserve">Een informatieve sessie over:&#13;
 -	Waar komen we vandaan (geschiedenis / terugkijken)&#13;
 -	Wat houdt het instrument omgevingsverordening in&#13;
 -	Welke onderwerpen zijn onderdeel van de herziening; welke thema’s (onderwerpen) worden wel of niet inhoudelijk gewijzigd en waarom?&#13;
 -	Planning&#13;
 •	Februari ’24 beeldvormende ronde over de inhoud van de te wijzigen thema’s en de daarin te maken keuzes&#13;
 •	Maart ‘24 oordeels- en  besluitvormende ronde&#13;
-</v></c><c r="E497" s="1" t="str"><v/></c><c r="F497" s="4" t="str"><v/></c><c r="G497" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H497" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I497" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J497" s="1" t="str"><v xml:space="preserve">In mei hebben PS de ontwerp herziening van de omgevingsverordening vastgesteld. De zienswijzenperiode is inmiddels afgelopen. De ontvangen zienswijzen zijn we aan het verwerken.&#13;
-De vaststelling van de definitieve herziening van de omgevingsverordening wordt nu gepland.</v></c><c r="K497" s="1" t="str"><v>Provinciale Staten</v></c><c r="L497" s="4"><v>45637.0</v></c><c r="M497" s="1"><v>1</v></c></row><row r="498" spans="1:13" customFormat="false"><c r="A498" s="1"><v>159</v></c><c r="B498" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C498" s="1" t="str"><v>Vaststelling participatieplan en kaders voor omgevingsvisie Flevoland</v></c><c r="D498" s="1" t="str"><v xml:space="preserve">In 2021 is een tussenevaluatie uitgevoerd van de huidige Omgevingsvisie FlevolandStraks (uit 2017). Geconstateerd werd dat maatschappelijke opgaven urgenter zijn geworden en dat het provinciaal beleid op onderdelen niet meer voldoet. De provincie heeft steeds vaker onvoldoende antwoorden op de huidige ruimtelijke vragen. Op basis daarvan was voorgesteld om te komen tot een actualisatie van die omgevingsvisie. Op 13 juli 2022 hebben Provinciale Staten de kaders voor de Actualisatie Omgevingsvisie FlevolandStraks vastgesteld. Op 22 februari 2023 hebben Provinciale Staten vervolgens een contourenschets vastgesteld voor de actualisatie van de omgevingsvisie. Daarin is besloten de voorbereidingen voor de actualisatie te starten maar de formele actualisatie over te laten aan de nieuwe provinciale Staten na de verkiezingen in maart 2023.  In maart 2023 hebben Provinciale Staten een voortgangsrapportage ontvangen met de stand van zaken over de bouwstenen voor het actualisatieproces. &#13;
+</v></c><c r="E567" s="1" t="str"><v/></c><c r="F567" s="4" t="str"><v/></c><c r="G567" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H567" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I567" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J567" s="1" t="str"><v xml:space="preserve">In mei hebben PS de ontwerp herziening van de omgevingsverordening vastgesteld. De zienswijzenperiode is inmiddels afgelopen. De ontvangen zienswijzen zijn we aan het verwerken.&#13;
+De vaststelling van de definitieve herziening van de omgevingsverordening wordt nu gepland.</v></c><c r="K567" s="1" t="str"><v>Provinciale Staten</v></c><c r="L567" s="4"><v>45637.0</v></c><c r="M567" s="1"><v>1</v></c></row><row r="568" spans="1:13" customFormat="false"><c r="A568" s="1"><v>159</v></c><c r="B568" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C568" s="1" t="str"><v>Vaststelling participatieplan en kaders voor omgevingsvisie Flevoland</v></c><c r="D568" s="1" t="str"><v xml:space="preserve">In 2021 is een tussenevaluatie uitgevoerd van de huidige Omgevingsvisie FlevolandStraks (uit 2017). Geconstateerd werd dat maatschappelijke opgaven urgenter zijn geworden en dat het provinciaal beleid op onderdelen niet meer voldoet. De provincie heeft steeds vaker onvoldoende antwoorden op de huidige ruimtelijke vragen. Op basis daarvan was voorgesteld om te komen tot een actualisatie van die omgevingsvisie. Op 13 juli 2022 hebben Provinciale Staten de kaders voor de Actualisatie Omgevingsvisie FlevolandStraks vastgesteld. Op 22 februari 2023 hebben Provinciale Staten vervolgens een contourenschets vastgesteld voor de actualisatie van de omgevingsvisie. Daarin is besloten de voorbereidingen voor de actualisatie te starten maar de formele actualisatie over te laten aan de nieuwe provinciale Staten na de verkiezingen in maart 2023.  In maart 2023 hebben Provinciale Staten een voortgangsrapportage ontvangen met de stand van zaken over de bouwstenen voor het actualisatieproces. &#13;
 &#13;
 In 2022 heeft de provincie, samen met de gemeenten, het waterschap en het rijk, een strategische agenda opgesteld voor Flevoland, en heeft de provincie op verzoek van het rijk in 2023 een ruimtelijk voorstel gemaakt dat input levert voor de Nationale Omgevingsvisie. &#13;
 &#13;
 Met de verkiezingen van Provinciale Staten in maart 2023 is de samenstelling van Provinciale Staten en Gedeputeerde Staten van Flevoland veranderd. In het coalitieakkoord is vervolgens opgenomen dat verkend moet worden hoe we het Flevoland van de toekomst inrichten en dat ruimtelijke keuzes gemaakt moeten worden. Daarin wordt gesproken over een nieuwe omgevingsvisie. Ook wordt aangegeven dat er een grote rol wordt gezien voor inwoners en ondernemers. &#13;
 &#13;
 Het totaal van al deze met elkaar samenhangende opgaven en ontwikkelingen is voor de huidige coalitie de reden om in plaats van een actualisatie in te zetten op de ontwikkeling van een nieuwe omgevingsvisie. &#13;
 &#13;
-</v></c><c r="E498" s="1" t="str"><v/></c><c r="F498" s="4" t="str"><v/></c><c r="G498" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H498" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I498" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J498" s="1" t="str"><v/></c><c r="K498" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L498" s="4"><v>45371.0</v></c><c r="M498" s="1"><v>1</v></c></row><row r="499" spans="1:13" customFormat="false"><c r="A499" s="1"><v>159</v></c><c r="B499" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C499" s="1" t="str"><v>Vaststelling participatieplan en kaders voor omgevingsvisie Flevoland</v></c><c r="D499" s="1" t="str"><v xml:space="preserve">In 2021 is een tussenevaluatie uitgevoerd van de huidige Omgevingsvisie FlevolandStraks (uit 2017). Geconstateerd werd dat maatschappelijke opgaven urgenter zijn geworden en dat het provinciaal beleid op onderdelen niet meer voldoet. De provincie heeft steeds vaker onvoldoende antwoorden op de huidige ruimtelijke vragen. Op basis daarvan was voorgesteld om te komen tot een actualisatie van die omgevingsvisie. Op 13 juli 2022 hebben Provinciale Staten de kaders voor de Actualisatie Omgevingsvisie FlevolandStraks vastgesteld. Op 22 februari 2023 hebben Provinciale Staten vervolgens een contourenschets vastgesteld voor de actualisatie van de omgevingsvisie. Daarin is besloten de voorbereidingen voor de actualisatie te starten maar de formele actualisatie over te laten aan de nieuwe provinciale Staten na de verkiezingen in maart 2023.  In maart 2023 hebben Provinciale Staten een voortgangsrapportage ontvangen met de stand van zaken over de bouwstenen voor het actualisatieproces. &#13;
+</v></c><c r="E568" s="1" t="str"><v/></c><c r="F568" s="4" t="str"><v/></c><c r="G568" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H568" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I568" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J568" s="1" t="str"><v/></c><c r="K568" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L568" s="4"><v>45371.0</v></c><c r="M568" s="1"><v>1</v></c></row><row r="569" spans="1:13" customFormat="false"><c r="A569" s="1"><v>159</v></c><c r="B569" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C569" s="1" t="str"><v>Vaststelling participatieplan en kaders voor omgevingsvisie Flevoland</v></c><c r="D569" s="1" t="str"><v xml:space="preserve">In 2021 is een tussenevaluatie uitgevoerd van de huidige Omgevingsvisie FlevolandStraks (uit 2017). Geconstateerd werd dat maatschappelijke opgaven urgenter zijn geworden en dat het provinciaal beleid op onderdelen niet meer voldoet. De provincie heeft steeds vaker onvoldoende antwoorden op de huidige ruimtelijke vragen. Op basis daarvan was voorgesteld om te komen tot een actualisatie van die omgevingsvisie. Op 13 juli 2022 hebben Provinciale Staten de kaders voor de Actualisatie Omgevingsvisie FlevolandStraks vastgesteld. Op 22 februari 2023 hebben Provinciale Staten vervolgens een contourenschets vastgesteld voor de actualisatie van de omgevingsvisie. Daarin is besloten de voorbereidingen voor de actualisatie te starten maar de formele actualisatie over te laten aan de nieuwe provinciale Staten na de verkiezingen in maart 2023.  In maart 2023 hebben Provinciale Staten een voortgangsrapportage ontvangen met de stand van zaken over de bouwstenen voor het actualisatieproces. &#13;
 &#13;
 In 2022 heeft de provincie, samen met de gemeenten, het waterschap en het rijk, een strategische agenda opgesteld voor Flevoland, en heeft de provincie op verzoek van het rijk in 2023 een ruimtelijk voorstel gemaakt dat input levert voor de Nationale Omgevingsvisie. &#13;
 &#13;
 Met de verkiezingen van Provinciale Staten in maart 2023 is de samenstelling van Provinciale Staten en Gedeputeerde Staten van Flevoland veranderd. In het coalitieakkoord is vervolgens opgenomen dat verkend moet worden hoe we het Flevoland van de toekomst inrichten en dat ruimtelijke keuzes gemaakt moeten worden. Daarin wordt gesproken over een nieuwe omgevingsvisie. Ook wordt aangegeven dat er een grote rol wordt gezien voor inwoners en ondernemers. &#13;
 &#13;
 Het totaal van al deze met elkaar samenhangende opgaven en ontwikkelingen is voor de huidige coalitie de reden om in plaats van een actualisatie in te zetten op de ontwikkeling van een nieuwe omgevingsvisie. &#13;
 &#13;
-</v></c><c r="E499" s="1" t="str"><v/></c><c r="F499" s="4" t="str"><v/></c><c r="G499" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H499" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I499" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J499" s="1" t="str"><v/></c><c r="K499" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L499" s="4"><v>45392.0</v></c><c r="M499" s="1"><v>1</v></c></row><row r="500" spans="1:13" customFormat="false"><c r="A500" s="1"><v>159</v></c><c r="B500" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C500" s="1" t="str"><v>Vaststelling participatieplan en kaders voor omgevingsvisie Flevoland</v></c><c r="D500" s="1" t="str"><v xml:space="preserve">In 2021 is een tussenevaluatie uitgevoerd van de huidige Omgevingsvisie FlevolandStraks (uit 2017). Geconstateerd werd dat maatschappelijke opgaven urgenter zijn geworden en dat het provinciaal beleid op onderdelen niet meer voldoet. De provincie heeft steeds vaker onvoldoende antwoorden op de huidige ruimtelijke vragen. Op basis daarvan was voorgesteld om te komen tot een actualisatie van die omgevingsvisie. Op 13 juli 2022 hebben Provinciale Staten de kaders voor de Actualisatie Omgevingsvisie FlevolandStraks vastgesteld. Op 22 februari 2023 hebben Provinciale Staten vervolgens een contourenschets vastgesteld voor de actualisatie van de omgevingsvisie. Daarin is besloten de voorbereidingen voor de actualisatie te starten maar de formele actualisatie over te laten aan de nieuwe provinciale Staten na de verkiezingen in maart 2023.  In maart 2023 hebben Provinciale Staten een voortgangsrapportage ontvangen met de stand van zaken over de bouwstenen voor het actualisatieproces. &#13;
+</v></c><c r="E569" s="1" t="str"><v/></c><c r="F569" s="4" t="str"><v/></c><c r="G569" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H569" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I569" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J569" s="1" t="str"><v/></c><c r="K569" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L569" s="4"><v>45392.0</v></c><c r="M569" s="1"><v>1</v></c></row><row r="570" spans="1:13" customFormat="false"><c r="A570" s="1"><v>159</v></c><c r="B570" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C570" s="1" t="str"><v>Vaststelling participatieplan en kaders voor omgevingsvisie Flevoland</v></c><c r="D570" s="1" t="str"><v xml:space="preserve">In 2021 is een tussenevaluatie uitgevoerd van de huidige Omgevingsvisie FlevolandStraks (uit 2017). Geconstateerd werd dat maatschappelijke opgaven urgenter zijn geworden en dat het provinciaal beleid op onderdelen niet meer voldoet. De provincie heeft steeds vaker onvoldoende antwoorden op de huidige ruimtelijke vragen. Op basis daarvan was voorgesteld om te komen tot een actualisatie van die omgevingsvisie. Op 13 juli 2022 hebben Provinciale Staten de kaders voor de Actualisatie Omgevingsvisie FlevolandStraks vastgesteld. Op 22 februari 2023 hebben Provinciale Staten vervolgens een contourenschets vastgesteld voor de actualisatie van de omgevingsvisie. Daarin is besloten de voorbereidingen voor de actualisatie te starten maar de formele actualisatie over te laten aan de nieuwe provinciale Staten na de verkiezingen in maart 2023.  In maart 2023 hebben Provinciale Staten een voortgangsrapportage ontvangen met de stand van zaken over de bouwstenen voor het actualisatieproces. &#13;
 &#13;
 In 2022 heeft de provincie, samen met de gemeenten, het waterschap en het rijk, een strategische agenda opgesteld voor Flevoland, en heeft de provincie op verzoek van het rijk in 2023 een ruimtelijk voorstel gemaakt dat input levert voor de Nationale Omgevingsvisie. &#13;
 &#13;
 Met de verkiezingen van Provinciale Staten in maart 2023 is de samenstelling van Provinciale Staten en Gedeputeerde Staten van Flevoland veranderd. In het coalitieakkoord is vervolgens opgenomen dat verkend moet worden hoe we het Flevoland van de toekomst inrichten en dat ruimtelijke keuzes gemaakt moeten worden. Daarin wordt gesproken over een nieuwe omgevingsvisie. Ook wordt aangegeven dat er een grote rol wordt gezien voor inwoners en ondernemers. &#13;
 &#13;
 Het totaal van al deze met elkaar samenhangende opgaven en ontwikkelingen is voor de huidige coalitie de reden om in plaats van een actualisatie in te zetten op de ontwikkeling van een nieuwe omgevingsvisie. &#13;
 &#13;
-</v></c><c r="E500" s="1" t="str"><v/></c><c r="F500" s="4" t="str"><v/></c><c r="G500" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H500" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I500" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J500" s="1" t="str"><v/></c><c r="K500" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L500" s="4"><v>45399.0</v></c><c r="M500" s="1"><v>1</v></c></row><row r="501" spans="1:13" customFormat="false"><c r="A501" s="1"><v>159</v></c><c r="B501" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C501" s="1" t="str"><v>Vaststelling participatieplan en kaders voor omgevingsvisie Flevoland</v></c><c r="D501" s="1" t="str"><v xml:space="preserve">In 2021 is een tussenevaluatie uitgevoerd van de huidige Omgevingsvisie FlevolandStraks (uit 2017). Geconstateerd werd dat maatschappelijke opgaven urgenter zijn geworden en dat het provinciaal beleid op onderdelen niet meer voldoet. De provincie heeft steeds vaker onvoldoende antwoorden op de huidige ruimtelijke vragen. Op basis daarvan was voorgesteld om te komen tot een actualisatie van die omgevingsvisie. Op 13 juli 2022 hebben Provinciale Staten de kaders voor de Actualisatie Omgevingsvisie FlevolandStraks vastgesteld. Op 22 februari 2023 hebben Provinciale Staten vervolgens een contourenschets vastgesteld voor de actualisatie van de omgevingsvisie. Daarin is besloten de voorbereidingen voor de actualisatie te starten maar de formele actualisatie over te laten aan de nieuwe provinciale Staten na de verkiezingen in maart 2023.  In maart 2023 hebben Provinciale Staten een voortgangsrapportage ontvangen met de stand van zaken over de bouwstenen voor het actualisatieproces. &#13;
+</v></c><c r="E570" s="1" t="str"><v/></c><c r="F570" s="4" t="str"><v/></c><c r="G570" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H570" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I570" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J570" s="1" t="str"><v/></c><c r="K570" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L570" s="4"><v>45399.0</v></c><c r="M570" s="1"><v>1</v></c></row><row r="571" spans="1:13" customFormat="false"><c r="A571" s="1"><v>159</v></c><c r="B571" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C571" s="1" t="str"><v>Vaststelling participatieplan en kaders voor omgevingsvisie Flevoland</v></c><c r="D571" s="1" t="str"><v xml:space="preserve">In 2021 is een tussenevaluatie uitgevoerd van de huidige Omgevingsvisie FlevolandStraks (uit 2017). Geconstateerd werd dat maatschappelijke opgaven urgenter zijn geworden en dat het provinciaal beleid op onderdelen niet meer voldoet. De provincie heeft steeds vaker onvoldoende antwoorden op de huidige ruimtelijke vragen. Op basis daarvan was voorgesteld om te komen tot een actualisatie van die omgevingsvisie. Op 13 juli 2022 hebben Provinciale Staten de kaders voor de Actualisatie Omgevingsvisie FlevolandStraks vastgesteld. Op 22 februari 2023 hebben Provinciale Staten vervolgens een contourenschets vastgesteld voor de actualisatie van de omgevingsvisie. Daarin is besloten de voorbereidingen voor de actualisatie te starten maar de formele actualisatie over te laten aan de nieuwe provinciale Staten na de verkiezingen in maart 2023.  In maart 2023 hebben Provinciale Staten een voortgangsrapportage ontvangen met de stand van zaken over de bouwstenen voor het actualisatieproces. &#13;
 &#13;
 In 2022 heeft de provincie, samen met de gemeenten, het waterschap en het rijk, een strategische agenda opgesteld voor Flevoland, en heeft de provincie op verzoek van het rijk in 2023 een ruimtelijk voorstel gemaakt dat input levert voor de Nationale Omgevingsvisie. &#13;
 &#13;
 Met de verkiezingen van Provinciale Staten in maart 2023 is de samenstelling van Provinciale Staten en Gedeputeerde Staten van Flevoland veranderd. In het coalitieakkoord is vervolgens opgenomen dat verkend moet worden hoe we het Flevoland van de toekomst inrichten en dat ruimtelijke keuzes gemaakt moeten worden. Daarin wordt gesproken over een nieuwe omgevingsvisie. Ook wordt aangegeven dat er een grote rol wordt gezien voor inwoners en ondernemers. &#13;
 &#13;
 Het totaal van al deze met elkaar samenhangende opgaven en ontwikkelingen is voor de huidige coalitie de reden om in plaats van een actualisatie in te zetten op de ontwikkeling van een nieuwe omgevingsvisie. &#13;
 &#13;
-</v></c><c r="E501" s="1" t="str"><v/></c><c r="F501" s="4" t="str"><v/></c><c r="G501" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H501" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I501" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J501" s="1" t="str"><v/></c><c r="K501" s="1" t="str"><v>Provinciale Staten</v></c><c r="L501" s="4"><v>45406.0</v></c><c r="M501" s="1"><v>1</v></c></row><row r="502" spans="1:13" customFormat="false"><c r="A502" s="1"><v>160</v></c><c r="B502" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C502" s="1" t="str"><v>Omgevingsvisie</v></c><c r="D502" s="1" t="str"><v/></c><c r="E502" s="1" t="str"><v/></c><c r="F502" s="4" t="str"><v/></c><c r="G502" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H502" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I502" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J502" s="1" t="str"><v>Provinciale Staten zal in december besluiten over het voorgestelde Koersdocument waarna medio 2026 de definitieve omgevingsvisie besproken zal worden.</v></c><c r="K502" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L502" s="4"><v>45434.0</v></c><c r="M502" s="1"><v>1</v></c></row><row r="503" spans="1:13" customFormat="false"><c r="A503" s="1"><v>160</v></c><c r="B503" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C503" s="1" t="str"><v>Omgevingsvisie</v></c><c r="D503" s="1" t="str"><v/></c><c r="E503" s="1" t="str"><v/></c><c r="F503" s="4" t="str"><v/></c><c r="G503" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H503" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I503" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J503" s="1" t="str"><v>Provinciale Staten zal in december besluiten over het voorgestelde Koersdocument waarna medio 2026 de definitieve omgevingsvisie besproken zal worden.</v></c><c r="K503" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L503" s="4"><v>45483.0</v></c><c r="M503" s="1"><v>1</v></c></row><row r="504" spans="1:13" customFormat="false"><c r="A504" s="1"><v>160</v></c><c r="B504" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C504" s="1" t="str"><v>Omgevingsvisie</v></c><c r="D504" s="1" t="str"><v/></c><c r="E504" s="1" t="str"><v/></c><c r="F504" s="4" t="str"><v/></c><c r="G504" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H504" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I504" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J504" s="1" t="str"><v>Provinciale Staten zal in december besluiten over het voorgestelde Koersdocument waarna medio 2026 de definitieve omgevingsvisie besproken zal worden.</v></c><c r="K504" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L504" s="4"><v>45581.0</v></c><c r="M504" s="1"><v>1</v></c></row><row r="505" spans="1:13" customFormat="false"><c r="A505" s="1"><v>160</v></c><c r="B505" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C505" s="1" t="str"><v>Omgevingsvisie</v></c><c r="D505" s="1" t="str"><v/></c><c r="E505" s="1" t="str"><v/></c><c r="F505" s="4" t="str"><v/></c><c r="G505" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H505" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I505" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J505" s="1" t="str"><v>Provinciale Staten zal in december besluiten over het voorgestelde Koersdocument waarna medio 2026 de definitieve omgevingsvisie besproken zal worden.</v></c><c r="K505" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L505" s="4"><v>45833.0</v></c><c r="M505" s="1"><v>1</v></c></row><row r="506" spans="1:13" customFormat="false"><c r="A506" s="1"><v>160</v></c><c r="B506" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C506" s="1" t="str"><v>Omgevingsvisie</v></c><c r="D506" s="1" t="str"><v/></c><c r="E506" s="1" t="str"><v/></c><c r="F506" s="4" t="str"><v/></c><c r="G506" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H506" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I506" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J506" s="1" t="str"><v>Provinciale Staten zal in december besluiten over het voorgestelde Koersdocument waarna medio 2026 de definitieve omgevingsvisie besproken zal worden.</v></c><c r="K506" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L506" s="4"><v>45987.0</v></c><c r="M506" s="1"><v>1</v></c></row><row r="507" spans="1:13" customFormat="false"><c r="A507" s="1"><v>160</v></c><c r="B507" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C507" s="1" t="str"><v>Omgevingsvisie</v></c><c r="D507" s="1" t="str"><v/></c><c r="E507" s="1" t="str"><v/></c><c r="F507" s="4" t="str"><v/></c><c r="G507" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H507" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I507" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J507" s="1" t="str"><v>Provinciale Staten zal in december besluiten over het voorgestelde Koersdocument waarna medio 2026 de definitieve omgevingsvisie besproken zal worden.</v></c><c r="K507" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L507" s="4"><v>45994.0</v></c><c r="M507" s="1"><v>1</v></c></row><row r="508" spans="1:13" customFormat="false"><c r="A508" s="1"><v>160</v></c><c r="B508" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C508" s="1" t="str"><v>Omgevingsvisie</v></c><c r="D508" s="1" t="str"><v/></c><c r="E508" s="1" t="str"><v/></c><c r="F508" s="4" t="str"><v/></c><c r="G508" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H508" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I508" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J508" s="1" t="str"><v>Provinciale Staten zal in december besluiten over het voorgestelde Koersdocument waarna medio 2026 de definitieve omgevingsvisie besproken zal worden.</v></c><c r="K508" s="1" t="str"><v>Provinciale Staten</v></c><c r="L508" s="4"><v>46008.0</v></c><c r="M508" s="1"><v>0</v></c></row><row r="509" spans="1:13" customFormat="false"><c r="A509" s="1"><v>356</v></c><c r="B509" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C509" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2025</v></c><c r="D509" s="1" t="str"><v/></c><c r="E509" s="1" t="str"><v/></c><c r="F509" s="4" t="str"><v/></c><c r="G509" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H509" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I509" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J509" s="1" t="str"><v>Op 26 november wordt Provinciale Staten geïnformeerd over de voorziene wijziging van de omgevingsverordening. In april 2026 wordt Provinciale Staten middels peilen en toetsen betrokken bij de ontwerpverordening die Gedeputeerde Staten vast zal stellen. Vaststelling van de tweede herziening van de omgevingsverordening Flevoland is voorzien in september 2026.</v></c><c r="K509" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L509" s="4"><v>45987.0</v></c><c r="M509" s="1"><v>1</v></c></row><row r="510" spans="1:13" customFormat="false"><c r="A510" s="1"><v>356</v></c><c r="B510" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C510" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2025</v></c><c r="D510" s="1" t="str"><v/></c><c r="E510" s="1" t="str"><v/></c><c r="F510" s="4" t="str"><v/></c><c r="G510" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H510" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I510" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J510" s="1" t="str"><v>Op 26 november wordt Provinciale Staten geïnformeerd over de voorziene wijziging van de omgevingsverordening. In april 2026 wordt Provinciale Staten middels peilen en toetsen betrokken bij de ontwerpverordening die Gedeputeerde Staten vast zal stellen. Vaststelling van de tweede herziening van de omgevingsverordening Flevoland is voorzien in september 2026.</v></c><c r="K510" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L510" s="4"><v>46113.0</v></c><c r="M510" s="1"><v>0</v></c></row><row r="511" spans="1:13" customFormat="false"><c r="A511" s="1"><v>356</v></c><c r="B511" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C511" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2025</v></c><c r="D511" s="1" t="str"><v/></c><c r="E511" s="1" t="str"><v/></c><c r="F511" s="4" t="str"><v/></c><c r="G511" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H511" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I511" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J511" s="1" t="str"><v>Op 26 november wordt Provinciale Staten geïnformeerd over de voorziene wijziging van de omgevingsverordening. In april 2026 wordt Provinciale Staten middels peilen en toetsen betrokken bij de ontwerpverordening die Gedeputeerde Staten vast zal stellen. Vaststelling van de tweede herziening van de omgevingsverordening Flevoland is voorzien in september 2026.</v></c><c r="K511" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L511" s="4"><v>46260.0</v></c><c r="M511" s="1"><v>0</v></c></row><row r="512" spans="1:13" customFormat="false"><c r="A512" s="1"><v>356</v></c><c r="B512" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C512" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2025</v></c><c r="D512" s="1" t="str"><v/></c><c r="E512" s="1" t="str"><v/></c><c r="F512" s="4" t="str"><v/></c><c r="G512" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H512" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I512" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J512" s="1" t="str"><v>Op 26 november wordt Provinciale Staten geïnformeerd over de voorziene wijziging van de omgevingsverordening. In april 2026 wordt Provinciale Staten middels peilen en toetsen betrokken bij de ontwerpverordening die Gedeputeerde Staten vast zal stellen. Vaststelling van de tweede herziening van de omgevingsverordening Flevoland is voorzien in september 2026.</v></c><c r="K512" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L512" s="4"><v>46267.0</v></c><c r="M512" s="1"><v>0</v></c></row><row r="513" spans="1:13" customFormat="false"><c r="A513" s="1"><v>356</v></c><c r="B513" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C513" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2025</v></c><c r="D513" s="1" t="str"><v/></c><c r="E513" s="1" t="str"><v/></c><c r="F513" s="4" t="str"><v/></c><c r="G513" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H513" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I513" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J513" s="1" t="str"><v>Op 26 november wordt Provinciale Staten geïnformeerd over de voorziene wijziging van de omgevingsverordening. In april 2026 wordt Provinciale Staten middels peilen en toetsen betrokken bij de ontwerpverordening die Gedeputeerde Staten vast zal stellen. Vaststelling van de tweede herziening van de omgevingsverordening Flevoland is voorzien in september 2026.</v></c><c r="K513" s="1" t="str"><v>Provinciale Staten</v></c><c r="L513" s="4"><v>46281.0</v></c><c r="M513" s="1"><v>0</v></c></row><row r="514" spans="1:13" customFormat="false"><c r="A514" s="1"><v>94</v></c><c r="B514" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C514" s="1" t="str"><v>Flevolands Programma Landelijk Gebied</v></c><c r="D514" s="1" t="str"><v xml:space="preserve">De Rijksoverheid wil vóór 2030 de natuur ruimte bieden voor herstel en versterking, de kwaliteit van water en bodem verbeteren en meer doen tegen klimaatverandering. Hiervoor is het Nationaal Programma Landelijk Gebied opgesteld om gebiedsgericht te werken aan natuur, water en klimaat. Het Rijk heeft alle provincies gevraagd uiterlijk 1 juli 2023 hun eerste versie van de plannen per provincie klaar te hebben. &#13;
+</v></c><c r="E571" s="1" t="str"><v/></c><c r="F571" s="4" t="str"><v/></c><c r="G571" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H571" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I571" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J571" s="1" t="str"><v/></c><c r="K571" s="1" t="str"><v>Provinciale Staten</v></c><c r="L571" s="4"><v>45406.0</v></c><c r="M571" s="1"><v>1</v></c></row><row r="572" spans="1:13" customFormat="false"><c r="A572" s="1"><v>160</v></c><c r="B572" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C572" s="1" t="str"><v>Omgevingsvisie</v></c><c r="D572" s="1" t="str"><v/></c><c r="E572" s="1" t="str"><v/></c><c r="F572" s="4" t="str"><v/></c><c r="G572" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H572" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I572" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J572" s="1" t="str"><v>Provinciale Staten zal in december besluiten over het voorgestelde Koersdocument waarna medio 2026 de definitieve omgevingsvisie besproken zal worden.</v></c><c r="K572" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L572" s="4"><v>45434.0</v></c><c r="M572" s="1"><v>1</v></c></row><row r="573" spans="1:13" customFormat="false"><c r="A573" s="1"><v>160</v></c><c r="B573" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C573" s="1" t="str"><v>Omgevingsvisie</v></c><c r="D573" s="1" t="str"><v/></c><c r="E573" s="1" t="str"><v/></c><c r="F573" s="4" t="str"><v/></c><c r="G573" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H573" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I573" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J573" s="1" t="str"><v>Provinciale Staten zal in december besluiten over het voorgestelde Koersdocument waarna medio 2026 de definitieve omgevingsvisie besproken zal worden.</v></c><c r="K573" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L573" s="4"><v>45483.0</v></c><c r="M573" s="1"><v>1</v></c></row><row r="574" spans="1:13" customFormat="false"><c r="A574" s="1"><v>160</v></c><c r="B574" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C574" s="1" t="str"><v>Omgevingsvisie</v></c><c r="D574" s="1" t="str"><v/></c><c r="E574" s="1" t="str"><v/></c><c r="F574" s="4" t="str"><v/></c><c r="G574" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H574" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I574" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J574" s="1" t="str"><v>Provinciale Staten zal in december besluiten over het voorgestelde Koersdocument waarna medio 2026 de definitieve omgevingsvisie besproken zal worden.</v></c><c r="K574" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L574" s="4"><v>45581.0</v></c><c r="M574" s="1"><v>1</v></c></row><row r="575" spans="1:13" customFormat="false"><c r="A575" s="1"><v>160</v></c><c r="B575" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C575" s="1" t="str"><v>Omgevingsvisie</v></c><c r="D575" s="1" t="str"><v/></c><c r="E575" s="1" t="str"><v/></c><c r="F575" s="4" t="str"><v/></c><c r="G575" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H575" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I575" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J575" s="1" t="str"><v>Provinciale Staten zal in december besluiten over het voorgestelde Koersdocument waarna medio 2026 de definitieve omgevingsvisie besproken zal worden.</v></c><c r="K575" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L575" s="4"><v>45833.0</v></c><c r="M575" s="1"><v>1</v></c></row><row r="576" spans="1:13" customFormat="false"><c r="A576" s="1"><v>160</v></c><c r="B576" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C576" s="1" t="str"><v>Omgevingsvisie</v></c><c r="D576" s="1" t="str"><v/></c><c r="E576" s="1" t="str"><v/></c><c r="F576" s="4" t="str"><v/></c><c r="G576" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H576" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I576" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J576" s="1" t="str"><v>Provinciale Staten zal in december besluiten over het voorgestelde Koersdocument waarna medio 2026 de definitieve omgevingsvisie besproken zal worden.</v></c><c r="K576" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L576" s="4"><v>45987.0</v></c><c r="M576" s="1"><v>1</v></c></row><row r="577" spans="1:13" customFormat="false"><c r="A577" s="1"><v>160</v></c><c r="B577" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C577" s="1" t="str"><v>Omgevingsvisie</v></c><c r="D577" s="1" t="str"><v/></c><c r="E577" s="1" t="str"><v/></c><c r="F577" s="4" t="str"><v/></c><c r="G577" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H577" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I577" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J577" s="1" t="str"><v>Provinciale Staten zal in december besluiten over het voorgestelde Koersdocument waarna medio 2026 de definitieve omgevingsvisie besproken zal worden.</v></c><c r="K577" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L577" s="4"><v>45994.0</v></c><c r="M577" s="1"><v>1</v></c></row><row r="578" spans="1:13" customFormat="false"><c r="A578" s="1"><v>160</v></c><c r="B578" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C578" s="1" t="str"><v>Omgevingsvisie</v></c><c r="D578" s="1" t="str"><v/></c><c r="E578" s="1" t="str"><v/></c><c r="F578" s="4" t="str"><v/></c><c r="G578" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H578" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I578" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J578" s="1" t="str"><v>Provinciale Staten zal in december besluiten over het voorgestelde Koersdocument waarna medio 2026 de definitieve omgevingsvisie besproken zal worden.</v></c><c r="K578" s="1" t="str"><v>Provinciale Staten</v></c><c r="L578" s="4"><v>46008.0</v></c><c r="M578" s="1"><v>1</v></c></row><row r="579" spans="1:13" customFormat="false"><c r="A579" s="1"><v>356</v></c><c r="B579" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C579" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2025</v></c><c r="D579" s="1" t="str"><v/></c><c r="E579" s="1" t="str"><v/></c><c r="F579" s="4" t="str"><v/></c><c r="G579" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H579" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I579" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J579" s="1" t="str"><v>Op 26 november wordt Provinciale Staten geïnformeerd over de voorziene wijziging van de omgevingsverordening. In april 2026 wordt Provinciale Staten middels peilen en toetsen betrokken bij de ontwerpverordening die Gedeputeerde Staten vast zal stellen. Vaststelling van de tweede herziening van de omgevingsverordening Flevoland is voorzien in september 2026.</v></c><c r="K579" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L579" s="4"><v>45987.0</v></c><c r="M579" s="1"><v>1</v></c></row><row r="580" spans="1:13" customFormat="false"><c r="A580" s="1"><v>356</v></c><c r="B580" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C580" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2025</v></c><c r="D580" s="1" t="str"><v/></c><c r="E580" s="1" t="str"><v/></c><c r="F580" s="4" t="str"><v/></c><c r="G580" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H580" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I580" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J580" s="1" t="str"><v>Op 26 november wordt Provinciale Staten geïnformeerd over de voorziene wijziging van de omgevingsverordening. In april 2026 wordt Provinciale Staten middels peilen en toetsen betrokken bij de ontwerpverordening die Gedeputeerde Staten vast zal stellen. Vaststelling van de tweede herziening van de omgevingsverordening Flevoland is voorzien in september 2026.</v></c><c r="K580" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L580" s="4"><v>46113.0</v></c><c r="M580" s="1"><v>0</v></c></row><row r="581" spans="1:13" customFormat="false"><c r="A581" s="1"><v>356</v></c><c r="B581" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C581" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2025</v></c><c r="D581" s="1" t="str"><v/></c><c r="E581" s="1" t="str"><v/></c><c r="F581" s="4" t="str"><v/></c><c r="G581" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H581" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I581" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J581" s="1" t="str"><v>Op 26 november wordt Provinciale Staten geïnformeerd over de voorziene wijziging van de omgevingsverordening. In april 2026 wordt Provinciale Staten middels peilen en toetsen betrokken bij de ontwerpverordening die Gedeputeerde Staten vast zal stellen. Vaststelling van de tweede herziening van de omgevingsverordening Flevoland is voorzien in september 2026.</v></c><c r="K581" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L581" s="4"><v>46260.0</v></c><c r="M581" s="1"><v>0</v></c></row><row r="582" spans="1:13" customFormat="false"><c r="A582" s="1"><v>356</v></c><c r="B582" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C582" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2025</v></c><c r="D582" s="1" t="str"><v/></c><c r="E582" s="1" t="str"><v/></c><c r="F582" s="4" t="str"><v/></c><c r="G582" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H582" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I582" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J582" s="1" t="str"><v>Op 26 november wordt Provinciale Staten geïnformeerd over de voorziene wijziging van de omgevingsverordening. In april 2026 wordt Provinciale Staten middels peilen en toetsen betrokken bij de ontwerpverordening die Gedeputeerde Staten vast zal stellen. Vaststelling van de tweede herziening van de omgevingsverordening Flevoland is voorzien in september 2026.</v></c><c r="K582" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L582" s="4"><v>46267.0</v></c><c r="M582" s="1"><v>0</v></c></row><row r="583" spans="1:13" customFormat="false"><c r="A583" s="1"><v>356</v></c><c r="B583" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C583" s="1" t="str"><v>Herziening Omgevingsverordening provincie Flevoland 2025</v></c><c r="D583" s="1" t="str"><v/></c><c r="E583" s="1" t="str"><v/></c><c r="F583" s="4" t="str"><v/></c><c r="G583" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H583" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I583" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J583" s="1" t="str"><v>Op 26 november wordt Provinciale Staten geïnformeerd over de voorziene wijziging van de omgevingsverordening. In april 2026 wordt Provinciale Staten middels peilen en toetsen betrokken bij de ontwerpverordening die Gedeputeerde Staten vast zal stellen. Vaststelling van de tweede herziening van de omgevingsverordening Flevoland is voorzien in september 2026.</v></c><c r="K583" s="1" t="str"><v>Provinciale Staten</v></c><c r="L583" s="4"><v>46281.0</v></c><c r="M583" s="1"><v>0</v></c></row><row r="584" spans="1:13" customFormat="false"><c r="A584" s="1"><v>94</v></c><c r="B584" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C584" s="1" t="str"><v>Flevolands Programma Landelijk Gebied</v></c><c r="D584" s="1" t="str"><v xml:space="preserve">De Rijksoverheid wil vóór 2030 de natuur ruimte bieden voor herstel en versterking, de kwaliteit van water en bodem verbeteren en meer doen tegen klimaatverandering. Hiervoor is het Nationaal Programma Landelijk Gebied opgesteld om gebiedsgericht te werken aan natuur, water en klimaat. Het Rijk heeft alle provincies gevraagd uiterlijk 1 juli 2023 hun eerste versie van de plannen per provincie klaar te hebben. &#13;
 &#13;
 Op 28 juni 2023 hebben de Staten de Procesaanpak vastgesteld: eind 2023 / begin 2024: PS besluiten over toekenning van budgetten + PS besluiten over bereidheid om kaderstellend inhoudelijk beleid aan te passen en stellen de beoogde aanpassingen van het inhoudelijk kaderstellend beleid vast.&#13;
 &#13;
-UPDATE 10 juni 2024: Het college zal pas later haar besluit over het vervolg van FPLG aan de Staten voorleggen, mede op basis van de concretere uitwerking van het landelijke hoofdlijnenakkoord. (Later dan het vorige BOB-proces van sept/oktober 2024)</v></c><c r="E514" s="1" t="str"><v/></c><c r="F514" s="4"><v>45042.0</v></c><c r="G514" s="1" t="str"><v>Provinciaal Programma Landelijk Gebied</v></c><c r="H514" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I514" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J514" s="1" t="str"><v xml:space="preserve">Update10 juni 2024: mede op basis van de concretere uitwerking van het landelijke hoofdlijnenakkoord zal dit later gaan gebeuren.&#13;
+UPDATE 10 juni 2024: Het college zal pas later haar besluit over het vervolg van FPLG aan de Staten voorleggen, mede op basis van de concretere uitwerking van het landelijke hoofdlijnenakkoord. (Later dan het vorige BOB-proces van sept/oktober 2024)</v></c><c r="E584" s="1" t="str"><v/></c><c r="F584" s="4"><v>45042.0</v></c><c r="G584" s="1" t="str"><v>Provinciaal Programma Landelijk Gebied</v></c><c r="H584" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I584" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J584" s="1" t="str"><v xml:space="preserve">Update10 juni 2024: mede op basis van de concretere uitwerking van het landelijke hoofdlijnenakkoord zal dit later gaan gebeuren.&#13;
 (Op 28 juni 2023 hebben de Staten de Procesaanpak vastgesteld: eind 2023/begin 2024: PS besluiten over toekenning van budgetten + PS besluiten over bereidheid om kaderstellend inhoudelijk beleid aan te passen en stellen de beoogde aanpassingen van het inhoudelijk kaderstellend beleid vast)&#13;
-</v></c><c r="K514" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L514" s="4"><v>45098.0</v></c><c r="M514" s="1"><v>1</v></c></row><row r="515" spans="1:13" customFormat="false"><c r="A515" s="1"><v>94</v></c><c r="B515" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C515" s="1" t="str"><v>Flevolands Programma Landelijk Gebied</v></c><c r="D515" s="1" t="str"><v xml:space="preserve">De Rijksoverheid wil vóór 2030 de natuur ruimte bieden voor herstel en versterking, de kwaliteit van water en bodem verbeteren en meer doen tegen klimaatverandering. Hiervoor is het Nationaal Programma Landelijk Gebied opgesteld om gebiedsgericht te werken aan natuur, water en klimaat. Het Rijk heeft alle provincies gevraagd uiterlijk 1 juli 2023 hun eerste versie van de plannen per provincie klaar te hebben. &#13;
+</v></c><c r="K584" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L584" s="4"><v>45098.0</v></c><c r="M584" s="1"><v>1</v></c></row><row r="585" spans="1:13" customFormat="false"><c r="A585" s="1"><v>94</v></c><c r="B585" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C585" s="1" t="str"><v>Flevolands Programma Landelijk Gebied</v></c><c r="D585" s="1" t="str"><v xml:space="preserve">De Rijksoverheid wil vóór 2030 de natuur ruimte bieden voor herstel en versterking, de kwaliteit van water en bodem verbeteren en meer doen tegen klimaatverandering. Hiervoor is het Nationaal Programma Landelijk Gebied opgesteld om gebiedsgericht te werken aan natuur, water en klimaat. Het Rijk heeft alle provincies gevraagd uiterlijk 1 juli 2023 hun eerste versie van de plannen per provincie klaar te hebben. &#13;
 &#13;
 Op 28 juni 2023 hebben de Staten de Procesaanpak vastgesteld: eind 2023 / begin 2024: PS besluiten over toekenning van budgetten + PS besluiten over bereidheid om kaderstellend inhoudelijk beleid aan te passen en stellen de beoogde aanpassingen van het inhoudelijk kaderstellend beleid vast.&#13;
 &#13;
-UPDATE 10 juni 2024: Het college zal pas later haar besluit over het vervolg van FPLG aan de Staten voorleggen, mede op basis van de concretere uitwerking van het landelijke hoofdlijnenakkoord. (Later dan het vorige BOB-proces van sept/oktober 2024)</v></c><c r="E515" s="1" t="str"><v/></c><c r="F515" s="4"><v>45042.0</v></c><c r="G515" s="1" t="str"><v>Provinciaal Programma Landelijk Gebied</v></c><c r="H515" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I515" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J515" s="1" t="str"><v xml:space="preserve">Update10 juni 2024: mede op basis van de concretere uitwerking van het landelijke hoofdlijnenakkoord zal dit later gaan gebeuren.&#13;
+UPDATE 10 juni 2024: Het college zal pas later haar besluit over het vervolg van FPLG aan de Staten voorleggen, mede op basis van de concretere uitwerking van het landelijke hoofdlijnenakkoord. (Later dan het vorige BOB-proces van sept/oktober 2024)</v></c><c r="E585" s="1" t="str"><v/></c><c r="F585" s="4"><v>45042.0</v></c><c r="G585" s="1" t="str"><v>Provinciaal Programma Landelijk Gebied</v></c><c r="H585" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I585" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J585" s="1" t="str"><v xml:space="preserve">Update10 juni 2024: mede op basis van de concretere uitwerking van het landelijke hoofdlijnenakkoord zal dit later gaan gebeuren.&#13;
 (Op 28 juni 2023 hebben de Staten de Procesaanpak vastgesteld: eind 2023/begin 2024: PS besluiten over toekenning van budgetten + PS besluiten over bereidheid om kaderstellend inhoudelijk beleid aan te passen en stellen de beoogde aanpassingen van het inhoudelijk kaderstellend beleid vast)&#13;
-</v></c><c r="K515" s="1" t="str"><v>Provinciale Staten</v></c><c r="L515" s="4"><v>45105.0</v></c><c r="M515" s="1"><v>1</v></c></row><row r="516" spans="1:13" customFormat="false"><c r="A516" s="1"><v>94</v></c><c r="B516" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C516" s="1" t="str"><v>Flevolands Programma Landelijk Gebied</v></c><c r="D516" s="1" t="str"><v xml:space="preserve">De Rijksoverheid wil vóór 2030 de natuur ruimte bieden voor herstel en versterking, de kwaliteit van water en bodem verbeteren en meer doen tegen klimaatverandering. Hiervoor is het Nationaal Programma Landelijk Gebied opgesteld om gebiedsgericht te werken aan natuur, water en klimaat. Het Rijk heeft alle provincies gevraagd uiterlijk 1 juli 2023 hun eerste versie van de plannen per provincie klaar te hebben. &#13;
+</v></c><c r="K585" s="1" t="str"><v>Provinciale Staten</v></c><c r="L585" s="4"><v>45105.0</v></c><c r="M585" s="1"><v>1</v></c></row><row r="586" spans="1:13" customFormat="false"><c r="A586" s="1"><v>94</v></c><c r="B586" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C586" s="1" t="str"><v>Flevolands Programma Landelijk Gebied</v></c><c r="D586" s="1" t="str"><v xml:space="preserve">De Rijksoverheid wil vóór 2030 de natuur ruimte bieden voor herstel en versterking, de kwaliteit van water en bodem verbeteren en meer doen tegen klimaatverandering. Hiervoor is het Nationaal Programma Landelijk Gebied opgesteld om gebiedsgericht te werken aan natuur, water en klimaat. Het Rijk heeft alle provincies gevraagd uiterlijk 1 juli 2023 hun eerste versie van de plannen per provincie klaar te hebben. &#13;
 &#13;
 Op 28 juni 2023 hebben de Staten de Procesaanpak vastgesteld: eind 2023 / begin 2024: PS besluiten over toekenning van budgetten + PS besluiten over bereidheid om kaderstellend inhoudelijk beleid aan te passen en stellen de beoogde aanpassingen van het inhoudelijk kaderstellend beleid vast.&#13;
 &#13;
-UPDATE 10 juni 2024: Het college zal pas later haar besluit over het vervolg van FPLG aan de Staten voorleggen, mede op basis van de concretere uitwerking van het landelijke hoofdlijnenakkoord. (Later dan het vorige BOB-proces van sept/oktober 2024)</v></c><c r="E516" s="1" t="str"><v/></c><c r="F516" s="4"><v>45042.0</v></c><c r="G516" s="1" t="str"><v>Provinciaal Programma Landelijk Gebied</v></c><c r="H516" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I516" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J516" s="1" t="str"><v xml:space="preserve">Update10 juni 2024: mede op basis van de concretere uitwerking van het landelijke hoofdlijnenakkoord zal dit later gaan gebeuren.&#13;
+UPDATE 10 juni 2024: Het college zal pas later haar besluit over het vervolg van FPLG aan de Staten voorleggen, mede op basis van de concretere uitwerking van het landelijke hoofdlijnenakkoord. (Later dan het vorige BOB-proces van sept/oktober 2024)</v></c><c r="E586" s="1" t="str"><v/></c><c r="F586" s="4"><v>45042.0</v></c><c r="G586" s="1" t="str"><v>Provinciaal Programma Landelijk Gebied</v></c><c r="H586" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I586" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J586" s="1" t="str"><v xml:space="preserve">Update10 juni 2024: mede op basis van de concretere uitwerking van het landelijke hoofdlijnenakkoord zal dit later gaan gebeuren.&#13;
 (Op 28 juni 2023 hebben de Staten de Procesaanpak vastgesteld: eind 2023/begin 2024: PS besluiten over toekenning van budgetten + PS besluiten over bereidheid om kaderstellend inhoudelijk beleid aan te passen en stellen de beoogde aanpassingen van het inhoudelijk kaderstellend beleid vast)&#13;
-</v></c><c r="K516" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L516" s="4"><v>45252.0</v></c><c r="M516" s="1"><v>1</v></c></row><row r="517" spans="1:13" customFormat="false"><c r="A517" s="1"><v>94</v></c><c r="B517" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C517" s="1" t="str"><v>Flevolands Programma Landelijk Gebied</v></c><c r="D517" s="1" t="str"><v xml:space="preserve">De Rijksoverheid wil vóór 2030 de natuur ruimte bieden voor herstel en versterking, de kwaliteit van water en bodem verbeteren en meer doen tegen klimaatverandering. Hiervoor is het Nationaal Programma Landelijk Gebied opgesteld om gebiedsgericht te werken aan natuur, water en klimaat. Het Rijk heeft alle provincies gevraagd uiterlijk 1 juli 2023 hun eerste versie van de plannen per provincie klaar te hebben. &#13;
+</v></c><c r="K586" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L586" s="4"><v>45252.0</v></c><c r="M586" s="1"><v>1</v></c></row><row r="587" spans="1:13" customFormat="false"><c r="A587" s="1"><v>94</v></c><c r="B587" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C587" s="1" t="str"><v>Flevolands Programma Landelijk Gebied</v></c><c r="D587" s="1" t="str"><v xml:space="preserve">De Rijksoverheid wil vóór 2030 de natuur ruimte bieden voor herstel en versterking, de kwaliteit van water en bodem verbeteren en meer doen tegen klimaatverandering. Hiervoor is het Nationaal Programma Landelijk Gebied opgesteld om gebiedsgericht te werken aan natuur, water en klimaat. Het Rijk heeft alle provincies gevraagd uiterlijk 1 juli 2023 hun eerste versie van de plannen per provincie klaar te hebben. &#13;
 &#13;
 Op 28 juni 2023 hebben de Staten de Procesaanpak vastgesteld: eind 2023 / begin 2024: PS besluiten over toekenning van budgetten + PS besluiten over bereidheid om kaderstellend inhoudelijk beleid aan te passen en stellen de beoogde aanpassingen van het inhoudelijk kaderstellend beleid vast.&#13;
 &#13;
-UPDATE 10 juni 2024: Het college zal pas later haar besluit over het vervolg van FPLG aan de Staten voorleggen, mede op basis van de concretere uitwerking van het landelijke hoofdlijnenakkoord. (Later dan het vorige BOB-proces van sept/oktober 2024)</v></c><c r="E517" s="1" t="str"><v/></c><c r="F517" s="4"><v>45042.0</v></c><c r="G517" s="1" t="str"><v>Provinciaal Programma Landelijk Gebied</v></c><c r="H517" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I517" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J517" s="1" t="str"><v xml:space="preserve">Update10 juni 2024: mede op basis van de concretere uitwerking van het landelijke hoofdlijnenakkoord zal dit later gaan gebeuren.&#13;
+UPDATE 10 juni 2024: Het college zal pas later haar besluit over het vervolg van FPLG aan de Staten voorleggen, mede op basis van de concretere uitwerking van het landelijke hoofdlijnenakkoord. (Later dan het vorige BOB-proces van sept/oktober 2024)</v></c><c r="E587" s="1" t="str"><v/></c><c r="F587" s="4"><v>45042.0</v></c><c r="G587" s="1" t="str"><v>Provinciaal Programma Landelijk Gebied</v></c><c r="H587" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I587" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J587" s="1" t="str"><v xml:space="preserve">Update10 juni 2024: mede op basis van de concretere uitwerking van het landelijke hoofdlijnenakkoord zal dit later gaan gebeuren.&#13;
 (Op 28 juni 2023 hebben de Staten de Procesaanpak vastgesteld: eind 2023/begin 2024: PS besluiten over toekenning van budgetten + PS besluiten over bereidheid om kaderstellend inhoudelijk beleid aan te passen en stellen de beoogde aanpassingen van het inhoudelijk kaderstellend beleid vast)&#13;
-</v></c><c r="K517" s="1" t="str"><v>Technische sessie</v></c><c r="L517" s="4"><v>45693.0</v></c><c r="M517" s="1"><v>1</v></c></row><row r="518" spans="1:13" customFormat="false"><c r="A518" s="1"><v>293</v></c><c r="B518" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C518" s="1" t="str"><v>Samenwerking EHPZ (Ermelo, Harderwijk, Putten &amp; Zeewolde)</v></c><c r="D518" s="1" t="str"><v xml:space="preserve">De gemeente Zeewolde en de provincie Flevoland werken samen met de gemeenten Harderwijk, Ermelo, Putten en de provincie Gelderland en de waterschappen Zuiderzeeland en Vallei-Veluwe aan een gezamenlijk regioarrangement. Dit arrangement is gebaseerd op bestaand beleid, als een vertrekpunt voor verdere uitwerking.&#13;
+</v></c><c r="K587" s="1" t="str"><v>Technische sessie</v></c><c r="L587" s="4"><v>45693.0</v></c><c r="M587" s="1"><v>1</v></c></row><row r="588" spans="1:13" customFormat="false"><c r="A588" s="1"><v>293</v></c><c r="B588" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C588" s="1" t="str"><v>Samenwerking EHPZ (Ermelo, Harderwijk, Putten &amp; Zeewolde)</v></c><c r="D588" s="1" t="str"><v xml:space="preserve">De gemeente Zeewolde en de provincie Flevoland werken samen met de gemeenten Harderwijk, Ermelo, Putten en de provincie Gelderland en de waterschappen Zuiderzeeland en Vallei-Veluwe aan een gezamenlijk regioarrangement. Dit arrangement is gebaseerd op bestaand beleid, als een vertrekpunt voor verdere uitwerking.&#13;
 Provinciale Staten nader worden geïnformeerd over deze samenwerking en hoe deze past in de visie op regionale samenwerking en de Strategische Agenda Flevoland.&#13;
+&#13;
+3/12/2025: Portefeuillehouder geeft in de Commissie EMS aan dat op 12 dec, in het bestuurlijk overleg, een presentatie over het ruimtelijk toekomstperspectief wordt gegeven (zomer 2026 opgeleverd). Op 27 februari is er een Tour de EHPZ. &#13;
+ &#13;
+11/6/2025: Portefeuillehouder geeft in de commissie EMS aan dat in oktober 2025 er een bestuurlijke overleg is gepland. Er wordt gewerkt  aan een ruimtelijke toekomstperspectief.&#13;
+&#13;
 8/1/2025: Portefeuillehouder geeft in de commissie EMS aan voor de zomer 2025 met een beeldvormende sessie te komen.&#13;
-11/6/2025: Portefeuillehouder geeft in de commissie EMS aan dat in oktober 2025 er een bestuurlijke overleg is gepland. Er wordt gewerkt  aan een ruimtelijke toekomstperspectief. &#13;
-[...7 lines deleted...]
-Randstedelijke Rekenkamer.</v></c><c r="E552" s="1" t="str"><v/></c><c r="F552" s="4" t="str"><v/></c><c r="G552" s="1" t="str"><v>Rekenkamer</v></c><c r="H552" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I552" s="1" t="str"><v>Statengriffie</v></c><c r="J552" s="1" t="str"><v/></c><c r="K552" s="1" t="str"><v>Provinciale Staten</v></c><c r="L552" s="4"><v>45350.0</v></c><c r="M552" s="1"><v>1</v></c></row><row r="553" spans="1:13" customFormat="false"><c r="A553" s="1"><v>324</v></c><c r="B553" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C553" s="1" t="str"><v>Rekenkameronderzoek Netcongestie</v></c><c r="D553" s="1" t="str"><v xml:space="preserve">Dit betreft een vergelijkend onderzoek naar de mogelijkheden van de provincies om netcongestie aan te pakken dat begin 2024 start en naar verwachting najaar 2024 wordt gepubliceerd.&#13;
+</v></c><c r="E588" s="1" t="str"><v/></c><c r="F588" s="4" t="str"><v/></c><c r="G588" s="1" t="str"><v>Regio EHPZ</v></c><c r="H588" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I588" s="1" t="str"><v>Bestuursadvies</v></c><c r="J588" s="1" t="str"><v xml:space="preserve">Update: Op 12 december 2025, presentatie in bestuurlijke overleg over ruimtelijk toekomstperspectief. Deze is zomer 2026 gereed.&#13;
+</v></c><c r="K588" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L588" s="4"><v>46204.0</v></c><c r="M588" s="1"><v>0</v></c></row><row r="589" spans="1:13" customFormat="false"><c r="A589" s="1"><v>92</v></c><c r="B589" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C589" s="1" t="str"><v xml:space="preserve">Meerjarenagenda 2024-2028 Regio Zwolle </v></c><c r="D589" s="1" t="str"><v/></c><c r="E589" s="1" t="str"><v/></c><c r="F589" s="4"><v>45040.0</v></c><c r="G589" s="1" t="str"><v>Regio Zwolle</v></c><c r="H589" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I589" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J589" s="1" t="str"><v/></c><c r="K589" s="1" t="str"><v>Beeldvorming integrale ad hoc Commissie</v></c><c r="L589" s="4"><v>45091.0</v></c><c r="M589" s="1"><v>1</v></c></row><row r="590" spans="1:13" customFormat="false"><c r="A590" s="1"><v>92</v></c><c r="B590" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C590" s="1" t="str"><v xml:space="preserve">Meerjarenagenda 2024-2028 Regio Zwolle </v></c><c r="D590" s="1" t="str"><v/></c><c r="E590" s="1" t="str"><v/></c><c r="F590" s="4"><v>45040.0</v></c><c r="G590" s="1" t="str"><v>Regio Zwolle</v></c><c r="H590" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I590" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J590" s="1" t="str"><v/></c><c r="K590" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L590" s="4"><v>45119.0</v></c><c r="M590" s="1"><v>1</v></c></row><row r="591" spans="1:13" customFormat="false"><c r="A591" s="1"><v>92</v></c><c r="B591" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C591" s="1" t="str"><v xml:space="preserve">Meerjarenagenda 2024-2028 Regio Zwolle </v></c><c r="D591" s="1" t="str"><v/></c><c r="E591" s="1" t="str"><v/></c><c r="F591" s="4"><v>45040.0</v></c><c r="G591" s="1" t="str"><v>Regio Zwolle</v></c><c r="H591" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I591" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J591" s="1" t="str"><v/></c><c r="K591" s="1" t="str"><v>Provinciale Staten</v></c><c r="L591" s="4"><v>45126.0</v></c><c r="M591" s="1"><v>1</v></c></row><row r="592" spans="1:13" customFormat="false"><c r="A592" s="1"><v>389</v></c><c r="B592" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C592" s="1" t="str"><v>Midterm Review Meerjarige Agenda Regio Zwolle</v></c><c r="D592" s="1" t="str"><v>In de mededeling van 26 juni 2025 van het college geeft zij aan dat er een midterm review wordt opgesteld, waarin de samenwerking en de effectiviteit daarvan wordt geëvalueerd. De resultaten zijn na de zomer beschikbaar en het college wil in het najaar hierover met de Staten in gesprek gaan.</v></c><c r="E592" s="1" t="str"><v/></c><c r="F592" s="4" t="str"><v/></c><c r="G592" s="1" t="str"><v>Regio Zwolle</v></c><c r="H592" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I592" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J592" s="1" t="str"><v/></c><c r="K592" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L592" s="4"><v>45987.0</v></c><c r="M592" s="1"><v>1</v></c></row><row r="593" spans="1:13" customFormat="false"><c r="A593" s="1"><v>389</v></c><c r="B593" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C593" s="1" t="str"><v>Midterm Review Meerjarige Agenda Regio Zwolle</v></c><c r="D593" s="1" t="str"><v>In de mededeling van 26 juni 2025 van het college geeft zij aan dat er een midterm review wordt opgesteld, waarin de samenwerking en de effectiviteit daarvan wordt geëvalueerd. De resultaten zijn na de zomer beschikbaar en het college wil in het najaar hierover met de Staten in gesprek gaan.</v></c><c r="E593" s="1" t="str"><v/></c><c r="F593" s="4" t="str"><v/></c><c r="G593" s="1" t="str"><v>Regio Zwolle</v></c><c r="H593" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I593" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J593" s="1" t="str"><v/></c><c r="K593" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L593" s="4"><v>45994.0</v></c><c r="M593" s="1"><v>1</v></c></row><row r="594" spans="1:13" customFormat="false"><c r="A594" s="1"><v>389</v></c><c r="B594" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C594" s="1" t="str"><v>Midterm Review Meerjarige Agenda Regio Zwolle</v></c><c r="D594" s="1" t="str"><v>In de mededeling van 26 juni 2025 van het college geeft zij aan dat er een midterm review wordt opgesteld, waarin de samenwerking en de effectiviteit daarvan wordt geëvalueerd. De resultaten zijn na de zomer beschikbaar en het college wil in het najaar hierover met de Staten in gesprek gaan.</v></c><c r="E594" s="1" t="str"><v/></c><c r="F594" s="4" t="str"><v/></c><c r="G594" s="1" t="str"><v>Regio Zwolle</v></c><c r="H594" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I594" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J594" s="1" t="str"><v/></c><c r="K594" s="1" t="str"><v>Provinciale Staten</v></c><c r="L594" s="4"><v>46050.0</v></c><c r="M594" s="1"><v>0</v></c></row><row r="595" spans="1:13" customFormat="false"><c r="A595" s="1"><v>39</v></c><c r="B595" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C595" s="1" t="str"><v xml:space="preserve">Rekenkameronderzoek Fietsbeleid </v></c><c r="D595" s="1" t="str"><v/></c><c r="E595" s="1" t="str"><v>Rekenkamer</v></c><c r="F595" s="4" t="str"><v/></c><c r="G595" s="1" t="str"><v>Rekenkamer</v></c><c r="H595" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I595" s="1" t="str"><v>Mobiliteit</v></c><c r="J595" s="1"/><c r="K595" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L595" s="4"><v>44937.0</v></c><c r="M595" s="1"><v>1</v></c></row><row r="596" spans="1:13" customFormat="false"><c r="A596" s="1"><v>39</v></c><c r="B596" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C596" s="1" t="str"><v xml:space="preserve">Rekenkameronderzoek Fietsbeleid </v></c><c r="D596" s="1" t="str"><v/></c><c r="E596" s="1" t="str"><v>Rekenkamer</v></c><c r="F596" s="4" t="str"><v/></c><c r="G596" s="1" t="str"><v>Rekenkamer</v></c><c r="H596" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I596" s="1" t="str"><v>Mobiliteit</v></c><c r="J596" s="1"/><c r="K596" s="1" t="str"><v>Provinciale Staten</v></c><c r="L596" s="4"><v>44951.0</v></c><c r="M596" s="1"><v>1</v></c></row><row r="597" spans="1:13" customFormat="false"><c r="A597" s="1"><v>46</v></c><c r="B597" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C597" s="1" t="str"><v xml:space="preserve">Rekenkameronderzoek Landbouw- en voedseltransitie </v></c><c r="D597" s="1" t="str"><v/></c><c r="E597" s="1" t="str"><v>Rekenkamer</v></c><c r="F597" s="4" t="str"><v/></c><c r="G597" s="1" t="str"><v>Rekenkamer</v></c><c r="H597" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I597" s="1" t="str"><v>Natuur</v></c><c r="J597" s="1" t="str"><v/></c><c r="K597" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L597" s="4"><v>44965.0</v></c><c r="M597" s="1"><v>1</v></c></row><row r="598" spans="1:13" customFormat="false"><c r="A598" s="1"><v>46</v></c><c r="B598" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C598" s="1" t="str"><v xml:space="preserve">Rekenkameronderzoek Landbouw- en voedseltransitie </v></c><c r="D598" s="1" t="str"><v/></c><c r="E598" s="1" t="str"><v>Rekenkamer</v></c><c r="F598" s="4" t="str"><v/></c><c r="G598" s="1" t="str"><v>Rekenkamer</v></c><c r="H598" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I598" s="1" t="str"><v>Natuur</v></c><c r="J598" s="1" t="str"><v/></c><c r="K598" s="1" t="str"><v>Provinciale Staten</v></c><c r="L598" s="4"><v>44979.0</v></c><c r="M598" s="1"><v>1</v></c></row><row r="599" spans="1:13" customFormat="false"><c r="A599" s="1"><v>105</v></c><c r="B599" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C599" s="1" t="str"><v>Rekenkameronderzoek Circulaire Economie</v></c><c r="D599" s="1" t="str"><v/></c><c r="E599" s="1" t="str"><v/></c><c r="F599" s="4" t="str"><v/></c><c r="G599" s="1" t="str"><v>Rekenkamer</v></c><c r="H599" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I599" s="1" t="str"><v>Statengriffie</v></c><c r="J599" s="1" t="str"><v/></c><c r="K599" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L599" s="4"><v>45182.0</v></c><c r="M599" s="1"><v>1</v></c></row><row r="600" spans="1:13" customFormat="false"><c r="A600" s="1"><v>105</v></c><c r="B600" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C600" s="1" t="str"><v>Rekenkameronderzoek Circulaire Economie</v></c><c r="D600" s="1" t="str"><v/></c><c r="E600" s="1" t="str"><v/></c><c r="F600" s="4" t="str"><v/></c><c r="G600" s="1" t="str"><v>Rekenkamer</v></c><c r="H600" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I600" s="1" t="str"><v>Statengriffie</v></c><c r="J600" s="1" t="str"><v/></c><c r="K600" s="1" t="str"><v>Provinciale Staten</v></c><c r="L600" s="4"><v>45196.0</v></c><c r="M600" s="1"><v>1</v></c></row><row r="601" spans="1:13" customFormat="false"><c r="A601" s="1"><v>106</v></c><c r="B601" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C601" s="1" t="str"><v>Benoeming bestuurder directeur Randstedelijke Rekenkamer</v></c><c r="D601" s="1" t="str"><v/></c><c r="E601" s="1" t="str"><v/></c><c r="F601" s="4"><v>45104.0</v></c><c r="G601" s="1" t="str"><v>Rekenkamer</v></c><c r="H601" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I601" s="1" t="str"><v>Statengriffie</v></c><c r="J601" s="1" t="str"><v>Om een nieuwe bestuurder directeur van de Randstedelijke Rekenkamer te benoemen moeten de Staten van Utrecht, Noord-Holland, Zuid-Holland en Flevoland een besluit nemen. Daarna kan de eed of belofte worden afgelegd in de Staten van Flevoland.</v></c><c r="K601" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L601" s="4"><v>45308.0</v></c><c r="M601" s="1"><v>1</v></c></row><row r="602" spans="1:13" customFormat="false"><c r="A602" s="1"><v>106</v></c><c r="B602" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C602" s="1" t="str"><v>Benoeming bestuurder directeur Randstedelijke Rekenkamer</v></c><c r="D602" s="1" t="str"><v/></c><c r="E602" s="1" t="str"><v/></c><c r="F602" s="4"><v>45104.0</v></c><c r="G602" s="1" t="str"><v>Rekenkamer</v></c><c r="H602" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I602" s="1" t="str"><v>Statengriffie</v></c><c r="J602" s="1" t="str"><v>Om een nieuwe bestuurder directeur van de Randstedelijke Rekenkamer te benoemen moeten de Staten van Utrecht, Noord-Holland, Zuid-Holland en Flevoland een besluit nemen. Daarna kan de eed of belofte worden afgelegd in de Staten van Flevoland.</v></c><c r="K602" s="1" t="str"><v>Provinciale Staten</v></c><c r="L602" s="4"><v>45322.0</v></c><c r="M602" s="1"><v>1</v></c></row><row r="603" spans="1:13" customFormat="false"><c r="A603" s="1"><v>106</v></c><c r="B603" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C603" s="1" t="str"><v>Benoeming bestuurder directeur Randstedelijke Rekenkamer</v></c><c r="D603" s="1" t="str"><v/></c><c r="E603" s="1" t="str"><v/></c><c r="F603" s="4"><v>45104.0</v></c><c r="G603" s="1" t="str"><v>Rekenkamer</v></c><c r="H603" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I603" s="1" t="str"><v>Statengriffie</v></c><c r="J603" s="1" t="str"><v>Om een nieuwe bestuurder directeur van de Randstedelijke Rekenkamer te benoemen moeten de Staten van Utrecht, Noord-Holland, Zuid-Holland en Flevoland een besluit nemen. Daarna kan de eed of belofte worden afgelegd in de Staten van Flevoland.</v></c><c r="K603" s="1" t="str"><v>Provinciale Staten</v></c><c r="L603" s="4"><v>45350.0</v></c><c r="M603" s="1"><v>1</v></c></row><row r="604" spans="1:13" customFormat="false"><c r="A604" s="1"><v>121</v></c><c r="B604" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C604" s="1" t="str"><v xml:space="preserve">Zienswijze ontwerpwijziging Gemeenschappelijke Regeling Randstedelijke Rekenkamer </v></c><c r="D604" s="1" t="str"><v/></c><c r="E604" s="1" t="str"><v/></c><c r="F604" s="4"><v>45170.0</v></c><c r="G604" s="1" t="str"><v>Rekenkamer</v></c><c r="H604" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I604" s="1" t="str"><v>Statengriffie</v></c><c r="J604" s="1" t="str"><v/></c><c r="K604" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L604" s="4"><v>45210.0</v></c><c r="M604" s="1"><v>1</v></c></row><row r="605" spans="1:13" customFormat="false"><c r="A605" s="1"><v>121</v></c><c r="B605" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C605" s="1" t="str"><v xml:space="preserve">Zienswijze ontwerpwijziging Gemeenschappelijke Regeling Randstedelijke Rekenkamer </v></c><c r="D605" s="1" t="str"><v/></c><c r="E605" s="1" t="str"><v/></c><c r="F605" s="4"><v>45170.0</v></c><c r="G605" s="1" t="str"><v>Rekenkamer</v></c><c r="H605" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I605" s="1" t="str"><v>Statengriffie</v></c><c r="J605" s="1" t="str"><v/></c><c r="K605" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L605" s="4"><v>45217.0</v></c><c r="M605" s="1"><v>1</v></c></row><row r="606" spans="1:13" customFormat="false"><c r="A606" s="1"><v>121</v></c><c r="B606" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C606" s="1" t="str"><v xml:space="preserve">Zienswijze ontwerpwijziging Gemeenschappelijke Regeling Randstedelijke Rekenkamer </v></c><c r="D606" s="1" t="str"><v/></c><c r="E606" s="1" t="str"><v/></c><c r="F606" s="4"><v>45170.0</v></c><c r="G606" s="1" t="str"><v>Rekenkamer</v></c><c r="H606" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I606" s="1" t="str"><v>Statengriffie</v></c><c r="J606" s="1" t="str"><v/></c><c r="K606" s="1" t="str"><v>Provinciale Staten</v></c><c r="L606" s="4"><v>45231.0</v></c><c r="M606" s="1"><v>1</v></c></row><row r="607" spans="1:13" customFormat="false"><c r="A607" s="1"><v>122</v></c><c r="B607" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C607" s="1" t="str"><v>Rekenkameronderzoek "Samenwerking in Flevoland onder de nieuwe Omgevingswet"</v></c><c r="D607" s="1" t="str"><v xml:space="preserve">De Rekenkamer(commissie)s van de gemeenten Almere, Dronten, Lelystad en Noordoostpolder, de provincie Flevoland en het Waterschap Zuiderzeeland hebben onderzocht hoe hun overheden binnen de Omgevingswet interbestuurlijke vraagstukken kunnen oplossen.&#13;
+</v></c><c r="E607" s="1" t="str"><v/></c><c r="F607" s="4"><v>45190.0</v></c><c r="G607" s="1" t="str"><v>Rekenkamer</v></c><c r="H607" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I607" s="1" t="str"><v>Statengriffie</v></c><c r="J607" s="1" t="str"><v/></c><c r="K607" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L607" s="4"><v>45371.0</v></c><c r="M607" s="1"><v>1</v></c></row><row r="608" spans="1:13" customFormat="false"><c r="A608" s="1"><v>122</v></c><c r="B608" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C608" s="1" t="str"><v>Rekenkameronderzoek "Samenwerking in Flevoland onder de nieuwe Omgevingswet"</v></c><c r="D608" s="1" t="str"><v xml:space="preserve">De Rekenkamer(commissie)s van de gemeenten Almere, Dronten, Lelystad en Noordoostpolder, de provincie Flevoland en het Waterschap Zuiderzeeland hebben onderzocht hoe hun overheden binnen de Omgevingswet interbestuurlijke vraagstukken kunnen oplossen.&#13;
+</v></c><c r="E608" s="1" t="str"><v/></c><c r="F608" s="4"><v>45190.0</v></c><c r="G608" s="1" t="str"><v>Rekenkamer</v></c><c r="H608" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I608" s="1" t="str"><v>Statengriffie</v></c><c r="J608" s="1" t="str"><v/></c><c r="K608" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L608" s="4"><v>45371.0</v></c><c r="M608" s="1"><v>1</v></c></row><row r="609" spans="1:13" customFormat="false"><c r="A609" s="1"><v>122</v></c><c r="B609" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C609" s="1" t="str"><v>Rekenkameronderzoek "Samenwerking in Flevoland onder de nieuwe Omgevingswet"</v></c><c r="D609" s="1" t="str"><v xml:space="preserve">De Rekenkamer(commissie)s van de gemeenten Almere, Dronten, Lelystad en Noordoostpolder, de provincie Flevoland en het Waterschap Zuiderzeeland hebben onderzocht hoe hun overheden binnen de Omgevingswet interbestuurlijke vraagstukken kunnen oplossen.&#13;
+</v></c><c r="E609" s="1" t="str"><v/></c><c r="F609" s="4"><v>45190.0</v></c><c r="G609" s="1" t="str"><v>Rekenkamer</v></c><c r="H609" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I609" s="1" t="str"><v>Statengriffie</v></c><c r="J609" s="1" t="str"><v/></c><c r="K609" s="1" t="str"><v>Provinciale Staten</v></c><c r="L609" s="4"><v>45378.0</v></c><c r="M609" s="1"><v>1</v></c></row><row r="610" spans="1:13" customFormat="false"><c r="A610" s="1"><v>164</v></c><c r="B610" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C610" s="1" t="str"><v>Rekenkameronderzoek Windpark Hanze</v></c><c r="D610" s="1" t="str"><v/></c><c r="E610" s="1" t="str"><v/></c><c r="F610" s="4" t="str"><v/></c><c r="G610" s="1" t="str"><v>Rekenkamer</v></c><c r="H610" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I610" s="1"/><c r="J610" s="1" t="str"><v/></c><c r="K610" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L610" s="4"><v>45434.0</v></c><c r="M610" s="1"><v>1</v></c></row><row r="611" spans="1:13" customFormat="false"><c r="A611" s="1"><v>164</v></c><c r="B611" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C611" s="1" t="str"><v>Rekenkameronderzoek Windpark Hanze</v></c><c r="D611" s="1" t="str"><v/></c><c r="E611" s="1" t="str"><v/></c><c r="F611" s="4" t="str"><v/></c><c r="G611" s="1" t="str"><v>Rekenkamer</v></c><c r="H611" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I611" s="1"/><c r="J611" s="1" t="str"><v/></c><c r="K611" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L611" s="4"><v>45434.0</v></c><c r="M611" s="1"><v>1</v></c></row><row r="612" spans="1:13" customFormat="false"><c r="A612" s="1"><v>164</v></c><c r="B612" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C612" s="1" t="str"><v>Rekenkameronderzoek Windpark Hanze</v></c><c r="D612" s="1" t="str"><v/></c><c r="E612" s="1" t="str"><v/></c><c r="F612" s="4" t="str"><v/></c><c r="G612" s="1" t="str"><v>Rekenkamer</v></c><c r="H612" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I612" s="1"/><c r="J612" s="1" t="str"><v/></c><c r="K612" s="1" t="str"><v>Provinciale Staten</v></c><c r="L612" s="4"><v>45462.0</v></c><c r="M612" s="1"><v>1</v></c></row><row r="613" spans="1:13" customFormat="false"><c r="A613" s="1"><v>169</v></c><c r="B613" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C613" s="1" t="str"><v>Wijziging Gemeenschappelijke Regeling Randstedelijke Rekenkamer</v></c><c r="D613" s="1" t="str"><v xml:space="preserve">Op 1 nov. 2023 hebben Provinciale Staten besloten om geen zienswijze in te dienen op de ontwerpwijziging Gemeenschappelijke Regeling &#13;
+Randstedelijke Rekenkamer.</v></c><c r="E613" s="1" t="str"><v/></c><c r="F613" s="4" t="str"><v/></c><c r="G613" s="1" t="str"><v>Rekenkamer</v></c><c r="H613" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I613" s="1" t="str"><v>Statengriffie</v></c><c r="J613" s="1" t="str"><v/></c><c r="K613" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L613" s="4"><v>45329.0</v></c><c r="M613" s="1"><v>1</v></c></row><row r="614" spans="1:13" customFormat="false"><c r="A614" s="1"><v>169</v></c><c r="B614" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C614" s="1" t="str"><v>Wijziging Gemeenschappelijke Regeling Randstedelijke Rekenkamer</v></c><c r="D614" s="1" t="str"><v xml:space="preserve">Op 1 nov. 2023 hebben Provinciale Staten besloten om geen zienswijze in te dienen op de ontwerpwijziging Gemeenschappelijke Regeling &#13;
+Randstedelijke Rekenkamer.</v></c><c r="E614" s="1" t="str"><v/></c><c r="F614" s="4" t="str"><v/></c><c r="G614" s="1" t="str"><v>Rekenkamer</v></c><c r="H614" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I614" s="1" t="str"><v>Statengriffie</v></c><c r="J614" s="1" t="str"><v/></c><c r="K614" s="1" t="str"><v>Provinciale Staten</v></c><c r="L614" s="4"><v>45350.0</v></c><c r="M614" s="1"><v>1</v></c></row><row r="615" spans="1:13" customFormat="false"><c r="A615" s="1"><v>324</v></c><c r="B615" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C615" s="1" t="str"><v>Rekenkameronderzoek Netcongestie</v></c><c r="D615" s="1" t="str"><v xml:space="preserve">Dit betreft een vergelijkend onderzoek naar de mogelijkheden van de provincies om netcongestie aan te pakken dat begin 2024 start en naar verwachting najaar 2024 wordt gepubliceerd.&#13;
 (bron: 1e begrotingswijziging 2024, Randstedelijke rekenkamer).&#13;
 &#13;
 Wat is de aanleiding?&#13;
 In de vier Randstedelijke provincies is er – net als in de rest van Nederland – sprake van een groeiende schaarste aan transportcapaciteit op het elektriciteitsnetwerk. De beschikbare capaciteit van het net kan zowel de vraag naar elektriciteit, als het aanbod van elektriciteit niet meer aan. De netbeheerders kunnen hierdoor nieuwe bedrijvigheid en woonwijken niet meer vanzelfsprekend op tijd aansluiten op het elektriciteitsnet, en steeds meer zonne-energieprojecten kunnen niet terug leveren aan het net. Netcongestie heeft grote gevolgen voor de bouw van nieuwe woonwijken en het regionale vestigingsklimaat en dreigt op veel plekken in Nederland de energietransitie te vertragen. Vooralsnog gaat het om grootgebruikers die niet meer aangesloten kunnen worden op het midden- en hoogspanningsnet. De netbeheerders verwachten echter dat in de provincies Flevoland en Utrecht vanaf 2026 ook kleingebruikers, zoals huishoudens, mkb’ers te maken krijgen met aansluitingsproblemen.&#13;
 &#13;
 De provincie heeft geen wettelijke taak in de elektriciteitsvoorziening. De netbeheerders zijn bij wet verantwoordelijk voor de netten waarover transport van elektriciteit plaatsvindt. De provincie heeft echter wel een belangrijke rol in de energie-infrastructuur en is een cruciale speler in de aanpak van netcongestie. Het Rijk heeft de provincies een regierol toegewezen in de uitbreiding van de regionale energie-infrastructuur en het integraal programmeren en heeft haar verantwoordelijk gemaakt voor het coördineren van een energie taskforce op regionaal niveau. Daarnaast heeft de provincie nu en in de komende jaren een belangrijke rol in het leggen van &#13;
 de ‘ruimtelijke puzzel’, met energie als een essentieel puzzelstuk. Daarnaast zijn de provincies aandeelhouders in de regionale netbeheerders of overwegen zij dit te worden. Samengevat zijn de vijf sturingsmogelijkheden voor de provincie om netcongestie aan te pakken: &#13;
 1. programmeren van de regionale energie-infrastructuur&#13;
 2. versnellen van geplande netuitbreidingen&#13;
 3. ruimtelijk instrumentarium inzetten voor netinpassing&#13;
 4. flexibel en efficiënt gebruik van het net stimuleren &#13;
 5. provincie als aandeelhouder in netbeheerder. &#13;
 &#13;
 Wat willen we bereiken?&#13;
 Het onderzoek richt zich op het beleid en de vijf sturingsmogelijkheden van de provincie om netcongestie aan te pakken, of op een selectie van die mogelijkheden. Doel van het onderzoek is meer grip krijgen op de huidige en mogelijke rol van de provincie in de aanpak van netcongestie. Dit geeft GS en PS waardevolle input voor de verdere ontwikkeling en uitvoering van het beleid en helpt PS in haar controlerende rol. Daarnaast geeft het onderzoek PS meer inzicht in welke sturingsmogelijkheden de provincie heeft met betrekking tot energieinfrastructuur en het tegengaan van netcongestie. Door de provincies onderling te vergelijken en voorbeelden te delen, biedt het onderzoek PS ook inspiratie en een breder handelingsperspectief.&#13;
 &#13;
 Wat gaan we daarvoor doen?&#13;
-De Rekenkamer is in december 2023 gestart met het opstellen van een onderzoeksopzet. Door middel van literatuuronderzoek en interviews zal de focus van het onderzoek nader bepaald worden. De onderzoeksopzet zal aan de vier PS’en voorgelegd worden.</v></c><c r="E553" s="1" t="str"><v/></c><c r="F553" s="4" t="str"><v/></c><c r="G553" s="1" t="str"><v>Rekenkamer</v></c><c r="H553" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I553" s="1" t="str"><v>Griffie</v></c><c r="J553" s="1" t="str"><v/></c><c r="K553" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L553" s="4"><v>45938.0</v></c><c r="M553" s="1"><v>1</v></c></row><row r="554" spans="1:13" customFormat="false"><c r="A554" s="1"><v>324</v></c><c r="B554" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C554" s="1" t="str"><v>Rekenkameronderzoek Netcongestie</v></c><c r="D554" s="1" t="str"><v xml:space="preserve">Dit betreft een vergelijkend onderzoek naar de mogelijkheden van de provincies om netcongestie aan te pakken dat begin 2024 start en naar verwachting najaar 2024 wordt gepubliceerd.&#13;
+De Rekenkamer is in december 2023 gestart met het opstellen van een onderzoeksopzet. Door middel van literatuuronderzoek en interviews zal de focus van het onderzoek nader bepaald worden. De onderzoeksopzet zal aan de vier PS’en voorgelegd worden.</v></c><c r="E615" s="1" t="str"><v/></c><c r="F615" s="4" t="str"><v/></c><c r="G615" s="1" t="str"><v>Rekenkamer</v></c><c r="H615" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I615" s="1" t="str"><v>Griffie</v></c><c r="J615" s="1" t="str"><v/></c><c r="K615" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L615" s="4"><v>45938.0</v></c><c r="M615" s="1"><v>1</v></c></row><row r="616" spans="1:13" customFormat="false"><c r="A616" s="1"><v>324</v></c><c r="B616" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C616" s="1" t="str"><v>Rekenkameronderzoek Netcongestie</v></c><c r="D616" s="1" t="str"><v xml:space="preserve">Dit betreft een vergelijkend onderzoek naar de mogelijkheden van de provincies om netcongestie aan te pakken dat begin 2024 start en naar verwachting najaar 2024 wordt gepubliceerd.&#13;
 (bron: 1e begrotingswijziging 2024, Randstedelijke rekenkamer).&#13;
 &#13;
 Wat is de aanleiding?&#13;
 In de vier Randstedelijke provincies is er – net als in de rest van Nederland – sprake van een groeiende schaarste aan transportcapaciteit op het elektriciteitsnetwerk. De beschikbare capaciteit van het net kan zowel de vraag naar elektriciteit, als het aanbod van elektriciteit niet meer aan. De netbeheerders kunnen hierdoor nieuwe bedrijvigheid en woonwijken niet meer vanzelfsprekend op tijd aansluiten op het elektriciteitsnet, en steeds meer zonne-energieprojecten kunnen niet terug leveren aan het net. Netcongestie heeft grote gevolgen voor de bouw van nieuwe woonwijken en het regionale vestigingsklimaat en dreigt op veel plekken in Nederland de energietransitie te vertragen. Vooralsnog gaat het om grootgebruikers die niet meer aangesloten kunnen worden op het midden- en hoogspanningsnet. De netbeheerders verwachten echter dat in de provincies Flevoland en Utrecht vanaf 2026 ook kleingebruikers, zoals huishoudens, mkb’ers te maken krijgen met aansluitingsproblemen.&#13;
 &#13;
 De provincie heeft geen wettelijke taak in de elektriciteitsvoorziening. De netbeheerders zijn bij wet verantwoordelijk voor de netten waarover transport van elektriciteit plaatsvindt. De provincie heeft echter wel een belangrijke rol in de energie-infrastructuur en is een cruciale speler in de aanpak van netcongestie. Het Rijk heeft de provincies een regierol toegewezen in de uitbreiding van de regionale energie-infrastructuur en het integraal programmeren en heeft haar verantwoordelijk gemaakt voor het coördineren van een energie taskforce op regionaal niveau. Daarnaast heeft de provincie nu en in de komende jaren een belangrijke rol in het leggen van &#13;
 de ‘ruimtelijke puzzel’, met energie als een essentieel puzzelstuk. Daarnaast zijn de provincies aandeelhouders in de regionale netbeheerders of overwegen zij dit te worden. Samengevat zijn de vijf sturingsmogelijkheden voor de provincie om netcongestie aan te pakken: &#13;
 1. programmeren van de regionale energie-infrastructuur&#13;
 2. versnellen van geplande netuitbreidingen&#13;
 3. ruimtelijk instrumentarium inzetten voor netinpassing&#13;
 4. flexibel en efficiënt gebruik van het net stimuleren &#13;
 5. provincie als aandeelhouder in netbeheerder. &#13;
 &#13;
 Wat willen we bereiken?&#13;
 Het onderzoek richt zich op het beleid en de vijf sturingsmogelijkheden van de provincie om netcongestie aan te pakken, of op een selectie van die mogelijkheden. Doel van het onderzoek is meer grip krijgen op de huidige en mogelijke rol van de provincie in de aanpak van netcongestie. Dit geeft GS en PS waardevolle input voor de verdere ontwikkeling en uitvoering van het beleid en helpt PS in haar controlerende rol. Daarnaast geeft het onderzoek PS meer inzicht in welke sturingsmogelijkheden de provincie heeft met betrekking tot energieinfrastructuur en het tegengaan van netcongestie. Door de provincies onderling te vergelijken en voorbeelden te delen, biedt het onderzoek PS ook inspiratie en een breder handelingsperspectief.&#13;
 &#13;
 Wat gaan we daarvoor doen?&#13;
-De Rekenkamer is in december 2023 gestart met het opstellen van een onderzoeksopzet. Door middel van literatuuronderzoek en interviews zal de focus van het onderzoek nader bepaald worden. De onderzoeksopzet zal aan de vier PS’en voorgelegd worden.</v></c><c r="E554" s="1" t="str"><v/></c><c r="F554" s="4" t="str"><v/></c><c r="G554" s="1" t="str"><v>Rekenkamer</v></c><c r="H554" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I554" s="1" t="str"><v>Griffie</v></c><c r="J554" s="1" t="str"><v/></c><c r="K554" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L554" s="4"><v>45945.0</v></c><c r="M554" s="1"><v>1</v></c></row><row r="555" spans="1:13" customFormat="false"><c r="A555" s="1"><v>324</v></c><c r="B555" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C555" s="1" t="str"><v>Rekenkameronderzoek Netcongestie</v></c><c r="D555" s="1" t="str"><v xml:space="preserve">Dit betreft een vergelijkend onderzoek naar de mogelijkheden van de provincies om netcongestie aan te pakken dat begin 2024 start en naar verwachting najaar 2024 wordt gepubliceerd.&#13;
+De Rekenkamer is in december 2023 gestart met het opstellen van een onderzoeksopzet. Door middel van literatuuronderzoek en interviews zal de focus van het onderzoek nader bepaald worden. De onderzoeksopzet zal aan de vier PS’en voorgelegd worden.</v></c><c r="E616" s="1" t="str"><v/></c><c r="F616" s="4" t="str"><v/></c><c r="G616" s="1" t="str"><v>Rekenkamer</v></c><c r="H616" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I616" s="1" t="str"><v>Griffie</v></c><c r="J616" s="1" t="str"><v/></c><c r="K616" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L616" s="4"><v>45945.0</v></c><c r="M616" s="1"><v>1</v></c></row><row r="617" spans="1:13" customFormat="false"><c r="A617" s="1"><v>324</v></c><c r="B617" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C617" s="1" t="str"><v>Rekenkameronderzoek Netcongestie</v></c><c r="D617" s="1" t="str"><v xml:space="preserve">Dit betreft een vergelijkend onderzoek naar de mogelijkheden van de provincies om netcongestie aan te pakken dat begin 2024 start en naar verwachting najaar 2024 wordt gepubliceerd.&#13;
 (bron: 1e begrotingswijziging 2024, Randstedelijke rekenkamer).&#13;
 &#13;
 Wat is de aanleiding?&#13;
 In de vier Randstedelijke provincies is er – net als in de rest van Nederland – sprake van een groeiende schaarste aan transportcapaciteit op het elektriciteitsnetwerk. De beschikbare capaciteit van het net kan zowel de vraag naar elektriciteit, als het aanbod van elektriciteit niet meer aan. De netbeheerders kunnen hierdoor nieuwe bedrijvigheid en woonwijken niet meer vanzelfsprekend op tijd aansluiten op het elektriciteitsnet, en steeds meer zonne-energieprojecten kunnen niet terug leveren aan het net. Netcongestie heeft grote gevolgen voor de bouw van nieuwe woonwijken en het regionale vestigingsklimaat en dreigt op veel plekken in Nederland de energietransitie te vertragen. Vooralsnog gaat het om grootgebruikers die niet meer aangesloten kunnen worden op het midden- en hoogspanningsnet. De netbeheerders verwachten echter dat in de provincies Flevoland en Utrecht vanaf 2026 ook kleingebruikers, zoals huishoudens, mkb’ers te maken krijgen met aansluitingsproblemen.&#13;
 &#13;
 De provincie heeft geen wettelijke taak in de elektriciteitsvoorziening. De netbeheerders zijn bij wet verantwoordelijk voor de netten waarover transport van elektriciteit plaatsvindt. De provincie heeft echter wel een belangrijke rol in de energie-infrastructuur en is een cruciale speler in de aanpak van netcongestie. Het Rijk heeft de provincies een regierol toegewezen in de uitbreiding van de regionale energie-infrastructuur en het integraal programmeren en heeft haar verantwoordelijk gemaakt voor het coördineren van een energie taskforce op regionaal niveau. Daarnaast heeft de provincie nu en in de komende jaren een belangrijke rol in het leggen van &#13;
 de ‘ruimtelijke puzzel’, met energie als een essentieel puzzelstuk. Daarnaast zijn de provincies aandeelhouders in de regionale netbeheerders of overwegen zij dit te worden. Samengevat zijn de vijf sturingsmogelijkheden voor de provincie om netcongestie aan te pakken: &#13;
 1. programmeren van de regionale energie-infrastructuur&#13;
 2. versnellen van geplande netuitbreidingen&#13;
 3. ruimtelijk instrumentarium inzetten voor netinpassing&#13;
 4. flexibel en efficiënt gebruik van het net stimuleren &#13;
 5. provincie als aandeelhouder in netbeheerder. &#13;
 &#13;
 Wat willen we bereiken?&#13;
 Het onderzoek richt zich op het beleid en de vijf sturingsmogelijkheden van de provincie om netcongestie aan te pakken, of op een selectie van die mogelijkheden. Doel van het onderzoek is meer grip krijgen op de huidige en mogelijke rol van de provincie in de aanpak van netcongestie. Dit geeft GS en PS waardevolle input voor de verdere ontwikkeling en uitvoering van het beleid en helpt PS in haar controlerende rol. Daarnaast geeft het onderzoek PS meer inzicht in welke sturingsmogelijkheden de provincie heeft met betrekking tot energieinfrastructuur en het tegengaan van netcongestie. Door de provincies onderling te vergelijken en voorbeelden te delen, biedt het onderzoek PS ook inspiratie en een breder handelingsperspectief.&#13;
 &#13;
 Wat gaan we daarvoor doen?&#13;
-De Rekenkamer is in december 2023 gestart met het opstellen van een onderzoeksopzet. Door middel van literatuuronderzoek en interviews zal de focus van het onderzoek nader bepaald worden. De onderzoeksopzet zal aan de vier PS’en voorgelegd worden.</v></c><c r="E555" s="1" t="str"><v/></c><c r="F555" s="4" t="str"><v/></c><c r="G555" s="1" t="str"><v>Rekenkamer</v></c><c r="H555" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I555" s="1" t="str"><v>Griffie</v></c><c r="J555" s="1" t="str"><v/></c><c r="K555" s="1" t="str"><v>Provinciale Staten</v></c><c r="L555" s="4"><v>45959.0</v></c><c r="M555" s="1"><v>1</v></c></row><row r="556" spans="1:13" customFormat="false"><c r="A556" s="1"><v>325</v></c><c r="B556" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C556" s="1" t="str"><v>Rekenkameronderzoek  Regionale Ontwikkelingsmaatschappijen (ROM’s)</v></c><c r="D556" s="1" t="str"><v xml:space="preserve">Onderzoeksopzet juni 2024:&#13;
+De Rekenkamer is in december 2023 gestart met het opstellen van een onderzoeksopzet. Door middel van literatuuronderzoek en interviews zal de focus van het onderzoek nader bepaald worden. De onderzoeksopzet zal aan de vier PS’en voorgelegd worden.</v></c><c r="E617" s="1" t="str"><v/></c><c r="F617" s="4" t="str"><v/></c><c r="G617" s="1" t="str"><v>Rekenkamer</v></c><c r="H617" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I617" s="1" t="str"><v>Griffie</v></c><c r="J617" s="1" t="str"><v/></c><c r="K617" s="1" t="str"><v>Provinciale Staten</v></c><c r="L617" s="4"><v>45959.0</v></c><c r="M617" s="1"><v>1</v></c></row><row r="618" spans="1:13" customFormat="false"><c r="A618" s="1"><v>325</v></c><c r="B618" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C618" s="1" t="str"><v>Rekenkameronderzoek  Regionale Ontwikkelingsmaatschappijen (ROM’s)</v></c><c r="D618" s="1" t="str"><v xml:space="preserve">Onderzoeksopzet juni 2024:&#13;
  Wat is de aanleiding?&#13;
 Regionale Ontwikkelingsmaatschappijen (ROM’s) zetten zich in voor het versterken van de economie en werkgelegenheid in een regio. De ROM’s fungeren als gezamenlijk instrument van Rijk en regio in het regionaal economisch beleid en innovatiebeleid. Het Rijk en provincies (en in sommige gevallen ook regio’s, gemeenten en kennisinstellingen) zijn aandeelhouder en subsidieverstrekker van ROM’s. In totaal telt Nederland negen ROM’s die samen alle Nederlandse regio’s vertegenwoordigen. In de Randstad gaat het om Horizon Flevoland (provincie Flevoland), ROM Utrecht Region (provincie Utrecht), ROM InWest (provincie Noord-Holland) en InnovationQuarter (provincie Zuid-Holland).&#13;
 Op 19 juli 2023 namen PS van Flevoland de motie ‘Verzoek tot onderzoek Randstedelijke Rekenkamer inzake Regionale Ontwikkelingsmaatschappij Horizon’ aan, waarvan het dictum luidt: [PS] verzoekt de Randstedelijke Rekenkamer onderzoek te plegen rondom Regionale Ontwikkelingsmaatschappij Horizon en waar mogelijk dit te combineren met soortgelijke of aansluitende onderzoek behoeften van andere (Randstedelijke) provincies. Dit is voor ons aanleiding geweest om een onderzoek te starten.&#13;
 &#13;
 Wat willen we bereiken?&#13;
 Met dit onderzoek willen we PS van Flevoland en wellicht ook Noord-Holland, Utrecht en Zuid-Holland ondersteunen in hun kaderstellende en controlerende rol door inzichtelijk te maken hoe de samenwerking met de ROM’s georganiseerd is en welke sturingsmogelijkheden er zijn.&#13;
 &#13;
 Wat gaan we daarvoor doen?&#13;
 Vanaf januari 2024 gaan we in een vooronderzoek nader verkennen welke vragen er leven bij de vier PS’en ten aanzien van hun relatie met hun ROM. Op basis daarvan zullen we een onderzoeksopzet opstellen en deze aan de vier PS’en voorleggen.&#13;
-</v></c><c r="E556" s="1" t="str"><v/></c><c r="F556" s="4" t="str"><v/></c><c r="G556" s="1" t="str"><v>Rekenkamer</v></c><c r="H556" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I556" s="1" t="str"><v>Griffie</v></c><c r="J556" s="1" t="str"><v>Eind mei is de verwachting dat het onderzoek wordt opgeleverd. Afhankelijk van de definitieve oplevering en de ruimte op de agenda's van de commissie en Provinciale Staten wordt het onderzoek voor het zomerreces, danwel direct na het zomerreces (3/10/24 september) behandeld.</v></c><c r="K556" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L556" s="4"><v>45903.0</v></c><c r="M556" s="1"><v>1</v></c></row><row r="557" spans="1:13" customFormat="false"><c r="A557" s="1"><v>325</v></c><c r="B557" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C557" s="1" t="str"><v>Rekenkameronderzoek  Regionale Ontwikkelingsmaatschappijen (ROM’s)</v></c><c r="D557" s="1" t="str"><v xml:space="preserve">Onderzoeksopzet juni 2024:&#13;
+</v></c><c r="E618" s="1" t="str"><v/></c><c r="F618" s="4" t="str"><v/></c><c r="G618" s="1" t="str"><v>Rekenkamer</v></c><c r="H618" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I618" s="1" t="str"><v>Griffie</v></c><c r="J618" s="1" t="str"><v>Eind mei is de verwachting dat het onderzoek wordt opgeleverd. Afhankelijk van de definitieve oplevering en de ruimte op de agenda's van de commissie en Provinciale Staten wordt het onderzoek voor het zomerreces, danwel direct na het zomerreces (3/10/24 september) behandeld.</v></c><c r="K618" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L618" s="4"><v>45903.0</v></c><c r="M618" s="1"><v>1</v></c></row><row r="619" spans="1:13" customFormat="false"><c r="A619" s="1"><v>325</v></c><c r="B619" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C619" s="1" t="str"><v>Rekenkameronderzoek  Regionale Ontwikkelingsmaatschappijen (ROM’s)</v></c><c r="D619" s="1" t="str"><v xml:space="preserve">Onderzoeksopzet juni 2024:&#13;
  Wat is de aanleiding?&#13;
 Regionale Ontwikkelingsmaatschappijen (ROM’s) zetten zich in voor het versterken van de economie en werkgelegenheid in een regio. De ROM’s fungeren als gezamenlijk instrument van Rijk en regio in het regionaal economisch beleid en innovatiebeleid. Het Rijk en provincies (en in sommige gevallen ook regio’s, gemeenten en kennisinstellingen) zijn aandeelhouder en subsidieverstrekker van ROM’s. In totaal telt Nederland negen ROM’s die samen alle Nederlandse regio’s vertegenwoordigen. In de Randstad gaat het om Horizon Flevoland (provincie Flevoland), ROM Utrecht Region (provincie Utrecht), ROM InWest (provincie Noord-Holland) en InnovationQuarter (provincie Zuid-Holland).&#13;
 Op 19 juli 2023 namen PS van Flevoland de motie ‘Verzoek tot onderzoek Randstedelijke Rekenkamer inzake Regionale Ontwikkelingsmaatschappij Horizon’ aan, waarvan het dictum luidt: [PS] verzoekt de Randstedelijke Rekenkamer onderzoek te plegen rondom Regionale Ontwikkelingsmaatschappij Horizon en waar mogelijk dit te combineren met soortgelijke of aansluitende onderzoek behoeften van andere (Randstedelijke) provincies. Dit is voor ons aanleiding geweest om een onderzoek te starten.&#13;
 &#13;
 Wat willen we bereiken?&#13;
 Met dit onderzoek willen we PS van Flevoland en wellicht ook Noord-Holland, Utrecht en Zuid-Holland ondersteunen in hun kaderstellende en controlerende rol door inzichtelijk te maken hoe de samenwerking met de ROM’s georganiseerd is en welke sturingsmogelijkheden er zijn.&#13;
 &#13;
 Wat gaan we daarvoor doen?&#13;
 Vanaf januari 2024 gaan we in een vooronderzoek nader verkennen welke vragen er leven bij de vier PS’en ten aanzien van hun relatie met hun ROM. Op basis daarvan zullen we een onderzoeksopzet opstellen en deze aan de vier PS’en voorleggen.&#13;
-</v></c><c r="E557" s="1" t="str"><v/></c><c r="F557" s="4" t="str"><v/></c><c r="G557" s="1" t="str"><v>Rekenkamer</v></c><c r="H557" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I557" s="1" t="str"><v>Griffie</v></c><c r="J557" s="1" t="str"><v>Eind mei is de verwachting dat het onderzoek wordt opgeleverd. Afhankelijk van de definitieve oplevering en de ruimte op de agenda's van de commissie en Provinciale Staten wordt het onderzoek voor het zomerreces, danwel direct na het zomerreces (3/10/24 september) behandeld.</v></c><c r="K557" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L557" s="4"><v>45910.0</v></c><c r="M557" s="1"><v>1</v></c></row><row r="558" spans="1:13" customFormat="false"><c r="A558" s="1"><v>325</v></c><c r="B558" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C558" s="1" t="str"><v>Rekenkameronderzoek  Regionale Ontwikkelingsmaatschappijen (ROM’s)</v></c><c r="D558" s="1" t="str"><v xml:space="preserve">Onderzoeksopzet juni 2024:&#13;
+</v></c><c r="E619" s="1" t="str"><v/></c><c r="F619" s="4" t="str"><v/></c><c r="G619" s="1" t="str"><v>Rekenkamer</v></c><c r="H619" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I619" s="1" t="str"><v>Griffie</v></c><c r="J619" s="1" t="str"><v>Eind mei is de verwachting dat het onderzoek wordt opgeleverd. Afhankelijk van de definitieve oplevering en de ruimte op de agenda's van de commissie en Provinciale Staten wordt het onderzoek voor het zomerreces, danwel direct na het zomerreces (3/10/24 september) behandeld.</v></c><c r="K619" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L619" s="4"><v>45910.0</v></c><c r="M619" s="1"><v>1</v></c></row><row r="620" spans="1:13" customFormat="false"><c r="A620" s="1"><v>325</v></c><c r="B620" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C620" s="1" t="str"><v>Rekenkameronderzoek  Regionale Ontwikkelingsmaatschappijen (ROM’s)</v></c><c r="D620" s="1" t="str"><v xml:space="preserve">Onderzoeksopzet juni 2024:&#13;
  Wat is de aanleiding?&#13;
 Regionale Ontwikkelingsmaatschappijen (ROM’s) zetten zich in voor het versterken van de economie en werkgelegenheid in een regio. De ROM’s fungeren als gezamenlijk instrument van Rijk en regio in het regionaal economisch beleid en innovatiebeleid. Het Rijk en provincies (en in sommige gevallen ook regio’s, gemeenten en kennisinstellingen) zijn aandeelhouder en subsidieverstrekker van ROM’s. In totaal telt Nederland negen ROM’s die samen alle Nederlandse regio’s vertegenwoordigen. In de Randstad gaat het om Horizon Flevoland (provincie Flevoland), ROM Utrecht Region (provincie Utrecht), ROM InWest (provincie Noord-Holland) en InnovationQuarter (provincie Zuid-Holland).&#13;
 Op 19 juli 2023 namen PS van Flevoland de motie ‘Verzoek tot onderzoek Randstedelijke Rekenkamer inzake Regionale Ontwikkelingsmaatschappij Horizon’ aan, waarvan het dictum luidt: [PS] verzoekt de Randstedelijke Rekenkamer onderzoek te plegen rondom Regionale Ontwikkelingsmaatschappij Horizon en waar mogelijk dit te combineren met soortgelijke of aansluitende onderzoek behoeften van andere (Randstedelijke) provincies. Dit is voor ons aanleiding geweest om een onderzoek te starten.&#13;
 &#13;
 Wat willen we bereiken?&#13;
 Met dit onderzoek willen we PS van Flevoland en wellicht ook Noord-Holland, Utrecht en Zuid-Holland ondersteunen in hun kaderstellende en controlerende rol door inzichtelijk te maken hoe de samenwerking met de ROM’s georganiseerd is en welke sturingsmogelijkheden er zijn.&#13;
 &#13;
 Wat gaan we daarvoor doen?&#13;
 Vanaf januari 2024 gaan we in een vooronderzoek nader verkennen welke vragen er leven bij de vier PS’en ten aanzien van hun relatie met hun ROM. Op basis daarvan zullen we een onderzoeksopzet opstellen en deze aan de vier PS’en voorleggen.&#13;
-</v></c><c r="E558" s="1" t="str"><v/></c><c r="F558" s="4" t="str"><v/></c><c r="G558" s="1" t="str"><v>Rekenkamer</v></c><c r="H558" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I558" s="1" t="str"><v>Griffie</v></c><c r="J558" s="1" t="str"><v>Eind mei is de verwachting dat het onderzoek wordt opgeleverd. Afhankelijk van de definitieve oplevering en de ruimte op de agenda's van de commissie en Provinciale Staten wordt het onderzoek voor het zomerreces, danwel direct na het zomerreces (3/10/24 september) behandeld.</v></c><c r="K558" s="1" t="str"><v>Provinciale Staten</v></c><c r="L558" s="4"><v>45924.0</v></c><c r="M558" s="1"><v>1</v></c></row><row r="559" spans="1:13" customFormat="false"><c r="A559" s="1"><v>88</v></c><c r="B559" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C559" s="1" t="str"><v>Experimentenkader Batterijopslag Flevoland</v></c><c r="D559" s="1" t="str"><v>Bij de provincie Flevoland zijn drie principeverzoeken ingediend voor de realisatie van grootschalige batterijopslag. Gedeputeerde Staten zien, gelet op de bijdrage aan de verbetering van de netcongestie en zicht op een goede ruimtelijke inpassing, voldoende aanleiding voor een positieve grondhouding ten aanzien van de drie initiatieven en willen dit mogelijk maken middels een afwijking van het huidige omgevingsbeleid middels een experimentenkader</v></c><c r="E559" s="1" t="str"><v/></c><c r="F559" s="4" t="str"><v/></c><c r="G559" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H559" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I559" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J559" s="1" t="str"><v/></c><c r="K559" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L559" s="4"><v>45084.0</v></c><c r="M559" s="1"><v>1</v></c></row><row r="560" spans="1:13" customFormat="false"><c r="A560" s="1"><v>88</v></c><c r="B560" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C560" s="1" t="str"><v>Experimentenkader Batterijopslag Flevoland</v></c><c r="D560" s="1" t="str"><v>Bij de provincie Flevoland zijn drie principeverzoeken ingediend voor de realisatie van grootschalige batterijopslag. Gedeputeerde Staten zien, gelet op de bijdrage aan de verbetering van de netcongestie en zicht op een goede ruimtelijke inpassing, voldoende aanleiding voor een positieve grondhouding ten aanzien van de drie initiatieven en willen dit mogelijk maken middels een afwijking van het huidige omgevingsbeleid middels een experimentenkader</v></c><c r="E560" s="1" t="str"><v/></c><c r="F560" s="4" t="str"><v/></c><c r="G560" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H560" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I560" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J560" s="1" t="str"><v/></c><c r="K560" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L560" s="4"><v>45119.0</v></c><c r="M560" s="1"><v>1</v></c></row><row r="561" spans="1:13" customFormat="false"><c r="A561" s="1"><v>88</v></c><c r="B561" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C561" s="1" t="str"><v>Experimentenkader Batterijopslag Flevoland</v></c><c r="D561" s="1" t="str"><v>Bij de provincie Flevoland zijn drie principeverzoeken ingediend voor de realisatie van grootschalige batterijopslag. Gedeputeerde Staten zien, gelet op de bijdrage aan de verbetering van de netcongestie en zicht op een goede ruimtelijke inpassing, voldoende aanleiding voor een positieve grondhouding ten aanzien van de drie initiatieven en willen dit mogelijk maken middels een afwijking van het huidige omgevingsbeleid middels een experimentenkader</v></c><c r="E561" s="1" t="str"><v/></c><c r="F561" s="4" t="str"><v/></c><c r="G561" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H561" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I561" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J561" s="1" t="str"><v/></c><c r="K561" s="1" t="str"><v>Provinciale Staten</v></c><c r="L561" s="4"><v>45126.0</v></c><c r="M561" s="1"><v>1</v></c></row><row r="562" spans="1:13" customFormat="false"><c r="A562" s="1"><v>95</v></c><c r="B562" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C562" s="1" t="str"><v xml:space="preserve">Ruimtelijke Voorstel NOVEX </v></c><c r="D562" s="1" t="str"><v>Ruimtelijke Puzzel programma NOVEX</v></c><c r="E562" s="1" t="str"><v/></c><c r="F562" s="4"><v>45056.0</v></c><c r="G562" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H562" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I562" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J562" s="1" t="str"><v/></c><c r="K562" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L562" s="4"><v>45084.0</v></c><c r="M562" s="1"><v>1</v></c></row><row r="563" spans="1:13" customFormat="false"><c r="A563" s="1"><v>95</v></c><c r="B563" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C563" s="1" t="str"><v xml:space="preserve">Ruimtelijke Voorstel NOVEX </v></c><c r="D563" s="1" t="str"><v>Ruimtelijke Puzzel programma NOVEX</v></c><c r="E563" s="1" t="str"><v/></c><c r="F563" s="4"><v>45056.0</v></c><c r="G563" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H563" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I563" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J563" s="1" t="str"><v/></c><c r="K563" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L563" s="4"><v>45217.0</v></c><c r="M563" s="1"><v>1</v></c></row><row r="564" spans="1:13" customFormat="false"><c r="A564" s="1"><v>95</v></c><c r="B564" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C564" s="1" t="str"><v xml:space="preserve">Ruimtelijke Voorstel NOVEX </v></c><c r="D564" s="1" t="str"><v>Ruimtelijke Puzzel programma NOVEX</v></c><c r="E564" s="1" t="str"><v/></c><c r="F564" s="4"><v>45056.0</v></c><c r="G564" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H564" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I564" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J564" s="1" t="str"><v/></c><c r="K564" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L564" s="4"><v>45252.0</v></c><c r="M564" s="1"><v>1</v></c></row><row r="565" spans="1:13" customFormat="false"><c r="A565" s="1"><v>95</v></c><c r="B565" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C565" s="1" t="str"><v xml:space="preserve">Ruimtelijke Voorstel NOVEX </v></c><c r="D565" s="1" t="str"><v>Ruimtelijke Puzzel programma NOVEX</v></c><c r="E565" s="1" t="str"><v/></c><c r="F565" s="4"><v>45056.0</v></c><c r="G565" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H565" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I565" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J565" s="1" t="str"><v/></c><c r="K565" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L565" s="4"><v>45259.0</v></c><c r="M565" s="1"><v>1</v></c></row><row r="566" spans="1:13" customFormat="false"><c r="A566" s="1"><v>95</v></c><c r="B566" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C566" s="1" t="str"><v xml:space="preserve">Ruimtelijke Voorstel NOVEX </v></c><c r="D566" s="1" t="str"><v>Ruimtelijke Puzzel programma NOVEX</v></c><c r="E566" s="1" t="str"><v/></c><c r="F566" s="4"><v>45056.0</v></c><c r="G566" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H566" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I566" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J566" s="1" t="str"><v/></c><c r="K566" s="1" t="str"><v>Provinciale Staten</v></c><c r="L566" s="4"><v>45273.0</v></c><c r="M566" s="1"><v>1</v></c></row><row r="567" spans="1:13" customFormat="false"><c r="A567" s="1"><v>179</v></c><c r="B567" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C567" s="1" t="str"><v>Nationaal Programma Ruimte voor Defensie - notitie Reikwijdte en Detailniveau</v></c><c r="D567" s="1" t="str"><v/></c><c r="E567" s="1" t="str"><v/></c><c r="F567" s="4"><v>45315.0</v></c><c r="G567" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H567" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I567" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J567" s="1" t="str"><v/></c><c r="K567" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L567" s="4"><v>45329.0</v></c><c r="M567" s="1"><v>1</v></c></row><row r="568" spans="1:13" customFormat="false"><c r="A568" s="1"><v>179</v></c><c r="B568" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C568" s="1" t="str"><v>Nationaal Programma Ruimte voor Defensie - notitie Reikwijdte en Detailniveau</v></c><c r="D568" s="1" t="str"><v/></c><c r="E568" s="1" t="str"><v/></c><c r="F568" s="4"><v>45315.0</v></c><c r="G568" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H568" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I568" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J568" s="1" t="str"><v/></c><c r="K568" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L568" s="4"><v>45833.0</v></c><c r="M568" s="1"><v>1</v></c></row><row r="569" spans="1:13" customFormat="false"><c r="A569" s="1"><v>179</v></c><c r="B569" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C569" s="1" t="str"><v>Nationaal Programma Ruimte voor Defensie - notitie Reikwijdte en Detailniveau</v></c><c r="D569" s="1" t="str"><v/></c><c r="E569" s="1" t="str"><v/></c><c r="F569" s="4"><v>45315.0</v></c><c r="G569" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H569" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I569" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J569" s="1" t="str"><v/></c><c r="K569" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L569" s="4"><v>45840.0</v></c><c r="M569" s="1"><v>1</v></c></row><row r="570" spans="1:13" customFormat="false"><c r="A570" s="1"><v>319</v></c><c r="B570" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C570" s="1" t="str"><v>Agenderingsverzoek - Kleine windmolens op boerenerven (GroenLinks, PvdA, D66)</v></c><c r="D570" s="1" t="str"><v/></c><c r="E570" s="1" t="str"><v>PvdA,GroenLinks,D66</v></c><c r="F570" s="4" t="str"><v/></c><c r="G570" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H570" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I570" s="1"/><c r="J570" s="1" t="str"><v/></c><c r="K570" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L570" s="4"><v>45448.0</v></c><c r="M570" s="1"><v>1</v></c></row><row r="571" spans="1:13" customFormat="false"><c r="A571" s="1"><v>340</v></c><c r="B571" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C571" s="1" t="str"><v>Beleid erftransformaties</v></c><c r="D571" s="1" t="str"><v xml:space="preserve">De uitkomsten van de verdiepende evaluatie van het experimentenkader "Extra woningen op erven" en een studie naar de aanpak voor erftransformaties bij andere overheden (provincies en gemeenten) resulteert in ideeën voor erftransformaties. Deze ideeën worden getest op haalbaarheid en effectiviteit aan de hand van door de Flevolandse gemeenten ingebrachte (actuele) casuïstiek. Ten aanzien van deze casussen wordt o.a. gekeken naar (on)wenselijkheid van soorten initiatieven op erven en de mogelijkheden en belemmeringen in vigerende beleidskaders bij zowel provincie als gemeenten. Dit resulteert uiteindelijk in een rapportage met aanbevelingen die het fundament leveren voor verdere uitwerking in een langetermijnbeleidskader voor erftransformaties.&#13;
+</v></c><c r="E620" s="1" t="str"><v/></c><c r="F620" s="4" t="str"><v/></c><c r="G620" s="1" t="str"><v>Rekenkamer</v></c><c r="H620" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I620" s="1" t="str"><v>Griffie</v></c><c r="J620" s="1" t="str"><v>Eind mei is de verwachting dat het onderzoek wordt opgeleverd. Afhankelijk van de definitieve oplevering en de ruimte op de agenda's van de commissie en Provinciale Staten wordt het onderzoek voor het zomerreces, danwel direct na het zomerreces (3/10/24 september) behandeld.</v></c><c r="K620" s="1" t="str"><v>Provinciale Staten</v></c><c r="L620" s="4"><v>45924.0</v></c><c r="M620" s="1"><v>1</v></c></row><row r="621" spans="1:13" customFormat="false"><c r="A621" s="1"><v>88</v></c><c r="B621" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C621" s="1" t="str"><v>Experimentenkader Batterijopslag Flevoland</v></c><c r="D621" s="1" t="str"><v>Bij de provincie Flevoland zijn drie principeverzoeken ingediend voor de realisatie van grootschalige batterijopslag. Gedeputeerde Staten zien, gelet op de bijdrage aan de verbetering van de netcongestie en zicht op een goede ruimtelijke inpassing, voldoende aanleiding voor een positieve grondhouding ten aanzien van de drie initiatieven en willen dit mogelijk maken middels een afwijking van het huidige omgevingsbeleid middels een experimentenkader</v></c><c r="E621" s="1" t="str"><v/></c><c r="F621" s="4" t="str"><v/></c><c r="G621" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H621" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I621" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J621" s="1" t="str"><v/></c><c r="K621" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L621" s="4"><v>45084.0</v></c><c r="M621" s="1"><v>1</v></c></row><row r="622" spans="1:13" customFormat="false"><c r="A622" s="1"><v>88</v></c><c r="B622" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C622" s="1" t="str"><v>Experimentenkader Batterijopslag Flevoland</v></c><c r="D622" s="1" t="str"><v>Bij de provincie Flevoland zijn drie principeverzoeken ingediend voor de realisatie van grootschalige batterijopslag. Gedeputeerde Staten zien, gelet op de bijdrage aan de verbetering van de netcongestie en zicht op een goede ruimtelijke inpassing, voldoende aanleiding voor een positieve grondhouding ten aanzien van de drie initiatieven en willen dit mogelijk maken middels een afwijking van het huidige omgevingsbeleid middels een experimentenkader</v></c><c r="E622" s="1" t="str"><v/></c><c r="F622" s="4" t="str"><v/></c><c r="G622" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H622" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I622" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J622" s="1" t="str"><v/></c><c r="K622" s="1" t="str"><v>Oordeelsvorming integrale ad hoc Commissie</v></c><c r="L622" s="4"><v>45119.0</v></c><c r="M622" s="1"><v>1</v></c></row><row r="623" spans="1:13" customFormat="false"><c r="A623" s="1"><v>88</v></c><c r="B623" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C623" s="1" t="str"><v>Experimentenkader Batterijopslag Flevoland</v></c><c r="D623" s="1" t="str"><v>Bij de provincie Flevoland zijn drie principeverzoeken ingediend voor de realisatie van grootschalige batterijopslag. Gedeputeerde Staten zien, gelet op de bijdrage aan de verbetering van de netcongestie en zicht op een goede ruimtelijke inpassing, voldoende aanleiding voor een positieve grondhouding ten aanzien van de drie initiatieven en willen dit mogelijk maken middels een afwijking van het huidige omgevingsbeleid middels een experimentenkader</v></c><c r="E623" s="1" t="str"><v/></c><c r="F623" s="4" t="str"><v/></c><c r="G623" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H623" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I623" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J623" s="1" t="str"><v/></c><c r="K623" s="1" t="str"><v>Provinciale Staten</v></c><c r="L623" s="4"><v>45126.0</v></c><c r="M623" s="1"><v>1</v></c></row><row r="624" spans="1:13" customFormat="false"><c r="A624" s="1"><v>95</v></c><c r="B624" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C624" s="1" t="str"><v xml:space="preserve">Ruimtelijke Voorstel NOVEX </v></c><c r="D624" s="1" t="str"><v>Ruimtelijke Puzzel programma NOVEX</v></c><c r="E624" s="1" t="str"><v/></c><c r="F624" s="4"><v>45056.0</v></c><c r="G624" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H624" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I624" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J624" s="1" t="str"><v/></c><c r="K624" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L624" s="4"><v>45084.0</v></c><c r="M624" s="1"><v>1</v></c></row><row r="625" spans="1:13" customFormat="false"><c r="A625" s="1"><v>95</v></c><c r="B625" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C625" s="1" t="str"><v xml:space="preserve">Ruimtelijke Voorstel NOVEX </v></c><c r="D625" s="1" t="str"><v>Ruimtelijke Puzzel programma NOVEX</v></c><c r="E625" s="1" t="str"><v/></c><c r="F625" s="4"><v>45056.0</v></c><c r="G625" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H625" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I625" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J625" s="1" t="str"><v/></c><c r="K625" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L625" s="4"><v>45217.0</v></c><c r="M625" s="1"><v>1</v></c></row><row r="626" spans="1:13" customFormat="false"><c r="A626" s="1"><v>95</v></c><c r="B626" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C626" s="1" t="str"><v xml:space="preserve">Ruimtelijke Voorstel NOVEX </v></c><c r="D626" s="1" t="str"><v>Ruimtelijke Puzzel programma NOVEX</v></c><c r="E626" s="1" t="str"><v/></c><c r="F626" s="4"><v>45056.0</v></c><c r="G626" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H626" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I626" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J626" s="1" t="str"><v/></c><c r="K626" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L626" s="4"><v>45252.0</v></c><c r="M626" s="1"><v>1</v></c></row><row r="627" spans="1:13" customFormat="false"><c r="A627" s="1"><v>95</v></c><c r="B627" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C627" s="1" t="str"><v xml:space="preserve">Ruimtelijke Voorstel NOVEX </v></c><c r="D627" s="1" t="str"><v>Ruimtelijke Puzzel programma NOVEX</v></c><c r="E627" s="1" t="str"><v/></c><c r="F627" s="4"><v>45056.0</v></c><c r="G627" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H627" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I627" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J627" s="1" t="str"><v/></c><c r="K627" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L627" s="4"><v>45259.0</v></c><c r="M627" s="1"><v>1</v></c></row><row r="628" spans="1:13" customFormat="false"><c r="A628" s="1"><v>95</v></c><c r="B628" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C628" s="1" t="str"><v xml:space="preserve">Ruimtelijke Voorstel NOVEX </v></c><c r="D628" s="1" t="str"><v>Ruimtelijke Puzzel programma NOVEX</v></c><c r="E628" s="1" t="str"><v/></c><c r="F628" s="4"><v>45056.0</v></c><c r="G628" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H628" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I628" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J628" s="1" t="str"><v/></c><c r="K628" s="1" t="str"><v>Provinciale Staten</v></c><c r="L628" s="4"><v>45273.0</v></c><c r="M628" s="1"><v>1</v></c></row><row r="629" spans="1:13" customFormat="false"><c r="A629" s="1"><v>179</v></c><c r="B629" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C629" s="1" t="str"><v>Nationaal Programma Ruimte voor Defensie - notitie Reikwijdte en Detailniveau</v></c><c r="D629" s="1" t="str"><v/></c><c r="E629" s="1" t="str"><v/></c><c r="F629" s="4"><v>45315.0</v></c><c r="G629" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H629" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I629" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J629" s="1" t="str"><v/></c><c r="K629" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L629" s="4"><v>45329.0</v></c><c r="M629" s="1"><v>1</v></c></row><row r="630" spans="1:13" customFormat="false"><c r="A630" s="1"><v>179</v></c><c r="B630" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C630" s="1" t="str"><v>Nationaal Programma Ruimte voor Defensie - notitie Reikwijdte en Detailniveau</v></c><c r="D630" s="1" t="str"><v/></c><c r="E630" s="1" t="str"><v/></c><c r="F630" s="4"><v>45315.0</v></c><c r="G630" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H630" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I630" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J630" s="1" t="str"><v/></c><c r="K630" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L630" s="4"><v>45833.0</v></c><c r="M630" s="1"><v>1</v></c></row><row r="631" spans="1:13" customFormat="false"><c r="A631" s="1"><v>179</v></c><c r="B631" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C631" s="1" t="str"><v>Nationaal Programma Ruimte voor Defensie - notitie Reikwijdte en Detailniveau</v></c><c r="D631" s="1" t="str"><v/></c><c r="E631" s="1" t="str"><v/></c><c r="F631" s="4"><v>45315.0</v></c><c r="G631" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H631" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I631" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J631" s="1" t="str"><v/></c><c r="K631" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L631" s="4"><v>45840.0</v></c><c r="M631" s="1"><v>1</v></c></row><row r="632" spans="1:13" customFormat="false"><c r="A632" s="1"><v>319</v></c><c r="B632" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C632" s="1" t="str"><v>Agenderingsverzoek - Kleine windmolens op boerenerven (GroenLinks, PvdA, D66)</v></c><c r="D632" s="1" t="str"><v/></c><c r="E632" s="1" t="str"><v>PvdA,GroenLinks,D66</v></c><c r="F632" s="4" t="str"><v/></c><c r="G632" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H632" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I632" s="1"/><c r="J632" s="1" t="str"><v/></c><c r="K632" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L632" s="4"><v>45448.0</v></c><c r="M632" s="1"><v>1</v></c></row><row r="633" spans="1:13" customFormat="false"><c r="A633" s="1"><v>340</v></c><c r="B633" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C633" s="1" t="str"><v>Beleid erftransformaties</v></c><c r="D633" s="1" t="str"><v xml:space="preserve">De uitkomsten van de verdiepende evaluatie van het experimentenkader "Extra woningen op erven" en een studie naar de aanpak voor erftransformaties bij andere overheden (provincies en gemeenten) resulteert in ideeën voor erftransformaties. Deze ideeën worden getest op haalbaarheid en effectiviteit aan de hand van door de Flevolandse gemeenten ingebrachte (actuele) casuïstiek. Ten aanzien van deze casussen wordt o.a. gekeken naar (on)wenselijkheid van soorten initiatieven op erven en de mogelijkheden en belemmeringen in vigerende beleidskaders bij zowel provincie als gemeenten. Dit resulteert uiteindelijk in een rapportage met aanbevelingen die het fundament leveren voor verdere uitwerking in een langetermijnbeleidskader voor erftransformaties.&#13;
 &#13;
 Provinciale Staten worden in het eerste kwartaal van 2025 betrokken (beeldvorming: bespreken aanbevelingen voor beleid erftransformaties en ophalen aandachtspunten voor uitwerking van beleid)&#13;
 &#13;
-</v></c><c r="E571" s="1" t="str"><v/></c><c r="F571" s="4" t="str"><v/></c><c r="G571" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H571" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I571" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J571" s="1" t="str"><v/></c><c r="K571" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L571" s="4"><v>46029.0</v></c><c r="M571" s="1"><v>0</v></c></row><row r="572" spans="1:13" customFormat="false"><c r="A572" s="1"><v>360</v></c><c r="B572" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C572" s="1" t="str"><v>Informeren over onteigeningsprocedure (Omgevingswet)</v></c><c r="D572" s="1" t="str"><v/></c><c r="E572" s="1" t="str"><v/></c><c r="F572" s="4" t="str"><v/></c><c r="G572" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H572" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I572" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J572" s="1" t="str"><v/></c><c r="K572" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L572" s="4"><v>45756.0</v></c><c r="M572" s="1"><v>1</v></c></row><row r="573" spans="1:13" customFormat="false"><c r="A573" s="1"><v>383</v></c><c r="B573" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C573" s="1" t="str"><v>Voorstel voor besteding van provinciale middelen voor de doorontwikkeling van het Mobiliteit en Infrastructuur Test Centrum (MITC)</v></c><c r="D573" s="1" t="str"><v/></c><c r="E573" s="1" t="str"><v/></c><c r="F573" s="4" t="str"><v/></c><c r="G573" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H573" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I573" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J573" s="1" t="str"><v/></c><c r="K573" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L573" s="4"><v>45903.0</v></c><c r="M573" s="1"><v>1</v></c></row><row r="574" spans="1:13" customFormat="false"><c r="A574" s="1"><v>383</v></c><c r="B574" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C574" s="1" t="str"><v>Voorstel voor besteding van provinciale middelen voor de doorontwikkeling van het Mobiliteit en Infrastructuur Test Centrum (MITC)</v></c><c r="D574" s="1" t="str"><v/></c><c r="E574" s="1" t="str"><v/></c><c r="F574" s="4" t="str"><v/></c><c r="G574" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H574" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I574" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J574" s="1" t="str"><v/></c><c r="K574" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L574" s="4"><v>45910.0</v></c><c r="M574" s="1"><v>1</v></c></row><row r="575" spans="1:13" customFormat="false"><c r="A575" s="1"><v>383</v></c><c r="B575" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C575" s="1" t="str"><v>Voorstel voor besteding van provinciale middelen voor de doorontwikkeling van het Mobiliteit en Infrastructuur Test Centrum (MITC)</v></c><c r="D575" s="1" t="str"><v/></c><c r="E575" s="1" t="str"><v/></c><c r="F575" s="4" t="str"><v/></c><c r="G575" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H575" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I575" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J575" s="1" t="str"><v/></c><c r="K575" s="1" t="str"><v>Provinciale Staten</v></c><c r="L575" s="4"><v>45924.0</v></c><c r="M575" s="1"><v>1</v></c></row><row r="576" spans="1:13" customFormat="false"><c r="A576" s="1"><v>396</v></c><c r="B576" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C576" s="1" t="str"><v xml:space="preserve">Provinciaal belang voor Defensieactiviteiten </v></c><c r="D576" s="1" t="str"><v/></c><c r="E576" s="1" t="str"><v/></c><c r="F576" s="4" t="str"><v/></c><c r="G576" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H576" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I576" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J576" s="1" t="str"><v/></c><c r="K576" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L576" s="4"><v>45987.0</v></c><c r="M576" s="1"><v>1</v></c></row><row r="577" spans="1:13" customFormat="false"><c r="A577" s="1"><v>396</v></c><c r="B577" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C577" s="1" t="str"><v xml:space="preserve">Provinciaal belang voor Defensieactiviteiten </v></c><c r="D577" s="1" t="str"><v/></c><c r="E577" s="1" t="str"><v/></c><c r="F577" s="4" t="str"><v/></c><c r="G577" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H577" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I577" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J577" s="1" t="str"><v/></c><c r="K577" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L577" s="4"><v>45994.0</v></c><c r="M577" s="1"><v>1</v></c></row><row r="578" spans="1:13" customFormat="false"><c r="A578" s="1"><v>396</v></c><c r="B578" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C578" s="1" t="str"><v xml:space="preserve">Provinciaal belang voor Defensieactiviteiten </v></c><c r="D578" s="1" t="str"><v/></c><c r="E578" s="1" t="str"><v/></c><c r="F578" s="4" t="str"><v/></c><c r="G578" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H578" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I578" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J578" s="1" t="str"><v/></c><c r="K578" s="1" t="str"><v>Provinciale Staten</v></c><c r="L578" s="4"><v>46008.0</v></c><c r="M578" s="1"><v>0</v></c></row><row r="579" spans="1:13" customFormat="false"><c r="A579" s="1"><v>403</v></c><c r="B579" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C579" s="1" t="str"><v>Zienswijze ontwerpnota Ruimte</v></c><c r="D579" s="1" t="str"><v/></c><c r="E579" s="1" t="str"><v/></c><c r="F579" s="4" t="str"><v/></c><c r="G579" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H579" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I579" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J579" s="1" t="str"><v>Gedeputeerde Staten legt in het kader van peilen en toetsen de conceptzienswijze voor die zij voornemens is namens de provincie in te dienen op de ontwerpnota ruimte van het Rijk.</v></c><c r="K579" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L579" s="4"><v>45987.0</v></c><c r="M579" s="1"><v>1</v></c></row><row r="580" spans="1:13" customFormat="false"><c r="A580" s="1"><v>403</v></c><c r="B580" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C580" s="1" t="str"><v>Zienswijze ontwerpnota Ruimte</v></c><c r="D580" s="1" t="str"><v/></c><c r="E580" s="1" t="str"><v/></c><c r="F580" s="4" t="str"><v/></c><c r="G580" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H580" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I580" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J580" s="1" t="str"><v>Gedeputeerde Staten legt in het kader van peilen en toetsen de conceptzienswijze voor die zij voornemens is namens de provincie in te dienen op de ontwerpnota ruimte van het Rijk.</v></c><c r="K580" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L580" s="4"><v>45994.0</v></c><c r="M580" s="1"><v>1</v></c></row><row r="581" spans="1:13" customFormat="false"><c r="A581" s="1"><v>16</v></c><c r="B581" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C581" s="1" t="str"><v>Ontwerp Sportbeleid Flevoland 2023 - 2027</v></c><c r="D581" s="1" t="str"><v/></c><c r="E581" s="1" t="str"><v/></c><c r="F581" s="4" t="str"><v/></c><c r="G581" s="1" t="str"><v>Sport</v></c><c r="H581" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I581" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J581" s="1" t="str"><v/></c><c r="K581" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L581" s="4"><v>44622.0</v></c><c r="M581" s="1"><v>1</v></c></row><row r="582" spans="1:13" customFormat="false"><c r="A582" s="1"><v>16</v></c><c r="B582" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C582" s="1" t="str"><v>Ontwerp Sportbeleid Flevoland 2023 - 2027</v></c><c r="D582" s="1" t="str"><v/></c><c r="E582" s="1" t="str"><v/></c><c r="F582" s="4" t="str"><v/></c><c r="G582" s="1" t="str"><v>Sport</v></c><c r="H582" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I582" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J582" s="1" t="str"><v/></c><c r="K582" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L582" s="4"><v>44734.0</v></c><c r="M582" s="1"><v>1</v></c></row><row r="583" spans="1:13" customFormat="false"><c r="A583" s="1"><v>16</v></c><c r="B583" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C583" s="1" t="str"><v>Ontwerp Sportbeleid Flevoland 2023 - 2027</v></c><c r="D583" s="1" t="str"><v/></c><c r="E583" s="1" t="str"><v/></c><c r="F583" s="4" t="str"><v/></c><c r="G583" s="1" t="str"><v>Sport</v></c><c r="H583" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I583" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J583" s="1" t="str"><v/></c><c r="K583" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L583" s="4"><v>44895.0</v></c><c r="M583" s="1"><v>1</v></c></row><row r="584" spans="1:13" customFormat="false"><c r="A584" s="1"><v>16</v></c><c r="B584" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C584" s="1" t="str"><v>Ontwerp Sportbeleid Flevoland 2023 - 2027</v></c><c r="D584" s="1" t="str"><v/></c><c r="E584" s="1" t="str"><v/></c><c r="F584" s="4" t="str"><v/></c><c r="G584" s="1" t="str"><v>Sport</v></c><c r="H584" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I584" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J584" s="1" t="str"><v/></c><c r="K584" s="1" t="str"><v>Provinciale Staten</v></c><c r="L584" s="4"><v>44909.0</v></c><c r="M584" s="1"><v>1</v></c></row><row r="585" spans="1:13" customFormat="false"><c r="A585" s="1"><v>113</v></c><c r="B585" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C585" s="1" t="str"><v>Flevolandse Sportnota "Samenwerken aan een sportief Flevoland"</v></c><c r="D585" s="1" t="str"><v/></c><c r="E585" s="1" t="str"><v/></c><c r="F585" s="4" t="str"><v/></c><c r="G585" s="1" t="str"><v>Sport</v></c><c r="H585" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I585" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J585" s="1" t="str"><v/></c><c r="K585" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L585" s="4"><v>45217.0</v></c><c r="M585" s="1"><v>1</v></c></row><row r="586" spans="1:13" customFormat="false"><c r="A586" s="1"><v>113</v></c><c r="B586" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C586" s="1" t="str"><v>Flevolandse Sportnota "Samenwerken aan een sportief Flevoland"</v></c><c r="D586" s="1" t="str"><v/></c><c r="E586" s="1" t="str"><v/></c><c r="F586" s="4" t="str"><v/></c><c r="G586" s="1" t="str"><v>Sport</v></c><c r="H586" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I586" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J586" s="1" t="str"><v/></c><c r="K586" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L586" s="4"><v>45217.0</v></c><c r="M586" s="1"><v>1</v></c></row><row r="587" spans="1:13" customFormat="false"><c r="A587" s="1"><v>113</v></c><c r="B587" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C587" s="1" t="str"><v>Flevolandse Sportnota "Samenwerken aan een sportief Flevoland"</v></c><c r="D587" s="1" t="str"><v/></c><c r="E587" s="1" t="str"><v/></c><c r="F587" s="4" t="str"><v/></c><c r="G587" s="1" t="str"><v>Sport</v></c><c r="H587" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I587" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J587" s="1" t="str"><v/></c><c r="K587" s="1" t="str"><v>Provinciale Staten</v></c><c r="L587" s="4"><v>45231.0</v></c><c r="M587" s="1"><v>1</v></c></row><row r="588" spans="1:13" customFormat="false"><c r="A588" s="1"><v>38</v></c><c r="B588" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C588" s="1" t="str"><v>Bijpraatsessie Stikstof en Provinciaal Programma Landelijk Gebied (PPLG)</v></c><c r="D588" s="1" t="str"><v/></c><c r="E588" s="1" t="str"><v/></c><c r="F588" s="4" t="str"><v/></c><c r="G588" s="1" t="str"><v>Stikstof</v></c><c r="H588" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I588" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J588" s="1"/><c r="K588" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L588" s="4"><v>44937.0</v></c><c r="M588" s="1"><v>1</v></c></row><row r="589" spans="1:13" customFormat="false"><c r="A589" s="1"><v>52</v></c><c r="B589" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C589" s="1" t="str"><v>Stikstof en Nationaal Programma Landelijk Gebied (Introductieprogramma)</v></c><c r="D589" s="1" t="str"><v>Introductieprogramma: uitleg over Stikstof en Nationaal Programma Landelijk Gebied</v></c><c r="E589" s="1" t="str"><v/></c><c r="F589" s="4" t="str"><v/></c><c r="G589" s="1" t="str"><v>Stikstof</v></c><c r="H589" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I589" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J589" s="1"/><c r="K589" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L589" s="4"><v>45021.0</v></c><c r="M589" s="1"><v>1</v></c></row><row r="590" spans="1:13" customFormat="false"><c r="A590" s="1"><v>114</v></c><c r="B590" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C590" s="1" t="str"><v>OFGV - Jaarstukken 2022 en bestemming jaarrekeningresultaat 2022</v></c><c r="D590" s="1" t="str"><v/></c><c r="E590" s="1" t="str"><v/></c><c r="F590" s="4" t="str"><v/></c><c r="G590" s="1" t="str"><v>Verbonden partijen</v></c><c r="H590" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I590" s="1" t="str"><v>Milieu</v></c><c r="J590" s="1" t="str"><v/></c><c r="K590" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L590" s="4"><v>45182.0</v></c><c r="M590" s="1"><v>1</v></c></row><row r="591" spans="1:13" customFormat="false"><c r="A591" s="1"><v>114</v></c><c r="B591" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C591" s="1" t="str"><v>OFGV - Jaarstukken 2022 en bestemming jaarrekeningresultaat 2022</v></c><c r="D591" s="1" t="str"><v/></c><c r="E591" s="1" t="str"><v/></c><c r="F591" s="4" t="str"><v/></c><c r="G591" s="1" t="str"><v>Verbonden partijen</v></c><c r="H591" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I591" s="1" t="str"><v>Milieu</v></c><c r="J591" s="1" t="str"><v/></c><c r="K591" s="1" t="str"><v>Provinciale Staten</v></c><c r="L591" s="4"><v>45196.0</v></c><c r="M591" s="1"><v>1</v></c></row><row r="592" spans="1:13" customFormat="false"><c r="A592" s="1"><v>115</v></c><c r="B592" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C592" s="1" t="str"><v xml:space="preserve">OFGV - Definitieve begroting 2024 en 1e en 2e begrotingswijziging 2023 Flevoland </v></c><c r="D592" s="1" t="str"><v xml:space="preserve"> </v></c><c r="E592" s="1" t="str"><v/></c><c r="F592" s="4" t="str"><v/></c><c r="G592" s="1" t="str"><v>Verbonden partijen</v></c><c r="H592" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I592" s="1" t="str"><v>Milieu</v></c><c r="J592" s="1" t="str"><v/></c><c r="K592" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L592" s="4"><v>45182.0</v></c><c r="M592" s="1"><v>1</v></c></row><row r="593" spans="1:13" customFormat="false"><c r="A593" s="1"><v>115</v></c><c r="B593" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C593" s="1" t="str"><v xml:space="preserve">OFGV - Definitieve begroting 2024 en 1e en 2e begrotingswijziging 2023 Flevoland </v></c><c r="D593" s="1" t="str"><v xml:space="preserve"> </v></c><c r="E593" s="1" t="str"><v/></c><c r="F593" s="4" t="str"><v/></c><c r="G593" s="1" t="str"><v>Verbonden partijen</v></c><c r="H593" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I593" s="1" t="str"><v>Milieu</v></c><c r="J593" s="1" t="str"><v/></c><c r="K593" s="1" t="str"><v>Provinciale Staten</v></c><c r="L593" s="4"><v>45196.0</v></c><c r="M593" s="1"><v>1</v></c></row><row r="594" spans="1:13" customFormat="false"><c r="A594" s="1"><v>119</v></c><c r="B594" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C594" s="1" t="str"><v>Wijziging Gemeenschappelijke Regeling OFGV</v></c><c r="D594" s="1" t="str"><v/></c><c r="E594" s="1" t="str"><v/></c><c r="F594" s="4" t="str"><v/></c><c r="G594" s="1" t="str"><v>Verbonden partijen</v></c><c r="H594" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I594" s="1" t="str"><v>Milieu</v></c><c r="J594" s="1" t="str"><v/></c><c r="K594" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L594" s="4"><v>45182.0</v></c><c r="M594" s="1"><v>1</v></c></row><row r="595" spans="1:13" customFormat="false"><c r="A595" s="1"><v>119</v></c><c r="B595" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C595" s="1" t="str"><v>Wijziging Gemeenschappelijke Regeling OFGV</v></c><c r="D595" s="1" t="str"><v/></c><c r="E595" s="1" t="str"><v/></c><c r="F595" s="4" t="str"><v/></c><c r="G595" s="1" t="str"><v>Verbonden partijen</v></c><c r="H595" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I595" s="1" t="str"><v>Milieu</v></c><c r="J595" s="1" t="str"><v/></c><c r="K595" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L595" s="4"><v>45392.0</v></c><c r="M595" s="1"><v>1</v></c></row><row r="596" spans="1:13" customFormat="false"><c r="A596" s="1"><v>119</v></c><c r="B596" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C596" s="1" t="str"><v>Wijziging Gemeenschappelijke Regeling OFGV</v></c><c r="D596" s="1" t="str"><v/></c><c r="E596" s="1" t="str"><v/></c><c r="F596" s="4" t="str"><v/></c><c r="G596" s="1" t="str"><v>Verbonden partijen</v></c><c r="H596" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I596" s="1" t="str"><v>Milieu</v></c><c r="J596" s="1" t="str"><v/></c><c r="K596" s="1" t="str"><v>Provinciale Staten</v></c><c r="L596" s="4"><v>45406.0</v></c><c r="M596" s="1"><v>1</v></c></row><row r="597" spans="1:13" customFormat="false"><c r="A597" s="1"><v>170</v></c><c r="B597" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C597" s="1" t="str"><v xml:space="preserve">Gemeenschappelijke Regeling Regionaal Historisch Centrum Het Flevolands Archief - Zienswijze ontwerpwijziging &amp; definitieve vaststelling  </v></c><c r="D597" s="1" t="str"><v xml:space="preserve">De gemeenschappelijke regeling Het Flevolands Archief is in januari 2024 gestart met de procedure om de regeling aan te passen vanwege de Wet op de GR. &#13;
-[...27 lines deleted...]
-In de gemeenschappelijke regeling (GR) is vastgelegd dat het dagelijkse bestuur van de OFGV jaarlijks een voorstel maakt voor een resultaatsbestemming. De Raden en Staten kunnen op grond van artikel 23 en 25 van de GR hun zienswijze over de resultaatsbestemming naar voren brengen. De zienswijzen moeten uiterlijk 1 oktober 2024 worden ingediend bij de OFGV.</v></c><c r="E604" s="1" t="str"><v/></c><c r="F604" s="4" t="str"><v/></c><c r="G604" s="1" t="str"><v>Verbonden partijen</v></c><c r="H604" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I604" s="1" t="str"><v>Milieu</v></c><c r="J604" s="1" t="str"><v/></c><c r="K604" s="1" t="str"><v>Provinciale Staten</v></c><c r="L604" s="4"><v>45560.0</v></c><c r="M604" s="1"><v>1</v></c></row><row r="605" spans="1:13" customFormat="false"><c r="A605" s="1"><v>30</v></c><c r="B605" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C605" s="1" t="str"><v>Krachtige Samenleving (Zorg)</v></c><c r="D605" s="1" t="str"><v/></c><c r="E605" s="1" t="str"><v/></c><c r="F605" s="4" t="str"><v/></c><c r="G605" s="1" t="str"><v>Vitale samenleving</v></c><c r="H605" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I605" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J605" s="1" t="str"><v/></c><c r="K605" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L605" s="4"><v>44965.0</v></c><c r="M605" s="1"><v>1</v></c></row><row r="606" spans="1:13" customFormat="false"><c r="A606" s="1"><v>44</v></c><c r="B606" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C606" s="1" t="str"><v>Zorgtafel Flevoland</v></c><c r="D606" s="1" t="str"><v/></c><c r="E606" s="1" t="str"><v/></c><c r="F606" s="4" t="str"><v/></c><c r="G606" s="1" t="str"><v>Vitale samenleving</v></c><c r="H606" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I606" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J606" s="1" t="str"><v/></c><c r="K606" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L606" s="4"><v>44965.0</v></c><c r="M606" s="1"><v>1</v></c></row><row r="607" spans="1:13" customFormat="false"><c r="A607" s="1"><v>335</v></c><c r="B607" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C607" s="1" t="str"><v>Vitale samenleving - Zorgtafel &amp; netwerkorganisatie Zorgzaam Flevoland</v></c><c r="D607" s="1" t="str"><v xml:space="preserve">Toezegging van het college om de taak en visie van de Provinciale Zorgtafel en de wijze waarop PS wordt aangesloten met de commissie te bespreken (d.d.5 juni 2024)&#13;
+</v></c><c r="E633" s="1" t="str"><v/></c><c r="F633" s="4" t="str"><v/></c><c r="G633" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H633" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I633" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J633" s="1" t="str"><v/></c><c r="K633" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L633" s="4"><v>46036.0</v></c><c r="M633" s="1"><v>1</v></c></row><row r="634" spans="1:13" customFormat="false"><c r="A634" s="1"><v>360</v></c><c r="B634" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C634" s="1" t="str"><v>Informeren over onteigeningsprocedure (Omgevingswet)</v></c><c r="D634" s="1" t="str"><v/></c><c r="E634" s="1" t="str"><v/></c><c r="F634" s="4" t="str"><v/></c><c r="G634" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H634" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I634" s="1" t="str"><v>Juridisch specialisten</v></c><c r="J634" s="1" t="str"><v/></c><c r="K634" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L634" s="4"><v>45756.0</v></c><c r="M634" s="1"><v>1</v></c></row><row r="635" spans="1:13" customFormat="false"><c r="A635" s="1"><v>383</v></c><c r="B635" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C635" s="1" t="str"><v>Voorstel voor besteding van provinciale middelen voor de doorontwikkeling van het Mobiliteit en Infrastructuur Test Centrum (MITC)</v></c><c r="D635" s="1" t="str"><v/></c><c r="E635" s="1" t="str"><v/></c><c r="F635" s="4" t="str"><v/></c><c r="G635" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H635" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I635" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J635" s="1" t="str"><v/></c><c r="K635" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L635" s="4"><v>45903.0</v></c><c r="M635" s="1"><v>1</v></c></row><row r="636" spans="1:13" customFormat="false"><c r="A636" s="1"><v>383</v></c><c r="B636" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C636" s="1" t="str"><v>Voorstel voor besteding van provinciale middelen voor de doorontwikkeling van het Mobiliteit en Infrastructuur Test Centrum (MITC)</v></c><c r="D636" s="1" t="str"><v/></c><c r="E636" s="1" t="str"><v/></c><c r="F636" s="4" t="str"><v/></c><c r="G636" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H636" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I636" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J636" s="1" t="str"><v/></c><c r="K636" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L636" s="4"><v>45910.0</v></c><c r="M636" s="1"><v>1</v></c></row><row r="637" spans="1:13" customFormat="false"><c r="A637" s="1"><v>383</v></c><c r="B637" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C637" s="1" t="str"><v>Voorstel voor besteding van provinciale middelen voor de doorontwikkeling van het Mobiliteit en Infrastructuur Test Centrum (MITC)</v></c><c r="D637" s="1" t="str"><v/></c><c r="E637" s="1" t="str"><v/></c><c r="F637" s="4" t="str"><v/></c><c r="G637" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H637" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I637" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J637" s="1" t="str"><v/></c><c r="K637" s="1" t="str"><v>Provinciale Staten</v></c><c r="L637" s="4"><v>45924.0</v></c><c r="M637" s="1"><v>1</v></c></row><row r="638" spans="1:13" customFormat="false"><c r="A638" s="1"><v>396</v></c><c r="B638" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C638" s="1" t="str"><v xml:space="preserve">Provinciaal belang voor Defensieactiviteiten </v></c><c r="D638" s="1" t="str"><v/></c><c r="E638" s="1" t="str"><v/></c><c r="F638" s="4" t="str"><v/></c><c r="G638" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H638" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I638" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J638" s="1" t="str"><v/></c><c r="K638" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L638" s="4"><v>45987.0</v></c><c r="M638" s="1"><v>1</v></c></row><row r="639" spans="1:13" customFormat="false"><c r="A639" s="1"><v>396</v></c><c r="B639" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C639" s="1" t="str"><v xml:space="preserve">Provinciaal belang voor Defensieactiviteiten </v></c><c r="D639" s="1" t="str"><v/></c><c r="E639" s="1" t="str"><v/></c><c r="F639" s="4" t="str"><v/></c><c r="G639" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H639" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I639" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J639" s="1" t="str"><v/></c><c r="K639" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L639" s="4"><v>45994.0</v></c><c r="M639" s="1"><v>1</v></c></row><row r="640" spans="1:13" customFormat="false"><c r="A640" s="1"><v>396</v></c><c r="B640" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C640" s="1" t="str"><v xml:space="preserve">Provinciaal belang voor Defensieactiviteiten </v></c><c r="D640" s="1" t="str"><v/></c><c r="E640" s="1" t="str"><v/></c><c r="F640" s="4" t="str"><v/></c><c r="G640" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H640" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I640" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J640" s="1" t="str"><v/></c><c r="K640" s="1" t="str"><v>Provinciale Staten</v></c><c r="L640" s="4"><v>46008.0</v></c><c r="M640" s="1"><v>1</v></c></row><row r="641" spans="1:13" customFormat="false"><c r="A641" s="1"><v>403</v></c><c r="B641" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C641" s="1" t="str"><v>Zienswijze ontwerpnota Ruimte</v></c><c r="D641" s="1" t="str"><v/></c><c r="E641" s="1" t="str"><v/></c><c r="F641" s="4" t="str"><v/></c><c r="G641" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H641" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I641" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J641" s="1" t="str"><v>Gedeputeerde Staten legt in het kader van peilen en toetsen de conceptzienswijze voor die zij voornemens is namens de provincie in te dienen op de ontwerpnota ruimte van het Rijk.</v></c><c r="K641" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L641" s="4"><v>45987.0</v></c><c r="M641" s="1"><v>1</v></c></row><row r="642" spans="1:13" customFormat="false"><c r="A642" s="1"><v>403</v></c><c r="B642" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C642" s="1" t="str"><v>Zienswijze ontwerpnota Ruimte</v></c><c r="D642" s="1" t="str"><v/></c><c r="E642" s="1" t="str"><v/></c><c r="F642" s="4" t="str"><v/></c><c r="G642" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H642" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I642" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J642" s="1" t="str"><v>Gedeputeerde Staten legt in het kader van peilen en toetsen de conceptzienswijze voor die zij voornemens is namens de provincie in te dienen op de ontwerpnota ruimte van het Rijk.</v></c><c r="K642" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L642" s="4"><v>45994.0</v></c><c r="M642" s="1"><v>1</v></c></row><row r="643" spans="1:13" customFormat="false"><c r="A643" s="1"><v>16</v></c><c r="B643" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C643" s="1" t="str"><v>Ontwerp Sportbeleid Flevoland 2023 - 2027</v></c><c r="D643" s="1" t="str"><v/></c><c r="E643" s="1" t="str"><v/></c><c r="F643" s="4" t="str"><v/></c><c r="G643" s="1" t="str"><v>Sport</v></c><c r="H643" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I643" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J643" s="1" t="str"><v/></c><c r="K643" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L643" s="4"><v>44622.0</v></c><c r="M643" s="1"><v>1</v></c></row><row r="644" spans="1:13" customFormat="false"><c r="A644" s="1"><v>16</v></c><c r="B644" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C644" s="1" t="str"><v>Ontwerp Sportbeleid Flevoland 2023 - 2027</v></c><c r="D644" s="1" t="str"><v/></c><c r="E644" s="1" t="str"><v/></c><c r="F644" s="4" t="str"><v/></c><c r="G644" s="1" t="str"><v>Sport</v></c><c r="H644" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I644" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J644" s="1" t="str"><v/></c><c r="K644" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L644" s="4"><v>44734.0</v></c><c r="M644" s="1"><v>1</v></c></row><row r="645" spans="1:13" customFormat="false"><c r="A645" s="1"><v>16</v></c><c r="B645" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C645" s="1" t="str"><v>Ontwerp Sportbeleid Flevoland 2023 - 2027</v></c><c r="D645" s="1" t="str"><v/></c><c r="E645" s="1" t="str"><v/></c><c r="F645" s="4" t="str"><v/></c><c r="G645" s="1" t="str"><v>Sport</v></c><c r="H645" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I645" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J645" s="1" t="str"><v/></c><c r="K645" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L645" s="4"><v>44895.0</v></c><c r="M645" s="1"><v>1</v></c></row><row r="646" spans="1:13" customFormat="false"><c r="A646" s="1"><v>16</v></c><c r="B646" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C646" s="1" t="str"><v>Ontwerp Sportbeleid Flevoland 2023 - 2027</v></c><c r="D646" s="1" t="str"><v/></c><c r="E646" s="1" t="str"><v/></c><c r="F646" s="4" t="str"><v/></c><c r="G646" s="1" t="str"><v>Sport</v></c><c r="H646" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I646" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J646" s="1" t="str"><v/></c><c r="K646" s="1" t="str"><v>Provinciale Staten</v></c><c r="L646" s="4"><v>44909.0</v></c><c r="M646" s="1"><v>1</v></c></row><row r="647" spans="1:13" customFormat="false"><c r="A647" s="1"><v>113</v></c><c r="B647" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C647" s="1" t="str"><v>Flevolandse Sportnota "Samenwerken aan een sportief Flevoland"</v></c><c r="D647" s="1" t="str"><v/></c><c r="E647" s="1" t="str"><v/></c><c r="F647" s="4" t="str"><v/></c><c r="G647" s="1" t="str"><v>Sport</v></c><c r="H647" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I647" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J647" s="1" t="str"><v/></c><c r="K647" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L647" s="4"><v>45217.0</v></c><c r="M647" s="1"><v>1</v></c></row><row r="648" spans="1:13" customFormat="false"><c r="A648" s="1"><v>113</v></c><c r="B648" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C648" s="1" t="str"><v>Flevolandse Sportnota "Samenwerken aan een sportief Flevoland"</v></c><c r="D648" s="1" t="str"><v/></c><c r="E648" s="1" t="str"><v/></c><c r="F648" s="4" t="str"><v/></c><c r="G648" s="1" t="str"><v>Sport</v></c><c r="H648" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I648" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J648" s="1" t="str"><v/></c><c r="K648" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L648" s="4"><v>45217.0</v></c><c r="M648" s="1"><v>1</v></c></row><row r="649" spans="1:13" customFormat="false"><c r="A649" s="1"><v>113</v></c><c r="B649" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C649" s="1" t="str"><v>Flevolandse Sportnota "Samenwerken aan een sportief Flevoland"</v></c><c r="D649" s="1" t="str"><v/></c><c r="E649" s="1" t="str"><v/></c><c r="F649" s="4" t="str"><v/></c><c r="G649" s="1" t="str"><v>Sport</v></c><c r="H649" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I649" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J649" s="1" t="str"><v/></c><c r="K649" s="1" t="str"><v>Provinciale Staten</v></c><c r="L649" s="4"><v>45231.0</v></c><c r="M649" s="1"><v>1</v></c></row><row r="650" spans="1:13" customFormat="false"><c r="A650" s="1"><v>113</v></c><c r="B650" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C650" s="1" t="str"><v>Flevolandse Sportnota "Samenwerken aan een sportief Flevoland"</v></c><c r="D650" s="1" t="str"><v/></c><c r="E650" s="1" t="str"><v/></c><c r="F650" s="4" t="str"><v/></c><c r="G650" s="1" t="str"><v>Sport</v></c><c r="H650" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I650" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J650" s="1" t="str"><v/></c><c r="K650" s="1" t="str"><v>Werkbezoek</v></c><c r="L650" s="4"><v>46036.0</v></c><c r="M650" s="1"><v>1</v></c></row><row r="651" spans="1:13" customFormat="false"><c r="A651" s="1"><v>38</v></c><c r="B651" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C651" s="1" t="str"><v>Bijpraatsessie Stikstof en Provinciaal Programma Landelijk Gebied (PPLG)</v></c><c r="D651" s="1" t="str"><v/></c><c r="E651" s="1" t="str"><v/></c><c r="F651" s="4" t="str"><v/></c><c r="G651" s="1" t="str"><v>Stikstof</v></c><c r="H651" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I651" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J651" s="1"/><c r="K651" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L651" s="4"><v>44937.0</v></c><c r="M651" s="1"><v>1</v></c></row><row r="652" spans="1:13" customFormat="false"><c r="A652" s="1"><v>52</v></c><c r="B652" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C652" s="1" t="str"><v>Stikstof en Nationaal Programma Landelijk Gebied (Introductieprogramma)</v></c><c r="D652" s="1" t="str"><v>Introductieprogramma: uitleg over Stikstof en Nationaal Programma Landelijk Gebied</v></c><c r="E652" s="1" t="str"><v/></c><c r="F652" s="4" t="str"><v/></c><c r="G652" s="1" t="str"><v>Stikstof</v></c><c r="H652" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I652" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J652" s="1"/><c r="K652" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L652" s="4"><v>45021.0</v></c><c r="M652" s="1"><v>1</v></c></row><row r="653" spans="1:13" customFormat="false"><c r="A653" s="1"><v>119</v></c><c r="B653" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C653" s="1" t="str"><v>Wijziging Gemeenschappelijke Regeling OFGV</v></c><c r="D653" s="1" t="str"><v/></c><c r="E653" s="1" t="str"><v/></c><c r="F653" s="4" t="str"><v/></c><c r="G653" s="1" t="str"><v>Verbonden partijen</v></c><c r="H653" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I653" s="1" t="str"><v>Milieu</v></c><c r="J653" s="1" t="str"><v/></c><c r="K653" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L653" s="4"><v>45182.0</v></c><c r="M653" s="1"><v>1</v></c></row><row r="654" spans="1:13" customFormat="false"><c r="A654" s="1"><v>119</v></c><c r="B654" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C654" s="1" t="str"><v>Wijziging Gemeenschappelijke Regeling OFGV</v></c><c r="D654" s="1" t="str"><v/></c><c r="E654" s="1" t="str"><v/></c><c r="F654" s="4" t="str"><v/></c><c r="G654" s="1" t="str"><v>Verbonden partijen</v></c><c r="H654" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I654" s="1" t="str"><v>Milieu</v></c><c r="J654" s="1" t="str"><v/></c><c r="K654" s="1" t="str"><v>Oordeelsvorming RND</v></c><c r="L654" s="4"><v>45392.0</v></c><c r="M654" s="1"><v>1</v></c></row><row r="655" spans="1:13" customFormat="false"><c r="A655" s="1"><v>119</v></c><c r="B655" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C655" s="1" t="str"><v>Wijziging Gemeenschappelijke Regeling OFGV</v></c><c r="D655" s="1" t="str"><v/></c><c r="E655" s="1" t="str"><v/></c><c r="F655" s="4" t="str"><v/></c><c r="G655" s="1" t="str"><v>Verbonden partijen</v></c><c r="H655" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I655" s="1" t="str"><v>Milieu</v></c><c r="J655" s="1" t="str"><v/></c><c r="K655" s="1" t="str"><v>Provinciale Staten</v></c><c r="L655" s="4"><v>45406.0</v></c><c r="M655" s="1"><v>1</v></c></row><row r="656" spans="1:13" customFormat="false"><c r="A656" s="1"><v>170</v></c><c r="B656" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C656" s="1" t="str"><v xml:space="preserve">Gemeenschappelijke Regeling Regionaal Historisch Centrum Het Flevolands Archief - Zienswijze ontwerpwijziging &amp; definitieve vaststelling  </v></c><c r="D656" s="1" t="str"><v xml:space="preserve">2026: Het Rijk zal op 1 januari 2027 uit de gemeenschappelijke regelingen van elf Regionaal Historische Centra (RHC) treden. Het besluit hiertoe is in december 2025 door de minister van OCW ondertekend. Het Flevolandse Archief een van deze RHC’s. De wijziging n.a.v. de uittreding van het Rijk heeft in beginsel enkel betrekking op het schrappen van alle&#13;
+verwijzingen naar het Rijk en het eventueel aanpassen van de stemverhoudingen. Dit gebeurt zonder materiële betrokkenheid van de minister en het ministerie van Onderwijs, Cultuur en Wetenschap aangezien de minister na de uittreding niet langer deelnemer is in de gemeenschappelijke regeling zoals die gaat gelden. &#13;
+&#13;
+2024: Besluitvorming in het kader van de aanpassing vanwege de Wet op de GR. &#13;
+&#13;
+Het Flevolands Archief is een van de 12 Regionaal Historische Centra in Nederland en is gevestigd in Lelystad. Het Flevolands Archief is een openbaar lichaam en is samenwerkingspartner voor diverse overheidsorganen. Dit zijn het Rijk, de Provincie Flevoland, de  gemeenten Dronten, Lelystad, Urk en Zeewolde en het waterschap Zuiderzeeland. Het Flevolands Archief werkt aan een duurzame toegang tot en verdere opbouw van de Flevolandse Collectie. Ze doen dat door collecties te creëren, aan elkaar te verbinden en te verrijken en op die manier een sterke publieke informatievoorziening aan te bieden. </v></c><c r="E656" s="1" t="str"><v/></c><c r="F656" s="4" t="str"><v/></c><c r="G656" s="1" t="str"><v>Verbonden partijen</v></c><c r="H656" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I656" s="1" t="str"><v>Informatievoorziening</v></c><c r="J656" s="1" t="str"><v/></c><c r="K656" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L656" s="4"><v>45329.0</v></c><c r="M656" s="1"><v>1</v></c></row><row r="657" spans="1:13" customFormat="false"><c r="A657" s="1"><v>170</v></c><c r="B657" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C657" s="1" t="str"><v xml:space="preserve">Gemeenschappelijke Regeling Regionaal Historisch Centrum Het Flevolands Archief - Zienswijze ontwerpwijziging &amp; definitieve vaststelling  </v></c><c r="D657" s="1" t="str"><v xml:space="preserve">2026: Het Rijk zal op 1 januari 2027 uit de gemeenschappelijke regelingen van elf Regionaal Historische Centra (RHC) treden. Het besluit hiertoe is in december 2025 door de minister van OCW ondertekend. Het Flevolandse Archief een van deze RHC’s. De wijziging n.a.v. de uittreding van het Rijk heeft in beginsel enkel betrekking op het schrappen van alle&#13;
+verwijzingen naar het Rijk en het eventueel aanpassen van de stemverhoudingen. Dit gebeurt zonder materiële betrokkenheid van de minister en het ministerie van Onderwijs, Cultuur en Wetenschap aangezien de minister na de uittreding niet langer deelnemer is in de gemeenschappelijke regeling zoals die gaat gelden. &#13;
+&#13;
+2024: Besluitvorming in het kader van de aanpassing vanwege de Wet op de GR. &#13;
+&#13;
+Het Flevolands Archief is een van de 12 Regionaal Historische Centra in Nederland en is gevestigd in Lelystad. Het Flevolands Archief is een openbaar lichaam en is samenwerkingspartner voor diverse overheidsorganen. Dit zijn het Rijk, de Provincie Flevoland, de  gemeenten Dronten, Lelystad, Urk en Zeewolde en het waterschap Zuiderzeeland. Het Flevolands Archief werkt aan een duurzame toegang tot en verdere opbouw van de Flevolandse Collectie. Ze doen dat door collecties te creëren, aan elkaar te verbinden en te verrijken en op die manier een sterke publieke informatievoorziening aan te bieden. </v></c><c r="E657" s="1" t="str"><v/></c><c r="F657" s="4" t="str"><v/></c><c r="G657" s="1" t="str"><v>Verbonden partijen</v></c><c r="H657" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I657" s="1" t="str"><v>Informatievoorziening</v></c><c r="J657" s="1" t="str"><v/></c><c r="K657" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L657" s="4"><v>45357.0</v></c><c r="M657" s="1"><v>1</v></c></row><row r="658" spans="1:13" customFormat="false"><c r="A658" s="1"><v>170</v></c><c r="B658" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C658" s="1" t="str"><v xml:space="preserve">Gemeenschappelijke Regeling Regionaal Historisch Centrum Het Flevolands Archief - Zienswijze ontwerpwijziging &amp; definitieve vaststelling  </v></c><c r="D658" s="1" t="str"><v xml:space="preserve">2026: Het Rijk zal op 1 januari 2027 uit de gemeenschappelijke regelingen van elf Regionaal Historische Centra (RHC) treden. Het besluit hiertoe is in december 2025 door de minister van OCW ondertekend. Het Flevolandse Archief een van deze RHC’s. De wijziging n.a.v. de uittreding van het Rijk heeft in beginsel enkel betrekking op het schrappen van alle&#13;
+verwijzingen naar het Rijk en het eventueel aanpassen van de stemverhoudingen. Dit gebeurt zonder materiële betrokkenheid van de minister en het ministerie van Onderwijs, Cultuur en Wetenschap aangezien de minister na de uittreding niet langer deelnemer is in de gemeenschappelijke regeling zoals die gaat gelden. &#13;
+&#13;
+2024: Besluitvorming in het kader van de aanpassing vanwege de Wet op de GR. &#13;
+&#13;
+Het Flevolands Archief is een van de 12 Regionaal Historische Centra in Nederland en is gevestigd in Lelystad. Het Flevolands Archief is een openbaar lichaam en is samenwerkingspartner voor diverse overheidsorganen. Dit zijn het Rijk, de Provincie Flevoland, de  gemeenten Dronten, Lelystad, Urk en Zeewolde en het waterschap Zuiderzeeland. Het Flevolands Archief werkt aan een duurzame toegang tot en verdere opbouw van de Flevolandse Collectie. Ze doen dat door collecties te creëren, aan elkaar te verbinden en te verrijken en op die manier een sterke publieke informatievoorziening aan te bieden. </v></c><c r="E658" s="1" t="str"><v/></c><c r="F658" s="4" t="str"><v/></c><c r="G658" s="1" t="str"><v>Verbonden partijen</v></c><c r="H658" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I658" s="1" t="str"><v>Informatievoorziening</v></c><c r="J658" s="1" t="str"><v/></c><c r="K658" s="1" t="str"><v>Provinciale Staten</v></c><c r="L658" s="4"><v>45378.0</v></c><c r="M658" s="1"><v>1</v></c></row><row r="659" spans="1:13" customFormat="false"><c r="A659" s="1"><v>170</v></c><c r="B659" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C659" s="1" t="str"><v xml:space="preserve">Gemeenschappelijke Regeling Regionaal Historisch Centrum Het Flevolands Archief - Zienswijze ontwerpwijziging &amp; definitieve vaststelling  </v></c><c r="D659" s="1" t="str"><v xml:space="preserve">2026: Het Rijk zal op 1 januari 2027 uit de gemeenschappelijke regelingen van elf Regionaal Historische Centra (RHC) treden. Het besluit hiertoe is in december 2025 door de minister van OCW ondertekend. Het Flevolandse Archief een van deze RHC’s. De wijziging n.a.v. de uittreding van het Rijk heeft in beginsel enkel betrekking op het schrappen van alle&#13;
+verwijzingen naar het Rijk en het eventueel aanpassen van de stemverhoudingen. Dit gebeurt zonder materiële betrokkenheid van de minister en het ministerie van Onderwijs, Cultuur en Wetenschap aangezien de minister na de uittreding niet langer deelnemer is in de gemeenschappelijke regeling zoals die gaat gelden. &#13;
+&#13;
+2024: Besluitvorming in het kader van de aanpassing vanwege de Wet op de GR. &#13;
+&#13;
+Het Flevolands Archief is een van de 12 Regionaal Historische Centra in Nederland en is gevestigd in Lelystad. Het Flevolands Archief is een openbaar lichaam en is samenwerkingspartner voor diverse overheidsorganen. Dit zijn het Rijk, de Provincie Flevoland, de  gemeenten Dronten, Lelystad, Urk en Zeewolde en het waterschap Zuiderzeeland. Het Flevolands Archief werkt aan een duurzame toegang tot en verdere opbouw van de Flevolandse Collectie. Ze doen dat door collecties te creëren, aan elkaar te verbinden en te verrijken en op die manier een sterke publieke informatievoorziening aan te bieden. </v></c><c r="E659" s="1" t="str"><v/></c><c r="F659" s="4" t="str"><v/></c><c r="G659" s="1" t="str"><v>Verbonden partijen</v></c><c r="H659" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I659" s="1" t="str"><v>Informatievoorziening</v></c><c r="J659" s="1" t="str"><v/></c><c r="K659" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L659" s="4"><v>45616.0</v></c><c r="M659" s="1"><v>1</v></c></row><row r="660" spans="1:13" customFormat="false"><c r="A660" s="1"><v>170</v></c><c r="B660" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C660" s="1" t="str"><v xml:space="preserve">Gemeenschappelijke Regeling Regionaal Historisch Centrum Het Flevolands Archief - Zienswijze ontwerpwijziging &amp; definitieve vaststelling  </v></c><c r="D660" s="1" t="str"><v xml:space="preserve">2026: Het Rijk zal op 1 januari 2027 uit de gemeenschappelijke regelingen van elf Regionaal Historische Centra (RHC) treden. Het besluit hiertoe is in december 2025 door de minister van OCW ondertekend. Het Flevolandse Archief een van deze RHC’s. De wijziging n.a.v. de uittreding van het Rijk heeft in beginsel enkel betrekking op het schrappen van alle&#13;
+verwijzingen naar het Rijk en het eventueel aanpassen van de stemverhoudingen. Dit gebeurt zonder materiële betrokkenheid van de minister en het ministerie van Onderwijs, Cultuur en Wetenschap aangezien de minister na de uittreding niet langer deelnemer is in de gemeenschappelijke regeling zoals die gaat gelden. &#13;
+&#13;
+2024: Besluitvorming in het kader van de aanpassing vanwege de Wet op de GR. &#13;
+&#13;
+Het Flevolands Archief is een van de 12 Regionaal Historische Centra in Nederland en is gevestigd in Lelystad. Het Flevolands Archief is een openbaar lichaam en is samenwerkingspartner voor diverse overheidsorganen. Dit zijn het Rijk, de Provincie Flevoland, de  gemeenten Dronten, Lelystad, Urk en Zeewolde en het waterschap Zuiderzeeland. Het Flevolands Archief werkt aan een duurzame toegang tot en verdere opbouw van de Flevolandse Collectie. Ze doen dat door collecties te creëren, aan elkaar te verbinden en te verrijken en op die manier een sterke publieke informatievoorziening aan te bieden. </v></c><c r="E660" s="1" t="str"><v/></c><c r="F660" s="4" t="str"><v/></c><c r="G660" s="1" t="str"><v>Verbonden partijen</v></c><c r="H660" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I660" s="1" t="str"><v>Informatievoorziening</v></c><c r="J660" s="1" t="str"><v/></c><c r="K660" s="1" t="str"><v>Provinciale Staten</v></c><c r="L660" s="4"><v>45637.0</v></c><c r="M660" s="1"><v>1</v></c></row><row r="661" spans="1:13" customFormat="false"><c r="A661" s="1"><v>170</v></c><c r="B661" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C661" s="1" t="str"><v xml:space="preserve">Gemeenschappelijke Regeling Regionaal Historisch Centrum Het Flevolands Archief - Zienswijze ontwerpwijziging &amp; definitieve vaststelling  </v></c><c r="D661" s="1" t="str"><v xml:space="preserve">2026: Het Rijk zal op 1 januari 2027 uit de gemeenschappelijke regelingen van elf Regionaal Historische Centra (RHC) treden. Het besluit hiertoe is in december 2025 door de minister van OCW ondertekend. Het Flevolandse Archief een van deze RHC’s. De wijziging n.a.v. de uittreding van het Rijk heeft in beginsel enkel betrekking op het schrappen van alle&#13;
+verwijzingen naar het Rijk en het eventueel aanpassen van de stemverhoudingen. Dit gebeurt zonder materiële betrokkenheid van de minister en het ministerie van Onderwijs, Cultuur en Wetenschap aangezien de minister na de uittreding niet langer deelnemer is in de gemeenschappelijke regeling zoals die gaat gelden. &#13;
+&#13;
+2024: Besluitvorming in het kader van de aanpassing vanwege de Wet op de GR. &#13;
+&#13;
+Het Flevolands Archief is een van de 12 Regionaal Historische Centra in Nederland en is gevestigd in Lelystad. Het Flevolands Archief is een openbaar lichaam en is samenwerkingspartner voor diverse overheidsorganen. Dit zijn het Rijk, de Provincie Flevoland, de  gemeenten Dronten, Lelystad, Urk en Zeewolde en het waterschap Zuiderzeeland. Het Flevolands Archief werkt aan een duurzame toegang tot en verdere opbouw van de Flevolandse Collectie. Ze doen dat door collecties te creëren, aan elkaar te verbinden en te verrijken en op die manier een sterke publieke informatievoorziening aan te bieden. </v></c><c r="E661" s="1" t="str"><v/></c><c r="F661" s="4" t="str"><v/></c><c r="G661" s="1" t="str"><v>Verbonden partijen</v></c><c r="H661" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I661" s="1" t="str"><v>Informatievoorziening</v></c><c r="J661" s="1" t="str"><v/></c><c r="K661" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L661" s="4"><v>46113.0</v></c><c r="M661" s="1"><v>0</v></c></row><row r="662" spans="1:13" customFormat="false"><c r="A662" s="1"><v>170</v></c><c r="B662" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C662" s="1" t="str"><v xml:space="preserve">Gemeenschappelijke Regeling Regionaal Historisch Centrum Het Flevolands Archief - Zienswijze ontwerpwijziging &amp; definitieve vaststelling  </v></c><c r="D662" s="1" t="str"><v xml:space="preserve">2026: Het Rijk zal op 1 januari 2027 uit de gemeenschappelijke regelingen van elf Regionaal Historische Centra (RHC) treden. Het besluit hiertoe is in december 2025 door de minister van OCW ondertekend. Het Flevolandse Archief een van deze RHC’s. De wijziging n.a.v. de uittreding van het Rijk heeft in beginsel enkel betrekking op het schrappen van alle&#13;
+verwijzingen naar het Rijk en het eventueel aanpassen van de stemverhoudingen. Dit gebeurt zonder materiële betrokkenheid van de minister en het ministerie van Onderwijs, Cultuur en Wetenschap aangezien de minister na de uittreding niet langer deelnemer is in de gemeenschappelijke regeling zoals die gaat gelden. &#13;
+&#13;
+2024: Besluitvorming in het kader van de aanpassing vanwege de Wet op de GR. &#13;
+&#13;
+Het Flevolands Archief is een van de 12 Regionaal Historische Centra in Nederland en is gevestigd in Lelystad. Het Flevolands Archief is een openbaar lichaam en is samenwerkingspartner voor diverse overheidsorganen. Dit zijn het Rijk, de Provincie Flevoland, de  gemeenten Dronten, Lelystad, Urk en Zeewolde en het waterschap Zuiderzeeland. Het Flevolands Archief werkt aan een duurzame toegang tot en verdere opbouw van de Flevolandse Collectie. Ze doen dat door collecties te creëren, aan elkaar te verbinden en te verrijken en op die manier een sterke publieke informatievoorziening aan te bieden. </v></c><c r="E662" s="1" t="str"><v/></c><c r="F662" s="4" t="str"><v/></c><c r="G662" s="1" t="str"><v>Verbonden partijen</v></c><c r="H662" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I662" s="1" t="str"><v>Informatievoorziening</v></c><c r="J662" s="1" t="str"><v/></c><c r="K662" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L662" s="4"><v>46134.0</v></c><c r="M662" s="1"><v>0</v></c></row><row r="663" spans="1:13" customFormat="false"><c r="A663" s="1"><v>170</v></c><c r="B663" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C663" s="1" t="str"><v xml:space="preserve">Gemeenschappelijke Regeling Regionaal Historisch Centrum Het Flevolands Archief - Zienswijze ontwerpwijziging &amp; definitieve vaststelling  </v></c><c r="D663" s="1" t="str"><v xml:space="preserve">2026: Het Rijk zal op 1 januari 2027 uit de gemeenschappelijke regelingen van elf Regionaal Historische Centra (RHC) treden. Het besluit hiertoe is in december 2025 door de minister van OCW ondertekend. Het Flevolandse Archief een van deze RHC’s. De wijziging n.a.v. de uittreding van het Rijk heeft in beginsel enkel betrekking op het schrappen van alle&#13;
+verwijzingen naar het Rijk en het eventueel aanpassen van de stemverhoudingen. Dit gebeurt zonder materiële betrokkenheid van de minister en het ministerie van Onderwijs, Cultuur en Wetenschap aangezien de minister na de uittreding niet langer deelnemer is in de gemeenschappelijke regeling zoals die gaat gelden. &#13;
+&#13;
+2024: Besluitvorming in het kader van de aanpassing vanwege de Wet op de GR. &#13;
+&#13;
+Het Flevolands Archief is een van de 12 Regionaal Historische Centra in Nederland en is gevestigd in Lelystad. Het Flevolands Archief is een openbaar lichaam en is samenwerkingspartner voor diverse overheidsorganen. Dit zijn het Rijk, de Provincie Flevoland, de  gemeenten Dronten, Lelystad, Urk en Zeewolde en het waterschap Zuiderzeeland. Het Flevolands Archief werkt aan een duurzame toegang tot en verdere opbouw van de Flevolandse Collectie. Ze doen dat door collecties te creëren, aan elkaar te verbinden en te verrijken en op die manier een sterke publieke informatievoorziening aan te bieden. </v></c><c r="E663" s="1" t="str"><v/></c><c r="F663" s="4" t="str"><v/></c><c r="G663" s="1" t="str"><v>Verbonden partijen</v></c><c r="H663" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I663" s="1" t="str"><v>Informatievoorziening</v></c><c r="J663" s="1" t="str"><v/></c><c r="K663" s="1" t="str"><v>Provinciale Staten</v></c><c r="L663" s="4"><v>46134.0</v></c><c r="M663" s="1"><v>0</v></c></row><row r="664" spans="1:13" customFormat="false"><c r="A664" s="1"><v>170</v></c><c r="B664" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C664" s="1" t="str"><v xml:space="preserve">Gemeenschappelijke Regeling Regionaal Historisch Centrum Het Flevolands Archief - Zienswijze ontwerpwijziging &amp; definitieve vaststelling  </v></c><c r="D664" s="1" t="str"><v xml:space="preserve">2026: Het Rijk zal op 1 januari 2027 uit de gemeenschappelijke regelingen van elf Regionaal Historische Centra (RHC) treden. Het besluit hiertoe is in december 2025 door de minister van OCW ondertekend. Het Flevolandse Archief een van deze RHC’s. De wijziging n.a.v. de uittreding van het Rijk heeft in beginsel enkel betrekking op het schrappen van alle&#13;
+verwijzingen naar het Rijk en het eventueel aanpassen van de stemverhoudingen. Dit gebeurt zonder materiële betrokkenheid van de minister en het ministerie van Onderwijs, Cultuur en Wetenschap aangezien de minister na de uittreding niet langer deelnemer is in de gemeenschappelijke regeling zoals die gaat gelden. &#13;
+&#13;
+2024: Besluitvorming in het kader van de aanpassing vanwege de Wet op de GR. &#13;
+&#13;
+Het Flevolands Archief is een van de 12 Regionaal Historische Centra in Nederland en is gevestigd in Lelystad. Het Flevolands Archief is een openbaar lichaam en is samenwerkingspartner voor diverse overheidsorganen. Dit zijn het Rijk, de Provincie Flevoland, de  gemeenten Dronten, Lelystad, Urk en Zeewolde en het waterschap Zuiderzeeland. Het Flevolands Archief werkt aan een duurzame toegang tot en verdere opbouw van de Flevolandse Collectie. Ze doen dat door collecties te creëren, aan elkaar te verbinden en te verrijken en op die manier een sterke publieke informatievoorziening aan te bieden. </v></c><c r="E664" s="1" t="str"><v/></c><c r="F664" s="4" t="str"><v/></c><c r="G664" s="1" t="str"><v>Verbonden partijen</v></c><c r="H664" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I664" s="1" t="str"><v>Informatievoorziening</v></c><c r="J664" s="1" t="str"><v/></c><c r="K664" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L664" s="4"><v>46260.0</v></c><c r="M664" s="1"><v>0</v></c></row><row r="665" spans="1:13" customFormat="false"><c r="A665" s="1"><v>170</v></c><c r="B665" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C665" s="1" t="str"><v xml:space="preserve">Gemeenschappelijke Regeling Regionaal Historisch Centrum Het Flevolands Archief - Zienswijze ontwerpwijziging &amp; definitieve vaststelling  </v></c><c r="D665" s="1" t="str"><v xml:space="preserve">2026: Het Rijk zal op 1 januari 2027 uit de gemeenschappelijke regelingen van elf Regionaal Historische Centra (RHC) treden. Het besluit hiertoe is in december 2025 door de minister van OCW ondertekend. Het Flevolandse Archief een van deze RHC’s. De wijziging n.a.v. de uittreding van het Rijk heeft in beginsel enkel betrekking op het schrappen van alle&#13;
+verwijzingen naar het Rijk en het eventueel aanpassen van de stemverhoudingen. Dit gebeurt zonder materiële betrokkenheid van de minister en het ministerie van Onderwijs, Cultuur en Wetenschap aangezien de minister na de uittreding niet langer deelnemer is in de gemeenschappelijke regeling zoals die gaat gelden. &#13;
+&#13;
+2024: Besluitvorming in het kader van de aanpassing vanwege de Wet op de GR. &#13;
+&#13;
+Het Flevolands Archief is een van de 12 Regionaal Historische Centra in Nederland en is gevestigd in Lelystad. Het Flevolands Archief is een openbaar lichaam en is samenwerkingspartner voor diverse overheidsorganen. Dit zijn het Rijk, de Provincie Flevoland, de  gemeenten Dronten, Lelystad, Urk en Zeewolde en het waterschap Zuiderzeeland. Het Flevolands Archief werkt aan een duurzame toegang tot en verdere opbouw van de Flevolandse Collectie. Ze doen dat door collecties te creëren, aan elkaar te verbinden en te verrijken en op die manier een sterke publieke informatievoorziening aan te bieden. </v></c><c r="E665" s="1" t="str"><v/></c><c r="F665" s="4" t="str"><v/></c><c r="G665" s="1" t="str"><v>Verbonden partijen</v></c><c r="H665" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I665" s="1" t="str"><v>Informatievoorziening</v></c><c r="J665" s="1" t="str"><v/></c><c r="K665" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L665" s="4"><v>46267.0</v></c><c r="M665" s="1"><v>0</v></c></row><row r="666" spans="1:13" customFormat="false"><c r="A666" s="1"><v>170</v></c><c r="B666" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C666" s="1" t="str"><v xml:space="preserve">Gemeenschappelijke Regeling Regionaal Historisch Centrum Het Flevolands Archief - Zienswijze ontwerpwijziging &amp; definitieve vaststelling  </v></c><c r="D666" s="1" t="str"><v xml:space="preserve">2026: Het Rijk zal op 1 januari 2027 uit de gemeenschappelijke regelingen van elf Regionaal Historische Centra (RHC) treden. Het besluit hiertoe is in december 2025 door de minister van OCW ondertekend. Het Flevolandse Archief een van deze RHC’s. De wijziging n.a.v. de uittreding van het Rijk heeft in beginsel enkel betrekking op het schrappen van alle&#13;
+verwijzingen naar het Rijk en het eventueel aanpassen van de stemverhoudingen. Dit gebeurt zonder materiële betrokkenheid van de minister en het ministerie van Onderwijs, Cultuur en Wetenschap aangezien de minister na de uittreding niet langer deelnemer is in de gemeenschappelijke regeling zoals die gaat gelden. &#13;
+&#13;
+2024: Besluitvorming in het kader van de aanpassing vanwege de Wet op de GR. &#13;
+&#13;
+Het Flevolands Archief is een van de 12 Regionaal Historische Centra in Nederland en is gevestigd in Lelystad. Het Flevolands Archief is een openbaar lichaam en is samenwerkingspartner voor diverse overheidsorganen. Dit zijn het Rijk, de Provincie Flevoland, de  gemeenten Dronten, Lelystad, Urk en Zeewolde en het waterschap Zuiderzeeland. Het Flevolands Archief werkt aan een duurzame toegang tot en verdere opbouw van de Flevolandse Collectie. Ze doen dat door collecties te creëren, aan elkaar te verbinden en te verrijken en op die manier een sterke publieke informatievoorziening aan te bieden. </v></c><c r="E666" s="1" t="str"><v/></c><c r="F666" s="4" t="str"><v/></c><c r="G666" s="1" t="str"><v>Verbonden partijen</v></c><c r="H666" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I666" s="1" t="str"><v>Informatievoorziening</v></c><c r="J666" s="1" t="str"><v/></c><c r="K666" s="1" t="str"><v>Provinciale Staten</v></c><c r="L666" s="4"><v>46281.0</v></c><c r="M666" s="1"><v>0</v></c></row><row r="667" spans="1:13" customFormat="false"><c r="A667" s="1"><v>30</v></c><c r="B667" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C667" s="1" t="str"><v>Krachtige Samenleving (Zorg)</v></c><c r="D667" s="1" t="str"><v/></c><c r="E667" s="1" t="str"><v/></c><c r="F667" s="4" t="str"><v/></c><c r="G667" s="1" t="str"><v>Vitale samenleving</v></c><c r="H667" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I667" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J667" s="1" t="str"><v/></c><c r="K667" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L667" s="4"><v>44965.0</v></c><c r="M667" s="1"><v>1</v></c></row><row r="668" spans="1:13" customFormat="false"><c r="A668" s="1"><v>44</v></c><c r="B668" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C668" s="1" t="str"><v>Zorgtafel Flevoland</v></c><c r="D668" s="1" t="str"><v/></c><c r="E668" s="1" t="str"><v/></c><c r="F668" s="4" t="str"><v/></c><c r="G668" s="1" t="str"><v>Vitale samenleving</v></c><c r="H668" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I668" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J668" s="1" t="str"><v/></c><c r="K668" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L668" s="4"><v>44965.0</v></c><c r="M668" s="1"><v>1</v></c></row><row r="669" spans="1:13" customFormat="false"><c r="A669" s="1"><v>335</v></c><c r="B669" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C669" s="1" t="str"><v>Vitale samenleving - Zorgtafel &amp; netwerkorganisatie Zorgzaam Flevoland</v></c><c r="D669" s="1" t="str"><v xml:space="preserve">Toezegging van het college om de taak en visie van de Provinciale Zorgtafel en de wijze waarop PS wordt aangesloten met de commissie te bespreken (d.d.5 juni 2024)&#13;
 &#13;
 Drie thema's komen aan bod: &#13;
 - Zorgzaam Flevoland (Zorgtafel)&#13;
 - GGD/Ambulance (Aanrijdtijden) &#13;
 - Flever/WEL Flevoland (Positieve Gezondheid)  &#13;
 &#13;
 &#13;
-</v></c><c r="E607" s="1" t="str"><v/></c><c r="F607" s="4" t="str"><v/></c><c r="G607" s="1" t="str"><v>Vitale samenleving</v></c><c r="H607" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I607" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J607" s="1" t="str"><v/></c><c r="K607" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L607" s="4"><v>45623.0</v></c><c r="M607" s="1"><v>1</v></c></row><row r="608" spans="1:13" customFormat="false"><c r="A608" s="1"><v>363</v></c><c r="B608" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C608" s="1" t="str"><v>Brede Welvaart: Startnotitie</v></c><c r="D608" s="1" t="str"><v xml:space="preserve">PS hebben in februari 2020 een motie aangenomen, naar aanleiding van de motie Koerhuis over de 100.000 woningen, die kort gezegd inhoudt: we bouwen geen woningen, maar een vitale samenleving, met aandacht voor alle aspecten van brede welvaart. &#13;
+</v></c><c r="E669" s="1" t="str"><v/></c><c r="F669" s="4" t="str"><v/></c><c r="G669" s="1" t="str"><v>Vitale samenleving</v></c><c r="H669" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I669" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J669" s="1" t="str"><v/></c><c r="K669" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L669" s="4"><v>45623.0</v></c><c r="M669" s="1"><v>1</v></c></row><row r="670" spans="1:13" customFormat="false"><c r="A670" s="1"><v>363</v></c><c r="B670" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C670" s="1" t="str"><v>Brede Welvaart: Startnotitie</v></c><c r="D670" s="1" t="str"><v xml:space="preserve">PS hebben in februari 2020 een motie aangenomen, naar aanleiding van de motie Koerhuis over de 100.000 woningen, die kort gezegd inhoudt: we bouwen geen woningen, maar een vitale samenleving, met aandacht voor alle aspecten van brede welvaart. &#13;
 In oktober 2024 is de eerste Flevolandse monitor Brede Welvaart openbaar gemaakt. &#13;
 &#13;
 In oktober 2024 heeft het college toegezegd inzicht te geven in de uitwerking van de visie op de vitale samenleving&#13;
 Op 27 november 2024 heeft een beeldvormende sessie met de Statencommissie EMS plaatsgevonden over Brede Welvaart, waarin is aangegeven dat in het 2de kwartaal een uitgewerkt Plan van Aanpak (Startnotitie) komt.&#13;
  &#13;
 Het onderwerp heeft een relatie met het initiatiefvoorstel.&#13;
 &#13;
 In de mededeling "Wensen en bedenkingen GS inzake initiatiefvoorstel Implementatie Sociale Agenda", d.d. 11 maart 2025 stelt het college voor om het traject brede welvaart en het initiatiefvoorstel voor een Sociale Agenda in Flevoland te combineren en in het tweede kwartaal (2025) één integrale startnotitie aan te bieden om te komen tot een agenda Brede Welvaart. &#13;
 &#13;
-De Startnotitie Brede Welvaart wordt vervangen door de Startnotitie Sociale agenda </v></c><c r="E608" s="1" t="str"><v/></c><c r="F608" s="4" t="str"><v/></c><c r="G608" s="1" t="str"><v>Vitale samenleving</v></c><c r="H608" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I608" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J608" s="1" t="str"><v xml:space="preserve">De Startnotitie Brede Welvaart wordt vervangen door de Startnotitie Sociale agenda </v></c><c r="K608" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L608" s="4"><v>45783.0</v></c><c r="M608" s="1"><v>1</v></c></row><row r="609" spans="1:13" customFormat="false"><c r="A609" s="1"><v>364</v></c><c r="B609" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C609" s="1" t="str"><v>Initiatiefvoorstel Implementatie sociale agenda – ChristenUnie, SP, PvdD, 50PLUS, FvD, CDA, D66, PVV, BBB, JA21, SLF, SGP, PvdA, GroenLinks</v></c><c r="D609" s="1" t="str"><v/></c><c r="E609" s="1" t="str"><v/></c><c r="F609" s="4" t="str"><v/></c><c r="G609" s="1" t="str"><v>Vitale samenleving</v></c><c r="H609" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I609" s="1"/><c r="J609" s="1" t="str"><v/></c><c r="K609" s="1" t="str"><v>Provinciale Staten</v></c><c r="L609" s="4"><v>45742.0</v></c><c r="M609" s="1"><v>1</v></c></row><row r="610" spans="1:13" customFormat="false"><c r="A610" s="1"><v>375</v></c><c r="B610" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C610" s="1" t="str"><v>Startnotitie Sociale agenda Flevoland 2025</v></c><c r="D610" s="1" t="str"><v xml:space="preserve">Op 27 maart is het Initiatiefvoorstel Implementatie sociale agenda aangenomen en besloten dat Gedeputeerde Staten een startnotitie (inclusief kostenraming en tijdspad opstelt.&#13;
-[...6 lines deleted...]
-&#13;
+De Startnotitie Brede Welvaart wordt vervangen door de Startnotitie Sociale agenda </v></c><c r="E670" s="1" t="str"><v/></c><c r="F670" s="4" t="str"><v/></c><c r="G670" s="1" t="str"><v>Vitale samenleving</v></c><c r="H670" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I670" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J670" s="1" t="str"><v xml:space="preserve">De Startnotitie Brede Welvaart wordt vervangen door de Startnotitie Sociale agenda </v></c><c r="K670" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L670" s="4"><v>45783.0</v></c><c r="M670" s="1"><v>1</v></c></row><row r="671" spans="1:13" customFormat="false"><c r="A671" s="1"><v>364</v></c><c r="B671" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C671" s="1" t="str"><v>Initiatiefvoorstel Implementatie sociale agenda – ChristenUnie, SP, PvdD, 50PLUS, FvD, CDA, D66, PVV, BBB, JA21, SLF, SGP, PvdA, GroenLinks</v></c><c r="D671" s="1" t="str"><v/></c><c r="E671" s="1" t="str"><v/></c><c r="F671" s="4" t="str"><v/></c><c r="G671" s="1" t="str"><v>Vitale samenleving</v></c><c r="H671" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I671" s="1"/><c r="J671" s="1" t="str"><v/></c><c r="K671" s="1" t="str"><v>Provinciale Staten</v></c><c r="L671" s="4"><v>45742.0</v></c><c r="M671" s="1"><v>1</v></c></row><row r="672" spans="1:13" customFormat="false"><c r="A672" s="1"><v>375</v></c><c r="B672" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C672" s="1" t="str"><v>Startnotitie Sociale agenda Flevoland 2025</v></c><c r="D672" s="1" t="str"><v xml:space="preserve">Op 27 maart is het Initiatiefvoorstel Implementatie sociale agenda aangenomen en besloten dat Gedeputeerde Staten een startnotitie (inclusief kostenraming en tijdspad opstelt.&#13;
+Het college had eerder al het voornemen om een startnotitie Brede Welvaart op te stellen (zie dossier). Deze komt hiermee te vervallen en zal worden meegenomen in de Startnotitie Sociale Agenda.</v></c><c r="E672" s="1" t="str"><v/></c><c r="F672" s="4" t="str"><v/></c><c r="G672" s="1" t="str"><v>Vitale samenleving</v></c><c r="H672" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I672" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J672" s="1" t="str"><v>In het LTA-overleg van 12 mei heeft het college aangegeven te kiezen voor een eerste beeldvorming in september en daarna een Beeldvorming-Oordeelsvorming-Besluitvorming voor de Startnotitie te doorlopen, eind november/begin december.</v></c><c r="K672" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L672" s="4"><v>45903.0</v></c><c r="M672" s="1"><v>1</v></c></row><row r="673" spans="1:13" customFormat="false"><c r="A673" s="1"><v>375</v></c><c r="B673" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C673" s="1" t="str"><v>Startnotitie Sociale agenda Flevoland 2025</v></c><c r="D673" s="1" t="str"><v xml:space="preserve">Op 27 maart is het Initiatiefvoorstel Implementatie sociale agenda aangenomen en besloten dat Gedeputeerde Staten een startnotitie (inclusief kostenraming en tijdspad opstelt.&#13;
+Het college had eerder al het voornemen om een startnotitie Brede Welvaart op te stellen (zie dossier). Deze komt hiermee te vervallen en zal worden meegenomen in de Startnotitie Sociale Agenda.</v></c><c r="E673" s="1" t="str"><v/></c><c r="F673" s="4" t="str"><v/></c><c r="G673" s="1" t="str"><v>Vitale samenleving</v></c><c r="H673" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I673" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J673" s="1" t="str"><v>In het LTA-overleg van 12 mei heeft het college aangegeven te kiezen voor een eerste beeldvorming in september en daarna een Beeldvorming-Oordeelsvorming-Besluitvorming voor de Startnotitie te doorlopen, eind november/begin december.</v></c><c r="K673" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L673" s="4"><v>45987.0</v></c><c r="M673" s="1"><v>1</v></c></row><row r="674" spans="1:13" customFormat="false"><c r="A674" s="1"><v>375</v></c><c r="B674" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C674" s="1" t="str"><v>Startnotitie Sociale agenda Flevoland 2025</v></c><c r="D674" s="1" t="str"><v xml:space="preserve">Op 27 maart is het Initiatiefvoorstel Implementatie sociale agenda aangenomen en besloten dat Gedeputeerde Staten een startnotitie (inclusief kostenraming en tijdspad opstelt.&#13;
+Het college had eerder al het voornemen om een startnotitie Brede Welvaart op te stellen (zie dossier). Deze komt hiermee te vervallen en zal worden meegenomen in de Startnotitie Sociale Agenda.</v></c><c r="E674" s="1" t="str"><v/></c><c r="F674" s="4" t="str"><v/></c><c r="G674" s="1" t="str"><v>Vitale samenleving</v></c><c r="H674" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I674" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J674" s="1" t="str"><v>In het LTA-overleg van 12 mei heeft het college aangegeven te kiezen voor een eerste beeldvorming in september en daarna een Beeldvorming-Oordeelsvorming-Besluitvorming voor de Startnotitie te doorlopen, eind november/begin december.</v></c><c r="K674" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L674" s="4"><v>45994.0</v></c><c r="M674" s="1"><v>1</v></c></row><row r="675" spans="1:13" customFormat="false"><c r="A675" s="1"><v>375</v></c><c r="B675" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C675" s="1" t="str"><v>Startnotitie Sociale agenda Flevoland 2025</v></c><c r="D675" s="1" t="str"><v xml:space="preserve">Op 27 maart is het Initiatiefvoorstel Implementatie sociale agenda aangenomen en besloten dat Gedeputeerde Staten een startnotitie (inclusief kostenraming en tijdspad opstelt.&#13;
+Het college had eerder al het voornemen om een startnotitie Brede Welvaart op te stellen (zie dossier). Deze komt hiermee te vervallen en zal worden meegenomen in de Startnotitie Sociale Agenda.</v></c><c r="E675" s="1" t="str"><v/></c><c r="F675" s="4" t="str"><v/></c><c r="G675" s="1" t="str"><v>Vitale samenleving</v></c><c r="H675" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I675" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J675" s="1" t="str"><v>In het LTA-overleg van 12 mei heeft het college aangegeven te kiezen voor een eerste beeldvorming in september en daarna een Beeldvorming-Oordeelsvorming-Besluitvorming voor de Startnotitie te doorlopen, eind november/begin december.</v></c><c r="K675" s="1" t="str"><v>Provinciale Staten</v></c><c r="L675" s="4"><v>46050.0</v></c><c r="M675" s="1"><v>0</v></c></row><row r="676" spans="1:13" customFormat="false"><c r="A676" s="1"><v>375</v></c><c r="B676" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C676" s="1" t="str"><v>Startnotitie Sociale agenda Flevoland 2025</v></c><c r="D676" s="1" t="str"><v xml:space="preserve">Op 27 maart is het Initiatiefvoorstel Implementatie sociale agenda aangenomen en besloten dat Gedeputeerde Staten een startnotitie (inclusief kostenraming en tijdspad opstelt.&#13;
+Het college had eerder al het voornemen om een startnotitie Brede Welvaart op te stellen (zie dossier). Deze komt hiermee te vervallen en zal worden meegenomen in de Startnotitie Sociale Agenda.</v></c><c r="E676" s="1" t="str"><v/></c><c r="F676" s="4" t="str"><v/></c><c r="G676" s="1" t="str"><v>Vitale samenleving</v></c><c r="H676" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I676" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J676" s="1" t="str"><v>In het LTA-overleg van 12 mei heeft het college aangegeven te kiezen voor een eerste beeldvorming in september en daarna een Beeldvorming-Oordeelsvorming-Besluitvorming voor de Startnotitie te doorlopen, eind november/begin december.</v></c><c r="K676" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L676" s="4"><v>46169.0</v></c><c r="M676" s="1"><v>0</v></c></row><row r="677" spans="1:13" customFormat="false"><c r="A677" s="1"><v>37</v></c><c r="B677" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C677" s="1" t="str"><v>Woningbouwafspraken met het Rijk</v></c><c r="D677" s="1" t="str"><v/></c><c r="E677" s="1" t="str"><v/></c><c r="F677" s="4" t="str"><v/></c><c r="G677" s="1" t="str"><v>Wonen</v></c><c r="H677" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I677" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J677" s="1"/><c r="K677" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L677" s="4"><v>44937.0</v></c><c r="M677" s="1"><v>1</v></c></row><row r="678" spans="1:13" customFormat="false"><c r="A678" s="1"><v>63</v></c><c r="B678" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C678" s="1" t="str"><v>Wonen (Introductieprogramma)</v></c><c r="D678" s="1" t="str"><v>Introductieprogramma Provinciale Staten: uitleg over Wonen</v></c><c r="E678" s="1" t="str"><v/></c><c r="F678" s="4" t="str"><v/></c><c r="G678" s="1" t="str"><v>Wonen</v></c><c r="H678" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I678" s="1"/><c r="J678" s="1" t="str"><v/></c><c r="K678" s="1" t="str"><v>Beeldvorming Integrale Commissie</v></c><c r="L678" s="4"><v>45182.0</v></c><c r="M678" s="1"><v>1</v></c></row><row r="679" spans="1:13" customFormat="false"><c r="A679" s="1"><v>151</v></c><c r="B679" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C679" s="1" t="str"><v xml:space="preserve">Agenderingsverzoek- Woningbouwopgave Flevoland - PvdA,BBB, GL </v></c><c r="D679" s="1" t="str"><v/></c><c r="E679" s="1" t="str"><v>PvdA,GroenLinks,BBB</v></c><c r="F679" s="4" t="str"><v/></c><c r="G679" s="1" t="str"><v>Wonen</v></c><c r="H679" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I679" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J679" s="1" t="str"><v/></c><c r="K679" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L679" s="4"><v>45308.0</v></c><c r="M679" s="1"><v>1</v></c></row><row r="680" spans="1:13" customFormat="false"><c r="A680" s="1"><v>162</v></c><c r="B680" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C680" s="1" t="str"><v>Plan van Aanpak integrale benadering arbeidsmigratie (peilen toetsen)</v></c><c r="D680" s="1" t="str"><v xml:space="preserve">18 dec 2025: een plan van aanpak voor de integrale benadering van arbeidsmigratie is aangemeld voor de commissie EMS op 4 maart 2026.&#13;
+&#13;
+14 dec 2024: Bij de behandeling van de perspectiefnota 2025-2028 heeft het college op een vraag van de CU-fractie toegezegd om te verkennen of de integrale benadering van arbeidsmigratie die de provincie Noord-Brabant hanteert ook voor Flevoland als inspiratie kan dienen. &#13;
 Het onderwerp raakt in ieder geval de portefeuilles wonen, economie en samenleving, maar ook aspecten openbare orde &amp; veiligheid (uitbuiting, mensenhandel, ondermijning). &#13;
-</v></c><c r="E617" s="1" t="str"><v/></c><c r="F617" s="4" t="str"><v/></c><c r="G617" s="1" t="str"><v>Wonen</v></c><c r="H617" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I617" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J617" s="1" t="str"><v/></c><c r="K617" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L617" s="4"><v>45749.0</v></c><c r="M617" s="1"><v>1</v></c></row><row r="618" spans="1:13" customFormat="false"><c r="A618" s="1"><v>368</v></c><c r="B618" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C618" s="1" t="str"><v>Agenderingsverzoek - Actuele Staat Woningbouw Flevoland (PvdA/GroenLinks, BBB, 50PLUS)</v></c><c r="D618" s="1" t="str"><v>Flevoland staat voor een grote woningbouwopgave van 90.0000 à 115.000 woningen tot 2050. Tot 2030 moeten 40.000 woningen worden gebouwd. Daarmee levert Flevoland een grote bijdrage aan volkshuisvesting in Nederland. De provincie krijgt/ heeft een belangrijke rol in de woningbouw via aankomende nieuwe wetgeving en instrumentele kaders zoals de woningdeal. Na een eerste agendering op 17 januari 2024 willen wij graag n.a.v. de recente rapportage in de Staat van Volkshuisvesting 2024 van Ministerie van VRO en de meest recente actuele 2e Voortgangsrapportage Woningbouw de stand van zaken van de woningbouw in Flevoland bespreken. Daarbij gaan we ook in op mogelijke risicofactoren voor het behalen van de woningbouwopgave voor verschillende doelgroepen in Flevoland zoals de eenduidigheid over woonvoorraden. Tot slot, is het ook belangrijk om te bespreken hoe de PS in de komende tijd/jaren kan sturen in de opgave van woningbouw.</v></c><c r="E618" s="1" t="str"><v>PvdA,GroenLinks,50PLUS,BBB</v></c><c r="F618" s="4" t="str"><v/></c><c r="G618" s="1" t="str"><v>Wonen</v></c><c r="H618" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I618" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J618" s="1" t="str"><v>25 juni 2025: Het agenderingsverzoek Actuele Staat Woningbouw Flevoland (PvdA/GroenLinks, BBB, 50PLUS) zal niet op 7 mei plaatsen. Het is helaas niet gelukt om de gastsprekers op 7 mei en 11 juni te laten deelnemen. Het wordt verplaatst naar een later moment.</v></c><c r="K618" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L618" s="4"><v>45945.0</v></c><c r="M618" s="1"><v>1</v></c></row><row r="619" spans="1:13" customFormat="false"><c r="A619" s="1"><v>394</v></c><c r="B619" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C619" s="1" t="str"><v>Technische sessie rond "woningbouw, zorg en aandachtgroepen"</v></c><c r="D619" s="1" t="str"><v xml:space="preserve">In aanvulling op de nog te ontvangen mededeling(en) over , een (technische) sessie voor om een mondelinge toelichting te gegeven op diverse onderzoeken.&#13;
+De commissie is op 2 april 2025 geïnformeerd over de Noord-Brabantse aanpak en over de situatie in Flevoland.&#13;
+&#13;
+&#13;
+</v></c><c r="E680" s="1" t="str"><v/></c><c r="F680" s="4" t="str"><v/></c><c r="G680" s="1" t="str"><v>Wonen</v></c><c r="H680" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I680" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J680" s="1" t="str"><v>Op 18 december is het onderwerp "Plan van aanpak integrale benadering arbeidsmigratie aangeboden voor de Lange Termijn Agenda. Planning voor het zomerreces 2026 (relatie met Toezegging EMS 250)</v></c><c r="K680" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L680" s="4"><v>45749.0</v></c><c r="M680" s="1"><v>1</v></c></row><row r="681" spans="1:13" customFormat="false"><c r="A681" s="1"><v>162</v></c><c r="B681" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C681" s="1" t="str"><v>Plan van Aanpak integrale benadering arbeidsmigratie (peilen toetsen)</v></c><c r="D681" s="1" t="str"><v xml:space="preserve">18 dec 2025: een plan van aanpak voor de integrale benadering van arbeidsmigratie is aangemeld voor de commissie EMS op 4 maart 2026.&#13;
+&#13;
+14 dec 2024: Bij de behandeling van de perspectiefnota 2025-2028 heeft het college op een vraag van de CU-fractie toegezegd om te verkennen of de integrale benadering van arbeidsmigratie die de provincie Noord-Brabant hanteert ook voor Flevoland als inspiratie kan dienen. &#13;
+Het onderwerp raakt in ieder geval de portefeuilles wonen, economie en samenleving, maar ook aspecten openbare orde &amp; veiligheid (uitbuiting, mensenhandel, ondermijning). &#13;
+De commissie is op 2 april 2025 geïnformeerd over de Noord-Brabantse aanpak en over de situatie in Flevoland.&#13;
+&#13;
+&#13;
+</v></c><c r="E681" s="1" t="str"><v/></c><c r="F681" s="4" t="str"><v/></c><c r="G681" s="1" t="str"><v>Wonen</v></c><c r="H681" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I681" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J681" s="1" t="str"><v>Op 18 december is het onderwerp "Plan van aanpak integrale benadering arbeidsmigratie aangeboden voor de Lange Termijn Agenda. Planning voor het zomerreces 2026 (relatie met Toezegging EMS 250)</v></c><c r="K681" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L681" s="4"><v>46112.0</v></c><c r="M681" s="1"><v>0</v></c></row><row r="682" spans="1:13" customFormat="false"><c r="A682" s="1"><v>368</v></c><c r="B682" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C682" s="1" t="str"><v>Agenderingsverzoek - Actuele Staat Woningbouw Flevoland (PvdA/GroenLinks, BBB, 50PLUS)</v></c><c r="D682" s="1" t="str"><v>Flevoland staat voor een grote woningbouwopgave van 90.0000 à 115.000 woningen tot 2050. Tot 2030 moeten 40.000 woningen worden gebouwd. Daarmee levert Flevoland een grote bijdrage aan volkshuisvesting in Nederland. De provincie krijgt/ heeft een belangrijke rol in de woningbouw via aankomende nieuwe wetgeving en instrumentele kaders zoals de woningdeal. Na een eerste agendering op 17 januari 2024 willen wij graag n.a.v. de recente rapportage in de Staat van Volkshuisvesting 2024 van Ministerie van VRO en de meest recente actuele 2e Voortgangsrapportage Woningbouw de stand van zaken van de woningbouw in Flevoland bespreken. Daarbij gaan we ook in op mogelijke risicofactoren voor het behalen van de woningbouwopgave voor verschillende doelgroepen in Flevoland zoals de eenduidigheid over woonvoorraden. Tot slot, is het ook belangrijk om te bespreken hoe de PS in de komende tijd/jaren kan sturen in de opgave van woningbouw.</v></c><c r="E682" s="1" t="str"><v>PvdA,GroenLinks,50PLUS,BBB</v></c><c r="F682" s="4" t="str"><v/></c><c r="G682" s="1" t="str"><v>Wonen</v></c><c r="H682" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I682" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J682" s="1" t="str"><v>25 juni 2025: Het agenderingsverzoek Actuele Staat Woningbouw Flevoland (PvdA/GroenLinks, BBB, 50PLUS) zal niet op 7 mei plaatsen. Het is helaas niet gelukt om de gastsprekers op 7 mei en 11 juni te laten deelnemen. Het wordt verplaatst naar een later moment.</v></c><c r="K682" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L682" s="4"><v>45945.0</v></c><c r="M682" s="1"><v>1</v></c></row><row r="683" spans="1:13" customFormat="false"><c r="A683" s="1"><v>394</v></c><c r="B683" s="1" t="str"><v>LTP Commissie &amp; PS</v></c><c r="C683" s="1" t="str"><v>Technische sessie rond "woningbouw, zorg en aandachtgroepen"</v></c><c r="D683" s="1" t="str"><v xml:space="preserve">In aanvulling op de nog te ontvangen mededeling(en) over , een (technische) sessie voor om een mondelinge toelichting te gegeven op diverse onderzoeken.&#13;
 &#13;
 Het gaat over:&#13;
 - Woningbehoefteonderzoek 2025; &#13;
 - Behoefte onderzoek Wonen, Welzijn, Zorg;&#13;
 - Analyse ouderen huisvesting;&#13;
 - Analyse aandachtgroepen.&#13;
 &#13;
 &#13;
-</v></c><c r="E619" s="1" t="str"><v/></c><c r="F619" s="4" t="str"><v/></c><c r="G619" s="1" t="str"><v>Wonen</v></c><c r="H619" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I619" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J619" s="1" t="str"><v/></c><c r="K619" s="1" t="str"><v>Technische sessie</v></c><c r="L619" s="4"><v>45945.0</v></c><c r="M619" s="1"><v>1</v></c></row><row r="620" spans="1:13" customFormat="false"><c r="A620" s="1"><v>258</v></c><c r="B620" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C620" s="1" t="str"><v>Bereikbaarheid havens</v></c><c r="D620" s="1" t="str"><v xml:space="preserve">De provincie blijft er bij het Rijk op aandringen dat de bereikbaarheid van de havens bij Lelystad en Urk over het water gewaarborgd blijft.&#13;
+</v></c><c r="E683" s="1" t="str"><v/></c><c r="F683" s="4" t="str"><v/></c><c r="G683" s="1" t="str"><v>Wonen</v></c><c r="H683" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I683" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J683" s="1" t="str"><v/></c><c r="K683" s="1" t="str"><v>Technische sessie</v></c><c r="L683" s="4"><v>45945.0</v></c><c r="M683" s="1"><v>1</v></c></row><row r="684" spans="1:13" customFormat="false"><c r="A684" s="1"><v>258</v></c><c r="B684" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C684" s="1" t="str"><v>Bereikbaarheid havens</v></c><c r="D684" s="1" t="str"><v xml:space="preserve">De provincie blijft er bij het Rijk op aandringen dat de bereikbaarheid van de havens bij Lelystad en Urk over het water gewaarborgd blijft.&#13;
 Beoogde resultaat:&#13;
 2025: &#13;
 1. De Maritieme Servicehaven is gereed voor ondernemers om hun bedrijfspanden te realiseren: aanbesteding afgerond, fysiek realisatie gestart, &#13;
 2. Regio Deal grotendeel uitgevoerd, Realisatie Maritieme Campus&#13;
 3. Noordelijk Flevoland: Pilot Herstructurering IJsselmeervisserij loopt&#13;
 4. Medio 2024 is de haven voor langere tijd verpacht om invulling te geven aan het beoogde resultaat. De aankomende jaren is de provincie verantwoordelijk voor het beheren en exploiteren van de haven.&#13;
 2027:&#13;
 1. De Maritieme Servicehaven is gereed voor ondernemers om hun bedrijfspanden te realiseren: fysieke realisatie bijna afgerond, Uitvoering Regio Deal afgerond.&#13;
 2. Noordelijk Flevoland:  Pilot Herstructurering IJsselmeervisserij afgerond&#13;
-3. Medio 2024 is de haven voor langere tijd verpacht om invulling te geven aan het beoogde resultaat. De aankomende jaren is de provincie verantwoordelijk voor het beheren en exploiteren van de haven.</v></c><c r="E620" s="1" t="str"><v/></c><c r="F620" s="4" t="str"><v/></c><c r="G620" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H620" s="1" t="str"><v xml:space="preserve"> Simonse, Klopman</v></c><c r="I620" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J620" s="1" t="str"><v/></c><c r="K620" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L620" s="4"><v>45839.0</v></c><c r="M620" s="1"><v>0</v></c></row><row r="621" spans="1:13" customFormat="false"><c r="A621" s="1"><v>258</v></c><c r="B621" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C621" s="1" t="str"><v>Bereikbaarheid havens</v></c><c r="D621" s="1" t="str"><v xml:space="preserve">De provincie blijft er bij het Rijk op aandringen dat de bereikbaarheid van de havens bij Lelystad en Urk over het water gewaarborgd blijft.&#13;
+3. Medio 2024 is de haven voor langere tijd verpacht om invulling te geven aan het beoogde resultaat. De aankomende jaren is de provincie verantwoordelijk voor het beheren en exploiteren van de haven.</v></c><c r="E684" s="1" t="str"><v/></c><c r="F684" s="4" t="str"><v/></c><c r="G684" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H684" s="1" t="str"><v xml:space="preserve"> Simonse, Klopman</v></c><c r="I684" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J684" s="1" t="str"><v/></c><c r="K684" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L684" s="4"><v>45839.0</v></c><c r="M684" s="1"><v>0</v></c></row><row r="685" spans="1:13" customFormat="false"><c r="A685" s="1"><v>258</v></c><c r="B685" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C685" s="1" t="str"><v>Bereikbaarheid havens</v></c><c r="D685" s="1" t="str"><v xml:space="preserve">De provincie blijft er bij het Rijk op aandringen dat de bereikbaarheid van de havens bij Lelystad en Urk over het water gewaarborgd blijft.&#13;
 Beoogde resultaat:&#13;
 2025: &#13;
 1. De Maritieme Servicehaven is gereed voor ondernemers om hun bedrijfspanden te realiseren: aanbesteding afgerond, fysiek realisatie gestart, &#13;
 2. Regio Deal grotendeel uitgevoerd, Realisatie Maritieme Campus&#13;
 3. Noordelijk Flevoland: Pilot Herstructurering IJsselmeervisserij loopt&#13;
 4. Medio 2024 is de haven voor langere tijd verpacht om invulling te geven aan het beoogde resultaat. De aankomende jaren is de provincie verantwoordelijk voor het beheren en exploiteren van de haven.&#13;
 2027:&#13;
 1. De Maritieme Servicehaven is gereed voor ondernemers om hun bedrijfspanden te realiseren: fysieke realisatie bijna afgerond, Uitvoering Regio Deal afgerond.&#13;
 2. Noordelijk Flevoland:  Pilot Herstructurering IJsselmeervisserij afgerond&#13;
-3. Medio 2024 is de haven voor langere tijd verpacht om invulling te geven aan het beoogde resultaat. De aankomende jaren is de provincie verantwoordelijk voor het beheren en exploiteren van de haven.</v></c><c r="E621" s="1" t="str"><v/></c><c r="F621" s="4" t="str"><v/></c><c r="G621" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H621" s="1" t="str"><v xml:space="preserve"> Simonse, Klopman</v></c><c r="I621" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J621" s="1" t="str"><v/></c><c r="K621" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L621" s="4"><v>46569.0</v></c><c r="M621" s="1"><v>0</v></c></row><row r="622" spans="1:13" customFormat="false"><c r="A622" s="1"><v>271</v></c><c r="B622" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C622" s="1" t="str"><v>Geen nieuw landschapskunstwerk</v></c><c r="D622" s="1" t="str"><v xml:space="preserve">De provincie neemt geen initiatief voor een nieuw landschapskunstwerk, en ondersteunt evenmin eventuele initiatieven van anderen daartoe.&#13;
-Beoogde resultaten: n.v.t.</v></c><c r="E622" s="1" t="str"><v/></c><c r="F622" s="4" t="str"><v/></c><c r="G622" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H622" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I622" s="1"/><c r="J622" s="1"/><c r="K622" s="1"/><c r="L622" s="4" t="str"><v/></c><c r="M622" s="1"/></row><row r="623" spans="1:13" customFormat="false"><c r="A623" s="1"><v>275</v></c><c r="B623" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C623" s="1" t="str"><v>Klachtenregeling &amp; Ombudsman</v></c><c r="D623" s="1" t="str"><v xml:space="preserve">We onderzoeken de toegankelijkheid van de bestaande klachtenregeling voor inwoners en de wenselijkheid van een Flevolandse Ombudsman, eventueel in samenwerking met de gemeenten.&#13;
+3. Medio 2024 is de haven voor langere tijd verpacht om invulling te geven aan het beoogde resultaat. De aankomende jaren is de provincie verantwoordelijk voor het beheren en exploiteren van de haven.</v></c><c r="E685" s="1" t="str"><v/></c><c r="F685" s="4" t="str"><v/></c><c r="G685" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H685" s="1" t="str"><v xml:space="preserve"> Simonse, Klopman</v></c><c r="I685" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J685" s="1" t="str"><v/></c><c r="K685" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L685" s="4"><v>46569.0</v></c><c r="M685" s="1"><v>0</v></c></row><row r="686" spans="1:13" customFormat="false"><c r="A686" s="1"><v>271</v></c><c r="B686" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C686" s="1" t="str"><v>Geen nieuw landschapskunstwerk</v></c><c r="D686" s="1" t="str"><v xml:space="preserve">De provincie neemt geen initiatief voor een nieuw landschapskunstwerk, en ondersteunt evenmin eventuele initiatieven van anderen daartoe.&#13;
+Beoogde resultaten: n.v.t.</v></c><c r="E686" s="1" t="str"><v/></c><c r="F686" s="4" t="str"><v/></c><c r="G686" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H686" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I686" s="1"/><c r="J686" s="1"/><c r="K686" s="1"/><c r="L686" s="4" t="str"><v/></c><c r="M686" s="1"/></row><row r="687" spans="1:13" customFormat="false"><c r="A687" s="1"><v>275</v></c><c r="B687" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C687" s="1" t="str"><v>Klachtenregeling &amp; Ombudsman</v></c><c r="D687" s="1" t="str"><v xml:space="preserve">We onderzoeken de toegankelijkheid van de bestaande klachtenregeling voor inwoners en de wenselijkheid van een Flevolandse Ombudsman, eventueel in samenwerking met de gemeenten.&#13;
 Beoogde resultaten:&#13;
 2025: Afgeronde evaluatie toegankelijkheid bestaande klachtenregeling /onderzoek naar wenselijkheid FLE Ombudsman.&#13;
 2027: Resultaten afhankelijk van uitkomsten onderzoek.&#13;
-</v></c><c r="E623" s="1" t="str"><v/></c><c r="F623" s="4" t="str"><v/></c><c r="G623" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H623" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I623" s="1"/><c r="J623" s="1" t="str"><v/></c><c r="K623" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L623" s="4"><v>45839.0</v></c><c r="M623" s="1"><v>0</v></c></row><row r="624" spans="1:13" customFormat="false"><c r="A624" s="1"><v>275</v></c><c r="B624" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C624" s="1" t="str"><v>Klachtenregeling &amp; Ombudsman</v></c><c r="D624" s="1" t="str"><v xml:space="preserve">We onderzoeken de toegankelijkheid van de bestaande klachtenregeling voor inwoners en de wenselijkheid van een Flevolandse Ombudsman, eventueel in samenwerking met de gemeenten.&#13;
+</v></c><c r="E687" s="1" t="str"><v/></c><c r="F687" s="4" t="str"><v/></c><c r="G687" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H687" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I687" s="1"/><c r="J687" s="1" t="str"><v/></c><c r="K687" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L687" s="4"><v>45839.0</v></c><c r="M687" s="1"><v>0</v></c></row><row r="688" spans="1:13" customFormat="false"><c r="A688" s="1"><v>275</v></c><c r="B688" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C688" s="1" t="str"><v>Klachtenregeling &amp; Ombudsman</v></c><c r="D688" s="1" t="str"><v xml:space="preserve">We onderzoeken de toegankelijkheid van de bestaande klachtenregeling voor inwoners en de wenselijkheid van een Flevolandse Ombudsman, eventueel in samenwerking met de gemeenten.&#13;
 Beoogde resultaten:&#13;
 2025: Afgeronde evaluatie toegankelijkheid bestaande klachtenregeling /onderzoek naar wenselijkheid FLE Ombudsman.&#13;
 2027: Resultaten afhankelijk van uitkomsten onderzoek.&#13;
-</v></c><c r="E624" s="1" t="str"><v/></c><c r="F624" s="4" t="str"><v/></c><c r="G624" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H624" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I624" s="1"/><c r="J624" s="1" t="str"><v/></c><c r="K624" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L624" s="4"><v>46569.0</v></c><c r="M624" s="1"><v>0</v></c></row><row r="625" spans="1:13" customFormat="false"><c r="A625" s="1"><v>276</v></c><c r="B625" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C625" s="1" t="str"><v>Evaluatie Coalitieakkoord</v></c><c r="D625" s="1" t="str"><v xml:space="preserve">Halverwege de coalitieperiode wordt de uitvoering van het coalitieakkoord geëvalueerd aan de hand van een monitor en het digitaal burgerpanel (Flevopanel), waarbij er ruimte is om eventuele aanpassingen te doen. &#13;
+</v></c><c r="E688" s="1" t="str"><v/></c><c r="F688" s="4" t="str"><v/></c><c r="G688" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H688" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I688" s="1"/><c r="J688" s="1" t="str"><v/></c><c r="K688" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L688" s="4"><v>46569.0</v></c><c r="M688" s="1"><v>0</v></c></row><row r="689" spans="1:13" customFormat="false"><c r="A689" s="1"><v>276</v></c><c r="B689" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C689" s="1" t="str"><v>Evaluatie Coalitieakkoord</v></c><c r="D689" s="1" t="str"><v xml:space="preserve">Halverwege de coalitieperiode wordt de uitvoering van het coalitieakkoord geëvalueerd aan de hand van een monitor en het digitaal burgerpanel (Flevopanel), waarbij er ruimte is om eventuele aanpassingen te doen. &#13;
 Beoogde resultaten:&#13;
 2025: &#13;
 1. Ontwikkeling van de monitor (2024), 0‐meting in 2025 met advies eventuele bijstelling coalitieakkoord.&#13;
 2. Het burgerpanel (digitaal) is actief ingezet.&#13;
 2027: &#13;
 1. De monitor is uitgevoerd.&#13;
 2. Er is een Burgerpanel geraadpleegd over het coalitieakkoord.&#13;
-</v></c><c r="E625" s="1" t="str"><v/></c><c r="F625" s="4" t="str"><v/></c><c r="G625" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H625" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I625" s="1"/><c r="J625" s="1" t="str"><v/></c><c r="K625" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L625" s="4"><v>45839.0</v></c><c r="M625" s="1"><v>0</v></c></row><row r="626" spans="1:13" customFormat="false"><c r="A626" s="1"><v>276</v></c><c r="B626" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C626" s="1" t="str"><v>Evaluatie Coalitieakkoord</v></c><c r="D626" s="1" t="str"><v xml:space="preserve">Halverwege de coalitieperiode wordt de uitvoering van het coalitieakkoord geëvalueerd aan de hand van een monitor en het digitaal burgerpanel (Flevopanel), waarbij er ruimte is om eventuele aanpassingen te doen. &#13;
+</v></c><c r="E689" s="1" t="str"><v/></c><c r="F689" s="4" t="str"><v/></c><c r="G689" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H689" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I689" s="1"/><c r="J689" s="1" t="str"><v/></c><c r="K689" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L689" s="4"><v>45839.0</v></c><c r="M689" s="1"><v>0</v></c></row><row r="690" spans="1:13" customFormat="false"><c r="A690" s="1"><v>276</v></c><c r="B690" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C690" s="1" t="str"><v>Evaluatie Coalitieakkoord</v></c><c r="D690" s="1" t="str"><v xml:space="preserve">Halverwege de coalitieperiode wordt de uitvoering van het coalitieakkoord geëvalueerd aan de hand van een monitor en het digitaal burgerpanel (Flevopanel), waarbij er ruimte is om eventuele aanpassingen te doen. &#13;
 Beoogde resultaten:&#13;
 2025: &#13;
 1. Ontwikkeling van de monitor (2024), 0‐meting in 2025 met advies eventuele bijstelling coalitieakkoord.&#13;
 2. Het burgerpanel (digitaal) is actief ingezet.&#13;
 2027: &#13;
 1. De monitor is uitgevoerd.&#13;
 2. Er is een Burgerpanel geraadpleegd over het coalitieakkoord.&#13;
-</v></c><c r="E626" s="1" t="str"><v/></c><c r="F626" s="4" t="str"><v/></c><c r="G626" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H626" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I626" s="1"/><c r="J626" s="1" t="str"><v/></c><c r="K626" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L626" s="4"><v>46569.0</v></c><c r="M626" s="1"><v>0</v></c></row><row r="627" spans="1:13" customFormat="false"><c r="A627" s="1"><v>277</v></c><c r="B627" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C627" s="1" t="str"><v xml:space="preserve">Voortgang Coalitieakkoord </v></c><c r="D627" s="1" t="str"><v xml:space="preserve">De provincie maakt de voortgang van het coalitietakkoord inzichtelijk in de jaarstukken. </v></c><c r="E627" s="1" t="str"><v/></c><c r="F627" s="4" t="str"><v/></c><c r="G627" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H627" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I627" s="1"/><c r="J627" s="1" t="str"><v/></c><c r="K627" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L627" s="4"><v>45839.0</v></c><c r="M627" s="1"><v>0</v></c></row><row r="628" spans="1:13" customFormat="false"><c r="A628" s="1"><v>277</v></c><c r="B628" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C628" s="1" t="str"><v xml:space="preserve">Voortgang Coalitieakkoord </v></c><c r="D628" s="1" t="str"><v xml:space="preserve">De provincie maakt de voortgang van het coalitietakkoord inzichtelijk in de jaarstukken. </v></c><c r="E628" s="1" t="str"><v/></c><c r="F628" s="4" t="str"><v/></c><c r="G628" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H628" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I628" s="1"/><c r="J628" s="1" t="str"><v/></c><c r="K628" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L628" s="4"><v>46569.0</v></c><c r="M628" s="1"><v>0</v></c></row><row r="629" spans="1:13" customFormat="false"><c r="A629" s="1"><v>278</v></c><c r="B629" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C629" s="1" t="str"><v xml:space="preserve">Opgavegericht werken </v></c><c r="D629" s="1" t="str"><v xml:space="preserve">De provincie werkt opgavegericht, hetgeen inhoudt dat de opgaven centraal worden stellen en niet de afzonderlijke beleidsvelden. Daarmee wordt ook inhoud gegeven aan de intentie van de Omgevingswet, die de basis vormt voor een samenhangende benadering van de fysieke leefomgeving. Het uitgangspunt hierbij is het bewaken van de balans tussen het beschermen en benutten van de fysieke leefomgeving, met het oog op een duurzame ontwikkeling.&#13;
+</v></c><c r="E690" s="1" t="str"><v/></c><c r="F690" s="4" t="str"><v/></c><c r="G690" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H690" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I690" s="1"/><c r="J690" s="1" t="str"><v/></c><c r="K690" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L690" s="4"><v>46569.0</v></c><c r="M690" s="1"><v>0</v></c></row><row r="691" spans="1:13" customFormat="false"><c r="A691" s="1"><v>277</v></c><c r="B691" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C691" s="1" t="str"><v xml:space="preserve">Voortgang Coalitieakkoord </v></c><c r="D691" s="1" t="str"><v xml:space="preserve">De provincie maakt de voortgang van het coalitietakkoord inzichtelijk in de jaarstukken. </v></c><c r="E691" s="1" t="str"><v/></c><c r="F691" s="4" t="str"><v/></c><c r="G691" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H691" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I691" s="1"/><c r="J691" s="1" t="str"><v/></c><c r="K691" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L691" s="4"><v>45839.0</v></c><c r="M691" s="1"><v>0</v></c></row><row r="692" spans="1:13" customFormat="false"><c r="A692" s="1"><v>277</v></c><c r="B692" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C692" s="1" t="str"><v xml:space="preserve">Voortgang Coalitieakkoord </v></c><c r="D692" s="1" t="str"><v xml:space="preserve">De provincie maakt de voortgang van het coalitietakkoord inzichtelijk in de jaarstukken. </v></c><c r="E692" s="1" t="str"><v/></c><c r="F692" s="4" t="str"><v/></c><c r="G692" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H692" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I692" s="1"/><c r="J692" s="1" t="str"><v/></c><c r="K692" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L692" s="4"><v>46569.0</v></c><c r="M692" s="1"><v>0</v></c></row><row r="693" spans="1:13" customFormat="false"><c r="A693" s="1"><v>278</v></c><c r="B693" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C693" s="1" t="str"><v xml:space="preserve">Opgavegericht werken </v></c><c r="D693" s="1" t="str"><v xml:space="preserve">De provincie werkt opgavegericht, hetgeen inhoudt dat de opgaven centraal worden stellen en niet de afzonderlijke beleidsvelden. Daarmee wordt ook inhoud gegeven aan de intentie van de Omgevingswet, die de basis vormt voor een samenhangende benadering van de fysieke leefomgeving. Het uitgangspunt hierbij is het bewaken van de balans tussen het beschermen en benutten van de fysieke leefomgeving, met het oog op een duurzame ontwikkeling.&#13;
 Beoogde resultaten:&#13;
 2025: In de p&amp;c documenten maken we de ambities en vorderingen per opgave inzichtelijk.&#13;
-2027: In de p&amp;c documenten maken we de ambities en vorderingen per opgave inzichtelijk.</v></c><c r="E629" s="1" t="str"><v/></c><c r="F629" s="4" t="str"><v/></c><c r="G629" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H629" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I629" s="1"/><c r="J629" s="1" t="str"><v/></c><c r="K629" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L629" s="4"><v>45839.0</v></c><c r="M629" s="1"><v>0</v></c></row><row r="630" spans="1:13" customFormat="false"><c r="A630" s="1"><v>278</v></c><c r="B630" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C630" s="1" t="str"><v xml:space="preserve">Opgavegericht werken </v></c><c r="D630" s="1" t="str"><v xml:space="preserve">De provincie werkt opgavegericht, hetgeen inhoudt dat de opgaven centraal worden stellen en niet de afzonderlijke beleidsvelden. Daarmee wordt ook inhoud gegeven aan de intentie van de Omgevingswet, die de basis vormt voor een samenhangende benadering van de fysieke leefomgeving. Het uitgangspunt hierbij is het bewaken van de balans tussen het beschermen en benutten van de fysieke leefomgeving, met het oog op een duurzame ontwikkeling.&#13;
+2027: In de p&amp;c documenten maken we de ambities en vorderingen per opgave inzichtelijk.</v></c><c r="E693" s="1" t="str"><v/></c><c r="F693" s="4" t="str"><v/></c><c r="G693" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H693" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I693" s="1"/><c r="J693" s="1" t="str"><v/></c><c r="K693" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L693" s="4"><v>45839.0</v></c><c r="M693" s="1"><v>0</v></c></row><row r="694" spans="1:13" customFormat="false"><c r="A694" s="1"><v>278</v></c><c r="B694" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C694" s="1" t="str"><v xml:space="preserve">Opgavegericht werken </v></c><c r="D694" s="1" t="str"><v xml:space="preserve">De provincie werkt opgavegericht, hetgeen inhoudt dat de opgaven centraal worden stellen en niet de afzonderlijke beleidsvelden. Daarmee wordt ook inhoud gegeven aan de intentie van de Omgevingswet, die de basis vormt voor een samenhangende benadering van de fysieke leefomgeving. Het uitgangspunt hierbij is het bewaken van de balans tussen het beschermen en benutten van de fysieke leefomgeving, met het oog op een duurzame ontwikkeling.&#13;
 Beoogde resultaten:&#13;
 2025: In de p&amp;c documenten maken we de ambities en vorderingen per opgave inzichtelijk.&#13;
-2027: In de p&amp;c documenten maken we de ambities en vorderingen per opgave inzichtelijk.</v></c><c r="E630" s="1" t="str"><v/></c><c r="F630" s="4" t="str"><v/></c><c r="G630" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H630" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I630" s="1"/><c r="J630" s="1" t="str"><v/></c><c r="K630" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L630" s="4"><v>46569.0</v></c><c r="M630" s="1"><v>0</v></c></row><row r="631" spans="1:13" customFormat="false"><c r="A631" s="1"><v>235</v></c><c r="B631" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C631" s="1" t="str"><v>Actieplan Europese Kaderrichtlijn Water</v></c><c r="D631" s="1" t="str"><v xml:space="preserve">De provincie maakt met het waterschap Zuiderzeeland een gezamenlijk actieplan voor de volledige implementatie van de Europese Kaderrichtlijn Water (KRW).&#13;
+2027: In de p&amp;c documenten maken we de ambities en vorderingen per opgave inzichtelijk.</v></c><c r="E694" s="1" t="str"><v/></c><c r="F694" s="4" t="str"><v/></c><c r="G694" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H694" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I694" s="1"/><c r="J694" s="1" t="str"><v/></c><c r="K694" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L694" s="4"><v>46569.0</v></c><c r="M694" s="1"><v>0</v></c></row><row r="695" spans="1:13" customFormat="false"><c r="A695" s="1"><v>235</v></c><c r="B695" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C695" s="1" t="str"><v>Actieplan Europese Kaderrichtlijn Water</v></c><c r="D695" s="1" t="str"><v xml:space="preserve">De provincie maakt met het waterschap Zuiderzeeland een gezamenlijk actieplan voor de volledige implementatie van de Europese Kaderrichtlijn Water (KRW).&#13;
 Beoogde resultaten:&#13;
 2025: Actieplan KRW gereed.&#13;
-2027: Doelen benoemd in het actieplan zijn behaald.</v></c><c r="E631" s="1" t="str"><v/></c><c r="F631" s="4" t="str"><v/></c><c r="G631" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H631" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I631" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J631" s="1" t="str"><v/></c><c r="K631" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L631" s="4"><v>45839.0</v></c><c r="M631" s="1"><v>0</v></c></row><row r="632" spans="1:13" customFormat="false"><c r="A632" s="1"><v>235</v></c><c r="B632" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C632" s="1" t="str"><v>Actieplan Europese Kaderrichtlijn Water</v></c><c r="D632" s="1" t="str"><v xml:space="preserve">De provincie maakt met het waterschap Zuiderzeeland een gezamenlijk actieplan voor de volledige implementatie van de Europese Kaderrichtlijn Water (KRW).&#13;
+2027: Doelen benoemd in het actieplan zijn behaald.</v></c><c r="E695" s="1" t="str"><v/></c><c r="F695" s="4" t="str"><v/></c><c r="G695" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H695" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I695" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J695" s="1" t="str"><v/></c><c r="K695" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L695" s="4"><v>45839.0</v></c><c r="M695" s="1"><v>0</v></c></row><row r="696" spans="1:13" customFormat="false"><c r="A696" s="1"><v>235</v></c><c r="B696" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C696" s="1" t="str"><v>Actieplan Europese Kaderrichtlijn Water</v></c><c r="D696" s="1" t="str"><v xml:space="preserve">De provincie maakt met het waterschap Zuiderzeeland een gezamenlijk actieplan voor de volledige implementatie van de Europese Kaderrichtlijn Water (KRW).&#13;
 Beoogde resultaten:&#13;
 2025: Actieplan KRW gereed.&#13;
-2027: Doelen benoemd in het actieplan zijn behaald.</v></c><c r="E632" s="1" t="str"><v/></c><c r="F632" s="4" t="str"><v/></c><c r="G632" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H632" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I632" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J632" s="1" t="str"><v/></c><c r="K632" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L632" s="4"><v>46569.0</v></c><c r="M632" s="1"><v>0</v></c></row><row r="633" spans="1:13" customFormat="false"><c r="A633" s="1"><v>236</v></c><c r="B633" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C633" s="1" t="str"><v>Uitvoering waterprogramma</v></c><c r="D633" s="1" t="str"><v xml:space="preserve">De provincie zet in op de verdere uitvoering van het Waterprogramma.&#13;
+2027: Doelen benoemd in het actieplan zijn behaald.</v></c><c r="E696" s="1" t="str"><v/></c><c r="F696" s="4" t="str"><v/></c><c r="G696" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H696" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I696" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J696" s="1" t="str"><v/></c><c r="K696" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L696" s="4"><v>46569.0</v></c><c r="M696" s="1"><v>0</v></c></row><row r="697" spans="1:13" customFormat="false"><c r="A697" s="1"><v>236</v></c><c r="B697" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C697" s="1" t="str"><v>Uitvoering waterprogramma</v></c><c r="D697" s="1" t="str"><v xml:space="preserve">De provincie zet in op de verdere uitvoering van het Waterprogramma.&#13;
 Beoogde resultaten:&#13;
 2025: Tussentijdse evaluatie gereed&#13;
-2027: Maatregelen gerealiseerd</v></c><c r="E633" s="1" t="str"><v/></c><c r="F633" s="4" t="str"><v/></c><c r="G633" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H633" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I633" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J633" s="1" t="str"><v/></c><c r="K633" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L633" s="4"><v>45839.0</v></c><c r="M633" s="1"><v>0</v></c></row><row r="634" spans="1:13" customFormat="false"><c r="A634" s="1"><v>236</v></c><c r="B634" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C634" s="1" t="str"><v>Uitvoering waterprogramma</v></c><c r="D634" s="1" t="str"><v xml:space="preserve">De provincie zet in op de verdere uitvoering van het Waterprogramma.&#13;
+2027: Maatregelen gerealiseerd</v></c><c r="E697" s="1" t="str"><v/></c><c r="F697" s="4" t="str"><v/></c><c r="G697" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H697" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I697" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J697" s="1" t="str"><v/></c><c r="K697" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L697" s="4"><v>45839.0</v></c><c r="M697" s="1"><v>0</v></c></row><row r="698" spans="1:13" customFormat="false"><c r="A698" s="1"><v>236</v></c><c r="B698" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C698" s="1" t="str"><v>Uitvoering waterprogramma</v></c><c r="D698" s="1" t="str"><v xml:space="preserve">De provincie zet in op de verdere uitvoering van het Waterprogramma.&#13;
 Beoogde resultaten:&#13;
 2025: Tussentijdse evaluatie gereed&#13;
-2027: Maatregelen gerealiseerd</v></c><c r="E634" s="1" t="str"><v/></c><c r="F634" s="4" t="str"><v/></c><c r="G634" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H634" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I634" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J634" s="1" t="str"><v/></c><c r="K634" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L634" s="4"><v>46569.0</v></c><c r="M634" s="1"><v>0</v></c></row><row r="635" spans="1:13" customFormat="false"><c r="A635" s="1"><v>237</v></c><c r="B635" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C635" s="1" t="str"><v>Water en bodem mede-bepalend (Almere Pampus)</v></c><c r="D635" s="1" t="str"><v xml:space="preserve">De provincie bevordert dat het waterschap aansluit bij de gesprekken die de provincie voert met het Rijk en de gemeente Almere over duurzame woningbouw vanuit het perspectief dat water en bodem mede bepalend zijn in Almere Pampus.&#13;
+2027: Maatregelen gerealiseerd</v></c><c r="E698" s="1" t="str"><v/></c><c r="F698" s="4" t="str"><v/></c><c r="G698" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H698" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I698" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J698" s="1" t="str"><v/></c><c r="K698" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L698" s="4"><v>46569.0</v></c><c r="M698" s="1"><v>0</v></c></row><row r="699" spans="1:13" customFormat="false"><c r="A699" s="1"><v>237</v></c><c r="B699" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C699" s="1" t="str"><v>Water en bodem mede-bepalend (Almere Pampus)</v></c><c r="D699" s="1" t="str"><v xml:space="preserve">De provincie bevordert dat het waterschap aansluit bij de gesprekken die de provincie voert met het Rijk en de gemeente Almere over duurzame woningbouw vanuit het perspectief dat water en bodem mede bepalend zijn in Almere Pampus.&#13;
 Beoogde resultaten:&#13;
 2025: De afspraken over de rol en verantwoordelijkheden van provincie, waterschap en belanghebbenden t.a.v. bodem en water bij ruimtelijke projecten (waaronder de inrichting van een wijk als Pampus in Almere) zijn helder en vastgelegd in een nota of beslisdocument. De provincie werkt dan conform deze afspraken.&#13;
 2027: De water en bodem thema's worden, naast de andere omgevingsfactoren, meegenomen bij ruimtelijke processen en/of&#13;
-inrichtingsplannen.</v></c><c r="E635" s="1" t="str"><v/></c><c r="F635" s="4" t="str"><v/></c><c r="G635" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H635" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I635" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J635" s="1" t="str"><v/></c><c r="K635" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L635" s="4"><v>45839.0</v></c><c r="M635" s="1"><v>0</v></c></row><row r="636" spans="1:13" customFormat="false"><c r="A636" s="1"><v>237</v></c><c r="B636" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C636" s="1" t="str"><v>Water en bodem mede-bepalend (Almere Pampus)</v></c><c r="D636" s="1" t="str"><v xml:space="preserve">De provincie bevordert dat het waterschap aansluit bij de gesprekken die de provincie voert met het Rijk en de gemeente Almere over duurzame woningbouw vanuit het perspectief dat water en bodem mede bepalend zijn in Almere Pampus.&#13;
+inrichtingsplannen.</v></c><c r="E699" s="1" t="str"><v/></c><c r="F699" s="4" t="str"><v/></c><c r="G699" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H699" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I699" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J699" s="1" t="str"><v/></c><c r="K699" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L699" s="4"><v>45839.0</v></c><c r="M699" s="1"><v>0</v></c></row><row r="700" spans="1:13" customFormat="false"><c r="A700" s="1"><v>237</v></c><c r="B700" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C700" s="1" t="str"><v>Water en bodem mede-bepalend (Almere Pampus)</v></c><c r="D700" s="1" t="str"><v xml:space="preserve">De provincie bevordert dat het waterschap aansluit bij de gesprekken die de provincie voert met het Rijk en de gemeente Almere over duurzame woningbouw vanuit het perspectief dat water en bodem mede bepalend zijn in Almere Pampus.&#13;
 Beoogde resultaten:&#13;
 2025: De afspraken over de rol en verantwoordelijkheden van provincie, waterschap en belanghebbenden t.a.v. bodem en water bij ruimtelijke projecten (waaronder de inrichting van een wijk als Pampus in Almere) zijn helder en vastgelegd in een nota of beslisdocument. De provincie werkt dan conform deze afspraken.&#13;
 2027: De water en bodem thema's worden, naast de andere omgevingsfactoren, meegenomen bij ruimtelijke processen en/of&#13;
-inrichtingsplannen.</v></c><c r="E636" s="1" t="str"><v/></c><c r="F636" s="4" t="str"><v/></c><c r="G636" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H636" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I636" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J636" s="1" t="str"><v/></c><c r="K636" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L636" s="4"><v>46569.0</v></c><c r="M636" s="1"><v>0</v></c></row><row r="637" spans="1:13" customFormat="false"><c r="A637" s="1"><v>238</v></c><c r="B637" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C637" s="1" t="str"><v>Waterbalans- beheersing &amp; kwalteit</v></c><c r="D637" s="1" t="str"><v xml:space="preserve">De provincie stelt samen met het Waterschap een waterbalans op om inzicht te krijgen en te sturen op de beheersing en kwaliteit van het water.&#13;
+inrichtingsplannen.</v></c><c r="E700" s="1" t="str"><v/></c><c r="F700" s="4" t="str"><v/></c><c r="G700" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H700" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I700" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J700" s="1" t="str"><v/></c><c r="K700" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L700" s="4"><v>46569.0</v></c><c r="M700" s="1"><v>0</v></c></row><row r="701" spans="1:13" customFormat="false"><c r="A701" s="1"><v>238</v></c><c r="B701" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C701" s="1" t="str"><v>Waterbalans- beheersing &amp; kwalteit</v></c><c r="D701" s="1" t="str"><v xml:space="preserve">De provincie stelt samen met het Waterschap een waterbalans op om inzicht te krijgen en te sturen op de beheersing en kwaliteit van het water.&#13;
 Beoogde resultaten:&#13;
 2025: Plan van Aanpak vastgesteld. Vormt onderdeel van de Regionale Adaptatiestrategie (RAS)&#13;
 2027: Waterbalans gerealiseerd.&#13;
-</v></c><c r="E637" s="1" t="str"><v/></c><c r="F637" s="4" t="str"><v/></c><c r="G637" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H637" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I637" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J637" s="1" t="str"><v/></c><c r="K637" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L637" s="4"><v>45839.0</v></c><c r="M637" s="1"><v>0</v></c></row><row r="638" spans="1:13" customFormat="false"><c r="A638" s="1"><v>238</v></c><c r="B638" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C638" s="1" t="str"><v>Waterbalans- beheersing &amp; kwalteit</v></c><c r="D638" s="1" t="str"><v xml:space="preserve">De provincie stelt samen met het Waterschap een waterbalans op om inzicht te krijgen en te sturen op de beheersing en kwaliteit van het water.&#13;
+</v></c><c r="E701" s="1" t="str"><v/></c><c r="F701" s="4" t="str"><v/></c><c r="G701" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H701" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I701" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J701" s="1" t="str"><v/></c><c r="K701" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L701" s="4"><v>45839.0</v></c><c r="M701" s="1"><v>0</v></c></row><row r="702" spans="1:13" customFormat="false"><c r="A702" s="1"><v>238</v></c><c r="B702" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C702" s="1" t="str"><v>Waterbalans- beheersing &amp; kwalteit</v></c><c r="D702" s="1" t="str"><v xml:space="preserve">De provincie stelt samen met het Waterschap een waterbalans op om inzicht te krijgen en te sturen op de beheersing en kwaliteit van het water.&#13;
 Beoogde resultaten:&#13;
 2025: Plan van Aanpak vastgesteld. Vormt onderdeel van de Regionale Adaptatiestrategie (RAS)&#13;
 2027: Waterbalans gerealiseerd.&#13;
-</v></c><c r="E638" s="1" t="str"><v/></c><c r="F638" s="4" t="str"><v/></c><c r="G638" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H638" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I638" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J638" s="1" t="str"><v/></c><c r="K638" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L638" s="4"><v>46569.0</v></c><c r="M638" s="1"><v>0</v></c></row><row r="639" spans="1:13" customFormat="false"><c r="A639" s="1"><v>239</v></c><c r="B639" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C639" s="1" t="str"><v>Bodemdaling - faciliteren oplossing</v></c><c r="D639" s="1" t="str"><v xml:space="preserve">de provincie zet zich in om voor de korte en voor de lange termijn een oplossing te faciliteren voor de boeren in bodemdalingsgebieden, zo nodig via maatwerk. De provincie vraagt het Waterschap hiertoe een uiterste inspanning te leveren, omdat bij haar de eerste verantwoordelijkheid hiervoor ligt.&#13;
+</v></c><c r="E702" s="1" t="str"><v/></c><c r="F702" s="4" t="str"><v/></c><c r="G702" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H702" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I702" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J702" s="1" t="str"><v/></c><c r="K702" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L702" s="4"><v>46569.0</v></c><c r="M702" s="1"><v>0</v></c></row><row r="703" spans="1:13" customFormat="false"><c r="A703" s="1"><v>239</v></c><c r="B703" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C703" s="1" t="str"><v>Bodemdaling - faciliteren oplossing</v></c><c r="D703" s="1" t="str"><v xml:space="preserve">de provincie zet zich in om voor de korte en voor de lange termijn een oplossing te faciliteren voor de boeren in bodemdalingsgebieden, zo nodig via maatwerk. De provincie vraagt het Waterschap hiertoe een uiterste inspanning te leveren, omdat bij haar de eerste verantwoordelijkheid hiervoor ligt.&#13;
 Beoogde resultaten:&#13;
 2025: Verordening wateroverlastnormering aangepast. In het gebiedsproces bodemdaling zijn voor zover mogelijk opties voor maatregelen gericht op korte termijn verwoord.&#13;
- </v></c><c r="E639" s="1" t="str"><v/></c><c r="F639" s="4" t="str"><v/></c><c r="G639" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H639" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I639" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J639" s="1" t="str"><v/></c><c r="K639" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L639" s="4"><v>45839.0</v></c><c r="M639" s="1"><v>0</v></c></row><row r="640" spans="1:13" customFormat="false"><c r="A640" s="1"><v>240</v></c><c r="B640" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C640" s="1" t="str"><v>Waterbergingscapaciteit in steden en dorpen</v></c><c r="D640" s="1" t="str"><v xml:space="preserve">De provincie onderzoekt samen met de gemeenten of de waterbergingscapaciteit van de steden en dorpen nog voldoende is en zet in op re‐circulatie en infiltratie waar mogelijk. de provincie geeft waterbeheer en berging voorrang in beleid en uitvoering. De beschikbaarheid en het behoud van zoet water heeft hoge prioriteit, zeker gezien het IJsselmeer de grootste zoetwaterbuffer in Nederland is.&#13;
+ </v></c><c r="E703" s="1" t="str"><v/></c><c r="F703" s="4" t="str"><v/></c><c r="G703" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H703" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I703" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J703" s="1" t="str"><v/></c><c r="K703" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L703" s="4"><v>45839.0</v></c><c r="M703" s="1"><v>0</v></c></row><row r="704" spans="1:13" customFormat="false"><c r="A704" s="1"><v>240</v></c><c r="B704" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C704" s="1" t="str"><v>Waterbergingscapaciteit in steden en dorpen</v></c><c r="D704" s="1" t="str"><v xml:space="preserve">De provincie onderzoekt samen met de gemeenten of de waterbergingscapaciteit van de steden en dorpen nog voldoende is en zet in op re‐circulatie en infiltratie waar mogelijk. de provincie geeft waterbeheer en berging voorrang in beleid en uitvoering. De beschikbaarheid en het behoud van zoet water heeft hoge prioriteit, zeker gezien het IJsselmeer de grootste zoetwaterbuffer in Nederland is.&#13;
 Beoogde resultaten:&#13;
 2025: Gezamenlijke ambitie (RAS) van de overheden binnen provincie voor klimaatadaptatie vastgesteld en uitgewerkt in Klimaatplan. Onderzoek naar sponswerking en optimaal gebruik maken van de capaciteit van de bodem, vormt hiervan een onderdeel.&#13;
 2027: de provincie werkt volgens uitgangspunten vastgelegd in RAS en Klimaatplan.&#13;
-</v></c><c r="E640" s="1" t="str"><v/></c><c r="F640" s="4" t="str"><v/></c><c r="G640" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H640" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I640" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J640" s="1" t="str"><v/></c><c r="K640" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L640" s="4"><v>45839.0</v></c><c r="M640" s="1"><v>0</v></c></row><row r="641" spans="1:13" customFormat="false"><c r="A641" s="1"><v>240</v></c><c r="B641" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C641" s="1" t="str"><v>Waterbergingscapaciteit in steden en dorpen</v></c><c r="D641" s="1" t="str"><v xml:space="preserve">De provincie onderzoekt samen met de gemeenten of de waterbergingscapaciteit van de steden en dorpen nog voldoende is en zet in op re‐circulatie en infiltratie waar mogelijk. de provincie geeft waterbeheer en berging voorrang in beleid en uitvoering. De beschikbaarheid en het behoud van zoet water heeft hoge prioriteit, zeker gezien het IJsselmeer de grootste zoetwaterbuffer in Nederland is.&#13;
+</v></c><c r="E704" s="1" t="str"><v/></c><c r="F704" s="4" t="str"><v/></c><c r="G704" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H704" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I704" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J704" s="1" t="str"><v/></c><c r="K704" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L704" s="4"><v>45839.0</v></c><c r="M704" s="1"><v>0</v></c></row><row r="705" spans="1:13" customFormat="false"><c r="A705" s="1"><v>240</v></c><c r="B705" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C705" s="1" t="str"><v>Waterbergingscapaciteit in steden en dorpen</v></c><c r="D705" s="1" t="str"><v xml:space="preserve">De provincie onderzoekt samen met de gemeenten of de waterbergingscapaciteit van de steden en dorpen nog voldoende is en zet in op re‐circulatie en infiltratie waar mogelijk. de provincie geeft waterbeheer en berging voorrang in beleid en uitvoering. De beschikbaarheid en het behoud van zoet water heeft hoge prioriteit, zeker gezien het IJsselmeer de grootste zoetwaterbuffer in Nederland is.&#13;
 Beoogde resultaten:&#13;
 2025: Gezamenlijke ambitie (RAS) van de overheden binnen provincie voor klimaatadaptatie vastgesteld en uitgewerkt in Klimaatplan. Onderzoek naar sponswerking en optimaal gebruik maken van de capaciteit van de bodem, vormt hiervan een onderdeel.&#13;
 2027: de provincie werkt volgens uitgangspunten vastgelegd in RAS en Klimaatplan.&#13;
-</v></c><c r="E641" s="1" t="str"><v/></c><c r="F641" s="4" t="str"><v/></c><c r="G641" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H641" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I641" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J641" s="1" t="str"><v/></c><c r="K641" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L641" s="4"><v>46569.0</v></c><c r="M641" s="1"><v>0</v></c></row><row r="642" spans="1:13" customFormat="false"><c r="A642" s="1"><v>241</v></c><c r="B642" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C642" s="1" t="str"><v>Pilot IJsselmeerwater - waterbesparing drinkwater</v></c><c r="D642" s="1" t="str"><v xml:space="preserve">De provincie zet in op een ‘pilot IJsselmeerwater’ waarbij wordt onderzocht of dit bijdraagt aan waterbesparing op het drinkwaternet en innovatie ten aanzien van de wijze van drinkwaterwinning.&#13;
+</v></c><c r="E705" s="1" t="str"><v/></c><c r="F705" s="4" t="str"><v/></c><c r="G705" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H705" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I705" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J705" s="1" t="str"><v/></c><c r="K705" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L705" s="4"><v>46569.0</v></c><c r="M705" s="1"><v>0</v></c></row><row r="706" spans="1:13" customFormat="false"><c r="A706" s="1"><v>241</v></c><c r="B706" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C706" s="1" t="str"><v>Pilot IJsselmeerwater - waterbesparing drinkwater</v></c><c r="D706" s="1" t="str"><v xml:space="preserve">De provincie zet in op een ‘pilot IJsselmeerwater’ waarbij wordt onderzocht of dit bijdraagt aan waterbesparing op het drinkwaternet en innovatie ten aanzien van de wijze van drinkwaterwinning.&#13;
 Beoogde resultaten:&#13;
 2025: pilot uitgevoerd&#13;
-2027: Meer praktisch inzicht of IJsselmeerwater bijdraagt aan waterbesparing op het drinkwaternet en aan de nodige innovatie van waterwinning, ter oplossing van het drinkwaterprobleem.</v></c><c r="E642" s="1" t="str"><v/></c><c r="F642" s="4" t="str"><v/></c><c r="G642" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H642" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I642" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J642" s="1" t="str"><v/></c><c r="K642" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L642" s="4"><v>45839.0</v></c><c r="M642" s="1"><v>0</v></c></row><row r="643" spans="1:13" customFormat="false"><c r="A643" s="1"><v>241</v></c><c r="B643" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C643" s="1" t="str"><v>Pilot IJsselmeerwater - waterbesparing drinkwater</v></c><c r="D643" s="1" t="str"><v xml:space="preserve">De provincie zet in op een ‘pilot IJsselmeerwater’ waarbij wordt onderzocht of dit bijdraagt aan waterbesparing op het drinkwaternet en innovatie ten aanzien van de wijze van drinkwaterwinning.&#13;
+2027: Meer praktisch inzicht of IJsselmeerwater bijdraagt aan waterbesparing op het drinkwaternet en aan de nodige innovatie van waterwinning, ter oplossing van het drinkwaterprobleem.</v></c><c r="E706" s="1" t="str"><v/></c><c r="F706" s="4" t="str"><v/></c><c r="G706" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H706" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I706" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J706" s="1" t="str"><v/></c><c r="K706" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L706" s="4"><v>45839.0</v></c><c r="M706" s="1"><v>0</v></c></row><row r="707" spans="1:13" customFormat="false"><c r="A707" s="1"><v>241</v></c><c r="B707" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C707" s="1" t="str"><v>Pilot IJsselmeerwater - waterbesparing drinkwater</v></c><c r="D707" s="1" t="str"><v xml:space="preserve">De provincie zet in op een ‘pilot IJsselmeerwater’ waarbij wordt onderzocht of dit bijdraagt aan waterbesparing op het drinkwaternet en innovatie ten aanzien van de wijze van drinkwaterwinning.&#13;
 Beoogde resultaten:&#13;
 2025: pilot uitgevoerd&#13;
-2027: Meer praktisch inzicht of IJsselmeerwater bijdraagt aan waterbesparing op het drinkwaternet en aan de nodige innovatie van waterwinning, ter oplossing van het drinkwaterprobleem.</v></c><c r="E643" s="1" t="str"><v/></c><c r="F643" s="4" t="str"><v/></c><c r="G643" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H643" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I643" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J643" s="1" t="str"><v/></c><c r="K643" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L643" s="4"><v>46569.0</v></c><c r="M643" s="1"><v>0</v></c></row><row r="644" spans="1:13" customFormat="false"><c r="A644" s="1"><v>202</v></c><c r="B644" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C644" s="1" t="str"><v>Uitvoering Nieuw Economisch Beleid (Verdienvermogen MKB en Menselijk en Sociaal Kapitaal)</v></c><c r="D644" s="1" t="str"><v xml:space="preserve">De provincie start de uitvoering van de eerste twee lijnen van het Nieuw Economisch Beleid; Verdienvermogen MKB en Menselijk en sociaal kapitaal.&#13;
+2027: Meer praktisch inzicht of IJsselmeerwater bijdraagt aan waterbesparing op het drinkwaternet en aan de nodige innovatie van waterwinning, ter oplossing van het drinkwaterprobleem.</v></c><c r="E707" s="1" t="str"><v/></c><c r="F707" s="4" t="str"><v/></c><c r="G707" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H707" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I707" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J707" s="1" t="str"><v/></c><c r="K707" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L707" s="4"><v>46569.0</v></c><c r="M707" s="1"><v>0</v></c></row><row r="708" spans="1:13" customFormat="false"><c r="A708" s="1"><v>202</v></c><c r="B708" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C708" s="1" t="str"><v>Uitvoering Nieuw Economisch Beleid (Verdienvermogen MKB en Menselijk en Sociaal Kapitaal)</v></c><c r="D708" s="1" t="str"><v xml:space="preserve">De provincie start de uitvoering van de eerste twee lijnen van het Nieuw Economisch Beleid; Verdienvermogen MKB en Menselijk en sociaal kapitaal.&#13;
 Beoogde resultaten:&#13;
 2025:&#13;
 1. De inzet en instrumenten die voortkomen uit het vorige Economisch Programma zijn in 2024 bijgesteld om aan te sluiten bij het nieuwe beleid. Nieuwe inzet en instrumenten zijn opgestart. De provincie heeft een systematiek opgezet voor het monitoren van het economisch programma en de instrumenten die daaronder vallen.&#13;
 2. De economische mogelijkheden van Lelystad Airport worden benut: Uitgifte gronden LAB (Lelystad Airport Businesspark) is gerealiseerd. Besluitvorming afgerond over uitgifte gronden LAB 2. Inpassing airport in de omgeving is gereed. Innovaties toekomstbestendige luchtvaart gestimuleerd.&#13;
 3. De Maritieme Servicehaven is gereed voor ondernemers om hun bedrijfspanden te realiseren: aanbesteding afgerond en fysiek realisatie gestart.&#13;
 2027:&#13;
 1. De uitvoering van programmalijn 1 en 2 loopt t/m 2028.&#13;
 2. Uitgifte gronden LAB 2 gestart subsidies luchthavenfonds (inpassing in omgeving) afgerond. Innovaties worden uitgevoerd.&#13;
-</v></c><c r="E644" s="1" t="str"><v/></c><c r="F644" s="4" t="str"><v/></c><c r="G644" s="1" t="str"><v>Economie</v></c><c r="H644" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I644" s="1" t="str"><v>Economie</v></c><c r="J644" s="1"/><c r="K644" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L644" s="4"><v>45839.0</v></c><c r="M644" s="1"><v>0</v></c></row><row r="645" spans="1:13" customFormat="false"><c r="A645" s="1"><v>202</v></c><c r="B645" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C645" s="1" t="str"><v>Uitvoering Nieuw Economisch Beleid (Verdienvermogen MKB en Menselijk en Sociaal Kapitaal)</v></c><c r="D645" s="1" t="str"><v xml:space="preserve">De provincie start de uitvoering van de eerste twee lijnen van het Nieuw Economisch Beleid; Verdienvermogen MKB en Menselijk en sociaal kapitaal.&#13;
+</v></c><c r="E708" s="1" t="str"><v/></c><c r="F708" s="4" t="str"><v/></c><c r="G708" s="1" t="str"><v>Economie</v></c><c r="H708" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I708" s="1" t="str"><v>Economie</v></c><c r="J708" s="1"/><c r="K708" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L708" s="4"><v>45839.0</v></c><c r="M708" s="1"><v>0</v></c></row><row r="709" spans="1:13" customFormat="false"><c r="A709" s="1"><v>202</v></c><c r="B709" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C709" s="1" t="str"><v>Uitvoering Nieuw Economisch Beleid (Verdienvermogen MKB en Menselijk en Sociaal Kapitaal)</v></c><c r="D709" s="1" t="str"><v xml:space="preserve">De provincie start de uitvoering van de eerste twee lijnen van het Nieuw Economisch Beleid; Verdienvermogen MKB en Menselijk en sociaal kapitaal.&#13;
 Beoogde resultaten:&#13;
 2025:&#13;
 1. De inzet en instrumenten die voortkomen uit het vorige Economisch Programma zijn in 2024 bijgesteld om aan te sluiten bij het nieuwe beleid. Nieuwe inzet en instrumenten zijn opgestart. De provincie heeft een systematiek opgezet voor het monitoren van het economisch programma en de instrumenten die daaronder vallen.&#13;
 2. De economische mogelijkheden van Lelystad Airport worden benut: Uitgifte gronden LAB (Lelystad Airport Businesspark) is gerealiseerd. Besluitvorming afgerond over uitgifte gronden LAB 2. Inpassing airport in de omgeving is gereed. Innovaties toekomstbestendige luchtvaart gestimuleerd.&#13;
 3. De Maritieme Servicehaven is gereed voor ondernemers om hun bedrijfspanden te realiseren: aanbesteding afgerond en fysiek realisatie gestart.&#13;
 2027:&#13;
 1. De uitvoering van programmalijn 1 en 2 loopt t/m 2028.&#13;
 2. Uitgifte gronden LAB 2 gestart subsidies luchthavenfonds (inpassing in omgeving) afgerond. Innovaties worden uitgevoerd.&#13;
-</v></c><c r="E645" s="1" t="str"><v/></c><c r="F645" s="4" t="str"><v/></c><c r="G645" s="1" t="str"><v>Economie</v></c><c r="H645" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I645" s="1" t="str"><v>Economie</v></c><c r="J645" s="1"/><c r="K645" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L645" s="4"><v>46569.0</v></c><c r="M645" s="1"><v>0</v></c></row><row r="646" spans="1:13" customFormat="false"><c r="A646" s="1"><v>250</v></c><c r="B646" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C646" s="1" t="str"><v>Ondersteuning klein MKB</v></c><c r="D646" s="1" t="str"><v xml:space="preserve">De provincie breidt de ondersteuning van het kleine MKB uit door de MKB‐schakelteams op structurele basis te financieren.&#13;
+</v></c><c r="E709" s="1" t="str"><v/></c><c r="F709" s="4" t="str"><v/></c><c r="G709" s="1" t="str"><v>Economie</v></c><c r="H709" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I709" s="1" t="str"><v>Economie</v></c><c r="J709" s="1"/><c r="K709" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L709" s="4"><v>46569.0</v></c><c r="M709" s="1"><v>0</v></c></row><row r="710" spans="1:13" customFormat="false"><c r="A710" s="1"><v>250</v></c><c r="B710" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C710" s="1" t="str"><v>Ondersteuning klein MKB</v></c><c r="D710" s="1" t="str"><v xml:space="preserve">De provincie breidt de ondersteuning van het kleine MKB uit door de MKB‐schakelteams op structurele basis te financieren.&#13;
 Beoogde resultaten:&#13;
 2025: De provincie continueert de financiering van het mkb schakelteam en breiden deze uit.&#13;
-2027: de ondersteuning van het mkb schakelteam is opgeschaald en structureel geborgd.</v></c><c r="E646" s="1" t="str"><v/></c><c r="F646" s="4" t="str"><v/></c><c r="G646" s="1" t="str"><v>Economie</v></c><c r="H646" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I646" s="1" t="str"><v>Economie</v></c><c r="J646" s="1" t="str"><v/></c><c r="K646" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L646" s="4"><v>45839.0</v></c><c r="M646" s="1"><v>0</v></c></row><row r="647" spans="1:13" customFormat="false"><c r="A647" s="1"><v>250</v></c><c r="B647" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C647" s="1" t="str"><v>Ondersteuning klein MKB</v></c><c r="D647" s="1" t="str"><v xml:space="preserve">De provincie breidt de ondersteuning van het kleine MKB uit door de MKB‐schakelteams op structurele basis te financieren.&#13;
+2027: de ondersteuning van het mkb schakelteam is opgeschaald en structureel geborgd.</v></c><c r="E710" s="1" t="str"><v/></c><c r="F710" s="4" t="str"><v/></c><c r="G710" s="1" t="str"><v>Economie</v></c><c r="H710" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I710" s="1" t="str"><v>Economie</v></c><c r="J710" s="1" t="str"><v/></c><c r="K710" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L710" s="4"><v>45839.0</v></c><c r="M710" s="1"><v>0</v></c></row><row r="711" spans="1:13" customFormat="false"><c r="A711" s="1"><v>250</v></c><c r="B711" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C711" s="1" t="str"><v>Ondersteuning klein MKB</v></c><c r="D711" s="1" t="str"><v xml:space="preserve">De provincie breidt de ondersteuning van het kleine MKB uit door de MKB‐schakelteams op structurele basis te financieren.&#13;
 Beoogde resultaten:&#13;
 2025: De provincie continueert de financiering van het mkb schakelteam en breiden deze uit.&#13;
-2027: de ondersteuning van het mkb schakelteam is opgeschaald en structureel geborgd.</v></c><c r="E647" s="1" t="str"><v/></c><c r="F647" s="4" t="str"><v/></c><c r="G647" s="1" t="str"><v>Economie</v></c><c r="H647" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I647" s="1" t="str"><v>Economie</v></c><c r="J647" s="1" t="str"><v/></c><c r="K647" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L647" s="4"><v>46569.0</v></c><c r="M647" s="1"><v>0</v></c></row><row r="648" spans="1:13" customFormat="false"><c r="A648" s="1"><v>251</v></c><c r="B648" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C648" s="1" t="str"><v>MKB transitieopgaven</v></c><c r="D648" s="1" t="str"><v xml:space="preserve">Ook in het MKB stimuleert de provincie innovaties die bijdragen aan de transitieopgaven van deze tijd.&#13;
+2027: de ondersteuning van het mkb schakelteam is opgeschaald en structureel geborgd.</v></c><c r="E711" s="1" t="str"><v/></c><c r="F711" s="4" t="str"><v/></c><c r="G711" s="1" t="str"><v>Economie</v></c><c r="H711" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I711" s="1" t="str"><v>Economie</v></c><c r="J711" s="1" t="str"><v/></c><c r="K711" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L711" s="4"><v>46569.0</v></c><c r="M711" s="1"><v>0</v></c></row><row r="712" spans="1:13" customFormat="false"><c r="A712" s="1"><v>251</v></c><c r="B712" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C712" s="1" t="str"><v>MKB transitieopgaven</v></c><c r="D712" s="1" t="str"><v xml:space="preserve">Ook in het MKB stimuleert de provincie innovaties die bijdragen aan de transitieopgaven van deze tijd.&#13;
 Beoogde resultaten:&#13;
 2025: &#13;
 1. Programmalijn 3 van het nieuw economisch beleid is vastgesteld en inzet en instrumenten vanuit deze programmalijn gericht op digitalisering en verduurzaming zijn opgestart. Onder andere via Horizon Flevoland worden innovaties op het gebied van energie, circulair bouwen, circulaire agrofood en de voedseltransitie gestimuleerd.&#13;
 2. Fysieke ontwikkeling van MITC in Marknesse is gestart, Start benutting innovatiepotentieel, Doorontwikkeling MITC is gestart (aantal gezamenlijke projecten), Applied science center en campus is opgestart&#13;
 2027:&#13;
 1. de uitvoering van programmalijn 3 loopt t/m 2028&#13;
 2.Fysieke ontwikkeling MITC volledig gerealiseerd, innovatiepotentieel benut, verdere doorontwikkeling MITC, Applied science center verder uitgebouwd.&#13;
-</v></c><c r="E648" s="1" t="str"><v/></c><c r="F648" s="4" t="str"><v/></c><c r="G648" s="1" t="str"><v>Economie</v></c><c r="H648" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I648" s="1" t="str"><v>Economie</v></c><c r="J648" s="1" t="str"><v/></c><c r="K648" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L648" s="4"><v>45839.0</v></c><c r="M648" s="1"><v>0</v></c></row><row r="649" spans="1:13" customFormat="false"><c r="A649" s="1"><v>251</v></c><c r="B649" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C649" s="1" t="str"><v>MKB transitieopgaven</v></c><c r="D649" s="1" t="str"><v xml:space="preserve">Ook in het MKB stimuleert de provincie innovaties die bijdragen aan de transitieopgaven van deze tijd.&#13;
+</v></c><c r="E712" s="1" t="str"><v/></c><c r="F712" s="4" t="str"><v/></c><c r="G712" s="1" t="str"><v>Economie</v></c><c r="H712" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I712" s="1" t="str"><v>Economie</v></c><c r="J712" s="1" t="str"><v/></c><c r="K712" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L712" s="4"><v>45839.0</v></c><c r="M712" s="1"><v>0</v></c></row><row r="713" spans="1:13" customFormat="false"><c r="A713" s="1"><v>251</v></c><c r="B713" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C713" s="1" t="str"><v>MKB transitieopgaven</v></c><c r="D713" s="1" t="str"><v xml:space="preserve">Ook in het MKB stimuleert de provincie innovaties die bijdragen aan de transitieopgaven van deze tijd.&#13;
 Beoogde resultaten:&#13;
 2025: &#13;
 1. Programmalijn 3 van het nieuw economisch beleid is vastgesteld en inzet en instrumenten vanuit deze programmalijn gericht op digitalisering en verduurzaming zijn opgestart. Onder andere via Horizon Flevoland worden innovaties op het gebied van energie, circulair bouwen, circulaire agrofood en de voedseltransitie gestimuleerd.&#13;
 2. Fysieke ontwikkeling van MITC in Marknesse is gestart, Start benutting innovatiepotentieel, Doorontwikkeling MITC is gestart (aantal gezamenlijke projecten), Applied science center en campus is opgestart&#13;
 2027:&#13;
 1. de uitvoering van programmalijn 3 loopt t/m 2028&#13;
 2.Fysieke ontwikkeling MITC volledig gerealiseerd, innovatiepotentieel benut, verdere doorontwikkeling MITC, Applied science center verder uitgebouwd.&#13;
-</v></c><c r="E649" s="1" t="str"><v/></c><c r="F649" s="4" t="str"><v/></c><c r="G649" s="1" t="str"><v>Economie</v></c><c r="H649" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I649" s="1" t="str"><v>Economie</v></c><c r="J649" s="1" t="str"><v/></c><c r="K649" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L649" s="4"><v>46569.0</v></c><c r="M649" s="1"><v>0</v></c></row><row r="650" spans="1:13" customFormat="false"><c r="A650" s="1"><v>252</v></c><c r="B650" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C650" s="1" t="str"><v>MKB op platteland</v></c><c r="D650" s="1" t="str"><v xml:space="preserve">De provincie koestert de MKB‐bedrijven op het platteland, omdat deze de werkgelegenheid, leefbaarheid en een gezonde economie in stand houden. De provincie heeft er oog voor dat ondernemers voldoende ontwikkelruimte nodig hebben om hun bedrijf te kunnen overdragen aan de volgende generatie. Zo blijven familiebedrijven behouden.&#13;
+</v></c><c r="E713" s="1" t="str"><v/></c><c r="F713" s="4" t="str"><v/></c><c r="G713" s="1" t="str"><v>Economie</v></c><c r="H713" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I713" s="1" t="str"><v>Economie</v></c><c r="J713" s="1" t="str"><v/></c><c r="K713" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L713" s="4"><v>46569.0</v></c><c r="M713" s="1"><v>0</v></c></row><row r="714" spans="1:13" customFormat="false"><c r="A714" s="1"><v>252</v></c><c r="B714" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C714" s="1" t="str"><v>MKB op platteland</v></c><c r="D714" s="1" t="str"><v xml:space="preserve">De provincie koestert de MKB‐bedrijven op het platteland, omdat deze de werkgelegenheid, leefbaarheid en een gezonde economie in stand houden. De provincie heeft er oog voor dat ondernemers voldoende ontwikkelruimte nodig hebben om hun bedrijf te kunnen overdragen aan de volgende generatie. Zo blijven familiebedrijven behouden.&#13;
 Beoogde resultaten&#13;
 2025: Verkenning vraagstuk diversificatie en overdracht van familiebedrijven uitgevoerd, inclusief eventueel voorstel aanpak.&#13;
-2027: resultaten afhankelijk van verkenning in eerste periode.</v></c><c r="E650" s="1" t="str"><v/></c><c r="F650" s="4" t="str"><v/></c><c r="G650" s="1" t="str"><v>Economie</v></c><c r="H650" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I650" s="1" t="str"><v>Economie</v></c><c r="J650" s="1" t="str"><v/></c><c r="K650" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L650" s="4"><v>45839.0</v></c><c r="M650" s="1"><v>0</v></c></row><row r="651" spans="1:13" customFormat="false"><c r="A651" s="1"><v>252</v></c><c r="B651" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C651" s="1" t="str"><v>MKB op platteland</v></c><c r="D651" s="1" t="str"><v xml:space="preserve">De provincie koestert de MKB‐bedrijven op het platteland, omdat deze de werkgelegenheid, leefbaarheid en een gezonde economie in stand houden. De provincie heeft er oog voor dat ondernemers voldoende ontwikkelruimte nodig hebben om hun bedrijf te kunnen overdragen aan de volgende generatie. Zo blijven familiebedrijven behouden.&#13;
+2027: resultaten afhankelijk van verkenning in eerste periode.</v></c><c r="E714" s="1" t="str"><v/></c><c r="F714" s="4" t="str"><v/></c><c r="G714" s="1" t="str"><v>Economie</v></c><c r="H714" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I714" s="1" t="str"><v>Economie</v></c><c r="J714" s="1" t="str"><v/></c><c r="K714" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L714" s="4"><v>45839.0</v></c><c r="M714" s="1"><v>0</v></c></row><row r="715" spans="1:13" customFormat="false"><c r="A715" s="1"><v>252</v></c><c r="B715" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C715" s="1" t="str"><v>MKB op platteland</v></c><c r="D715" s="1" t="str"><v xml:space="preserve">De provincie koestert de MKB‐bedrijven op het platteland, omdat deze de werkgelegenheid, leefbaarheid en een gezonde economie in stand houden. De provincie heeft er oog voor dat ondernemers voldoende ontwikkelruimte nodig hebben om hun bedrijf te kunnen overdragen aan de volgende generatie. Zo blijven familiebedrijven behouden.&#13;
 Beoogde resultaten&#13;
 2025: Verkenning vraagstuk diversificatie en overdracht van familiebedrijven uitgevoerd, inclusief eventueel voorstel aanpak.&#13;
-2027: resultaten afhankelijk van verkenning in eerste periode.</v></c><c r="E651" s="1" t="str"><v/></c><c r="F651" s="4" t="str"><v/></c><c r="G651" s="1" t="str"><v>Economie</v></c><c r="H651" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I651" s="1" t="str"><v>Economie</v></c><c r="J651" s="1" t="str"><v/></c><c r="K651" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L651" s="4"><v>46569.0</v></c><c r="M651" s="1"><v>0</v></c></row><row r="652" spans="1:13" customFormat="false"><c r="A652" s="1"><v>253</v></c><c r="B652" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C652" s="1" t="str"><v xml:space="preserve">Ontwikkelruimte ondernemers buitengebied </v></c><c r="D652" s="1" t="str"><v xml:space="preserve">De provincie wil voldoende ontwikkelruimte voor ondernemers in het buitengebied en kleine kernen voor nevenactiviteiten en stimuleren best practices bij de Flevolandse gemeenten.&#13;
+2027: resultaten afhankelijk van verkenning in eerste periode.</v></c><c r="E715" s="1" t="str"><v/></c><c r="F715" s="4" t="str"><v/></c><c r="G715" s="1" t="str"><v>Economie</v></c><c r="H715" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I715" s="1" t="str"><v>Economie</v></c><c r="J715" s="1" t="str"><v/></c><c r="K715" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L715" s="4"><v>46569.0</v></c><c r="M715" s="1"><v>0</v></c></row><row r="716" spans="1:13" customFormat="false"><c r="A716" s="1"><v>253</v></c><c r="B716" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C716" s="1" t="str"><v xml:space="preserve">Ontwikkelruimte ondernemers buitengebied </v></c><c r="D716" s="1" t="str"><v xml:space="preserve">De provincie wil voldoende ontwikkelruimte voor ondernemers in het buitengebied en kleine kernen voor nevenactiviteiten en stimuleren best practices bij de Flevolandse gemeenten.&#13;
 Beoogde resultaten:&#13;
 2025: Verkenning vraagstuk ontwikkelruimte voor ondernemers in het buitengebied uitgevoerd en gesprekken gevoerd met de gemeenten.&#13;
-2027: resultaten afhankelijk van verkenning in eerste periode.</v></c><c r="E652" s="1" t="str"><v/></c><c r="F652" s="4" t="str"><v/></c><c r="G652" s="1" t="str"><v>Economie</v></c><c r="H652" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I652" s="1" t="str"><v>Economie</v></c><c r="J652" s="1" t="str"><v/></c><c r="K652" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L652" s="4"><v>45839.0</v></c><c r="M652" s="1"><v>0</v></c></row><row r="653" spans="1:13" customFormat="false"><c r="A653" s="1"><v>253</v></c><c r="B653" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C653" s="1" t="str"><v xml:space="preserve">Ontwikkelruimte ondernemers buitengebied </v></c><c r="D653" s="1" t="str"><v xml:space="preserve">De provincie wil voldoende ontwikkelruimte voor ondernemers in het buitengebied en kleine kernen voor nevenactiviteiten en stimuleren best practices bij de Flevolandse gemeenten.&#13;
+2027: resultaten afhankelijk van verkenning in eerste periode.</v></c><c r="E716" s="1" t="str"><v/></c><c r="F716" s="4" t="str"><v/></c><c r="G716" s="1" t="str"><v>Economie</v></c><c r="H716" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I716" s="1" t="str"><v>Economie</v></c><c r="J716" s="1" t="str"><v/></c><c r="K716" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L716" s="4"><v>45839.0</v></c><c r="M716" s="1"><v>0</v></c></row><row r="717" spans="1:13" customFormat="false"><c r="A717" s="1"><v>253</v></c><c r="B717" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C717" s="1" t="str"><v xml:space="preserve">Ontwikkelruimte ondernemers buitengebied </v></c><c r="D717" s="1" t="str"><v xml:space="preserve">De provincie wil voldoende ontwikkelruimte voor ondernemers in het buitengebied en kleine kernen voor nevenactiviteiten en stimuleren best practices bij de Flevolandse gemeenten.&#13;
 Beoogde resultaten:&#13;
 2025: Verkenning vraagstuk ontwikkelruimte voor ondernemers in het buitengebied uitgevoerd en gesprekken gevoerd met de gemeenten.&#13;
-2027: resultaten afhankelijk van verkenning in eerste periode.</v></c><c r="E653" s="1" t="str"><v/></c><c r="F653" s="4" t="str"><v/></c><c r="G653" s="1" t="str"><v>Economie</v></c><c r="H653" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I653" s="1" t="str"><v>Economie</v></c><c r="J653" s="1" t="str"><v/></c><c r="K653" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L653" s="4"><v>46569.0</v></c><c r="M653" s="1"><v>0</v></c></row><row r="654" spans="1:13" customFormat="false"><c r="A654" s="1"><v>254</v></c><c r="B654" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C654" s="1" t="str"><v xml:space="preserve">Economisch profiel </v></c><c r="D654" s="1" t="str"><v xml:space="preserve">De provincie laat een analyse uitvoeren waarbij gezocht wordt naar het economisch profiel om de werkgelegenheid aan te passen op het arbeidspotentieel in Flevoland.&#13;
+2027: resultaten afhankelijk van verkenning in eerste periode.</v></c><c r="E717" s="1" t="str"><v/></c><c r="F717" s="4" t="str"><v/></c><c r="G717" s="1" t="str"><v>Economie</v></c><c r="H717" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I717" s="1" t="str"><v>Economie</v></c><c r="J717" s="1" t="str"><v/></c><c r="K717" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L717" s="4"><v>46569.0</v></c><c r="M717" s="1"><v>0</v></c></row><row r="718" spans="1:13" customFormat="false"><c r="A718" s="1"><v>254</v></c><c r="B718" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C718" s="1" t="str"><v xml:space="preserve">Economisch profiel </v></c><c r="D718" s="1" t="str"><v xml:space="preserve">De provincie laat een analyse uitvoeren waarbij gezocht wordt naar het economisch profiel om de werkgelegenheid aan te passen op het arbeidspotentieel in Flevoland.&#13;
 beoogde resultaten:&#13;
 2025: De analyse, waarbij gezocht wordt naar het economisch profiel om de werkgelegenheid aan te passen op het arbeidspotentieel in Flevoland, is uitgevoerd.&#13;
-2027: De aanbevelingen die volgen uit de analyse worden opgevolgd.</v></c><c r="E654" s="1" t="str"><v/></c><c r="F654" s="4" t="str"><v/></c><c r="G654" s="1" t="str"><v>Economie</v></c><c r="H654" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I654" s="1" t="str"><v>Economie</v></c><c r="J654" s="1" t="str"><v/></c><c r="K654" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L654" s="4"><v>45839.0</v></c><c r="M654" s="1"><v>0</v></c></row><row r="655" spans="1:13" customFormat="false"><c r="A655" s="1"><v>254</v></c><c r="B655" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C655" s="1" t="str"><v xml:space="preserve">Economisch profiel </v></c><c r="D655" s="1" t="str"><v xml:space="preserve">De provincie laat een analyse uitvoeren waarbij gezocht wordt naar het economisch profiel om de werkgelegenheid aan te passen op het arbeidspotentieel in Flevoland.&#13;
+2027: De aanbevelingen die volgen uit de analyse worden opgevolgd.</v></c><c r="E718" s="1" t="str"><v/></c><c r="F718" s="4" t="str"><v/></c><c r="G718" s="1" t="str"><v>Economie</v></c><c r="H718" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I718" s="1" t="str"><v>Economie</v></c><c r="J718" s="1" t="str"><v/></c><c r="K718" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L718" s="4"><v>45839.0</v></c><c r="M718" s="1"><v>0</v></c></row><row r="719" spans="1:13" customFormat="false"><c r="A719" s="1"><v>254</v></c><c r="B719" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C719" s="1" t="str"><v xml:space="preserve">Economisch profiel </v></c><c r="D719" s="1" t="str"><v xml:space="preserve">De provincie laat een analyse uitvoeren waarbij gezocht wordt naar het economisch profiel om de werkgelegenheid aan te passen op het arbeidspotentieel in Flevoland.&#13;
 beoogde resultaten:&#13;
 2025: De analyse, waarbij gezocht wordt naar het economisch profiel om de werkgelegenheid aan te passen op het arbeidspotentieel in Flevoland, is uitgevoerd.&#13;
-2027: De aanbevelingen die volgen uit de analyse worden opgevolgd.</v></c><c r="E655" s="1" t="str"><v/></c><c r="F655" s="4" t="str"><v/></c><c r="G655" s="1" t="str"><v>Economie</v></c><c r="H655" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I655" s="1" t="str"><v>Economie</v></c><c r="J655" s="1" t="str"><v/></c><c r="K655" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L655" s="4"><v>46569.0</v></c><c r="M655" s="1"><v>0</v></c></row><row r="656" spans="1:13" customFormat="false"><c r="A656" s="1"><v>255</v></c><c r="B656" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C656" s="1" t="str"><v>Dependance Technische Universiteit / Hogeschool</v></c><c r="D656" s="1" t="str"><v xml:space="preserve">De provincie bevordert de vestiging in Flevoland van een dependance van een Technische Universiteit of/en lectoraten van een Hogeschool, gericht op de specifieke kwaliteiten van Flevoland.&#13;
+2027: De aanbevelingen die volgen uit de analyse worden opgevolgd.</v></c><c r="E719" s="1" t="str"><v/></c><c r="F719" s="4" t="str"><v/></c><c r="G719" s="1" t="str"><v>Economie</v></c><c r="H719" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I719" s="1" t="str"><v>Economie</v></c><c r="J719" s="1" t="str"><v/></c><c r="K719" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L719" s="4"><v>46569.0</v></c><c r="M719" s="1"><v>0</v></c></row><row r="720" spans="1:13" customFormat="false"><c r="A720" s="1"><v>255</v></c><c r="B720" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C720" s="1" t="str"><v>Dependance Technische Universiteit / Hogeschool</v></c><c r="D720" s="1" t="str"><v xml:space="preserve">De provincie bevordert de vestiging in Flevoland van een dependance van een Technische Universiteit of/en lectoraten van een Hogeschool, gericht op de specifieke kwaliteiten van Flevoland.&#13;
 Beoogde resultaten:&#13;
 2025: &#13;
 1. Een technische universiteit of dependance is onderdeel van de groeiagenda en regiodeal met gemeente Almere. &#13;
 2. Meer mogelijkheden voor kennisontwikkeling en kennisuitwisseling via lectoraten/practoraten die passen bij Flevoland.&#13;
 2027: &#13;
 1. Meer mogelijkheden voor kennisontwikkeling en kennisuitwisseling via lectoraten/practoraten die passen bij Flevoland&#13;
 &#13;
-</v></c><c r="E656" s="1" t="str"><v/></c><c r="F656" s="4" t="str"><v/></c><c r="G656" s="1" t="str"><v>Economie</v></c><c r="H656" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I656" s="1" t="str"><v>Economie</v></c><c r="J656" s="1" t="str"><v/></c><c r="K656" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L656" s="4"><v>45839.0</v></c><c r="M656" s="1"><v>0</v></c></row><row r="657" spans="1:13" customFormat="false"><c r="A657" s="1"><v>255</v></c><c r="B657" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C657" s="1" t="str"><v>Dependance Technische Universiteit / Hogeschool</v></c><c r="D657" s="1" t="str"><v xml:space="preserve">De provincie bevordert de vestiging in Flevoland van een dependance van een Technische Universiteit of/en lectoraten van een Hogeschool, gericht op de specifieke kwaliteiten van Flevoland.&#13;
+</v></c><c r="E720" s="1" t="str"><v/></c><c r="F720" s="4" t="str"><v/></c><c r="G720" s="1" t="str"><v>Economie</v></c><c r="H720" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I720" s="1" t="str"><v>Economie</v></c><c r="J720" s="1" t="str"><v/></c><c r="K720" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L720" s="4"><v>45839.0</v></c><c r="M720" s="1"><v>0</v></c></row><row r="721" spans="1:13" customFormat="false"><c r="A721" s="1"><v>255</v></c><c r="B721" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C721" s="1" t="str"><v>Dependance Technische Universiteit / Hogeschool</v></c><c r="D721" s="1" t="str"><v xml:space="preserve">De provincie bevordert de vestiging in Flevoland van een dependance van een Technische Universiteit of/en lectoraten van een Hogeschool, gericht op de specifieke kwaliteiten van Flevoland.&#13;
 Beoogde resultaten:&#13;
 2025: &#13;
 1. Een technische universiteit of dependance is onderdeel van de groeiagenda en regiodeal met gemeente Almere. &#13;
 2. Meer mogelijkheden voor kennisontwikkeling en kennisuitwisseling via lectoraten/practoraten die passen bij Flevoland.&#13;
 2027: &#13;
 1. Meer mogelijkheden voor kennisontwikkeling en kennisuitwisseling via lectoraten/practoraten die passen bij Flevoland&#13;
 &#13;
-</v></c><c r="E657" s="1" t="str"><v/></c><c r="F657" s="4" t="str"><v/></c><c r="G657" s="1" t="str"><v>Economie</v></c><c r="H657" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I657" s="1" t="str"><v>Economie</v></c><c r="J657" s="1" t="str"><v/></c><c r="K657" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L657" s="4"><v>46569.0</v></c><c r="M657" s="1"><v>0</v></c></row><row r="658" spans="1:13" customFormat="false"><c r="A658" s="1"><v>256</v></c><c r="B658" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C658" s="1" t="str"><v xml:space="preserve">Verouderde bedrijventerreinen </v></c><c r="D658" s="1" t="str"><v xml:space="preserve">De provincie onderschrijft het belang van het revitaliseren of transformeren van verouderde bedrijventerreinen om ze toekomst‐ en klimaatbestendig te maken. De provincie helpt gemeenten bij planvorming en ondersteunen waar mogelijk.&#13;
+</v></c><c r="E721" s="1" t="str"><v/></c><c r="F721" s="4" t="str"><v/></c><c r="G721" s="1" t="str"><v>Economie</v></c><c r="H721" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I721" s="1" t="str"><v>Economie</v></c><c r="J721" s="1" t="str"><v/></c><c r="K721" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L721" s="4"><v>46569.0</v></c><c r="M721" s="1"><v>0</v></c></row><row r="722" spans="1:13" customFormat="false"><c r="A722" s="1"><v>256</v></c><c r="B722" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C722" s="1" t="str"><v xml:space="preserve">Verouderde bedrijventerreinen </v></c><c r="D722" s="1" t="str"><v xml:space="preserve">De provincie onderschrijft het belang van het revitaliseren of transformeren van verouderde bedrijventerreinen om ze toekomst‐ en klimaatbestendig te maken. De provincie helpt gemeenten bij planvorming en ondersteunen waar mogelijk.&#13;
 Beoogde resultaten:&#13;
 2025: Programmalijn 4 van het Nieuw Economisch Programma is vastgesteld. Het revitaliseren of transformeren van verouderde bedrijventerreinen om ze toekomst‐ en klimaatbestendig te maken is hierin vastgelegd.&#13;
-2027: De provincie geeft uitvoering aan de inzet en instrumenten van programmalijn 4.</v></c><c r="E658" s="1" t="str"><v/></c><c r="F658" s="4" t="str"><v/></c><c r="G658" s="1" t="str"><v>Economie</v></c><c r="H658" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I658" s="1" t="str"><v>Economie</v></c><c r="J658" s="1" t="str"><v/></c><c r="K658" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L658" s="4"><v>45839.0</v></c><c r="M658" s="1"><v>0</v></c></row><row r="659" spans="1:13" customFormat="false"><c r="A659" s="1"><v>256</v></c><c r="B659" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C659" s="1" t="str"><v xml:space="preserve">Verouderde bedrijventerreinen </v></c><c r="D659" s="1" t="str"><v xml:space="preserve">De provincie onderschrijft het belang van het revitaliseren of transformeren van verouderde bedrijventerreinen om ze toekomst‐ en klimaatbestendig te maken. De provincie helpt gemeenten bij planvorming en ondersteunen waar mogelijk.&#13;
+2027: De provincie geeft uitvoering aan de inzet en instrumenten van programmalijn 4.</v></c><c r="E722" s="1" t="str"><v/></c><c r="F722" s="4" t="str"><v/></c><c r="G722" s="1" t="str"><v>Economie</v></c><c r="H722" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I722" s="1" t="str"><v>Economie</v></c><c r="J722" s="1" t="str"><v/></c><c r="K722" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L722" s="4"><v>45839.0</v></c><c r="M722" s="1"><v>0</v></c></row><row r="723" spans="1:13" customFormat="false"><c r="A723" s="1"><v>256</v></c><c r="B723" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C723" s="1" t="str"><v xml:space="preserve">Verouderde bedrijventerreinen </v></c><c r="D723" s="1" t="str"><v xml:space="preserve">De provincie onderschrijft het belang van het revitaliseren of transformeren van verouderde bedrijventerreinen om ze toekomst‐ en klimaatbestendig te maken. De provincie helpt gemeenten bij planvorming en ondersteunen waar mogelijk.&#13;
 Beoogde resultaten:&#13;
 2025: Programmalijn 4 van het Nieuw Economisch Programma is vastgesteld. Het revitaliseren of transformeren van verouderde bedrijventerreinen om ze toekomst‐ en klimaatbestendig te maken is hierin vastgelegd.&#13;
-2027: De provincie geeft uitvoering aan de inzet en instrumenten van programmalijn 4.</v></c><c r="E659" s="1" t="str"><v/></c><c r="F659" s="4" t="str"><v/></c><c r="G659" s="1" t="str"><v>Economie</v></c><c r="H659" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I659" s="1" t="str"><v>Economie</v></c><c r="J659" s="1" t="str"><v/></c><c r="K659" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L659" s="4"><v>46569.0</v></c><c r="M659" s="1"><v>0</v></c></row><row r="660" spans="1:13" customFormat="false"><c r="A660" s="1"><v>257</v></c><c r="B660" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C660" s="1" t="str"><v>Beleid bedrijven met grote impact omgeving</v></c><c r="D660" s="1" t="str"><v xml:space="preserve">De provincie stelt beleid op ten aanzien van bedrijven met grote impact op de omgeving en nemen hierin randvoorwaarden op voor vestiging, zoals het gebruik van ruimte, energie en water.&#13;
+2027: De provincie geeft uitvoering aan de inzet en instrumenten van programmalijn 4.</v></c><c r="E723" s="1" t="str"><v/></c><c r="F723" s="4" t="str"><v/></c><c r="G723" s="1" t="str"><v>Economie</v></c><c r="H723" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I723" s="1" t="str"><v>Economie</v></c><c r="J723" s="1" t="str"><v/></c><c r="K723" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L723" s="4"><v>46569.0</v></c><c r="M723" s="1"><v>0</v></c></row><row r="724" spans="1:13" customFormat="false"><c r="A724" s="1"><v>257</v></c><c r="B724" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C724" s="1" t="str"><v>Beleid bedrijven met grote impact omgeving</v></c><c r="D724" s="1" t="str"><v xml:space="preserve">De provincie stelt beleid op ten aanzien van bedrijven met grote impact op de omgeving en nemen hierin randvoorwaarden op voor vestiging, zoals het gebruik van ruimte, energie en water.&#13;
 Beoogde resultaten:&#13;
 2025: Vastgesteld Provinciaal beleid waarin is opgenomen onder welke voorwaarden bedrijven met grote impact op de omgeving zich in Flevoland kunnen vestigen.&#13;
-2027: Uitvoering geven aan vastgesteld provinciaal beleid ten aanzien van bedrijven met grote impact op de omgeving en nemen hierin randvoorwaarden op voor vestiging, zoals het gebruik van ruimte, energie en water.</v></c><c r="E660" s="1" t="str"><v/></c><c r="F660" s="4" t="str"><v/></c><c r="G660" s="1" t="str"><v>Economie</v></c><c r="H660" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I660" s="1" t="str"><v>Economie</v></c><c r="J660" s="1" t="str"><v/></c><c r="K660" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L660" s="4"><v>45839.0</v></c><c r="M660" s="1"><v>0</v></c></row><row r="661" spans="1:13" customFormat="false"><c r="A661" s="1"><v>257</v></c><c r="B661" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C661" s="1" t="str"><v>Beleid bedrijven met grote impact omgeving</v></c><c r="D661" s="1" t="str"><v xml:space="preserve">De provincie stelt beleid op ten aanzien van bedrijven met grote impact op de omgeving en nemen hierin randvoorwaarden op voor vestiging, zoals het gebruik van ruimte, energie en water.&#13;
+2027: Uitvoering geven aan vastgesteld provinciaal beleid ten aanzien van bedrijven met grote impact op de omgeving en nemen hierin randvoorwaarden op voor vestiging, zoals het gebruik van ruimte, energie en water.</v></c><c r="E724" s="1" t="str"><v/></c><c r="F724" s="4" t="str"><v/></c><c r="G724" s="1" t="str"><v>Economie</v></c><c r="H724" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I724" s="1" t="str"><v>Economie</v></c><c r="J724" s="1" t="str"><v/></c><c r="K724" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L724" s="4"><v>45839.0</v></c><c r="M724" s="1"><v>0</v></c></row><row r="725" spans="1:13" customFormat="false"><c r="A725" s="1"><v>257</v></c><c r="B725" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C725" s="1" t="str"><v>Beleid bedrijven met grote impact omgeving</v></c><c r="D725" s="1" t="str"><v xml:space="preserve">De provincie stelt beleid op ten aanzien van bedrijven met grote impact op de omgeving en nemen hierin randvoorwaarden op voor vestiging, zoals het gebruik van ruimte, energie en water.&#13;
 Beoogde resultaten:&#13;
 2025: Vastgesteld Provinciaal beleid waarin is opgenomen onder welke voorwaarden bedrijven met grote impact op de omgeving zich in Flevoland kunnen vestigen.&#13;
-2027: Uitvoering geven aan vastgesteld provinciaal beleid ten aanzien van bedrijven met grote impact op de omgeving en nemen hierin randvoorwaarden op voor vestiging, zoals het gebruik van ruimte, energie en water.</v></c><c r="E661" s="1" t="str"><v/></c><c r="F661" s="4" t="str"><v/></c><c r="G661" s="1" t="str"><v>Economie</v></c><c r="H661" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I661" s="1" t="str"><v>Economie</v></c><c r="J661" s="1" t="str"><v/></c><c r="K661" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L661" s="4"><v>46569.0</v></c><c r="M661" s="1"><v>0</v></c></row><row r="662" spans="1:13" customFormat="false"><c r="A662" s="1"><v>259</v></c><c r="B662" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C662" s="1" t="str"><v>Evaluatie Horizon</v></c><c r="D662" s="1" t="str"><v xml:space="preserve"> De provincie evalueert de aansturing, effectiviteit en slagkracht van Horizon en hierbij worden ook de fondsen die Horizon in beheer heeft betrokken.&#13;
+2027: Uitvoering geven aan vastgesteld provinciaal beleid ten aanzien van bedrijven met grote impact op de omgeving en nemen hierin randvoorwaarden op voor vestiging, zoals het gebruik van ruimte, energie en water.</v></c><c r="E725" s="1" t="str"><v/></c><c r="F725" s="4" t="str"><v/></c><c r="G725" s="1" t="str"><v>Economie</v></c><c r="H725" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I725" s="1" t="str"><v>Economie</v></c><c r="J725" s="1" t="str"><v/></c><c r="K725" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L725" s="4"><v>46569.0</v></c><c r="M725" s="1"><v>0</v></c></row><row r="726" spans="1:13" customFormat="false"><c r="A726" s="1"><v>259</v></c><c r="B726" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C726" s="1" t="str"><v>Evaluatie Horizon</v></c><c r="D726" s="1" t="str"><v xml:space="preserve"> De provincie evalueert de aansturing, effectiviteit en slagkracht van Horizon en hierbij worden ook de fondsen die Horizon in beheer heeft betrokken.&#13;
 Beoogde resultaten:&#13;
 2025:Evaluatie Horizon uitgevoerd, en eventuele voorstellen geformuleerd voor optimalisatie van de aansturing, effectiviteit en slagkracht van Horizon.&#13;
 2027: De provincie optimaliseert de aansturing van Horizon en hebben indien nodig het fondsenlandschap geherpositioneerd.&#13;
 &#13;
-</v></c><c r="E662" s="1" t="str"><v/></c><c r="F662" s="4" t="str"><v/></c><c r="G662" s="1" t="str"><v>Economie</v></c><c r="H662" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I662" s="1" t="str"><v>Economie</v></c><c r="J662" s="1" t="str"><v/></c><c r="K662" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L662" s="4"><v>45839.0</v></c><c r="M662" s="1"><v>0</v></c></row><row r="663" spans="1:13" customFormat="false"><c r="A663" s="1"><v>259</v></c><c r="B663" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C663" s="1" t="str"><v>Evaluatie Horizon</v></c><c r="D663" s="1" t="str"><v xml:space="preserve"> De provincie evalueert de aansturing, effectiviteit en slagkracht van Horizon en hierbij worden ook de fondsen die Horizon in beheer heeft betrokken.&#13;
+</v></c><c r="E726" s="1" t="str"><v/></c><c r="F726" s="4" t="str"><v/></c><c r="G726" s="1" t="str"><v>Economie</v></c><c r="H726" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I726" s="1" t="str"><v>Economie</v></c><c r="J726" s="1" t="str"><v/></c><c r="K726" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L726" s="4"><v>45839.0</v></c><c r="M726" s="1"><v>1</v></c></row><row r="727" spans="1:13" customFormat="false"><c r="A727" s="1"><v>259</v></c><c r="B727" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C727" s="1" t="str"><v>Evaluatie Horizon</v></c><c r="D727" s="1" t="str"><v xml:space="preserve"> De provincie evalueert de aansturing, effectiviteit en slagkracht van Horizon en hierbij worden ook de fondsen die Horizon in beheer heeft betrokken.&#13;
 Beoogde resultaten:&#13;
 2025:Evaluatie Horizon uitgevoerd, en eventuele voorstellen geformuleerd voor optimalisatie van de aansturing, effectiviteit en slagkracht van Horizon.&#13;
 2027: De provincie optimaliseert de aansturing van Horizon en hebben indien nodig het fondsenlandschap geherpositioneerd.&#13;
 &#13;
-</v></c><c r="E663" s="1" t="str"><v/></c><c r="F663" s="4" t="str"><v/></c><c r="G663" s="1" t="str"><v>Economie</v></c><c r="H663" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I663" s="1" t="str"><v>Economie</v></c><c r="J663" s="1" t="str"><v/></c><c r="K663" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L663" s="4"><v>46569.0</v></c><c r="M663" s="1"><v>0</v></c></row><row r="664" spans="1:13" customFormat="false"><c r="A664" s="1"><v>260</v></c><c r="B664" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C664" s="1" t="str"><v xml:space="preserve">Voucherregeling ondernemerschap Flevoland </v></c><c r="D664" s="1" t="str"><v xml:space="preserve">De provincie zet de Voucherregeling Ondernemerschap Flevoland van Horizon in 2024 en 2025 voort.&#13;
+</v></c><c r="E727" s="1" t="str"><v/></c><c r="F727" s="4" t="str"><v/></c><c r="G727" s="1" t="str"><v>Economie</v></c><c r="H727" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I727" s="1" t="str"><v>Economie</v></c><c r="J727" s="1" t="str"><v/></c><c r="K727" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L727" s="4"><v>46569.0</v></c><c r="M727" s="1"><v>0</v></c></row><row r="728" spans="1:13" customFormat="false"><c r="A728" s="1"><v>260</v></c><c r="B728" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C728" s="1" t="str"><v xml:space="preserve">Voucherregeling ondernemerschap Flevoland </v></c><c r="D728" s="1" t="str"><v xml:space="preserve">De provincie zet de Voucherregeling Ondernemerschap Flevoland van Horizon in 2024 en 2025 voort.&#13;
 Beoogde resultaten:&#13;
 2025: De voucherregeling Ondernemerschap Flevoland is bijgesteld op basis van de evaluatie die in 2023 is gedaan om aan te sluiten bij de Economische Visie 2030 en het Economisch Programma 2023‐2024, en uitgebreid met twee nieuwe vouchers vanuit programmalijn 3 voor digitalisering en verduurzaming.&#13;
 2027: Op basis van een nieuwe evaluatie is de voucherregeling Ondernemerschap Flevoland (zonodig) bijgesteld en is een financieel voorstel voor continuering opgesteld.&#13;
-</v></c><c r="E664" s="1" t="str"><v/></c><c r="F664" s="4" t="str"><v/></c><c r="G664" s="1" t="str"><v>Economie</v></c><c r="H664" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I664" s="1" t="str"><v>Economie</v></c><c r="J664" s="1" t="str"><v/></c><c r="K664" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L664" s="4"><v>45839.0</v></c><c r="M664" s="1"><v>0</v></c></row><row r="665" spans="1:13" customFormat="false"><c r="A665" s="1"><v>260</v></c><c r="B665" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C665" s="1" t="str"><v xml:space="preserve">Voucherregeling ondernemerschap Flevoland </v></c><c r="D665" s="1" t="str"><v xml:space="preserve">De provincie zet de Voucherregeling Ondernemerschap Flevoland van Horizon in 2024 en 2025 voort.&#13;
+</v></c><c r="E728" s="1" t="str"><v/></c><c r="F728" s="4" t="str"><v/></c><c r="G728" s="1" t="str"><v>Economie</v></c><c r="H728" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I728" s="1" t="str"><v>Economie</v></c><c r="J728" s="1" t="str"><v/></c><c r="K728" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L728" s="4"><v>45839.0</v></c><c r="M728" s="1"><v>0</v></c></row><row r="729" spans="1:13" customFormat="false"><c r="A729" s="1"><v>260</v></c><c r="B729" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C729" s="1" t="str"><v xml:space="preserve">Voucherregeling ondernemerschap Flevoland </v></c><c r="D729" s="1" t="str"><v xml:space="preserve">De provincie zet de Voucherregeling Ondernemerschap Flevoland van Horizon in 2024 en 2025 voort.&#13;
 Beoogde resultaten:&#13;
 2025: De voucherregeling Ondernemerschap Flevoland is bijgesteld op basis van de evaluatie die in 2023 is gedaan om aan te sluiten bij de Economische Visie 2030 en het Economisch Programma 2023‐2024, en uitgebreid met twee nieuwe vouchers vanuit programmalijn 3 voor digitalisering en verduurzaming.&#13;
 2027: Op basis van een nieuwe evaluatie is de voucherregeling Ondernemerschap Flevoland (zonodig) bijgesteld en is een financieel voorstel voor continuering opgesteld.&#13;
-</v></c><c r="E665" s="1" t="str"><v/></c><c r="F665" s="4" t="str"><v/></c><c r="G665" s="1" t="str"><v>Economie</v></c><c r="H665" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I665" s="1" t="str"><v>Economie</v></c><c r="J665" s="1" t="str"><v/></c><c r="K665" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L665" s="4"><v>46569.0</v></c><c r="M665" s="1"><v>0</v></c></row><row r="666" spans="1:13" customFormat="false"><c r="A666" s="1"><v>201</v></c><c r="B666" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C666" s="1" t="str"><v>Windmolens boerenerven</v></c><c r="D666" s="1" t="str"><v xml:space="preserve">Aan windmolens op boerenerven wil de provincie onder bepaalde voorwaarden meewerken, mits de windmolen een tiphoogte heeft van maximaal 22 meter, landschappelijk in te passen is binnen de erfsingel wordt geplaatst en vooraf een robuuste erfsingel is aangelegd en wordt geplaatst om energie voor eigen gebruik op te wekken (en niet om terug te leveren aan het net).&#13;
-[...1 lines deleted...]
-2025: Aangepaste verordening of besluit dit niet te doen.</v></c><c r="E666" s="1" t="str"><v/></c><c r="F666" s="4" t="str"><v/></c><c r="G666" s="1" t="str"><v>Energietransitie</v></c><c r="H666" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I666" s="1" t="str"><v>Energie</v></c><c r="J666" s="1"/><c r="K666" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L666" s="4"><v>45839.0</v></c><c r="M666" s="1"><v>1</v></c></row><row r="667" spans="1:13" customFormat="false"><c r="A667" s="1"><v>243</v></c><c r="B667" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C667" s="1" t="str"><v>Zon op land</v></c><c r="D667" s="1" t="str"><v xml:space="preserve">Bij zon op land hanteert de provincie de zonneladder als afwegingskader. De provincie staat open voor zonnepanelen op dijken en langs bepaalde infrastructuur.&#13;
+</v></c><c r="E729" s="1" t="str"><v/></c><c r="F729" s="4" t="str"><v/></c><c r="G729" s="1" t="str"><v>Economie</v></c><c r="H729" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I729" s="1" t="str"><v>Economie</v></c><c r="J729" s="1" t="str"><v/></c><c r="K729" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L729" s="4"><v>46569.0</v></c><c r="M729" s="1"><v>0</v></c></row><row r="730" spans="1:13" customFormat="false"><c r="A730" s="1"><v>201</v></c><c r="B730" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C730" s="1" t="str"><v>Windmolens boerenerven</v></c><c r="D730" s="1" t="str"><v xml:space="preserve">Aan windmolens op boerenerven wil de provincie onder bepaalde voorwaarden meewerken, mits de windmolen een tiphoogte heeft van maximaal 22 meter, landschappelijk in te passen is binnen de erfsingel wordt geplaatst en vooraf een robuuste erfsingel is aangelegd en wordt geplaatst om energie voor eigen gebruik op te wekken (en niet om terug te leveren aan het net).&#13;
+Beoogde resultaten:&#13;
+2025: Aangepaste verordening of besluit dit niet te doen.</v></c><c r="E730" s="1" t="str"><v/></c><c r="F730" s="4" t="str"><v/></c><c r="G730" s="1" t="str"><v>Energietransitie</v></c><c r="H730" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I730" s="1" t="str"><v>Energie</v></c><c r="J730" s="1"/><c r="K730" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L730" s="4"><v>45839.0</v></c><c r="M730" s="1"><v>1</v></c></row><row r="731" spans="1:13" customFormat="false"><c r="A731" s="1"><v>243</v></c><c r="B731" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C731" s="1" t="str"><v>Zon op land</v></c><c r="D731" s="1" t="str"><v xml:space="preserve">Bij zon op land hanteert de provincie de zonneladder als afwegingskader. De provincie staat open voor zonnepanelen op dijken en langs bepaalde infrastructuur.&#13;
 Beoogde resultaten:&#13;
 2025: kansrijke initiatieven grootschalige opstellingen zonnepanelen, anders dan op landbouwgrond.&#13;
-2027: kansrijke initiatieven grootschalige opstellingen zonnepanelen, anders dan op landbouwgrond. Mogelijk realisatie gestart.</v></c><c r="E667" s="1" t="str"><v/></c><c r="F667" s="4" t="str"><v/></c><c r="G667" s="1" t="str"><v>Energietransitie</v></c><c r="H667" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I667" s="1" t="str"><v>Energie</v></c><c r="J667" s="1" t="str"><v/></c><c r="K667" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L667" s="4"><v>45839.0</v></c><c r="M667" s="1"><v>0</v></c></row><row r="668" spans="1:13" customFormat="false"><c r="A668" s="1"><v>243</v></c><c r="B668" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C668" s="1" t="str"><v>Zon op land</v></c><c r="D668" s="1" t="str"><v xml:space="preserve">Bij zon op land hanteert de provincie de zonneladder als afwegingskader. De provincie staat open voor zonnepanelen op dijken en langs bepaalde infrastructuur.&#13;
+2027: kansrijke initiatieven grootschalige opstellingen zonnepanelen, anders dan op landbouwgrond. Mogelijk realisatie gestart.</v></c><c r="E731" s="1" t="str"><v/></c><c r="F731" s="4" t="str"><v/></c><c r="G731" s="1" t="str"><v>Energietransitie</v></c><c r="H731" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I731" s="1" t="str"><v>Energie</v></c><c r="J731" s="1" t="str"><v/></c><c r="K731" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L731" s="4"><v>45839.0</v></c><c r="M731" s="1"><v>0</v></c></row><row r="732" spans="1:13" customFormat="false"><c r="A732" s="1"><v>243</v></c><c r="B732" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C732" s="1" t="str"><v>Zon op land</v></c><c r="D732" s="1" t="str"><v xml:space="preserve">Bij zon op land hanteert de provincie de zonneladder als afwegingskader. De provincie staat open voor zonnepanelen op dijken en langs bepaalde infrastructuur.&#13;
 Beoogde resultaten:&#13;
 2025: kansrijke initiatieven grootschalige opstellingen zonnepanelen, anders dan op landbouwgrond.&#13;
-2027: kansrijke initiatieven grootschalige opstellingen zonnepanelen, anders dan op landbouwgrond. Mogelijk realisatie gestart.</v></c><c r="E668" s="1" t="str"><v/></c><c r="F668" s="4" t="str"><v/></c><c r="G668" s="1" t="str"><v>Energietransitie</v></c><c r="H668" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I668" s="1" t="str"><v>Energie</v></c><c r="J668" s="1" t="str"><v/></c><c r="K668" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L668" s="4"><v>46569.0</v></c><c r="M668" s="1"><v>0</v></c></row><row r="669" spans="1:13" customFormat="false"><c r="A669" s="1"><v>244</v></c><c r="B669" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C669" s="1" t="str"><v>Zon op daken van bedrijven</v></c><c r="D669" s="1" t="str"><v xml:space="preserve">De provincie stimuleert een regeling ‘zon op daken van bedrijven’. Waar mogelijk wordt dit gecombineerd met de sanering van asbestdaken en subsidieprogramma's van derden.&#13;
+2027: kansrijke initiatieven grootschalige opstellingen zonnepanelen, anders dan op landbouwgrond. Mogelijk realisatie gestart.</v></c><c r="E732" s="1" t="str"><v/></c><c r="F732" s="4" t="str"><v/></c><c r="G732" s="1" t="str"><v>Energietransitie</v></c><c r="H732" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I732" s="1" t="str"><v>Energie</v></c><c r="J732" s="1" t="str"><v/></c><c r="K732" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L732" s="4"><v>46569.0</v></c><c r="M732" s="1"><v>0</v></c></row><row r="733" spans="1:13" customFormat="false"><c r="A733" s="1"><v>244</v></c><c r="B733" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C733" s="1" t="str"><v>Zon op daken van bedrijven</v></c><c r="D733" s="1" t="str"><v xml:space="preserve">De provincie stimuleert een regeling ‘zon op daken van bedrijven’. Waar mogelijk wordt dit gecombineerd met de sanering van asbestdaken en subsidieprogramma's van derden.&#13;
 Beoogde resultaten:&#13;
 2025: opengestelde subsidieregeling, mogelijk verbreed met maatregelen tegen netcongestie&#13;
-2027: toename (initiatieven voor) grootschalige opstelling van zonnepanelen op daken</v></c><c r="E669" s="1" t="str"><v/></c><c r="F669" s="4" t="str"><v/></c><c r="G669" s="1" t="str"><v>Energietransitie</v></c><c r="H669" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I669" s="1" t="str"><v>Energie</v></c><c r="J669" s="1" t="str"><v/></c><c r="K669" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L669" s="4"><v>45839.0</v></c><c r="M669" s="1"><v>0</v></c></row><row r="670" spans="1:13" customFormat="false"><c r="A670" s="1"><v>244</v></c><c r="B670" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C670" s="1" t="str"><v>Zon op daken van bedrijven</v></c><c r="D670" s="1" t="str"><v xml:space="preserve">De provincie stimuleert een regeling ‘zon op daken van bedrijven’. Waar mogelijk wordt dit gecombineerd met de sanering van asbestdaken en subsidieprogramma's van derden.&#13;
+2027: toename (initiatieven voor) grootschalige opstelling van zonnepanelen op daken</v></c><c r="E733" s="1" t="str"><v/></c><c r="F733" s="4" t="str"><v/></c><c r="G733" s="1" t="str"><v>Energietransitie</v></c><c r="H733" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I733" s="1" t="str"><v>Energie</v></c><c r="J733" s="1" t="str"><v/></c><c r="K733" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L733" s="4"><v>45839.0</v></c><c r="M733" s="1"><v>0</v></c></row><row r="734" spans="1:13" customFormat="false"><c r="A734" s="1"><v>244</v></c><c r="B734" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C734" s="1" t="str"><v>Zon op daken van bedrijven</v></c><c r="D734" s="1" t="str"><v xml:space="preserve">De provincie stimuleert een regeling ‘zon op daken van bedrijven’. Waar mogelijk wordt dit gecombineerd met de sanering van asbestdaken en subsidieprogramma's van derden.&#13;
 Beoogde resultaten:&#13;
 2025: opengestelde subsidieregeling, mogelijk verbreed met maatregelen tegen netcongestie&#13;
-2027: toename (initiatieven voor) grootschalige opstelling van zonnepanelen op daken</v></c><c r="E670" s="1" t="str"><v/></c><c r="F670" s="4" t="str"><v/></c><c r="G670" s="1" t="str"><v>Energietransitie</v></c><c r="H670" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I670" s="1" t="str"><v>Energie</v></c><c r="J670" s="1" t="str"><v/></c><c r="K670" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L670" s="4"><v>46569.0</v></c><c r="M670" s="1"><v>0</v></c></row><row r="671" spans="1:13" customFormat="false"><c r="A671" s="1"><v>245</v></c><c r="B671" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C671" s="1" t="str"><v>Energievisie</v></c><c r="D671" s="1" t="str"><v xml:space="preserve">We zetten in op een afgewogen energiemix, waarbij we onderzoek stimuleren naar de toepassing van alternatieve energiebronnen als geothermie, aquathermie en thorium.&#13;
+2027: toename (initiatieven voor) grootschalige opstelling van zonnepanelen op daken</v></c><c r="E734" s="1" t="str"><v/></c><c r="F734" s="4" t="str"><v/></c><c r="G734" s="1" t="str"><v>Energietransitie</v></c><c r="H734" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I734" s="1" t="str"><v>Energie</v></c><c r="J734" s="1" t="str"><v/></c><c r="K734" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L734" s="4"><v>46569.0</v></c><c r="M734" s="1"><v>0</v></c></row><row r="735" spans="1:13" customFormat="false"><c r="A735" s="1"><v>245</v></c><c r="B735" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C735" s="1" t="str"><v>Energievisie</v></c><c r="D735" s="1" t="str"><v xml:space="preserve">We zetten in op een afgewogen energiemix, waarbij we onderzoek stimuleren naar de toepassing van alternatieve energiebronnen als geothermie, aquathermie en thorium.&#13;
 Beoogde resultaten:&#13;
 2025: energievisie is vastgesteld.&#13;
-2027: energievisie vertaald naar omgevingsvisie, omgevingsprogramma en eventuele andere instrumenten</v></c><c r="E671" s="1" t="str"><v/></c><c r="F671" s="4" t="str"><v/></c><c r="G671" s="1" t="str"><v>Energietransitie</v></c><c r="H671" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I671" s="1"/><c r="J671" s="1" t="str"><v/></c><c r="K671" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L671" s="4"><v>45839.0</v></c><c r="M671" s="1"><v>0</v></c></row><row r="672" spans="1:13" customFormat="false"><c r="A672" s="1"><v>245</v></c><c r="B672" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C672" s="1" t="str"><v>Energievisie</v></c><c r="D672" s="1" t="str"><v xml:space="preserve">We zetten in op een afgewogen energiemix, waarbij we onderzoek stimuleren naar de toepassing van alternatieve energiebronnen als geothermie, aquathermie en thorium.&#13;
+2027: energievisie vertaald naar omgevingsvisie, omgevingsprogramma en eventuele andere instrumenten</v></c><c r="E735" s="1" t="str"><v/></c><c r="F735" s="4" t="str"><v/></c><c r="G735" s="1" t="str"><v>Energietransitie</v></c><c r="H735" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I735" s="1"/><c r="J735" s="1" t="str"><v/></c><c r="K735" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L735" s="4"><v>45839.0</v></c><c r="M735" s="1"><v>0</v></c></row><row r="736" spans="1:13" customFormat="false"><c r="A736" s="1"><v>245</v></c><c r="B736" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C736" s="1" t="str"><v>Energievisie</v></c><c r="D736" s="1" t="str"><v xml:space="preserve">We zetten in op een afgewogen energiemix, waarbij we onderzoek stimuleren naar de toepassing van alternatieve energiebronnen als geothermie, aquathermie en thorium.&#13;
 Beoogde resultaten:&#13;
 2025: energievisie is vastgesteld.&#13;
-2027: energievisie vertaald naar omgevingsvisie, omgevingsprogramma en eventuele andere instrumenten</v></c><c r="E672" s="1" t="str"><v/></c><c r="F672" s="4" t="str"><v/></c><c r="G672" s="1" t="str"><v>Energietransitie</v></c><c r="H672" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I672" s="1"/><c r="J672" s="1" t="str"><v/></c><c r="K672" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L672" s="4"><v>46569.0</v></c><c r="M672" s="1"><v>0</v></c></row><row r="673" spans="1:13" customFormat="false"><c r="A673" s="1"><v>246</v></c><c r="B673" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C673" s="1" t="str"><v xml:space="preserve">380 KV hoogspanningslijn </v></c><c r="D673" s="1" t="str"><v xml:space="preserve">Indien er een tweede 380KV‐lijn in Flevoland komt en het voorkeurstracé door Almere loopt, dan moet deze grotendeels ondergronds komen.&#13;
-[...1 lines deleted...]
-2025: regionaal gedragen voorkeurstracé vastgesteld door rijk.</v></c><c r="E673" s="1" t="str"><v/></c><c r="F673" s="4" t="str"><v/></c><c r="G673" s="1" t="str"><v>Energietransitie</v></c><c r="H673" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I673" s="1"/><c r="J673" s="1" t="str"><v/></c><c r="K673" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L673" s="4"><v>45839.0</v></c><c r="M673" s="1"><v>0</v></c></row><row r="674" spans="1:13" customFormat="false"><c r="A674" s="1"><v>211</v></c><c r="B674" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C674" s="1" t="str"><v>Grondbeleid</v></c><c r="D674" s="1" t="str"><v xml:space="preserve">De provincie onderzoekt of zij met slimme allianties (zoals met het Rijksvastgoedbedrijf) een actiever maatschappelijk grondbeleid&#13;
+2027: energievisie vertaald naar omgevingsvisie, omgevingsprogramma en eventuele andere instrumenten</v></c><c r="E736" s="1" t="str"><v/></c><c r="F736" s="4" t="str"><v/></c><c r="G736" s="1" t="str"><v>Energietransitie</v></c><c r="H736" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I736" s="1"/><c r="J736" s="1" t="str"><v/></c><c r="K736" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L736" s="4"><v>46569.0</v></c><c r="M736" s="1"><v>0</v></c></row><row r="737" spans="1:13" customFormat="false"><c r="A737" s="1"><v>246</v></c><c r="B737" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C737" s="1" t="str"><v xml:space="preserve">380 KV hoogspanningslijn </v></c><c r="D737" s="1" t="str"><v xml:space="preserve">Indien er een tweede 380KV‐lijn in Flevoland komt en het voorkeurstracé door Almere loopt, dan moet deze grotendeels ondergronds komen.&#13;
+Beoogde resultaten:&#13;
+2025: regionaal gedragen voorkeurstracé vastgesteld door rijk.</v></c><c r="E737" s="1" t="str"><v/></c><c r="F737" s="4" t="str"><v/></c><c r="G737" s="1" t="str"><v>Energietransitie</v></c><c r="H737" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I737" s="1"/><c r="J737" s="1" t="str"><v/></c><c r="K737" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L737" s="4"><v>45839.0</v></c><c r="M737" s="1"><v>0</v></c></row><row r="738" spans="1:13" customFormat="false"><c r="A738" s="1"><v>211</v></c><c r="B738" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C738" s="1" t="str"><v>Grondbeleid</v></c><c r="D738" s="1" t="str"><v xml:space="preserve">De provincie onderzoekt of zij met slimme allianties (zoals met het Rijksvastgoedbedrijf) een actiever maatschappelijk grondbeleid&#13;
 kan voeren.&#13;
 Beoogde resultaten:&#13;
 2025: Afspraken zijn gemaakt in het kader SAF/Ruimtelijk Arrangement rijk-regio en/of bij gebiedsontwikkelingen.&#13;
 2027: Het vormt een continuproces bij gebiedsontwikkelingen. De SAF afspraken dragen als kader bij aan versnelling van deze&#13;
-gebiedsontwikkelingen.</v></c><c r="E674" s="1" t="str"><v/></c><c r="F674" s="4" t="str"><v/></c><c r="G674" s="1" t="str"><v>Financiën</v></c><c r="H674" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I674" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J674" s="1"/><c r="K674" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L674" s="4"><v>45839.0</v></c><c r="M674" s="1"><v>0</v></c></row><row r="675" spans="1:13" customFormat="false"><c r="A675" s="1"><v>211</v></c><c r="B675" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C675" s="1" t="str"><v>Grondbeleid</v></c><c r="D675" s="1" t="str"><v xml:space="preserve">De provincie onderzoekt of zij met slimme allianties (zoals met het Rijksvastgoedbedrijf) een actiever maatschappelijk grondbeleid&#13;
+gebiedsontwikkelingen.</v></c><c r="E738" s="1" t="str"><v/></c><c r="F738" s="4" t="str"><v/></c><c r="G738" s="1" t="str"><v>Financiën</v></c><c r="H738" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I738" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J738" s="1"/><c r="K738" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L738" s="4"><v>45839.0</v></c><c r="M738" s="1"><v>0</v></c></row><row r="739" spans="1:13" customFormat="false"><c r="A739" s="1"><v>211</v></c><c r="B739" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C739" s="1" t="str"><v>Grondbeleid</v></c><c r="D739" s="1" t="str"><v xml:space="preserve">De provincie onderzoekt of zij met slimme allianties (zoals met het Rijksvastgoedbedrijf) een actiever maatschappelijk grondbeleid&#13;
 kan voeren.&#13;
 Beoogde resultaten:&#13;
 2025: Afspraken zijn gemaakt in het kader SAF/Ruimtelijk Arrangement rijk-regio en/of bij gebiedsontwikkelingen.&#13;
 2027: Het vormt een continuproces bij gebiedsontwikkelingen. De SAF afspraken dragen als kader bij aan versnelling van deze&#13;
-gebiedsontwikkelingen.</v></c><c r="E675" s="1" t="str"><v/></c><c r="F675" s="4" t="str"><v/></c><c r="G675" s="1" t="str"><v>Financiën</v></c><c r="H675" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I675" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J675" s="1"/><c r="K675" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L675" s="4"><v>46569.0</v></c><c r="M675" s="1"><v>0</v></c></row><row r="676" spans="1:13" customFormat="false"><c r="A676" s="1"><v>192</v></c><c r="B676" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C676" s="1" t="str"><v>Onderhoudsniveau wegen handhaven</v></c><c r="D676" s="1" t="str"><v xml:space="preserve">Handhaven van het huidige onderhoudsniveau van de wegen (CROW norm B). Vanwege de gestegen onderhoudskosten het structurele budget hiervoor verhogen met % 1,5 miljoen, indien mogelijk aangevuld met een incidentele bijdrage uit het rekeningresultaat. Eventueel extra benodigde ruimte in het budget moet worden gevonden in bezuinigingen die de veiligheid niet het het geding brengen.&#13;
+gebiedsontwikkelingen.</v></c><c r="E739" s="1" t="str"><v/></c><c r="F739" s="4" t="str"><v/></c><c r="G739" s="1" t="str"><v>Financiën</v></c><c r="H739" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I739" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J739" s="1"/><c r="K739" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L739" s="4"><v>46569.0</v></c><c r="M739" s="1"><v>0</v></c></row><row r="740" spans="1:13" customFormat="false"><c r="A740" s="1"><v>192</v></c><c r="B740" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C740" s="1" t="str"><v>Onderhoudsniveau wegen handhaven</v></c><c r="D740" s="1" t="str"><v xml:space="preserve">Handhaven van het huidige onderhoudsniveau van de wegen (CROW norm B). Vanwege de gestegen onderhoudskosten het structurele budget hiervoor verhogen met % 1,5 miljoen, indien mogelijk aangevuld met een incidentele bijdrage uit het rekeningresultaat. Eventueel extra benodigde ruimte in het budget moet worden gevonden in bezuinigingen die de veiligheid niet het het geding brengen.&#13;
 Beoogde resultaten:&#13;
 2025: Onderhoudsniveau wegen op het vastgestelde kwaliteitsniveau B (CROW).&#13;
-2027: Onderhoudsniveau wegen op het vastgestelde kwaliteitsniveau B (CROW).</v></c><c r="E676" s="1" t="str"><v/></c><c r="F676" s="4" t="str"><v/></c><c r="G676" s="1" t="str"><v>Infrastructuur</v></c><c r="H676" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I676" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J676" s="1" t="str"><v>Jan 2025: De Staten hebben met het vaststellen van het SUP3.0, d.d. 29 mei 2024 het onderhoudsniveau vastgesteld.</v></c><c r="K676" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L676" s="4"><v>45839.0</v></c><c r="M676" s="1"><v>0</v></c></row><row r="677" spans="1:13" customFormat="false"><c r="A677" s="1"><v>192</v></c><c r="B677" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C677" s="1" t="str"><v>Onderhoudsniveau wegen handhaven</v></c><c r="D677" s="1" t="str"><v xml:space="preserve">Handhaven van het huidige onderhoudsniveau van de wegen (CROW norm B). Vanwege de gestegen onderhoudskosten het structurele budget hiervoor verhogen met % 1,5 miljoen, indien mogelijk aangevuld met een incidentele bijdrage uit het rekeningresultaat. Eventueel extra benodigde ruimte in het budget moet worden gevonden in bezuinigingen die de veiligheid niet het het geding brengen.&#13;
+2027: Onderhoudsniveau wegen op het vastgestelde kwaliteitsniveau B (CROW).</v></c><c r="E740" s="1" t="str"><v/></c><c r="F740" s="4" t="str"><v/></c><c r="G740" s="1" t="str"><v>Infrastructuur</v></c><c r="H740" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I740" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J740" s="1" t="str"><v>Jan 2025: De Staten hebben met het vaststellen van het SUP3.0, d.d. 29 mei 2024 het onderhoudsniveau vastgesteld.</v></c><c r="K740" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L740" s="4"><v>45839.0</v></c><c r="M740" s="1"><v>0</v></c></row><row r="741" spans="1:13" customFormat="false"><c r="A741" s="1"><v>192</v></c><c r="B741" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C741" s="1" t="str"><v>Onderhoudsniveau wegen handhaven</v></c><c r="D741" s="1" t="str"><v xml:space="preserve">Handhaven van het huidige onderhoudsniveau van de wegen (CROW norm B). Vanwege de gestegen onderhoudskosten het structurele budget hiervoor verhogen met % 1,5 miljoen, indien mogelijk aangevuld met een incidentele bijdrage uit het rekeningresultaat. Eventueel extra benodigde ruimte in het budget moet worden gevonden in bezuinigingen die de veiligheid niet het het geding brengen.&#13;
 Beoogde resultaten:&#13;
 2025: Onderhoudsniveau wegen op het vastgestelde kwaliteitsniveau B (CROW).&#13;
-2027: Onderhoudsniveau wegen op het vastgestelde kwaliteitsniveau B (CROW).</v></c><c r="E677" s="1" t="str"><v/></c><c r="F677" s="4" t="str"><v/></c><c r="G677" s="1" t="str"><v>Infrastructuur</v></c><c r="H677" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I677" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J677" s="1" t="str"><v>Jan 2025: De Staten hebben met het vaststellen van het SUP3.0, d.d. 29 mei 2024 het onderhoudsniveau vastgesteld.</v></c><c r="K677" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L677" s="4"><v>46569.0</v></c><c r="M677" s="1"><v>0</v></c></row><row r="678" spans="1:13" customFormat="false"><c r="A678" s="1"><v>193</v></c><c r="B678" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C678" s="1" t="str"><v>Vervanging van kunstwerken (bruggen, sluizen, viaducten)</v></c><c r="D678" s="1" t="str"><v xml:space="preserve">Voor de benodigde vervanging van kunstwerken (bruggen, sluizen, viaducten) vanaf 2024 een structureel extra bedrag van € 2 miljoen beschikbaar stellen. Wanneer dit niet toereikend is om de benodigde investeringen te dekken, onderzoeken wat de mogelijkheden zijn van het aanpassen van de afschrijvingstermijnen in het programma Mobiliteit en Ruimte.&#13;
+2027: Onderhoudsniveau wegen op het vastgestelde kwaliteitsniveau B (CROW).</v></c><c r="E741" s="1" t="str"><v/></c><c r="F741" s="4" t="str"><v/></c><c r="G741" s="1" t="str"><v>Infrastructuur</v></c><c r="H741" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I741" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J741" s="1" t="str"><v>Jan 2025: De Staten hebben met het vaststellen van het SUP3.0, d.d. 29 mei 2024 het onderhoudsniveau vastgesteld.</v></c><c r="K741" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L741" s="4"><v>46569.0</v></c><c r="M741" s="1"><v>0</v></c></row><row r="742" spans="1:13" customFormat="false"><c r="A742" s="1"><v>193</v></c><c r="B742" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C742" s="1" t="str"><v>Vervanging van kunstwerken (bruggen, sluizen, viaducten)</v></c><c r="D742" s="1" t="str"><v xml:space="preserve">Voor de benodigde vervanging van kunstwerken (bruggen, sluizen, viaducten) vanaf 2024 een structureel extra bedrag van € 2 miljoen beschikbaar stellen. Wanneer dit niet toereikend is om de benodigde investeringen te dekken, onderzoeken wat de mogelijkheden zijn van het aanpassen van de afschrijvingstermijnen in het programma Mobiliteit en Ruimte.&#13;
 &#13;
 Beoogde resultaten:&#13;
 &#13;
 2025: 1. Het informatiemanagement van provinciale objecten is geprofessionaliseerd, waardoor er inzicht is in de restlevensduur. 2. Onderzoek naar de afschrijvingstermijnen is gestart.&#13;
 &#13;
 2027: 3. Onderzoek naar afschrijvingstermijnen is afgerond en programma Mobiliteit en Ruimte op basis hiervan zondig geactualiseerd. 4. Slimme toepassingen die de conditie van kunstwerken meten worden ingezet, zodat ook prognoses kunnen worden gemaakt van de noodzakelijke vervanging.&#13;
 &#13;
-</v></c><c r="E678" s="1" t="str"><v/></c><c r="F678" s="4" t="str"><v/></c><c r="G678" s="1" t="str"><v>Infrastructuur</v></c><c r="H678" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I678" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J678" s="1" t="str"><v>23 jan 2025: De voortgang van de vervanging van kunstwerken wordt via begrotingen en het MBVI gerapporteerd.</v></c><c r="K678" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L678" s="4"><v>45839.0</v></c><c r="M678" s="1"><v>0</v></c></row><row r="679" spans="1:13" customFormat="false"><c r="A679" s="1"><v>193</v></c><c r="B679" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C679" s="1" t="str"><v>Vervanging van kunstwerken (bruggen, sluizen, viaducten)</v></c><c r="D679" s="1" t="str"><v xml:space="preserve">Voor de benodigde vervanging van kunstwerken (bruggen, sluizen, viaducten) vanaf 2024 een structureel extra bedrag van € 2 miljoen beschikbaar stellen. Wanneer dit niet toereikend is om de benodigde investeringen te dekken, onderzoeken wat de mogelijkheden zijn van het aanpassen van de afschrijvingstermijnen in het programma Mobiliteit en Ruimte.&#13;
+</v></c><c r="E742" s="1" t="str"><v/></c><c r="F742" s="4" t="str"><v/></c><c r="G742" s="1" t="str"><v>Infrastructuur</v></c><c r="H742" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I742" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J742" s="1" t="str"><v>23 jan 2025: De voortgang van de vervanging van kunstwerken wordt via begrotingen en het MBVI gerapporteerd.</v></c><c r="K742" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L742" s="4"><v>45839.0</v></c><c r="M742" s="1"><v>0</v></c></row><row r="743" spans="1:13" customFormat="false"><c r="A743" s="1"><v>193</v></c><c r="B743" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C743" s="1" t="str"><v>Vervanging van kunstwerken (bruggen, sluizen, viaducten)</v></c><c r="D743" s="1" t="str"><v xml:space="preserve">Voor de benodigde vervanging van kunstwerken (bruggen, sluizen, viaducten) vanaf 2024 een structureel extra bedrag van € 2 miljoen beschikbaar stellen. Wanneer dit niet toereikend is om de benodigde investeringen te dekken, onderzoeken wat de mogelijkheden zijn van het aanpassen van de afschrijvingstermijnen in het programma Mobiliteit en Ruimte.&#13;
 &#13;
 Beoogde resultaten:&#13;
 &#13;
 2025: 1. Het informatiemanagement van provinciale objecten is geprofessionaliseerd, waardoor er inzicht is in de restlevensduur. 2. Onderzoek naar de afschrijvingstermijnen is gestart.&#13;
 &#13;
 2027: 3. Onderzoek naar afschrijvingstermijnen is afgerond en programma Mobiliteit en Ruimte op basis hiervan zondig geactualiseerd. 4. Slimme toepassingen die de conditie van kunstwerken meten worden ingezet, zodat ook prognoses kunnen worden gemaakt van de noodzakelijke vervanging.&#13;
 &#13;
-</v></c><c r="E679" s="1" t="str"><v/></c><c r="F679" s="4" t="str"><v/></c><c r="G679" s="1" t="str"><v>Infrastructuur</v></c><c r="H679" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I679" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J679" s="1" t="str"><v>23 jan 2025: De voortgang van de vervanging van kunstwerken wordt via begrotingen en het MBVI gerapporteerd.</v></c><c r="K679" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L679" s="4"><v>46569.0</v></c><c r="M679" s="1"><v>0</v></c></row><row r="680" spans="1:13" customFormat="false"><c r="A680" s="1"><v>194</v></c><c r="B680" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C680" s="1" t="str"><v>N50 verbreding en verkeersveilig maken</v></c><c r="D680" s="1" t="str"><v xml:space="preserve">De provincie vindt de verbreding en het verkeersveilig maken van de N50 tussen&#13;
+</v></c><c r="E743" s="1" t="str"><v/></c><c r="F743" s="4" t="str"><v/></c><c r="G743" s="1" t="str"><v>Infrastructuur</v></c><c r="H743" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I743" s="1" t="str"><v>Beheer &amp; onderhoud Infra</v></c><c r="J743" s="1" t="str"><v>23 jan 2025: De voortgang van de vervanging van kunstwerken wordt via begrotingen en het MBVI gerapporteerd.</v></c><c r="K743" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L743" s="4"><v>46569.0</v></c><c r="M743" s="1"><v>0</v></c></row><row r="744" spans="1:13" customFormat="false"><c r="A744" s="1"><v>194</v></c><c r="B744" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C744" s="1" t="str"><v>N50 verbreding en verkeersveilig maken</v></c><c r="D744" s="1" t="str"><v xml:space="preserve">De provincie vindt de verbreding en het verkeersveilig maken van de N50 tussen&#13;
 Ramspol en knooppunt Hattemerbroek noodzakelijk. Als regionale partner is de provincie bereid om tot 5% van de extra begrote kosten bij te dragen, mits de overige overheden hun aandeel leveren.&#13;
 &#13;
 Beoogde resultaten:&#13;
 &#13;
 2025: Kabinetsbesluit tot verkenning verbreding N50, met actieve steun regio Zwolle&#13;
 &#13;
 2027: Kabinetsbesluit tot verkenning verbreding N50, met actieve steun regio Zwolle&#13;
 &#13;
-</v></c><c r="E680" s="1" t="str"><v/></c><c r="F680" s="4" t="str"><v/></c><c r="G680" s="1" t="str"><v>Infrastructuur</v></c><c r="H680" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I680" s="1" t="str"><v>Mobiliteit</v></c><c r="J680" s="1" t="str"><v>23 januari 2025: de planning is pas duidelijk als besluitvorming vanuit Ministerie IenW / Kabinet aan de orde is.</v></c><c r="K680" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L680" s="4"><v>45839.0</v></c><c r="M680" s="1"><v>0</v></c></row><row r="681" spans="1:13" customFormat="false"><c r="A681" s="1"><v>194</v></c><c r="B681" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C681" s="1" t="str"><v>N50 verbreding en verkeersveilig maken</v></c><c r="D681" s="1" t="str"><v xml:space="preserve">De provincie vindt de verbreding en het verkeersveilig maken van de N50 tussen&#13;
+</v></c><c r="E744" s="1" t="str"><v/></c><c r="F744" s="4" t="str"><v/></c><c r="G744" s="1" t="str"><v>Infrastructuur</v></c><c r="H744" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I744" s="1" t="str"><v>Mobiliteit</v></c><c r="J744" s="1" t="str"><v>23 januari 2025: de planning is pas duidelijk als besluitvorming vanuit Ministerie IenW / Kabinet aan de orde is.</v></c><c r="K744" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L744" s="4"><v>45839.0</v></c><c r="M744" s="1"><v>0</v></c></row><row r="745" spans="1:13" customFormat="false"><c r="A745" s="1"><v>194</v></c><c r="B745" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C745" s="1" t="str"><v>N50 verbreding en verkeersveilig maken</v></c><c r="D745" s="1" t="str"><v xml:space="preserve">De provincie vindt de verbreding en het verkeersveilig maken van de N50 tussen&#13;
 Ramspol en knooppunt Hattemerbroek noodzakelijk. Als regionale partner is de provincie bereid om tot 5% van de extra begrote kosten bij te dragen, mits de overige overheden hun aandeel leveren.&#13;
 &#13;
 Beoogde resultaten:&#13;
 &#13;
 2025: Kabinetsbesluit tot verkenning verbreding N50, met actieve steun regio Zwolle&#13;
 &#13;
 2027: Kabinetsbesluit tot verkenning verbreding N50, met actieve steun regio Zwolle&#13;
 &#13;
-</v></c><c r="E681" s="1" t="str"><v/></c><c r="F681" s="4" t="str"><v/></c><c r="G681" s="1" t="str"><v>Infrastructuur</v></c><c r="H681" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I681" s="1" t="str"><v>Mobiliteit</v></c><c r="J681" s="1" t="str"><v>23 januari 2025: de planning is pas duidelijk als besluitvorming vanuit Ministerie IenW / Kabinet aan de orde is.</v></c><c r="K681" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L681" s="4"><v>46569.0</v></c><c r="M681" s="1"><v>0</v></c></row><row r="682" spans="1:13" customFormat="false"><c r="A682" s="1"><v>248</v></c><c r="B682" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C682" s="1" t="str"><v>Provinciaal Klimaatplan</v></c><c r="D682" s="1" t="str"><v xml:space="preserve">De provincie komt met een provinciaal klimaatplan richting 2050, conform landelijke en Europese regelgeving (Klimaatakkoord). Er worden tussendoelen opgesteld met een tussentijdse evaluatie.&#13;
+</v></c><c r="E745" s="1" t="str"><v/></c><c r="F745" s="4" t="str"><v/></c><c r="G745" s="1" t="str"><v>Infrastructuur</v></c><c r="H745" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I745" s="1" t="str"><v>Mobiliteit</v></c><c r="J745" s="1" t="str"><v>23 januari 2025: de planning is pas duidelijk als besluitvorming vanuit Ministerie IenW / Kabinet aan de orde is.</v></c><c r="K745" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L745" s="4"><v>46569.0</v></c><c r="M745" s="1"><v>0</v></c></row><row r="746" spans="1:13" customFormat="false"><c r="A746" s="1"><v>248</v></c><c r="B746" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C746" s="1" t="str"><v>Provinciaal Klimaatplan</v></c><c r="D746" s="1" t="str"><v xml:space="preserve">De provincie komt met een provinciaal klimaatplan richting 2050, conform landelijke en Europese regelgeving (Klimaatakkoord). Er worden tussendoelen opgesteld met een tussentijdse evaluatie.&#13;
 Beoogde resultaten:&#13;
 2025: Een provinciaal Klimaatplan door PS vastgesteld.&#13;
-2027: Het provinciaal Klimaatplan wordt uitgevoerd.</v></c><c r="E682" s="1" t="str"><v/></c><c r="F682" s="4" t="str"><v/></c><c r="G682" s="1" t="str"><v>Klimaat</v></c><c r="H682" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I682" s="1" t="str"><v>Milieu</v></c><c r="J682" s="1" t="str"><v/></c><c r="K682" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L682" s="4"><v>45839.0</v></c><c r="M682" s="1"><v>0</v></c></row><row r="683" spans="1:13" customFormat="false"><c r="A683" s="1"><v>248</v></c><c r="B683" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C683" s="1" t="str"><v>Provinciaal Klimaatplan</v></c><c r="D683" s="1" t="str"><v xml:space="preserve">De provincie komt met een provinciaal klimaatplan richting 2050, conform landelijke en Europese regelgeving (Klimaatakkoord). Er worden tussendoelen opgesteld met een tussentijdse evaluatie.&#13;
+2027: Het provinciaal Klimaatplan wordt uitgevoerd.</v></c><c r="E746" s="1" t="str"><v/></c><c r="F746" s="4" t="str"><v/></c><c r="G746" s="1" t="str"><v>Klimaat</v></c><c r="H746" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I746" s="1" t="str"><v>Milieu</v></c><c r="J746" s="1" t="str"><v/></c><c r="K746" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L746" s="4"><v>45839.0</v></c><c r="M746" s="1"><v>0</v></c></row><row r="747" spans="1:13" customFormat="false"><c r="A747" s="1"><v>248</v></c><c r="B747" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C747" s="1" t="str"><v>Provinciaal Klimaatplan</v></c><c r="D747" s="1" t="str"><v xml:space="preserve">De provincie komt met een provinciaal klimaatplan richting 2050, conform landelijke en Europese regelgeving (Klimaatakkoord). Er worden tussendoelen opgesteld met een tussentijdse evaluatie.&#13;
 Beoogde resultaten:&#13;
 2025: Een provinciaal Klimaatplan door PS vastgesteld.&#13;
-2027: Het provinciaal Klimaatplan wordt uitgevoerd.</v></c><c r="E683" s="1" t="str"><v/></c><c r="F683" s="4" t="str"><v/></c><c r="G683" s="1" t="str"><v>Klimaat</v></c><c r="H683" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I683" s="1" t="str"><v>Milieu</v></c><c r="J683" s="1" t="str"><v/></c><c r="K683" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L683" s="4"><v>46569.0</v></c><c r="M683" s="1"><v>0</v></c></row><row r="684" spans="1:13" customFormat="false"><c r="A684" s="1"><v>268</v></c><c r="B684" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C684" s="1" t="str"><v>Flevolands Fonds voor culturele ontwikkeling</v></c><c r="D684" s="1" t="str"><v xml:space="preserve">De provincie onderzoekt in 2024 in hoeverre de doelstellingen van het Flevolands fonds voor culturele ontwikkeling zijn gehaald, en/of aanpassing behoeven.&#13;
+2027: Het provinciaal Klimaatplan wordt uitgevoerd.</v></c><c r="E747" s="1" t="str"><v/></c><c r="F747" s="4" t="str"><v/></c><c r="G747" s="1" t="str"><v>Klimaat</v></c><c r="H747" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I747" s="1" t="str"><v>Milieu</v></c><c r="J747" s="1" t="str"><v/></c><c r="K747" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L747" s="4"><v>46569.0</v></c><c r="M747" s="1"><v>0</v></c></row><row r="748" spans="1:13" customFormat="false"><c r="A748" s="1"><v>268</v></c><c r="B748" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C748" s="1" t="str"><v>Flevolands Fonds voor culturele ontwikkeling</v></c><c r="D748" s="1" t="str"><v xml:space="preserve">De provincie onderzoekt in 2024 in hoeverre de doelstellingen van het Flevolands fonds voor culturele ontwikkeling zijn gehaald, en/of aanpassing behoeven.&#13;
 Beoogde resultaten:&#13;
 2025: Evaluatie is uitgevoerd en keuzes zijn gemaakt over eventuele aanpassing doelstellingen en vervolg.&#13;
-2027: Afhankelijk van keuzes in 2025.</v></c><c r="E684" s="1" t="str"><v/></c><c r="F684" s="4" t="str"><v/></c><c r="G684" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H684" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I684" s="1" t="str"><v>Cultuur</v></c><c r="J684" s="1" t="str"><v/></c><c r="K684" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L684" s="4"><v>45839.0</v></c><c r="M684" s="1"><v>0</v></c></row><row r="685" spans="1:13" customFormat="false"><c r="A685" s="1"><v>268</v></c><c r="B685" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C685" s="1" t="str"><v>Flevolands Fonds voor culturele ontwikkeling</v></c><c r="D685" s="1" t="str"><v xml:space="preserve">De provincie onderzoekt in 2024 in hoeverre de doelstellingen van het Flevolands fonds voor culturele ontwikkeling zijn gehaald, en/of aanpassing behoeven.&#13;
+2027: Afhankelijk van keuzes in 2025.</v></c><c r="E748" s="1" t="str"><v/></c><c r="F748" s="4" t="str"><v/></c><c r="G748" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H748" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I748" s="1" t="str"><v>Cultuur</v></c><c r="J748" s="1" t="str"><v>Dit onderwerp staat nu gepland op de LTA voor de BOB-reeks in februari 2026</v></c><c r="K748" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L748" s="4"><v>45839.0</v></c><c r="M748" s="1"><v>0</v></c></row><row r="749" spans="1:13" customFormat="false"><c r="A749" s="1"><v>268</v></c><c r="B749" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C749" s="1" t="str"><v>Flevolands Fonds voor culturele ontwikkeling</v></c><c r="D749" s="1" t="str"><v xml:space="preserve">De provincie onderzoekt in 2024 in hoeverre de doelstellingen van het Flevolands fonds voor culturele ontwikkeling zijn gehaald, en/of aanpassing behoeven.&#13;
 Beoogde resultaten:&#13;
 2025: Evaluatie is uitgevoerd en keuzes zijn gemaakt over eventuele aanpassing doelstellingen en vervolg.&#13;
-2027: Afhankelijk van keuzes in 2025.</v></c><c r="E685" s="1" t="str"><v/></c><c r="F685" s="4" t="str"><v/></c><c r="G685" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H685" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I685" s="1" t="str"><v>Cultuur</v></c><c r="J685" s="1" t="str"><v/></c><c r="K685" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L685" s="4"><v>46569.0</v></c><c r="M685" s="1"><v>0</v></c></row><row r="686" spans="1:13" customFormat="false"><c r="A686" s="1"><v>269</v></c><c r="B686" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C686" s="1" t="str"><v>Laaggeletterdheid - cultuureducatie &amp; bibliotheken</v></c><c r="D686" s="1" t="str"><v xml:space="preserve">De provincie vindt cultuureducatie en ondersteuning van bibliotheken belangrijk, onder meer om laaggeletterdheid terug te dringen. Daarom wordt de huidige inzet voortgezet.&#13;
+2027: Afhankelijk van keuzes in 2025.</v></c><c r="E749" s="1" t="str"><v/></c><c r="F749" s="4" t="str"><v/></c><c r="G749" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H749" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I749" s="1" t="str"><v>Cultuur</v></c><c r="J749" s="1" t="str"><v>Dit onderwerp staat nu gepland op de LTA voor de BOB-reeks in februari 2026</v></c><c r="K749" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L749" s="4"><v>46057.0</v></c><c r="M749" s="1"><v>0</v></c></row><row r="750" spans="1:13" customFormat="false"><c r="A750" s="1"><v>268</v></c><c r="B750" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C750" s="1" t="str"><v>Flevolands Fonds voor culturele ontwikkeling</v></c><c r="D750" s="1" t="str"><v xml:space="preserve">De provincie onderzoekt in 2024 in hoeverre de doelstellingen van het Flevolands fonds voor culturele ontwikkeling zijn gehaald, en/of aanpassing behoeven.&#13;
+Beoogde resultaten:&#13;
+2025: Evaluatie is uitgevoerd en keuzes zijn gemaakt over eventuele aanpassing doelstellingen en vervolg.&#13;
+2027: Afhankelijk van keuzes in 2025.</v></c><c r="E750" s="1" t="str"><v/></c><c r="F750" s="4" t="str"><v/></c><c r="G750" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H750" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I750" s="1" t="str"><v>Cultuur</v></c><c r="J750" s="1" t="str"><v>Dit onderwerp staat nu gepland op de LTA voor de BOB-reeks in februari 2026</v></c><c r="K750" s="1" t="str"><v>Oordeelsvorming EMS</v></c><c r="L750" s="4"><v>46064.0</v></c><c r="M750" s="1"><v>0</v></c></row><row r="751" spans="1:13" customFormat="false"><c r="A751" s="1"><v>268</v></c><c r="B751" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C751" s="1" t="str"><v>Flevolands Fonds voor culturele ontwikkeling</v></c><c r="D751" s="1" t="str"><v xml:space="preserve">De provincie onderzoekt in 2024 in hoeverre de doelstellingen van het Flevolands fonds voor culturele ontwikkeling zijn gehaald, en/of aanpassing behoeven.&#13;
+Beoogde resultaten:&#13;
+2025: Evaluatie is uitgevoerd en keuzes zijn gemaakt over eventuele aanpassing doelstellingen en vervolg.&#13;
+2027: Afhankelijk van keuzes in 2025.</v></c><c r="E751" s="1" t="str"><v/></c><c r="F751" s="4" t="str"><v/></c><c r="G751" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H751" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I751" s="1" t="str"><v>Cultuur</v></c><c r="J751" s="1" t="str"><v>Dit onderwerp staat nu gepland op de LTA voor de BOB-reeks in februari 2026</v></c><c r="K751" s="1" t="str"><v>Provinciale Staten</v></c><c r="L751" s="4"><v>46071.0</v></c><c r="M751" s="1"><v>0</v></c></row><row r="752" spans="1:13" customFormat="false"><c r="A752" s="1"><v>268</v></c><c r="B752" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C752" s="1" t="str"><v>Flevolands Fonds voor culturele ontwikkeling</v></c><c r="D752" s="1" t="str"><v xml:space="preserve">De provincie onderzoekt in 2024 in hoeverre de doelstellingen van het Flevolands fonds voor culturele ontwikkeling zijn gehaald, en/of aanpassing behoeven.&#13;
+Beoogde resultaten:&#13;
+2025: Evaluatie is uitgevoerd en keuzes zijn gemaakt over eventuele aanpassing doelstellingen en vervolg.&#13;
+2027: Afhankelijk van keuzes in 2025.</v></c><c r="E752" s="1" t="str"><v/></c><c r="F752" s="4" t="str"><v/></c><c r="G752" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H752" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I752" s="1" t="str"><v>Cultuur</v></c><c r="J752" s="1" t="str"><v>Dit onderwerp staat nu gepland op de LTA voor de BOB-reeks in februari 2026</v></c><c r="K752" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L752" s="4"><v>46569.0</v></c><c r="M752" s="1"><v>0</v></c></row><row r="753" spans="1:13" customFormat="false"><c r="A753" s="1"><v>269</v></c><c r="B753" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C753" s="1" t="str"><v>Laaggeletterdheid - cultuureducatie &amp; bibliotheken</v></c><c r="D753" s="1" t="str"><v xml:space="preserve">De provincie vindt cultuureducatie en ondersteuning van bibliotheken belangrijk, onder meer om laaggeletterdheid terug te dringen. Daarom wordt de huidige inzet voortgezet.&#13;
 Beoogde resultaten:&#13;
 2025:&#13;
 1. Het aantal scholen dat cultuureducatie aanbiedt is toegenomen.&#13;
 2. Het aantal activiteiten/projecten van bibliotheken, om o.a. laaggeletterheid terug te dringen, is toegenomen.&#13;
 2027:&#13;
 1. Het aantal scholen dat cultuureducatie aanbiedt is toegenomen.&#13;
 2. Het aantal activiteiten/projecten van bibliotheken, om o.a. laaggeletterheid terug te dringen, is toegenomen. &#13;
 &#13;
-</v></c><c r="E686" s="1" t="str"><v/></c><c r="F686" s="4" t="str"><v/></c><c r="G686" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H686" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I686" s="1" t="str"><v>Cultuur</v></c><c r="J686" s="1" t="str"><v/></c><c r="K686" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L686" s="4"><v>45839.0</v></c><c r="M686" s="1"><v>0</v></c></row><row r="687" spans="1:13" customFormat="false"><c r="A687" s="1"><v>269</v></c><c r="B687" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C687" s="1" t="str"><v>Laaggeletterdheid - cultuureducatie &amp; bibliotheken</v></c><c r="D687" s="1" t="str"><v xml:space="preserve">De provincie vindt cultuureducatie en ondersteuning van bibliotheken belangrijk, onder meer om laaggeletterdheid terug te dringen. Daarom wordt de huidige inzet voortgezet.&#13;
+</v></c><c r="E753" s="1" t="str"><v/></c><c r="F753" s="4" t="str"><v/></c><c r="G753" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H753" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I753" s="1" t="str"><v>Cultuur</v></c><c r="J753" s="1" t="str"><v/></c><c r="K753" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L753" s="4"><v>45839.0</v></c><c r="M753" s="1"><v>0</v></c></row><row r="754" spans="1:13" customFormat="false"><c r="A754" s="1"><v>269</v></c><c r="B754" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C754" s="1" t="str"><v>Laaggeletterdheid - cultuureducatie &amp; bibliotheken</v></c><c r="D754" s="1" t="str"><v xml:space="preserve">De provincie vindt cultuureducatie en ondersteuning van bibliotheken belangrijk, onder meer om laaggeletterdheid terug te dringen. Daarom wordt de huidige inzet voortgezet.&#13;
 Beoogde resultaten:&#13;
 2025:&#13;
 1. Het aantal scholen dat cultuureducatie aanbiedt is toegenomen.&#13;
 2. Het aantal activiteiten/projecten van bibliotheken, om o.a. laaggeletterheid terug te dringen, is toegenomen.&#13;
 2027:&#13;
 1. Het aantal scholen dat cultuureducatie aanbiedt is toegenomen.&#13;
 2. Het aantal activiteiten/projecten van bibliotheken, om o.a. laaggeletterheid terug te dringen, is toegenomen. &#13;
 &#13;
-</v></c><c r="E687" s="1" t="str"><v/></c><c r="F687" s="4" t="str"><v/></c><c r="G687" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H687" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I687" s="1" t="str"><v>Cultuur</v></c><c r="J687" s="1" t="str"><v/></c><c r="K687" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L687" s="4"><v>46569.0</v></c><c r="M687" s="1"><v>0</v></c></row><row r="688" spans="1:13" customFormat="false"><c r="A688" s="1"><v>270</v></c><c r="B688" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C688" s="1" t="str"><v>Verhaal Pioniers Noordelijk Flevoland</v></c><c r="D688" s="1" t="str"><v xml:space="preserve">De provincie wil dat het verhaal van de pioniers in Noordelijk Flevoland verteld wordt en bestemt het beschikbare budget voor Schokland om het unieke verhaal van de pioniers van de Noordoostpolder, gekoppeld aan het Unesco‐werelderfgoed, goed voor het voetlicht te brengen, in samenhang met Urk en Schokland.&#13;
+</v></c><c r="E754" s="1" t="str"><v/></c><c r="F754" s="4" t="str"><v/></c><c r="G754" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H754" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I754" s="1" t="str"><v>Cultuur</v></c><c r="J754" s="1" t="str"><v/></c><c r="K754" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L754" s="4"><v>46569.0</v></c><c r="M754" s="1"><v>0</v></c></row><row r="755" spans="1:13" customFormat="false"><c r="A755" s="1"><v>270</v></c><c r="B755" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C755" s="1" t="str"><v>Verhaal Pioniers Noordelijk Flevoland</v></c><c r="D755" s="1" t="str"><v xml:space="preserve">De provincie wil dat het verhaal van de pioniers in Noordelijk Flevoland verteld wordt en bestemt het beschikbare budget voor Schokland om het unieke verhaal van de pioniers van de Noordoostpolder, gekoppeld aan het Unesco‐werelderfgoed, goed voor het voetlicht te brengen, in samenhang met Urk en Schokland.&#13;
 Beoogde resultaten:&#13;
 2025: &#13;
 1. Het verhaal van de pioniers is goed voor het voetlicht gebracht.&#13;
 2. Doorontwikkeling van Batavialand tot toekomstbestendig Nationaal Maritiem Erfgoedpark: Medio 2025 is aanbesteding en selectie uitgevoerd en zijn vergunningen en bouwvoorbereiding gereed om begin 2026 te starten met de bouw. Aantal bezoekers Batavialand 86.400.&#13;
 2027:&#13;
 1. Het verhaal van de pioniers is goed voor het voetlicht gebracht.&#13;
-2. Erfgoedpark is opgeleverd. Aantal bezoekers Batavialand 100.000</v></c><c r="E688" s="1" t="str"><v/></c><c r="F688" s="4" t="str"><v/></c><c r="G688" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H688" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I688" s="1" t="str"><v>Cultuur</v></c><c r="J688" s="1" t="str"><v/></c><c r="K688" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L688" s="4"><v>45839.0</v></c><c r="M688" s="1"><v>0</v></c></row><row r="689" spans="1:13" customFormat="false"><c r="A689" s="1"><v>270</v></c><c r="B689" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C689" s="1" t="str"><v>Verhaal Pioniers Noordelijk Flevoland</v></c><c r="D689" s="1" t="str"><v xml:space="preserve">De provincie wil dat het verhaal van de pioniers in Noordelijk Flevoland verteld wordt en bestemt het beschikbare budget voor Schokland om het unieke verhaal van de pioniers van de Noordoostpolder, gekoppeld aan het Unesco‐werelderfgoed, goed voor het voetlicht te brengen, in samenhang met Urk en Schokland.&#13;
+2. Erfgoedpark is opgeleverd. Aantal bezoekers Batavialand 100.000</v></c><c r="E755" s="1" t="str"><v/></c><c r="F755" s="4" t="str"><v/></c><c r="G755" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H755" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I755" s="1" t="str"><v>Cultuur</v></c><c r="J755" s="1" t="str"><v/></c><c r="K755" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L755" s="4"><v>45839.0</v></c><c r="M755" s="1"><v>0</v></c></row><row r="756" spans="1:13" customFormat="false"><c r="A756" s="1"><v>270</v></c><c r="B756" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C756" s="1" t="str"><v>Verhaal Pioniers Noordelijk Flevoland</v></c><c r="D756" s="1" t="str"><v xml:space="preserve">De provincie wil dat het verhaal van de pioniers in Noordelijk Flevoland verteld wordt en bestemt het beschikbare budget voor Schokland om het unieke verhaal van de pioniers van de Noordoostpolder, gekoppeld aan het Unesco‐werelderfgoed, goed voor het voetlicht te brengen, in samenhang met Urk en Schokland.&#13;
 Beoogde resultaten:&#13;
 2025: &#13;
 1. Het verhaal van de pioniers is goed voor het voetlicht gebracht.&#13;
 2. Doorontwikkeling van Batavialand tot toekomstbestendig Nationaal Maritiem Erfgoedpark: Medio 2025 is aanbesteding en selectie uitgevoerd en zijn vergunningen en bouwvoorbereiding gereed om begin 2026 te starten met de bouw. Aantal bezoekers Batavialand 86.400.&#13;
 2027:&#13;
 1. Het verhaal van de pioniers is goed voor het voetlicht gebracht.&#13;
-2. Erfgoedpark is opgeleverd. Aantal bezoekers Batavialand 100.000</v></c><c r="E689" s="1" t="str"><v/></c><c r="F689" s="4" t="str"><v/></c><c r="G689" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H689" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I689" s="1" t="str"><v>Cultuur</v></c><c r="J689" s="1" t="str"><v/></c><c r="K689" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L689" s="4"><v>46569.0</v></c><c r="M689" s="1"><v>0</v></c></row><row r="690" spans="1:13" customFormat="false"><c r="A690" s="1"><v>272</v></c><c r="B690" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C690" s="1" t="str"><v>Cultuursubsidies</v></c><c r="D690" s="1" t="str"><v xml:space="preserve">Cultuursubsidies worden eerlijk verdeeld over de hele provincie, zowel stedelijke als&#13;
+2. Erfgoedpark is opgeleverd. Aantal bezoekers Batavialand 100.000</v></c><c r="E756" s="1" t="str"><v/></c><c r="F756" s="4" t="str"><v/></c><c r="G756" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H756" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I756" s="1" t="str"><v>Cultuur</v></c><c r="J756" s="1" t="str"><v/></c><c r="K756" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L756" s="4"><v>46569.0</v></c><c r="M756" s="1"><v>0</v></c></row><row r="757" spans="1:13" customFormat="false"><c r="A757" s="1"><v>272</v></c><c r="B757" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C757" s="1" t="str"><v>Cultuursubsidies</v></c><c r="D757" s="1" t="str"><v xml:space="preserve">Cultuursubsidies worden eerlijk verdeeld over de hele provincie, zowel stedelijke als&#13;
 plattelandscultuur.&#13;
 Beoogde resultaten:&#13;
 2025: Afgeronde evaluatie geografische spreiding en eventuele aanpassing toekenning cultuursubsidies.&#13;
-2027: De resultaten van de eventuele aanpassingen.</v></c><c r="E690" s="1" t="str"><v/></c><c r="F690" s="4" t="str"><v/></c><c r="G690" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H690" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I690" s="1" t="str"><v>Cultuur</v></c><c r="J690" s="1" t="str"><v/></c><c r="K690" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L690" s="4"><v>45839.0</v></c><c r="M690" s="1"><v>0</v></c></row><row r="691" spans="1:13" customFormat="false"><c r="A691" s="1"><v>272</v></c><c r="B691" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C691" s="1" t="str"><v>Cultuursubsidies</v></c><c r="D691" s="1" t="str"><v xml:space="preserve">Cultuursubsidies worden eerlijk verdeeld over de hele provincie, zowel stedelijke als&#13;
+2027: De resultaten van de eventuele aanpassingen.</v></c><c r="E757" s="1" t="str"><v/></c><c r="F757" s="4" t="str"><v/></c><c r="G757" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H757" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I757" s="1" t="str"><v>Cultuur</v></c><c r="J757" s="1" t="str"><v/></c><c r="K757" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L757" s="4"><v>45839.0</v></c><c r="M757" s="1"><v>0</v></c></row><row r="758" spans="1:13" customFormat="false"><c r="A758" s="1"><v>272</v></c><c r="B758" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C758" s="1" t="str"><v>Cultuursubsidies</v></c><c r="D758" s="1" t="str"><v xml:space="preserve">Cultuursubsidies worden eerlijk verdeeld over de hele provincie, zowel stedelijke als&#13;
 plattelandscultuur.&#13;
 Beoogde resultaten:&#13;
 2025: Afgeronde evaluatie geografische spreiding en eventuele aanpassing toekenning cultuursubsidies.&#13;
-2027: De resultaten van de eventuele aanpassingen.</v></c><c r="E691" s="1" t="str"><v/></c><c r="F691" s="4" t="str"><v/></c><c r="G691" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H691" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I691" s="1" t="str"><v>Cultuur</v></c><c r="J691" s="1" t="str"><v/></c><c r="K691" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L691" s="4"><v>46569.0</v></c><c r="M691" s="1"><v>0</v></c></row><row r="692" spans="1:13" customFormat="false"><c r="A692" s="1"><v>273</v></c><c r="B692" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C692" s="1" t="str"><v xml:space="preserve">Geen Kunstmuseum Almere </v></c><c r="D692" s="1" t="str"><v xml:space="preserve">Deze coalitieperiode neemt of ondersteunt de provincie geen initiatieven voor een nieuw kunstmuseum in Almere.&#13;
-Beoogde resultaten: n.v.t.</v></c><c r="E692" s="1" t="str"><v/></c><c r="F692" s="4" t="str"><v/></c><c r="G692" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H692" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I692" s="1" t="str"><v>Cultuur</v></c><c r="J692" s="1"/><c r="K692" s="1"/><c r="L692" s="4" t="str"><v/></c><c r="M692" s="1"/></row><row r="693" spans="1:13" customFormat="false"><c r="A693" s="1"><v>204</v></c><c r="B693" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C693" s="1" t="str"><v>Participatie</v></c><c r="D693" s="1" t="str"><v xml:space="preserve">De provincie ontwikkelt met Provinciale Staten een ‘gereedschapskist’ met instrumenten voor participatie en investeren daarin 1 miljoen euro.&#13;
+2027: De resultaten van de eventuele aanpassingen.</v></c><c r="E758" s="1" t="str"><v/></c><c r="F758" s="4" t="str"><v/></c><c r="G758" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H758" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I758" s="1" t="str"><v>Cultuur</v></c><c r="J758" s="1" t="str"><v/></c><c r="K758" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L758" s="4"><v>46569.0</v></c><c r="M758" s="1"><v>0</v></c></row><row r="759" spans="1:13" customFormat="false"><c r="A759" s="1"><v>273</v></c><c r="B759" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C759" s="1" t="str"><v xml:space="preserve">Geen Kunstmuseum Almere </v></c><c r="D759" s="1" t="str"><v xml:space="preserve">Deze coalitieperiode neemt of ondersteunt de provincie geen initiatieven voor een nieuw kunstmuseum in Almere.&#13;
+Beoogde resultaten: n.v.t.</v></c><c r="E759" s="1" t="str"><v/></c><c r="F759" s="4" t="str"><v/></c><c r="G759" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H759" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I759" s="1" t="str"><v>Cultuur</v></c><c r="J759" s="1"/><c r="K759" s="1"/><c r="L759" s="4" t="str"><v/></c><c r="M759" s="1"/></row><row r="760" spans="1:13" customFormat="false"><c r="A760" s="1"><v>204</v></c><c r="B760" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C760" s="1" t="str"><v>Participatie</v></c><c r="D760" s="1" t="str"><v xml:space="preserve">De provincie ontwikkelt met Provinciale Staten een ‘gereedschapskist’ met instrumenten voor participatie en investeren daarin 1 miljoen euro.&#13;
 Beoogde resultaten:&#13;
 2025: Participatiebeleid + gereedschapskist (2024) en participatieverordening (2025) zijn vastgesteld.&#13;
-2027: Bij nieuw beleid wordt het Participatiebeleid en participatieverordening toegepast en wordt gebruik gemaakt van de gereedschapskist.</v></c><c r="E693" s="1" t="str"><v/></c><c r="F693" s="4" t="str"><v/></c><c r="G693" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H693" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I693" s="1"/><c r="J693" s="1"/><c r="K693" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L693" s="4"><v>45839.0</v></c><c r="M693" s="1"><v>0</v></c></row><row r="694" spans="1:13" customFormat="false"><c r="A694" s="1"><v>204</v></c><c r="B694" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C694" s="1" t="str"><v>Participatie</v></c><c r="D694" s="1" t="str"><v xml:space="preserve">De provincie ontwikkelt met Provinciale Staten een ‘gereedschapskist’ met instrumenten voor participatie en investeren daarin 1 miljoen euro.&#13;
+2027: Bij nieuw beleid wordt het Participatiebeleid en participatieverordening toegepast en wordt gebruik gemaakt van de gereedschapskist.</v></c><c r="E760" s="1" t="str"><v/></c><c r="F760" s="4" t="str"><v/></c><c r="G760" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H760" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I760" s="1"/><c r="J760" s="1"/><c r="K760" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L760" s="4"><v>45839.0</v></c><c r="M760" s="1"><v>0</v></c></row><row r="761" spans="1:13" customFormat="false"><c r="A761" s="1"><v>204</v></c><c r="B761" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C761" s="1" t="str"><v>Participatie</v></c><c r="D761" s="1" t="str"><v xml:space="preserve">De provincie ontwikkelt met Provinciale Staten een ‘gereedschapskist’ met instrumenten voor participatie en investeren daarin 1 miljoen euro.&#13;
 Beoogde resultaten:&#13;
 2025: Participatiebeleid + gereedschapskist (2024) en participatieverordening (2025) zijn vastgesteld.&#13;
-2027: Bij nieuw beleid wordt het Participatiebeleid en participatieverordening toegepast en wordt gebruik gemaakt van de gereedschapskist.</v></c><c r="E694" s="1" t="str"><v/></c><c r="F694" s="4" t="str"><v/></c><c r="G694" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H694" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I694" s="1"/><c r="J694" s="1"/><c r="K694" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L694" s="4"><v>46569.0</v></c><c r="M694" s="1"><v>0</v></c></row><row r="695" spans="1:13" customFormat="false"><c r="A695" s="1"><v>279</v></c><c r="B695" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C695" s="1" t="str"><v>Eigentijds bestuur</v></c><c r="D695" s="1" t="str"><v xml:space="preserve">De provincie streeft naar een eigentijds bestuur waarin het belang van Flevoland voorop staat. Zij doet dit met een open, constructieve houding naar alle partijen en een duaal stelsel zoals bij de invoering ervan was bedoeld.&#13;
+2027: Bij nieuw beleid wordt het Participatiebeleid en participatieverordening toegepast en wordt gebruik gemaakt van de gereedschapskist.</v></c><c r="E761" s="1" t="str"><v/></c><c r="F761" s="4" t="str"><v/></c><c r="G761" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H761" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I761" s="1"/><c r="J761" s="1"/><c r="K761" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L761" s="4"><v>46569.0</v></c><c r="M761" s="1"><v>0</v></c></row><row r="762" spans="1:13" customFormat="false"><c r="A762" s="1"><v>279</v></c><c r="B762" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C762" s="1" t="str"><v>Eigentijds bestuur</v></c><c r="D762" s="1" t="str"><v xml:space="preserve">De provincie streeft naar een eigentijds bestuur waarin het belang van Flevoland voorop staat. Zij doet dit met een open, constructieve houding naar alle partijen en een duaal stelsel zoals bij de invoering ervan was bedoeld.&#13;
 Beoogde resultaten:&#13;
 2025: &#13;
 1. Concrete afspraken samenwerking PS‐GS (Omgevingswet)&#13;
 2. Medewerking verleend aan tussentijdse evaluatie van de Visie 'Politiek aan het roer'&#13;
 2027: &#13;
 1. Medewerking verleend eindverslag met adviezen over de uitvoering van de Visie 'Politiek aan het roer'&#13;
-</v></c><c r="E695" s="1" t="str"><v/></c><c r="F695" s="4" t="str"><v/></c><c r="G695" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H695" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I695" s="1"/><c r="J695" s="1" t="str"><v/></c><c r="K695" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L695" s="4"><v>45839.0</v></c><c r="M695" s="1"><v>0</v></c></row><row r="696" spans="1:13" customFormat="false"><c r="A696" s="1"><v>279</v></c><c r="B696" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C696" s="1" t="str"><v>Eigentijds bestuur</v></c><c r="D696" s="1" t="str"><v xml:space="preserve">De provincie streeft naar een eigentijds bestuur waarin het belang van Flevoland voorop staat. Zij doet dit met een open, constructieve houding naar alle partijen en een duaal stelsel zoals bij de invoering ervan was bedoeld.&#13;
+</v></c><c r="E762" s="1" t="str"><v/></c><c r="F762" s="4" t="str"><v/></c><c r="G762" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H762" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I762" s="1"/><c r="J762" s="1" t="str"><v/></c><c r="K762" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L762" s="4"><v>45839.0</v></c><c r="M762" s="1"><v>0</v></c></row><row r="763" spans="1:13" customFormat="false"><c r="A763" s="1"><v>279</v></c><c r="B763" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C763" s="1" t="str"><v>Eigentijds bestuur</v></c><c r="D763" s="1" t="str"><v xml:space="preserve">De provincie streeft naar een eigentijds bestuur waarin het belang van Flevoland voorop staat. Zij doet dit met een open, constructieve houding naar alle partijen en een duaal stelsel zoals bij de invoering ervan was bedoeld.&#13;
 Beoogde resultaten:&#13;
 2025: &#13;
 1. Concrete afspraken samenwerking PS‐GS (Omgevingswet)&#13;
 2. Medewerking verleend aan tussentijdse evaluatie van de Visie 'Politiek aan het roer'&#13;
 2027: &#13;
 1. Medewerking verleend eindverslag met adviezen over de uitvoering van de Visie 'Politiek aan het roer'&#13;
-</v></c><c r="E696" s="1" t="str"><v/></c><c r="F696" s="4" t="str"><v/></c><c r="G696" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H696" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I696" s="1"/><c r="J696" s="1" t="str"><v/></c><c r="K696" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L696" s="4"><v>46569.0</v></c><c r="M696" s="1"><v>0</v></c></row><row r="697" spans="1:13" customFormat="false"><c r="A697" s="1"><v>280</v></c><c r="B697" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C697" s="1" t="str"><v xml:space="preserve">Aan de voorkant </v></c><c r="D697" s="1" t="str"><v xml:space="preserve">Bij strategische vraagstukken worden Provinciale Staten ‘aan de voorkant’ betrokken. Door te zorgen voor tijdige agendering maken we sturing door kaderstelling mogelijk.&#13;
+</v></c><c r="E763" s="1" t="str"><v/></c><c r="F763" s="4" t="str"><v/></c><c r="G763" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H763" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I763" s="1"/><c r="J763" s="1" t="str"><v/></c><c r="K763" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L763" s="4"><v>46569.0</v></c><c r="M763" s="1"><v>0</v></c></row><row r="764" spans="1:13" customFormat="false"><c r="A764" s="1"><v>280</v></c><c r="B764" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C764" s="1" t="str"><v xml:space="preserve">Aan de voorkant </v></c><c r="D764" s="1" t="str"><v xml:space="preserve">Bij strategische vraagstukken worden Provinciale Staten ‘aan de voorkant’ betrokken. Door te zorgen voor tijdige agendering maken we sturing door kaderstelling mogelijk.&#13;
 Beoogde resultaten:&#13;
 2025:Vastgesteld participatiebeleid en een 'gereedschapskist' voor participatie, waarin rol van PS is beschreven.&#13;
-</v></c><c r="E697" s="1" t="str"><v/></c><c r="F697" s="4" t="str"><v/></c><c r="G697" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H697" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I697" s="1"/><c r="J697" s="1" t="str"><v/></c><c r="K697" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L697" s="4"><v>45839.0</v></c><c r="M697" s="1"><v>0</v></c></row><row r="698" spans="1:13" customFormat="false"><c r="A698" s="1"><v>281</v></c><c r="B698" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C698" s="1" t="str"><v xml:space="preserve">Kwaliteit Statenvoorstellen </v></c><c r="D698" s="1" t="str"><v xml:space="preserve">Met name bij strategische voorstellen nemen we ook dilemma’s, kanttekeningen en reële alternatieven op in Statenvoorstellen.&#13;
+</v></c><c r="E764" s="1" t="str"><v/></c><c r="F764" s="4" t="str"><v/></c><c r="G764" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H764" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I764" s="1"/><c r="J764" s="1" t="str"><v/></c><c r="K764" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L764" s="4"><v>45839.0</v></c><c r="M764" s="1"><v>0</v></c></row><row r="765" spans="1:13" customFormat="false"><c r="A765" s="1"><v>281</v></c><c r="B765" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C765" s="1" t="str"><v xml:space="preserve">Kwaliteit Statenvoorstellen </v></c><c r="D765" s="1" t="str"><v xml:space="preserve">Met name bij strategische voorstellen nemen we ook dilemma’s, kanttekeningen en reële alternatieven op in Statenvoorstellen.&#13;
 Beoogde resultaten:&#13;
 2025: Tevredenheid GS en PS over de kwaliteit van de bestuurlijke stukken&#13;
-2027: Transparantie en kwalitatief hoogwaardige afweging bij bestuurlijke stukken en besluitvorming</v></c><c r="E698" s="1" t="str"><v/></c><c r="F698" s="4" t="str"><v/></c><c r="G698" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H698" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I698" s="1" t="str"><v>Bestuursadvies</v></c><c r="J698" s="1" t="str"><v/></c><c r="K698" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L698" s="4"><v>45839.0</v></c><c r="M698" s="1"><v>0</v></c></row><row r="699" spans="1:13" customFormat="false"><c r="A699" s="1"><v>281</v></c><c r="B699" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C699" s="1" t="str"><v xml:space="preserve">Kwaliteit Statenvoorstellen </v></c><c r="D699" s="1" t="str"><v xml:space="preserve">Met name bij strategische voorstellen nemen we ook dilemma’s, kanttekeningen en reële alternatieven op in Statenvoorstellen.&#13;
+2027: Transparantie en kwalitatief hoogwaardige afweging bij bestuurlijke stukken en besluitvorming</v></c><c r="E765" s="1" t="str"><v/></c><c r="F765" s="4" t="str"><v/></c><c r="G765" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H765" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I765" s="1" t="str"><v>Bestuursadvies</v></c><c r="J765" s="1" t="str"><v/></c><c r="K765" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L765" s="4"><v>45839.0</v></c><c r="M765" s="1"><v>0</v></c></row><row r="766" spans="1:13" customFormat="false"><c r="A766" s="1"><v>281</v></c><c r="B766" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C766" s="1" t="str"><v xml:space="preserve">Kwaliteit Statenvoorstellen </v></c><c r="D766" s="1" t="str"><v xml:space="preserve">Met name bij strategische voorstellen nemen we ook dilemma’s, kanttekeningen en reële alternatieven op in Statenvoorstellen.&#13;
 Beoogde resultaten:&#13;
 2025: Tevredenheid GS en PS over de kwaliteit van de bestuurlijke stukken&#13;
-2027: Transparantie en kwalitatief hoogwaardige afweging bij bestuurlijke stukken en besluitvorming</v></c><c r="E699" s="1" t="str"><v/></c><c r="F699" s="4" t="str"><v/></c><c r="G699" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H699" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I699" s="1" t="str"><v>Bestuursadvies</v></c><c r="J699" s="1" t="str"><v/></c><c r="K699" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L699" s="4"><v>46569.0</v></c><c r="M699" s="1"><v>0</v></c></row><row r="700" spans="1:13" customFormat="false"><c r="A700" s="1"><v>200</v></c><c r="B700" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C700" s="1" t="str"><v>Landbouwvisie Flevoland (Visie op Landbouw)</v></c><c r="D700" s="1" t="str"><v xml:space="preserve">Samen met de stakeholders stelt de provincie een Flevolandse landbouwvisie op waarin de provincie een stip op de horizon zetten voor de volle breedte van de sector. De provincie wil daar het belang van circulariteit concreet maken.&#13;
+2027: Transparantie en kwalitatief hoogwaardige afweging bij bestuurlijke stukken en besluitvorming</v></c><c r="E766" s="1" t="str"><v/></c><c r="F766" s="4" t="str"><v/></c><c r="G766" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H766" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I766" s="1" t="str"><v>Bestuursadvies</v></c><c r="J766" s="1" t="str"><v/></c><c r="K766" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L766" s="4"><v>46569.0</v></c><c r="M766" s="1"><v>0</v></c></row><row r="767" spans="1:13" customFormat="false"><c r="A767" s="1"><v>200</v></c><c r="B767" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C767" s="1" t="str"><v>Landbouwvisie Flevoland (Visie op Landbouw)</v></c><c r="D767" s="1" t="str"><v xml:space="preserve">Samen met de stakeholders stelt de provincie een Flevolandse landbouwvisie op waarin de provincie een stip op de horizon zetten voor de volle breedte van de sector. De provincie wil daar het belang van circulariteit concreet maken.&#13;
 Beoogde resultaten:&#13;
 2025: Landbouwvisie vastgesteld&#13;
-2027: Eventueel als vervolg op dit speerpunt: beleid vastgesteld; uitvoeringsprogramma vastgesteld.</v></c><c r="E700" s="1" t="str"><v/></c><c r="F700" s="4" t="str"><v/></c><c r="G700" s="1" t="str"><v>Landbouw</v></c><c r="H700" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I700" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J700" s="1" t="str"><v/></c><c r="K700" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L700" s="4"><v>45839.0</v></c><c r="M700" s="1"><v>1</v></c></row><row r="701" spans="1:13" customFormat="false"><c r="A701" s="1"><v>200</v></c><c r="B701" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C701" s="1" t="str"><v>Landbouwvisie Flevoland (Visie op Landbouw)</v></c><c r="D701" s="1" t="str"><v xml:space="preserve">Samen met de stakeholders stelt de provincie een Flevolandse landbouwvisie op waarin de provincie een stip op de horizon zetten voor de volle breedte van de sector. De provincie wil daar het belang van circulariteit concreet maken.&#13;
+2027: Eventueel als vervolg op dit speerpunt: beleid vastgesteld; uitvoeringsprogramma vastgesteld.</v></c><c r="E767" s="1" t="str"><v/></c><c r="F767" s="4" t="str"><v/></c><c r="G767" s="1" t="str"><v>Landbouw</v></c><c r="H767" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I767" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J767" s="1" t="str"><v/></c><c r="K767" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L767" s="4"><v>45839.0</v></c><c r="M767" s="1"><v>1</v></c></row><row r="768" spans="1:13" customFormat="false"><c r="A768" s="1"><v>200</v></c><c r="B768" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C768" s="1" t="str"><v>Landbouwvisie Flevoland (Visie op Landbouw)</v></c><c r="D768" s="1" t="str"><v xml:space="preserve">Samen met de stakeholders stelt de provincie een Flevolandse landbouwvisie op waarin de provincie een stip op de horizon zetten voor de volle breedte van de sector. De provincie wil daar het belang van circulariteit concreet maken.&#13;
 Beoogde resultaten:&#13;
 2025: Landbouwvisie vastgesteld&#13;
-2027: Eventueel als vervolg op dit speerpunt: beleid vastgesteld; uitvoeringsprogramma vastgesteld.</v></c><c r="E701" s="1" t="str"><v/></c><c r="F701" s="4" t="str"><v/></c><c r="G701" s="1" t="str"><v>Landbouw</v></c><c r="H701" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I701" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J701" s="1" t="str"><v/></c><c r="K701" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L701" s="4"><v>46569.0</v></c><c r="M701" s="1"><v>0</v></c></row><row r="702" spans="1:13" customFormat="false"><c r="A702" s="1"><v>219</v></c><c r="B702" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C702" s="1" t="str"><v>Geen gedwongen onteigening boeren</v></c><c r="D702" s="1" t="str"><v xml:space="preserve">De provincie gaat niet over tot gedwongen onteigening van boeren.&#13;
+2027: Eventueel als vervolg op dit speerpunt: beleid vastgesteld; uitvoeringsprogramma vastgesteld.</v></c><c r="E768" s="1" t="str"><v/></c><c r="F768" s="4" t="str"><v/></c><c r="G768" s="1" t="str"><v>Landbouw</v></c><c r="H768" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I768" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J768" s="1" t="str"><v/></c><c r="K768" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L768" s="4"><v>46569.0</v></c><c r="M768" s="1"><v>0</v></c></row><row r="769" spans="1:13" customFormat="false"><c r="A769" s="1"><v>219</v></c><c r="B769" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C769" s="1" t="str"><v>Geen gedwongen onteigening boeren</v></c><c r="D769" s="1" t="str"><v xml:space="preserve">De provincie gaat niet over tot gedwongen onteigening van boeren.&#13;
 Beoogde resultaten:&#13;
 2025: Geen gedwongen onteigening van boeren.&#13;
-2027: Geen gedwongen onteigening van boeren.</v></c><c r="E702" s="1" t="str"><v/></c><c r="F702" s="4" t="str"><v/></c><c r="G702" s="1" t="str"><v>Landbouw</v></c><c r="H702" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I702" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J702" s="1"/><c r="K702" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L702" s="4"><v>45839.0</v></c><c r="M702" s="1"><v>0</v></c></row><row r="703" spans="1:13" customFormat="false"><c r="A703" s="1"><v>219</v></c><c r="B703" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C703" s="1" t="str"><v>Geen gedwongen onteigening boeren</v></c><c r="D703" s="1" t="str"><v xml:space="preserve">De provincie gaat niet over tot gedwongen onteigening van boeren.&#13;
+2027: Geen gedwongen onteigening van boeren.</v></c><c r="E769" s="1" t="str"><v/></c><c r="F769" s="4" t="str"><v/></c><c r="G769" s="1" t="str"><v>Landbouw</v></c><c r="H769" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I769" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J769" s="1"/><c r="K769" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L769" s="4"><v>45839.0</v></c><c r="M769" s="1"><v>0</v></c></row><row r="770" spans="1:13" customFormat="false"><c r="A770" s="1"><v>219</v></c><c r="B770" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C770" s="1" t="str"><v>Geen gedwongen onteigening boeren</v></c><c r="D770" s="1" t="str"><v xml:space="preserve">De provincie gaat niet over tot gedwongen onteigening van boeren.&#13;
 Beoogde resultaten:&#13;
 2025: Geen gedwongen onteigening van boeren.&#13;
-2027: Geen gedwongen onteigening van boeren.</v></c><c r="E703" s="1" t="str"><v/></c><c r="F703" s="4" t="str"><v/></c><c r="G703" s="1" t="str"><v>Landbouw</v></c><c r="H703" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I703" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J703" s="1"/><c r="K703" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L703" s="4"><v>46569.0</v></c><c r="M703" s="1"><v>0</v></c></row><row r="704" spans="1:13" customFormat="false"><c r="A704" s="1"><v>221</v></c><c r="B704" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C704" s="1" t="str"><v>Nevenactiviteiten agrarische ondernemers</v></c><c r="D704" s="1" t="str"><v xml:space="preserve">Agrarische ondernemers krijgen van de provincie de ruimte om agrarisch gerelateerde nevenactiviteiten te ontplooien op het gebied van bijvoorbeeld recreatie, toerisme en natuurbeheer.&#13;
+2027: Geen gedwongen onteigening van boeren.</v></c><c r="E770" s="1" t="str"><v/></c><c r="F770" s="4" t="str"><v/></c><c r="G770" s="1" t="str"><v>Landbouw</v></c><c r="H770" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I770" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J770" s="1"/><c r="K770" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L770" s="4"><v>46569.0</v></c><c r="M770" s="1"><v>0</v></c></row><row r="771" spans="1:13" customFormat="false"><c r="A771" s="1"><v>221</v></c><c r="B771" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C771" s="1" t="str"><v>Nevenactiviteiten agrarische ondernemers</v></c><c r="D771" s="1" t="str"><v xml:space="preserve">Agrarische ondernemers krijgen van de provincie de ruimte om agrarisch gerelateerde nevenactiviteiten te ontplooien op het gebied van bijvoorbeeld recreatie, toerisme en natuurbeheer.&#13;
 Beoogde resultaten:&#13;
 2025: Evaluatie beleidsregel gereed.&#13;
-2027: Actualisatie beleidsregel gereed.</v></c><c r="E704" s="1" t="str"><v/></c><c r="F704" s="4" t="str"><v/></c><c r="G704" s="1" t="str"><v>Landbouw</v></c><c r="H704" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I704" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J704" s="1"/><c r="K704" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L704" s="4"><v>45839.0</v></c><c r="M704" s="1"><v>0</v></c></row><row r="705" spans="1:13" customFormat="false"><c r="A705" s="1"><v>221</v></c><c r="B705" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C705" s="1" t="str"><v>Nevenactiviteiten agrarische ondernemers</v></c><c r="D705" s="1" t="str"><v xml:space="preserve">Agrarische ondernemers krijgen van de provincie de ruimte om agrarisch gerelateerde nevenactiviteiten te ontplooien op het gebied van bijvoorbeeld recreatie, toerisme en natuurbeheer.&#13;
+2027: Actualisatie beleidsregel gereed.</v></c><c r="E771" s="1" t="str"><v/></c><c r="F771" s="4" t="str"><v/></c><c r="G771" s="1" t="str"><v>Landbouw</v></c><c r="H771" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I771" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J771" s="1"/><c r="K771" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L771" s="4"><v>45839.0</v></c><c r="M771" s="1"><v>0</v></c></row><row r="772" spans="1:13" customFormat="false"><c r="A772" s="1"><v>221</v></c><c r="B772" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C772" s="1" t="str"><v>Nevenactiviteiten agrarische ondernemers</v></c><c r="D772" s="1" t="str"><v xml:space="preserve">Agrarische ondernemers krijgen van de provincie de ruimte om agrarisch gerelateerde nevenactiviteiten te ontplooien op het gebied van bijvoorbeeld recreatie, toerisme en natuurbeheer.&#13;
 Beoogde resultaten:&#13;
 2025: Evaluatie beleidsregel gereed.&#13;
-2027: Actualisatie beleidsregel gereed.</v></c><c r="E705" s="1" t="str"><v/></c><c r="F705" s="4" t="str"><v/></c><c r="G705" s="1" t="str"><v>Landbouw</v></c><c r="H705" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I705" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J705" s="1"/><c r="K705" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L705" s="4"><v>46569.0</v></c><c r="M705" s="1"><v>0</v></c></row><row r="706" spans="1:13" customFormat="false"><c r="A706" s="1"><v>222</v></c><c r="B706" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C706" s="1" t="str"><v>Legalisering PAS-melders</v></c><c r="D706" s="1" t="str"><v xml:space="preserve">De stikstofruimte die de provincie zelf verwerft, komt in eerste instantie ten goede aan de legalisering van de PAS-melders in Flevoland en aan prioritaire provinciale projecten.&#13;
+2027: Actualisatie beleidsregel gereed.</v></c><c r="E772" s="1" t="str"><v/></c><c r="F772" s="4" t="str"><v/></c><c r="G772" s="1" t="str"><v>Landbouw</v></c><c r="H772" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I772" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J772" s="1"/><c r="K772" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L772" s="4"><v>46569.0</v></c><c r="M772" s="1"><v>0</v></c></row><row r="773" spans="1:13" customFormat="false"><c r="A773" s="1"><v>222</v></c><c r="B773" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C773" s="1" t="str"><v>Legalisering PAS-melders</v></c><c r="D773" s="1" t="str"><v xml:space="preserve">De stikstofruimte die de provincie zelf verwerft, komt in eerste instantie ten goede aan de legalisering van de PAS-melders in Flevoland en aan prioritaire provinciale projecten.&#13;
 Beoogde resultaten:&#13;
 2025: Het legaliseren van PAS-melders is een taak die bij het Rijk ligt. Deze taak opgenomen in het Legalisatie&#13;
 Programma PAS-melders, hierin is de doelstelling aangegeven dat alle PAS-melders gelegaliseerd kunnen worden. De&#13;
 streefdatum van het rijk is februari 2025. De provincie wil graag bijdragen aan een oplossing. De provincie hoopt een bijdrage te kunnen leveren aan het legaliseren van 15 PAS-melders.&#13;
-2027: Het legaliseren van PAS-melders is een taak die bij het Rijk ligt. Deze taak opgenomen in het Legalisatie Programma PAS-melders, hierin is de doelstelling aangegeven dat alle PAS-melders gelegaliseerd kunnen worden. De streefdatum van het rijk is februari 2025. De provincie ziet graag dat het rijk haar taak heeft uitgevoerd en alle PAS-melders gelegaliseerd zijn in februari 2025. Mocht dit niet het geval zijn hopen we 30 PAS-melder geholpen te hebben.</v></c><c r="E706" s="1" t="str"><v/></c><c r="F706" s="4" t="str"><v/></c><c r="G706" s="1" t="str"><v>Landbouw</v></c><c r="H706" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I706" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J706" s="1"/><c r="K706" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L706" s="4"><v>45839.0</v></c><c r="M706" s="1"><v>0</v></c></row><row r="707" spans="1:13" customFormat="false"><c r="A707" s="1"><v>222</v></c><c r="B707" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C707" s="1" t="str"><v>Legalisering PAS-melders</v></c><c r="D707" s="1" t="str"><v xml:space="preserve">De stikstofruimte die de provincie zelf verwerft, komt in eerste instantie ten goede aan de legalisering van de PAS-melders in Flevoland en aan prioritaire provinciale projecten.&#13;
+2027: Het legaliseren van PAS-melders is een taak die bij het Rijk ligt. Deze taak opgenomen in het Legalisatie Programma PAS-melders, hierin is de doelstelling aangegeven dat alle PAS-melders gelegaliseerd kunnen worden. De streefdatum van het rijk is februari 2025. De provincie ziet graag dat het rijk haar taak heeft uitgevoerd en alle PAS-melders gelegaliseerd zijn in februari 2025. Mocht dit niet het geval zijn hopen we 30 PAS-melder geholpen te hebben.</v></c><c r="E773" s="1" t="str"><v/></c><c r="F773" s="4" t="str"><v/></c><c r="G773" s="1" t="str"><v>Landbouw</v></c><c r="H773" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I773" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J773" s="1"/><c r="K773" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L773" s="4"><v>45839.0</v></c><c r="M773" s="1"><v>0</v></c></row><row r="774" spans="1:13" customFormat="false"><c r="A774" s="1"><v>222</v></c><c r="B774" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C774" s="1" t="str"><v>Legalisering PAS-melders</v></c><c r="D774" s="1" t="str"><v xml:space="preserve">De stikstofruimte die de provincie zelf verwerft, komt in eerste instantie ten goede aan de legalisering van de PAS-melders in Flevoland en aan prioritaire provinciale projecten.&#13;
 Beoogde resultaten:&#13;
 2025: Het legaliseren van PAS-melders is een taak die bij het Rijk ligt. Deze taak opgenomen in het Legalisatie&#13;
 Programma PAS-melders, hierin is de doelstelling aangegeven dat alle PAS-melders gelegaliseerd kunnen worden. De&#13;
 streefdatum van het rijk is februari 2025. De provincie wil graag bijdragen aan een oplossing. De provincie hoopt een bijdrage te kunnen leveren aan het legaliseren van 15 PAS-melders.&#13;
-2027: Het legaliseren van PAS-melders is een taak die bij het Rijk ligt. Deze taak opgenomen in het Legalisatie Programma PAS-melders, hierin is de doelstelling aangegeven dat alle PAS-melders gelegaliseerd kunnen worden. De streefdatum van het rijk is februari 2025. De provincie ziet graag dat het rijk haar taak heeft uitgevoerd en alle PAS-melders gelegaliseerd zijn in februari 2025. Mocht dit niet het geval zijn hopen we 30 PAS-melder geholpen te hebben.</v></c><c r="E707" s="1" t="str"><v/></c><c r="F707" s="4" t="str"><v/></c><c r="G707" s="1" t="str"><v>Landbouw</v></c><c r="H707" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I707" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J707" s="1"/><c r="K707" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L707" s="4"><v>46204.0</v></c><c r="M707" s="1"><v>0</v></c></row><row r="708" spans="1:13" customFormat="false"><c r="A708" s="1"><v>282</v></c><c r="B708" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C708" s="1" t="str"><v>Lobbyactiviteiten</v></c><c r="D708" s="1" t="str"><v xml:space="preserve">Provinciale Staten worden actiever betrokken bij de lobbyactiviteiten in Den Haag en .Brussel.&#13;
+2027: Het legaliseren van PAS-melders is een taak die bij het Rijk ligt. Deze taak opgenomen in het Legalisatie Programma PAS-melders, hierin is de doelstelling aangegeven dat alle PAS-melders gelegaliseerd kunnen worden. De streefdatum van het rijk is februari 2025. De provincie ziet graag dat het rijk haar taak heeft uitgevoerd en alle PAS-melders gelegaliseerd zijn in februari 2025. Mocht dit niet het geval zijn hopen we 30 PAS-melder geholpen te hebben.</v></c><c r="E774" s="1" t="str"><v/></c><c r="F774" s="4" t="str"><v/></c><c r="G774" s="1" t="str"><v>Landbouw</v></c><c r="H774" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I774" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J774" s="1"/><c r="K774" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L774" s="4"><v>46204.0</v></c><c r="M774" s="1"><v>0</v></c></row><row r="775" spans="1:13" customFormat="false"><c r="A775" s="1"><v>282</v></c><c r="B775" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C775" s="1" t="str"><v>Lobbyactiviteiten</v></c><c r="D775" s="1" t="str"><v xml:space="preserve">Provinciale Staten worden actiever betrokken bij de lobbyactiviteiten in Den Haag en .Brussel.&#13;
 Beoogde resultaten:&#13;
 2025: &#13;
 1. Via Statenacademie zijn Statenleden meegenomen in het onderwerp lobby.&#13;
 2. Staten inhoudelijk betrokken bij Public Affairs‐ Strategische lobbyagenda.&#13;
 2027:&#13;
 1. Leden provinciale Staten benutten hun netwerken voor lobby tbv provincie Flevoland.&#13;
 2. Public Affairs beleid ontwikkeld en gedeeld met PS&#13;
-</v></c><c r="E708" s="1" t="str"><v/></c><c r="F708" s="4" t="str"><v/></c><c r="G708" s="1" t="str"><v>Lobby &amp; Communicatie</v></c><c r="H708" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I708" s="1"/><c r="J708" s="1" t="str"><v/></c><c r="K708" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L708" s="4"><v>45839.0</v></c><c r="M708" s="1"><v>0</v></c></row><row r="709" spans="1:13" customFormat="false"><c r="A709" s="1"><v>282</v></c><c r="B709" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C709" s="1" t="str"><v>Lobbyactiviteiten</v></c><c r="D709" s="1" t="str"><v xml:space="preserve">Provinciale Staten worden actiever betrokken bij de lobbyactiviteiten in Den Haag en .Brussel.&#13;
+</v></c><c r="E775" s="1" t="str"><v/></c><c r="F775" s="4" t="str"><v/></c><c r="G775" s="1" t="str"><v>Lobby &amp; Communicatie</v></c><c r="H775" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I775" s="1"/><c r="J775" s="1" t="str"><v/></c><c r="K775" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L775" s="4"><v>45839.0</v></c><c r="M775" s="1"><v>0</v></c></row><row r="776" spans="1:13" customFormat="false"><c r="A776" s="1"><v>282</v></c><c r="B776" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C776" s="1" t="str"><v>Lobbyactiviteiten</v></c><c r="D776" s="1" t="str"><v xml:space="preserve">Provinciale Staten worden actiever betrokken bij de lobbyactiviteiten in Den Haag en .Brussel.&#13;
 Beoogde resultaten:&#13;
 2025: &#13;
 1. Via Statenacademie zijn Statenleden meegenomen in het onderwerp lobby.&#13;
 2. Staten inhoudelijk betrokken bij Public Affairs‐ Strategische lobbyagenda.&#13;
 2027:&#13;
 1. Leden provinciale Staten benutten hun netwerken voor lobby tbv provincie Flevoland.&#13;
 2. Public Affairs beleid ontwikkeld en gedeeld met PS&#13;
-</v></c><c r="E709" s="1" t="str"><v/></c><c r="F709" s="4" t="str"><v/></c><c r="G709" s="1" t="str"><v>Lobby &amp; Communicatie</v></c><c r="H709" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I709" s="1"/><c r="J709" s="1" t="str"><v/></c><c r="K709" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L709" s="4"><v>46569.0</v></c><c r="M709" s="1"><v>0</v></c></row><row r="710" spans="1:13" customFormat="false"><c r="A710" s="1"><v>249</v></c><c r="B710" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C710" s="1" t="str"><v xml:space="preserve">Toezicht in buitengebied </v></c><c r="D710" s="1" t="str"><v xml:space="preserve">de provincie vraagt de Omgevingsdienst OFGV om binnen haar bestaande capaciteit scherpe aandacht te geven aan toezicht in het buitengebied op onder meer drugsdumpingen. Hierbij kijkt de provincie ook naar nieuwe vormen van toezicht door slim gebruik te maken van (innovatieve) technieken zodat de werklast opgevangen kan worden.&#13;
-[...1 lines deleted...]
-2025: Het toezicht op illegale drugsdumpingen is een specifiek aandachtspunt in de vrije veld controles die de OFGV in het buitengebied voor de provincie uitvoert.</v></c><c r="E710" s="1" t="str"><v/></c><c r="F710" s="4" t="str"><v/></c><c r="G710" s="1" t="str"><v>Milieu</v></c><c r="H710" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I710" s="1" t="str"><v>Milieu</v></c><c r="J710" s="1" t="str"><v/></c><c r="K710" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L710" s="4"><v>45839.0</v></c><c r="M710" s="1"><v>0</v></c></row><row r="711" spans="1:13" customFormat="false"><c r="A711" s="1"><v>189</v></c><c r="B711" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C711" s="1" t="str"><v>IJmeerverbinding</v></c><c r="D711" s="1" t="str"><v xml:space="preserve">De realisatie van de IJmeerverbinding (voor meerdere vervoertypen) is een harde voorwaarde voor de verdere ontwikkeling van Almere Pampus.&#13;
+</v></c><c r="E776" s="1" t="str"><v/></c><c r="F776" s="4" t="str"><v/></c><c r="G776" s="1" t="str"><v>Lobby &amp; Communicatie</v></c><c r="H776" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I776" s="1"/><c r="J776" s="1" t="str"><v/></c><c r="K776" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L776" s="4"><v>46569.0</v></c><c r="M776" s="1"><v>0</v></c></row><row r="777" spans="1:13" customFormat="false"><c r="A777" s="1"><v>249</v></c><c r="B777" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C777" s="1" t="str"><v xml:space="preserve">Toezicht in buitengebied </v></c><c r="D777" s="1" t="str"><v xml:space="preserve">de provincie vraagt de Omgevingsdienst OFGV om binnen haar bestaande capaciteit scherpe aandacht te geven aan toezicht in het buitengebied op onder meer drugsdumpingen. Hierbij kijkt de provincie ook naar nieuwe vormen van toezicht door slim gebruik te maken van (innovatieve) technieken zodat de werklast opgevangen kan worden.&#13;
+Beoogde resultaten:&#13;
+2025: Het toezicht op illegale drugsdumpingen is een specifiek aandachtspunt in de vrije veld controles die de OFGV in het buitengebied voor de provincie uitvoert.</v></c><c r="E777" s="1" t="str"><v/></c><c r="F777" s="4" t="str"><v/></c><c r="G777" s="1" t="str"><v>Milieu</v></c><c r="H777" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I777" s="1" t="str"><v>Milieu</v></c><c r="J777" s="1" t="str"><v/></c><c r="K777" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L777" s="4"><v>45839.0</v></c><c r="M777" s="1"><v>0</v></c></row><row r="778" spans="1:13" customFormat="false"><c r="A778" s="1"><v>189</v></c><c r="B778" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C778" s="1" t="str"><v>IJmeerverbinding</v></c><c r="D778" s="1" t="str"><v xml:space="preserve">De realisatie van de IJmeerverbinding (voor meerdere vervoertypen) is een harde voorwaarde voor de verdere ontwikkeling van Almere Pampus.&#13;
 &#13;
 Beoogde resultaten:&#13;
 2025: Besluit tot het uitvoeren Verkenning volgens MIRT-systematiek is genomen en uitvoering Verkenning is gestart (onder voorbehoud dat het nieuwe kabinet voldoende middelen reserveert voor investeringen in infrastructuur).&#13;
 &#13;
-2027: Verkenning gereed (inclusief zicht op bekostiging); besluit tot Start Planstudie is genomen.</v></c><c r="E711" s="1" t="str"><v/></c><c r="F711" s="4" t="str"><v/></c><c r="G711" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H711" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I711" s="1" t="str"><v>Mobiliteit</v></c><c r="J711" s="1" t="str"><v/></c><c r="K711" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L711" s="4"><v>45839.0</v></c><c r="M711" s="1"><v>0</v></c></row><row r="712" spans="1:13" customFormat="false"><c r="A712" s="1"><v>189</v></c><c r="B712" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C712" s="1" t="str"><v>IJmeerverbinding</v></c><c r="D712" s="1" t="str"><v xml:space="preserve">De realisatie van de IJmeerverbinding (voor meerdere vervoertypen) is een harde voorwaarde voor de verdere ontwikkeling van Almere Pampus.&#13;
+2027: Verkenning gereed (inclusief zicht op bekostiging); besluit tot Start Planstudie is genomen.</v></c><c r="E778" s="1" t="str"><v/></c><c r="F778" s="4" t="str"><v/></c><c r="G778" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H778" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I778" s="1" t="str"><v>Mobiliteit</v></c><c r="J778" s="1" t="str"><v/></c><c r="K778" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L778" s="4"><v>45839.0</v></c><c r="M778" s="1"><v>0</v></c></row><row r="779" spans="1:13" customFormat="false"><c r="A779" s="1"><v>189</v></c><c r="B779" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C779" s="1" t="str"><v>IJmeerverbinding</v></c><c r="D779" s="1" t="str"><v xml:space="preserve">De realisatie van de IJmeerverbinding (voor meerdere vervoertypen) is een harde voorwaarde voor de verdere ontwikkeling van Almere Pampus.&#13;
 &#13;
 Beoogde resultaten:&#13;
 2025: Besluit tot het uitvoeren Verkenning volgens MIRT-systematiek is genomen en uitvoering Verkenning is gestart (onder voorbehoud dat het nieuwe kabinet voldoende middelen reserveert voor investeringen in infrastructuur).&#13;
 &#13;
-2027: Verkenning gereed (inclusief zicht op bekostiging); besluit tot Start Planstudie is genomen.</v></c><c r="E712" s="1" t="str"><v/></c><c r="F712" s="4" t="str"><v/></c><c r="G712" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H712" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I712" s="1" t="str"><v>Mobiliteit</v></c><c r="J712" s="1" t="str"><v/></c><c r="K712" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L712" s="4"><v>46446.0</v></c><c r="M712" s="1"><v>0</v></c></row><row r="713" spans="1:13" customFormat="false"><c r="A713" s="1"><v>189</v></c><c r="B713" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C713" s="1" t="str"><v>IJmeerverbinding</v></c><c r="D713" s="1" t="str"><v xml:space="preserve">De realisatie van de IJmeerverbinding (voor meerdere vervoertypen) is een harde voorwaarde voor de verdere ontwikkeling van Almere Pampus.&#13;
+2027: Verkenning gereed (inclusief zicht op bekostiging); besluit tot Start Planstudie is genomen.</v></c><c r="E779" s="1" t="str"><v/></c><c r="F779" s="4" t="str"><v/></c><c r="G779" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H779" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I779" s="1" t="str"><v>Mobiliteit</v></c><c r="J779" s="1" t="str"><v/></c><c r="K779" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L779" s="4"><v>46446.0</v></c><c r="M779" s="1"><v>0</v></c></row><row r="780" spans="1:13" customFormat="false"><c r="A780" s="1"><v>189</v></c><c r="B780" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C780" s="1" t="str"><v>IJmeerverbinding</v></c><c r="D780" s="1" t="str"><v xml:space="preserve">De realisatie van de IJmeerverbinding (voor meerdere vervoertypen) is een harde voorwaarde voor de verdere ontwikkeling van Almere Pampus.&#13;
 &#13;
 Beoogde resultaten:&#13;
 2025: Besluit tot het uitvoeren Verkenning volgens MIRT-systematiek is genomen en uitvoering Verkenning is gestart (onder voorbehoud dat het nieuwe kabinet voldoende middelen reserveert voor investeringen in infrastructuur).&#13;
 &#13;
-2027: Verkenning gereed (inclusief zicht op bekostiging); besluit tot Start Planstudie is genomen.</v></c><c r="E713" s="1" t="str"><v/></c><c r="F713" s="4" t="str"><v/></c><c r="G713" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H713" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I713" s="1" t="str"><v>Mobiliteit</v></c><c r="J713" s="1" t="str"><v/></c><c r="K713" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L713" s="4"><v>46569.0</v></c><c r="M713" s="1"><v>0</v></c></row><row r="714" spans="1:13" customFormat="false"><c r="A714" s="1"><v>195</v></c><c r="B714" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C714" s="1" t="str"><v>Ontwikkeling Openbaar Vervoer (OV)</v></c><c r="D714" s="1" t="str"><v xml:space="preserve">Het OV moet meegroeien met de groei van Flevoland, waarbij de provincie in gebieden met een lage OV-bezettingsgraad inzetten op vormen van deelvervoer (‘Mobility as a Service’).&#13;
+2027: Verkenning gereed (inclusief zicht op bekostiging); besluit tot Start Planstudie is genomen.</v></c><c r="E780" s="1" t="str"><v/></c><c r="F780" s="4" t="str"><v/></c><c r="G780" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H780" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I780" s="1" t="str"><v>Mobiliteit</v></c><c r="J780" s="1" t="str"><v/></c><c r="K780" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L780" s="4"><v>46569.0</v></c><c r="M780" s="1"><v>0</v></c></row><row r="781" spans="1:13" customFormat="false"><c r="A781" s="1"><v>195</v></c><c r="B781" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C781" s="1" t="str"><v>Ontwikkeling Openbaar Vervoer (OV)</v></c><c r="D781" s="1" t="str"><v xml:space="preserve">Het OV moet meegroeien met de groei van Flevoland, waarbij de provincie in gebieden met een lage OV-bezettingsgraad inzetten op vormen van deelvervoer (‘Mobility as a Service’).&#13;
 &#13;
 Beoogde resultaten:&#13;
 &#13;
 2025: &#13;
 1. Gemeente Almere krijgt een nieuwe delegatie om een volgende OV-concessie aan te besteden die rekening houdt met de groei van de stad.&#13;
 2. MIRT-onderzoek multimodale ontsluiting Lelystad Zuid / Warande afgerond.&#13;
 3. Dienstregeling OV die steeds meer aansluit op de reizigersvraag.&#13;
 4. Start implementatie nieuwe contract regiotaxi.&#13;
 5. deelvervoer: Er is een start gemaakt met deelvervoer in de provincie en er is ervaring opgedaan met MaaS&#13;
 &#13;
 2027:&#13;
 1. Gemeente Almere vanuit delegatie: nieuwe OV-concessie is geïmplementeerd. &#13;
 2. Lelystad Zuid: afhankelijk van uitkomsten onderzoek 2024 / 2025.&#13;
 3. Het lijnennet OV (kernnet) heeft voldoende aanbod voor de grote reizigersstromen. Kleine reizigersstromen maken&#13;
 gebruik van het nieuwe concept van de regiotaxi.&#13;
 4. De Regiotaxi biedt zowel de WMO-reiziger (verantwoordelijkheid gemeenten) als de OV-reiziger kwalitatief goed vervoer. De ontsluiting van het landelijk gebied is hierdoor verbeterd.&#13;
 5. Deelvervoer: uitbreiding van deelvervoer leidt tot meer gebruik en MaaS is inmiddels een bekend begrip onder de inwoners van de provincie&#13;
-</v></c><c r="E714" s="1" t="str"><v/></c><c r="F714" s="4" t="str"><v/></c><c r="G714" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H714" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I714" s="1" t="str"><v>Mobiliteit</v></c><c r="J714" s="1" t="str"><v xml:space="preserve">23 jan 2025: &#13;
+</v></c><c r="E781" s="1" t="str"><v/></c><c r="F781" s="4" t="str"><v/></c><c r="G781" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H781" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I781" s="1" t="str"><v>Mobiliteit</v></c><c r="J781" s="1" t="str"><v xml:space="preserve">23 jan 2025: &#13;
 1. Gemeente Almere heeft een nieuwe delegatie gekregen om een volgende OV-concessie aan te besteden&#13;
 2. PS krijgt in de eerste helft van 2025 een mededeling over MIRT-onderzoek multimodale ontsluiting Lelystad Zuid / Warande &#13;
 3. over de Dienstregeling OV die steeds meer aansluit op de reizigersvraag ontvangt u in Q4 en Q1 &#13;
 voortgangsrapportages (zei ook nr. 309)&#13;
 4. PS worden middels mededeling geïnformeerd over de gunning van contracten voor Flexvervoer. In de implementatie worden raden en staten als stakeholder in de communicatiestrategie meegenomen. &#13;
-</v></c><c r="K714" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L714" s="4"><v>45839.0</v></c><c r="M714" s="1"><v>0</v></c></row><row r="715" spans="1:13" customFormat="false"><c r="A715" s="1"><v>195</v></c><c r="B715" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C715" s="1" t="str"><v>Ontwikkeling Openbaar Vervoer (OV)</v></c><c r="D715" s="1" t="str"><v xml:space="preserve">Het OV moet meegroeien met de groei van Flevoland, waarbij de provincie in gebieden met een lage OV-bezettingsgraad inzetten op vormen van deelvervoer (‘Mobility as a Service’).&#13;
+</v></c><c r="K781" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L781" s="4"><v>45839.0</v></c><c r="M781" s="1"><v>0</v></c></row><row r="782" spans="1:13" customFormat="false"><c r="A782" s="1"><v>195</v></c><c r="B782" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C782" s="1" t="str"><v>Ontwikkeling Openbaar Vervoer (OV)</v></c><c r="D782" s="1" t="str"><v xml:space="preserve">Het OV moet meegroeien met de groei van Flevoland, waarbij de provincie in gebieden met een lage OV-bezettingsgraad inzetten op vormen van deelvervoer (‘Mobility as a Service’).&#13;
 &#13;
 Beoogde resultaten:&#13;
 &#13;
 2025: &#13;
 1. Gemeente Almere krijgt een nieuwe delegatie om een volgende OV-concessie aan te besteden die rekening houdt met de groei van de stad.&#13;
 2. MIRT-onderzoek multimodale ontsluiting Lelystad Zuid / Warande afgerond.&#13;
 3. Dienstregeling OV die steeds meer aansluit op de reizigersvraag.&#13;
 4. Start implementatie nieuwe contract regiotaxi.&#13;
 5. deelvervoer: Er is een start gemaakt met deelvervoer in de provincie en er is ervaring opgedaan met MaaS&#13;
 &#13;
 2027:&#13;
 1. Gemeente Almere vanuit delegatie: nieuwe OV-concessie is geïmplementeerd. &#13;
 2. Lelystad Zuid: afhankelijk van uitkomsten onderzoek 2024 / 2025.&#13;
 3. Het lijnennet OV (kernnet) heeft voldoende aanbod voor de grote reizigersstromen. Kleine reizigersstromen maken&#13;
 gebruik van het nieuwe concept van de regiotaxi.&#13;
 4. De Regiotaxi biedt zowel de WMO-reiziger (verantwoordelijkheid gemeenten) als de OV-reiziger kwalitatief goed vervoer. De ontsluiting van het landelijk gebied is hierdoor verbeterd.&#13;
 5. Deelvervoer: uitbreiding van deelvervoer leidt tot meer gebruik en MaaS is inmiddels een bekend begrip onder de inwoners van de provincie&#13;
-</v></c><c r="E715" s="1" t="str"><v/></c><c r="F715" s="4" t="str"><v/></c><c r="G715" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H715" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I715" s="1" t="str"><v>Mobiliteit</v></c><c r="J715" s="1" t="str"><v xml:space="preserve">23 jan 2025: &#13;
+</v></c><c r="E782" s="1" t="str"><v/></c><c r="F782" s="4" t="str"><v/></c><c r="G782" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H782" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I782" s="1" t="str"><v>Mobiliteit</v></c><c r="J782" s="1" t="str"><v xml:space="preserve">23 jan 2025: &#13;
 1. Gemeente Almere heeft een nieuwe delegatie gekregen om een volgende OV-concessie aan te besteden&#13;
 2. PS krijgt in de eerste helft van 2025 een mededeling over MIRT-onderzoek multimodale ontsluiting Lelystad Zuid / Warande &#13;
 3. over de Dienstregeling OV die steeds meer aansluit op de reizigersvraag ontvangt u in Q4 en Q1 &#13;
 voortgangsrapportages (zei ook nr. 309)&#13;
 4. PS worden middels mededeling geïnformeerd over de gunning van contracten voor Flexvervoer. In de implementatie worden raden en staten als stakeholder in de communicatiestrategie meegenomen. &#13;
-</v></c><c r="K715" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L715" s="4"><v>46569.0</v></c><c r="M715" s="1"><v>0</v></c></row><row r="716" spans="1:13" customFormat="false"><c r="A716" s="1"><v>196</v></c><c r="B716" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C716" s="1" t="str"><v>Bereikbaarheid kleine dorpen</v></c><c r="D716" s="1" t="str"><v xml:space="preserve">We investeren in de bereikbaarheid van (kleine) dorpen en het buitengebied. Als de huidige OV-verbindingen niet kunnen worden gehandhaafd, bieden we andere oplossingen. De provincie wil lokale plannen en initiatieven bevorderen door middel van co-financiering, zodat bewoners toch aansluiting hebben op regionaal vervoer.&#13;
+</v></c><c r="K782" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L782" s="4"><v>46569.0</v></c><c r="M782" s="1"><v>0</v></c></row><row r="783" spans="1:13" customFormat="false"><c r="A783" s="1"><v>196</v></c><c r="B783" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C783" s="1" t="str"><v>Bereikbaarheid kleine dorpen</v></c><c r="D783" s="1" t="str"><v xml:space="preserve">We investeren in de bereikbaarheid van (kleine) dorpen en het buitengebied. Als de huidige OV-verbindingen niet kunnen worden gehandhaafd, bieden we andere oplossingen. De provincie wil lokale plannen en initiatieven bevorderen door middel van co-financiering, zodat bewoners toch aansluiting hebben op regionaal vervoer.&#13;
 Beoogde resultaten:&#13;
 2025: &#13;
 1. Gesprekken gevoerd met gemeenten/gemeenschappen over de bereikbaarheid en afgestemd welke mobiliteitsoplossing passend is. Er is in kaart gebracht wat de wensen/mogelijkheden zijn.&#13;
 2. HUBs Urk en Lelystad (station) zijn gerealiseerd.&#13;
 2027:&#13;
 1. Realisatie van mobiliteitsoplossingen afhankelijk van uitkomsten fase 1.&#13;
 2. Realisatie HUB Emmeloord. Afhankelijk uitkomsten onderzoek realisatie HUB Zeewolde. Afhankelijk van planning Ontsluitingsweg Urk start aanleg HUB Domineesweg.&#13;
-</v></c><c r="E716" s="1" t="str"><v/></c><c r="F716" s="4" t="str"><v/></c><c r="G716" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H716" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I716" s="1" t="str"><v>Mobiliteit</v></c><c r="J716" s="1" t="str"><v>23 januari 2025: info wordt Q3 2025 verwacht</v></c><c r="K716" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L716" s="4"><v>45839.0</v></c><c r="M716" s="1"><v>0</v></c></row><row r="717" spans="1:13" customFormat="false"><c r="A717" s="1"><v>196</v></c><c r="B717" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C717" s="1" t="str"><v>Bereikbaarheid kleine dorpen</v></c><c r="D717" s="1" t="str"><v xml:space="preserve">We investeren in de bereikbaarheid van (kleine) dorpen en het buitengebied. Als de huidige OV-verbindingen niet kunnen worden gehandhaafd, bieden we andere oplossingen. De provincie wil lokale plannen en initiatieven bevorderen door middel van co-financiering, zodat bewoners toch aansluiting hebben op regionaal vervoer.&#13;
+</v></c><c r="E783" s="1" t="str"><v/></c><c r="F783" s="4" t="str"><v/></c><c r="G783" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H783" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I783" s="1" t="str"><v>Mobiliteit</v></c><c r="J783" s="1" t="str"><v>23 januari 2025: info wordt Q3 2025 verwacht</v></c><c r="K783" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L783" s="4"><v>45839.0</v></c><c r="M783" s="1"><v>0</v></c></row><row r="784" spans="1:13" customFormat="false"><c r="A784" s="1"><v>196</v></c><c r="B784" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C784" s="1" t="str"><v>Bereikbaarheid kleine dorpen</v></c><c r="D784" s="1" t="str"><v xml:space="preserve">We investeren in de bereikbaarheid van (kleine) dorpen en het buitengebied. Als de huidige OV-verbindingen niet kunnen worden gehandhaafd, bieden we andere oplossingen. De provincie wil lokale plannen en initiatieven bevorderen door middel van co-financiering, zodat bewoners toch aansluiting hebben op regionaal vervoer.&#13;
 Beoogde resultaten:&#13;
 2025: &#13;
 1. Gesprekken gevoerd met gemeenten/gemeenschappen over de bereikbaarheid en afgestemd welke mobiliteitsoplossing passend is. Er is in kaart gebracht wat de wensen/mogelijkheden zijn.&#13;
 2. HUBs Urk en Lelystad (station) zijn gerealiseerd.&#13;
 2027:&#13;
 1. Realisatie van mobiliteitsoplossingen afhankelijk van uitkomsten fase 1.&#13;
 2. Realisatie HUB Emmeloord. Afhankelijk uitkomsten onderzoek realisatie HUB Zeewolde. Afhankelijk van planning Ontsluitingsweg Urk start aanleg HUB Domineesweg.&#13;
-</v></c><c r="E717" s="1" t="str"><v/></c><c r="F717" s="4" t="str"><v/></c><c r="G717" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H717" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I717" s="1" t="str"><v>Mobiliteit</v></c><c r="J717" s="1" t="str"><v>23 januari 2025: info wordt Q3 2025 verwacht</v></c><c r="K717" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L717" s="4"><v>46569.0</v></c><c r="M717" s="1"><v>0</v></c></row><row r="718" spans="1:13" customFormat="false"><c r="A718" s="1"><v>197</v></c><c r="B718" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C718" s="1" t="str"><v>Toegankelijkheid en sociale veiligheid openbaar vervoer</v></c><c r="D718" s="1" t="str"><v xml:space="preserve">De provincie geeft speciale aandacht aan een goede toegankelijkheid en sociale veiligheid van het openbaar vervoer voor onder andere ouderen en mensen met een beperking.&#13;
+</v></c><c r="E784" s="1" t="str"><v/></c><c r="F784" s="4" t="str"><v/></c><c r="G784" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H784" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I784" s="1" t="str"><v>Mobiliteit</v></c><c r="J784" s="1" t="str"><v>23 januari 2025: info wordt Q3 2025 verwacht</v></c><c r="K784" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L784" s="4"><v>46569.0</v></c><c r="M784" s="1"><v>0</v></c></row><row r="785" spans="1:13" customFormat="false"><c r="A785" s="1"><v>197</v></c><c r="B785" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C785" s="1" t="str"><v>Toegankelijkheid en sociale veiligheid openbaar vervoer</v></c><c r="D785" s="1" t="str"><v xml:space="preserve">De provincie geeft speciale aandacht aan een goede toegankelijkheid en sociale veiligheid van het openbaar vervoer voor onder andere ouderen en mensen met een beperking.&#13;
 Beoogde resultaten:&#13;
 2025:&#13;
 1.  De concessiehouder (OV vervoerder) voldoet aan de eisen op het vlak van toegankelijkheid en sociale veiligheid. Bij stijging aantal incidenten maakt de vervoerder in afstemming met stakeholders een plan om de sociale veiligheid te&#13;
 verbeteren&#13;
 2.  Realisatie van de voor 2024-2025 geplande onderdelen uit het uitvoeringsplan Toegankelijkheid OV 2024-2028 (mede afhankelijk van extra financiële bijdrage van het Rijk waarop nu nog geen zicht is).&#13;
 2027:&#13;
 1. De concessiehouder (OV vervoerder) voldoet aan de eisen op het vlak van toegankelijkheid en sociale veiligheid. Bij stijging aantal incidenten maakt de vervoerder in afstemming met stakeholders een plan om de sociale veiligheid te verbeteren.&#13;
 2. Realisatie van de voor 2026-2027 geplande onderdelen uit het uitvoeringsplan Toegankelijkheid OV 2024-2028 (mede afhankelijk van extra financiële bijdrage van het Rijk waarop nu nog geen zicht is)&#13;
-</v></c><c r="E718" s="1" t="str"><v/></c><c r="F718" s="4" t="str"><v/></c><c r="G718" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H718" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I718" s="1" t="str"><v>Mobiliteit</v></c><c r="J718" s="1" t="str"><v xml:space="preserve">23 januari 2025: Het uitvoeringsplan Toegankelijkheid is in 2024 vastgesteld en loopt op schema. </v></c><c r="K718" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L718" s="4"><v>45839.0</v></c><c r="M718" s="1"><v>0</v></c></row><row r="719" spans="1:13" customFormat="false"><c r="A719" s="1"><v>197</v></c><c r="B719" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C719" s="1" t="str"><v>Toegankelijkheid en sociale veiligheid openbaar vervoer</v></c><c r="D719" s="1" t="str"><v xml:space="preserve">De provincie geeft speciale aandacht aan een goede toegankelijkheid en sociale veiligheid van het openbaar vervoer voor onder andere ouderen en mensen met een beperking.&#13;
+</v></c><c r="E785" s="1" t="str"><v/></c><c r="F785" s="4" t="str"><v/></c><c r="G785" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H785" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I785" s="1" t="str"><v>Mobiliteit</v></c><c r="J785" s="1" t="str"><v xml:space="preserve">23 januari 2025: Het uitvoeringsplan Toegankelijkheid is in 2024 vastgesteld en loopt op schema. </v></c><c r="K785" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L785" s="4"><v>45839.0</v></c><c r="M785" s="1"><v>0</v></c></row><row r="786" spans="1:13" customFormat="false"><c r="A786" s="1"><v>197</v></c><c r="B786" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C786" s="1" t="str"><v>Toegankelijkheid en sociale veiligheid openbaar vervoer</v></c><c r="D786" s="1" t="str"><v xml:space="preserve">De provincie geeft speciale aandacht aan een goede toegankelijkheid en sociale veiligheid van het openbaar vervoer voor onder andere ouderen en mensen met een beperking.&#13;
 Beoogde resultaten:&#13;
 2025:&#13;
 1.  De concessiehouder (OV vervoerder) voldoet aan de eisen op het vlak van toegankelijkheid en sociale veiligheid. Bij stijging aantal incidenten maakt de vervoerder in afstemming met stakeholders een plan om de sociale veiligheid te&#13;
 verbeteren&#13;
 2.  Realisatie van de voor 2024-2025 geplande onderdelen uit het uitvoeringsplan Toegankelijkheid OV 2024-2028 (mede afhankelijk van extra financiële bijdrage van het Rijk waarop nu nog geen zicht is).&#13;
 2027:&#13;
 1. De concessiehouder (OV vervoerder) voldoet aan de eisen op het vlak van toegankelijkheid en sociale veiligheid. Bij stijging aantal incidenten maakt de vervoerder in afstemming met stakeholders een plan om de sociale veiligheid te verbeteren.&#13;
 2. Realisatie van de voor 2026-2027 geplande onderdelen uit het uitvoeringsplan Toegankelijkheid OV 2024-2028 (mede afhankelijk van extra financiële bijdrage van het Rijk waarop nu nog geen zicht is)&#13;
-</v></c><c r="E719" s="1" t="str"><v/></c><c r="F719" s="4" t="str"><v/></c><c r="G719" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H719" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I719" s="1" t="str"><v>Mobiliteit</v></c><c r="J719" s="1" t="str"><v xml:space="preserve">23 januari 2025: Het uitvoeringsplan Toegankelijkheid is in 2024 vastgesteld en loopt op schema. </v></c><c r="K719" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L719" s="4"><v>46569.0</v></c><c r="M719" s="1"><v>0</v></c></row><row r="720" spans="1:13" customFormat="false"><c r="A720" s="1"><v>198</v></c><c r="B720" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C720" s="1" t="str"><v>Ontsluiting Openbaar Vervoer nieuwe ontwikkellocaties</v></c><c r="D720" s="1" t="str"><v xml:space="preserve">De provincie onderzoekt of toekomstige woonwijken in het gebied, het bedrijventerrein en mogelijk Lelystad Airport kunnen ontsluiten voor het openbaar vervoer via de bestaande infrastructuur en de nieuwe Laan van Nieuw Land, om een besparing op het budget voor een vrijliggende busbaan mogelijk te maken. Daarbij neemt de provincie de toepassing van bijvoorbeeld slimme verkeersinstallaties.&#13;
+</v></c><c r="E786" s="1" t="str"><v/></c><c r="F786" s="4" t="str"><v/></c><c r="G786" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H786" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I786" s="1" t="str"><v>Mobiliteit</v></c><c r="J786" s="1" t="str"><v xml:space="preserve">23 januari 2025: Het uitvoeringsplan Toegankelijkheid is in 2024 vastgesteld en loopt op schema. </v></c><c r="K786" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L786" s="4"><v>46569.0</v></c><c r="M786" s="1"><v>0</v></c></row><row r="787" spans="1:13" customFormat="false"><c r="A787" s="1"><v>198</v></c><c r="B787" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C787" s="1" t="str"><v>Ontsluiting Openbaar Vervoer nieuwe ontwikkellocaties</v></c><c r="D787" s="1" t="str"><v xml:space="preserve">De provincie onderzoekt of toekomstige woonwijken in het gebied, het bedrijventerrein en mogelijk Lelystad Airport kunnen ontsluiten voor het openbaar vervoer via de bestaande infrastructuur en de nieuwe Laan van Nieuw Land, om een besparing op het budget voor een vrijliggende busbaan mogelijk te maken. Daarbij neemt de provincie de toepassing van bijvoorbeeld slimme verkeersinstallaties.&#13;
 Beoogde resultaten:&#13;
 2025: Verkenning naar alternatieven voor een vrijliggende busbaan is af.&#13;
 2027: Resultaat is afhankelijk van uitkomsten verkenning.&#13;
-</v></c><c r="E720" s="1" t="str"><v/></c><c r="F720" s="4" t="str"><v/></c><c r="G720" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H720" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I720" s="1" t="str"><v>Mobiliteit</v></c><c r="J720" s="1" t="str"><v xml:space="preserve">23 januari 2025: Loopt in 2025 mee met de Perspectiefnota danwel de Begroting </v></c><c r="K720" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L720" s="4"><v>45839.0</v></c><c r="M720" s="1"><v>0</v></c></row><row r="721" spans="1:13" customFormat="false"><c r="A721" s="1"><v>198</v></c><c r="B721" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C721" s="1" t="str"><v>Ontsluiting Openbaar Vervoer nieuwe ontwikkellocaties</v></c><c r="D721" s="1" t="str"><v xml:space="preserve">De provincie onderzoekt of toekomstige woonwijken in het gebied, het bedrijventerrein en mogelijk Lelystad Airport kunnen ontsluiten voor het openbaar vervoer via de bestaande infrastructuur en de nieuwe Laan van Nieuw Land, om een besparing op het budget voor een vrijliggende busbaan mogelijk te maken. Daarbij neemt de provincie de toepassing van bijvoorbeeld slimme verkeersinstallaties.&#13;
+</v></c><c r="E787" s="1" t="str"><v/></c><c r="F787" s="4" t="str"><v/></c><c r="G787" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H787" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I787" s="1" t="str"><v>Mobiliteit</v></c><c r="J787" s="1" t="str"><v xml:space="preserve">23 januari 2025: Loopt in 2025 mee met de Perspectiefnota danwel de Begroting </v></c><c r="K787" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L787" s="4"><v>45839.0</v></c><c r="M787" s="1"><v>0</v></c></row><row r="788" spans="1:13" customFormat="false"><c r="A788" s="1"><v>198</v></c><c r="B788" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C788" s="1" t="str"><v>Ontsluiting Openbaar Vervoer nieuwe ontwikkellocaties</v></c><c r="D788" s="1" t="str"><v xml:space="preserve">De provincie onderzoekt of toekomstige woonwijken in het gebied, het bedrijventerrein en mogelijk Lelystad Airport kunnen ontsluiten voor het openbaar vervoer via de bestaande infrastructuur en de nieuwe Laan van Nieuw Land, om een besparing op het budget voor een vrijliggende busbaan mogelijk te maken. Daarbij neemt de provincie de toepassing van bijvoorbeeld slimme verkeersinstallaties.&#13;
 Beoogde resultaten:&#13;
 2025: Verkenning naar alternatieven voor een vrijliggende busbaan is af.&#13;
 2027: Resultaat is afhankelijk van uitkomsten verkenning.&#13;
-</v></c><c r="E721" s="1" t="str"><v/></c><c r="F721" s="4" t="str"><v/></c><c r="G721" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H721" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I721" s="1" t="str"><v>Mobiliteit</v></c><c r="J721" s="1" t="str"><v xml:space="preserve">23 januari 2025: Loopt in 2025 mee met de Perspectiefnota danwel de Begroting </v></c><c r="K721" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L721" s="4"><v>46569.0</v></c><c r="M721" s="1"><v>0</v></c></row><row r="722" spans="1:13" customFormat="false"><c r="A722" s="1"><v>247</v></c><c r="B722" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C722" s="1" t="str"><v>Elektrificeren van het verkeer</v></c><c r="D722" s="1" t="str"><v xml:space="preserve">De provincie stimuleert conform afspraken het elektrificeren van het verkeer door het opvoeren van het aantal laadpunten en waterstoftankstations voor personenauto's, vrachtauto's, bussen en binnenvaartschepen. De provincie faciliteert voorzieningen voor elektrificatie en het opstellen van een visie op alternatieve brandstoffen.&#13;
+</v></c><c r="E788" s="1" t="str"><v/></c><c r="F788" s="4" t="str"><v/></c><c r="G788" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H788" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I788" s="1" t="str"><v>Mobiliteit</v></c><c r="J788" s="1" t="str"><v xml:space="preserve">23 januari 2025: Loopt in 2025 mee met de Perspectiefnota danwel de Begroting </v></c><c r="K788" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L788" s="4"><v>46569.0</v></c><c r="M788" s="1"><v>0</v></c></row><row r="789" spans="1:13" customFormat="false"><c r="A789" s="1"><v>247</v></c><c r="B789" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C789" s="1" t="str"><v>Elektrificeren van het verkeer</v></c><c r="D789" s="1" t="str"><v xml:space="preserve">De provincie stimuleert conform afspraken het elektrificeren van het verkeer door het opvoeren van het aantal laadpunten en waterstoftankstations voor personenauto's, vrachtauto's, bussen en binnenvaartschepen. De provincie faciliteert voorzieningen voor elektrificatie en het opstellen van een visie op alternatieve brandstoffen.&#13;
 Beoogde resultaten&#13;
 2025: &#13;
 1.Vastgestelde visie alternatieve brandstoffen en bijbehorende uitvoeringsagenda.&#13;
 2. Uitrol van publieke oplaadpunten conform de afspraken met de MRA‐ elektrisch. Daarnaast faciliteren van de realisatie (door de markt) van één of meerdere Clean Energy Hubs (verkooppunten van minimaal twee alternatieve/duurzame brandstoffen).&#13;
 2027: &#13;
 1.Netwerk van ten minste 3 tot 10 Clean Energy Hubs.&#13;
-2. Dekkend netwerk van laadinfrastructuur</v></c><c r="E722" s="1" t="str"><v/></c><c r="F722" s="4" t="str"><v/></c><c r="G722" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H722" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I722" s="1" t="str"><v>Energie</v></c><c r="J722" s="1" t="str"><v/></c><c r="K722" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L722" s="4"><v>45839.0</v></c><c r="M722" s="1"><v>0</v></c></row><row r="723" spans="1:13" customFormat="false"><c r="A723" s="1"><v>247</v></c><c r="B723" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C723" s="1" t="str"><v>Elektrificeren van het verkeer</v></c><c r="D723" s="1" t="str"><v xml:space="preserve">De provincie stimuleert conform afspraken het elektrificeren van het verkeer door het opvoeren van het aantal laadpunten en waterstoftankstations voor personenauto's, vrachtauto's, bussen en binnenvaartschepen. De provincie faciliteert voorzieningen voor elektrificatie en het opstellen van een visie op alternatieve brandstoffen.&#13;
+2. Dekkend netwerk van laadinfrastructuur</v></c><c r="E789" s="1" t="str"><v/></c><c r="F789" s="4" t="str"><v/></c><c r="G789" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H789" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I789" s="1" t="str"><v>Energie</v></c><c r="J789" s="1" t="str"><v/></c><c r="K789" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L789" s="4"><v>45839.0</v></c><c r="M789" s="1"><v>0</v></c></row><row r="790" spans="1:13" customFormat="false"><c r="A790" s="1"><v>247</v></c><c r="B790" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C790" s="1" t="str"><v>Elektrificeren van het verkeer</v></c><c r="D790" s="1" t="str"><v xml:space="preserve">De provincie stimuleert conform afspraken het elektrificeren van het verkeer door het opvoeren van het aantal laadpunten en waterstoftankstations voor personenauto's, vrachtauto's, bussen en binnenvaartschepen. De provincie faciliteert voorzieningen voor elektrificatie en het opstellen van een visie op alternatieve brandstoffen.&#13;
 Beoogde resultaten&#13;
 2025: &#13;
 1.Vastgestelde visie alternatieve brandstoffen en bijbehorende uitvoeringsagenda.&#13;
 2. Uitrol van publieke oplaadpunten conform de afspraken met de MRA‐ elektrisch. Daarnaast faciliteren van de realisatie (door de markt) van één of meerdere Clean Energy Hubs (verkooppunten van minimaal twee alternatieve/duurzame brandstoffen).&#13;
 2027: &#13;
 1.Netwerk van ten minste 3 tot 10 Clean Energy Hubs.&#13;
-2. Dekkend netwerk van laadinfrastructuur</v></c><c r="E723" s="1" t="str"><v/></c><c r="F723" s="4" t="str"><v/></c><c r="G723" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H723" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I723" s="1" t="str"><v>Energie</v></c><c r="J723" s="1" t="str"><v/></c><c r="K723" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L723" s="4"><v>46569.0</v></c><c r="M723" s="1"><v>0</v></c></row><row r="724" spans="1:13" customFormat="false"><c r="A724" s="1"><v>220</v></c><c r="B724" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C724" s="1" t="str"><v>Agrarisch natuurbeheer</v></c><c r="D724" s="1" t="str"><v xml:space="preserve">De provincie stimuleert agrarisch natuurbeheer en maakt hiervoor middelen vrij.&#13;
+2. Dekkend netwerk van laadinfrastructuur</v></c><c r="E790" s="1" t="str"><v/></c><c r="F790" s="4" t="str"><v/></c><c r="G790" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H790" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I790" s="1" t="str"><v>Energie</v></c><c r="J790" s="1" t="str"><v/></c><c r="K790" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L790" s="4"><v>46569.0</v></c><c r="M790" s="1"><v>0</v></c></row><row r="791" spans="1:13" customFormat="false"><c r="A791" s="1"><v>220</v></c><c r="B791" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C791" s="1" t="str"><v>Agrarisch natuurbeheer</v></c><c r="D791" s="1" t="str"><v xml:space="preserve">De provincie stimuleert agrarisch natuurbeheer en maakt hiervoor middelen vrij.&#13;
 Beoogde resultaten:&#13;
 2025: Actieplan akkervogels gestart met uitvoering.&#13;
-2027: Verviervoudiging ANLB budget. Inzet verbetering trend akkervogels.</v></c><c r="E724" s="1" t="str"><v/></c><c r="F724" s="4" t="str"><v/></c><c r="G724" s="1" t="str"><v>Natuur</v></c><c r="H724" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I724" s="1" t="str"><v>Natuur</v></c><c r="J724" s="1"/><c r="K724" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L724" s="4"><v>45839.0</v></c><c r="M724" s="1"><v>0</v></c></row><row r="725" spans="1:13" customFormat="false"><c r="A725" s="1"><v>220</v></c><c r="B725" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C725" s="1" t="str"><v>Agrarisch natuurbeheer</v></c><c r="D725" s="1" t="str"><v xml:space="preserve">De provincie stimuleert agrarisch natuurbeheer en maakt hiervoor middelen vrij.&#13;
+2027: Verviervoudiging ANLB budget. Inzet verbetering trend akkervogels.</v></c><c r="E791" s="1" t="str"><v/></c><c r="F791" s="4" t="str"><v/></c><c r="G791" s="1" t="str"><v>Natuur</v></c><c r="H791" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I791" s="1" t="str"><v>Natuur</v></c><c r="J791" s="1"/><c r="K791" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L791" s="4"><v>45839.0</v></c><c r="M791" s="1"><v>0</v></c></row><row r="792" spans="1:13" customFormat="false"><c r="A792" s="1"><v>220</v></c><c r="B792" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C792" s="1" t="str"><v>Agrarisch natuurbeheer</v></c><c r="D792" s="1" t="str"><v xml:space="preserve">De provincie stimuleert agrarisch natuurbeheer en maakt hiervoor middelen vrij.&#13;
 Beoogde resultaten:&#13;
 2025: Actieplan akkervogels gestart met uitvoering.&#13;
-2027: Verviervoudiging ANLB budget. Inzet verbetering trend akkervogels.</v></c><c r="E725" s="1" t="str"><v/></c><c r="F725" s="4" t="str"><v/></c><c r="G725" s="1" t="str"><v>Natuur</v></c><c r="H725" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I725" s="1" t="str"><v>Natuur</v></c><c r="J725" s="1"/><c r="K725" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L725" s="4"><v>46569.0</v></c><c r="M725" s="1"><v>0</v></c></row><row r="726" spans="1:13" customFormat="false"><c r="A726" s="1"><v>223</v></c><c r="B726" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C726" s="1" t="str"><v>Faunabeheerplan Ganzen</v></c><c r="D726" s="1" t="str"><v xml:space="preserve">Met omringende provincies werkt de provincie aan een gezamenlijk plan om overlast en (landbouw-)schade door ganzen te&#13;
+2027: Verviervoudiging ANLB budget. Inzet verbetering trend akkervogels.</v></c><c r="E792" s="1" t="str"><v/></c><c r="F792" s="4" t="str"><v/></c><c r="G792" s="1" t="str"><v>Natuur</v></c><c r="H792" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I792" s="1" t="str"><v>Natuur</v></c><c r="J792" s="1"/><c r="K792" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L792" s="4"><v>46569.0</v></c><c r="M792" s="1"><v>0</v></c></row><row r="793" spans="1:13" customFormat="false"><c r="A793" s="1"><v>223</v></c><c r="B793" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C793" s="1" t="str"><v>Faunabeheerplan Ganzen</v></c><c r="D793" s="1" t="str"><v xml:space="preserve">Met omringende provincies werkt de provincie aan een gezamenlijk plan om overlast en (landbouw-)schade door ganzen te&#13;
 verminderen.&#13;
 Beoogde resultaten:&#13;
 2025: Een interprovinciaal faunabeheerplan ganzen, dat het Faunabeheerplan ganzen 2024-2028 vervangt. Het opstellen van een gezamenlijk plan is een verantwoordelijkheid van de Faunabeheereenheden.&#13;
-2027: -</v></c><c r="E726" s="1" t="str"><v/></c><c r="F726" s="4" t="str"><v/></c><c r="G726" s="1" t="str"><v>Natuur</v></c><c r="H726" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I726" s="1" t="str"><v>Natuur</v></c><c r="J726" s="1"/><c r="K726" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L726" s="4"><v>45839.0</v></c><c r="M726" s="1"><v>0</v></c></row><row r="727" spans="1:13" customFormat="false"><c r="A727" s="1"><v>227</v></c><c r="B727" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C727" s="1" t="str"><v>Natuurbeleid</v></c><c r="D727" s="1" t="str"><v xml:space="preserve">In het natuurbeleid houdt de provincie rekening met de gevolgen van veranderingen in het klimaat.&#13;
+2027: -</v></c><c r="E793" s="1" t="str"><v/></c><c r="F793" s="4" t="str"><v/></c><c r="G793" s="1" t="str"><v>Natuur</v></c><c r="H793" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I793" s="1" t="str"><v>Natuur</v></c><c r="J793" s="1"/><c r="K793" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L793" s="4"><v>45839.0</v></c><c r="M793" s="1"><v>0</v></c></row><row r="794" spans="1:13" customFormat="false"><c r="A794" s="1"><v>227</v></c><c r="B794" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C794" s="1" t="str"><v>Natuurbeleid</v></c><c r="D794" s="1" t="str"><v xml:space="preserve">In het natuurbeleid houdt de provincie rekening met de gevolgen van veranderingen in het klimaat.&#13;
 Beoogde resultaten:&#13;
 2025: In 2025 zijn herstelmaatregelen uitgevoerd in 2075 ha bos en is de hydrologie verbeterd van 250 ha bos.&#13;
-2027: 2050 resterende CO2‐uitstoot wordt door bomen geabsorbeerd.1200 ha nieuw bos in 2030.</v></c><c r="E727" s="1" t="str"><v/></c><c r="F727" s="4" t="str"><v/></c><c r="G727" s="1" t="str"><v>Natuur</v></c><c r="H727" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I727" s="1" t="str"><v>Natuur</v></c><c r="J727" s="1" t="str"><v/></c><c r="K727" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L727" s="4"><v>45839.0</v></c><c r="M727" s="1"><v>0</v></c></row><row r="728" spans="1:13" customFormat="false"><c r="A728" s="1"><v>227</v></c><c r="B728" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C728" s="1" t="str"><v>Natuurbeleid</v></c><c r="D728" s="1" t="str"><v xml:space="preserve">In het natuurbeleid houdt de provincie rekening met de gevolgen van veranderingen in het klimaat.&#13;
+2027: 2050 resterende CO2‐uitstoot wordt door bomen geabsorbeerd.1200 ha nieuw bos in 2030.</v></c><c r="E794" s="1" t="str"><v/></c><c r="F794" s="4" t="str"><v/></c><c r="G794" s="1" t="str"><v>Natuur</v></c><c r="H794" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I794" s="1" t="str"><v>Natuur</v></c><c r="J794" s="1" t="str"><v/></c><c r="K794" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L794" s="4"><v>45839.0</v></c><c r="M794" s="1"><v>0</v></c></row><row r="795" spans="1:13" customFormat="false"><c r="A795" s="1"><v>227</v></c><c r="B795" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C795" s="1" t="str"><v>Natuurbeleid</v></c><c r="D795" s="1" t="str"><v xml:space="preserve">In het natuurbeleid houdt de provincie rekening met de gevolgen van veranderingen in het klimaat.&#13;
 Beoogde resultaten:&#13;
 2025: In 2025 zijn herstelmaatregelen uitgevoerd in 2075 ha bos en is de hydrologie verbeterd van 250 ha bos.&#13;
-2027: 2050 resterende CO2‐uitstoot wordt door bomen geabsorbeerd.1200 ha nieuw bos in 2030.</v></c><c r="E728" s="1" t="str"><v/></c><c r="F728" s="4" t="str"><v/></c><c r="G728" s="1" t="str"><v>Natuur</v></c><c r="H728" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I728" s="1" t="str"><v>Natuur</v></c><c r="J728" s="1" t="str"><v/></c><c r="K728" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L728" s="4"><v>46569.0</v></c><c r="M728" s="1"><v>0</v></c></row><row r="729" spans="1:13" customFormat="false"><c r="A729" s="1"><v>228</v></c><c r="B729" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C729" s="1" t="str"><v>Programma Nieuwe Natuur - Eindrapportage</v></c><c r="D729" s="1" t="str"><v xml:space="preserve">In deze coalitieperiode komt het college met een eindrapportage over het Programma Nieuwe Natuur, waarin de reeds uitgevoerde evaluatie wordt betrokken. Daarin nemen we ook aanbevelingen op ten aanzien van de doelmatigheid.&#13;
+2027: 2050 resterende CO2‐uitstoot wordt door bomen geabsorbeerd.1200 ha nieuw bos in 2030.</v></c><c r="E795" s="1" t="str"><v/></c><c r="F795" s="4" t="str"><v/></c><c r="G795" s="1" t="str"><v>Natuur</v></c><c r="H795" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I795" s="1" t="str"><v>Natuur</v></c><c r="J795" s="1" t="str"><v/></c><c r="K795" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L795" s="4"><v>46569.0</v></c><c r="M795" s="1"><v>0</v></c></row><row r="796" spans="1:13" customFormat="false"><c r="A796" s="1"><v>228</v></c><c r="B796" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C796" s="1" t="str"><v>Programma Nieuwe Natuur - Eindrapportage</v></c><c r="D796" s="1" t="str"><v xml:space="preserve">In deze coalitieperiode komt het college met een eindrapportage over het Programma Nieuwe Natuur, waarin de reeds uitgevoerde evaluatie wordt betrokken. Daarin nemen we ook aanbevelingen op ten aanzien van de doelmatigheid.&#13;
 Beoogde resultaten:&#13;
 2027: Afronding en eindrapportage Programma Nieuwe Natuur&#13;
-</v></c><c r="E729" s="1" t="str"><v/></c><c r="F729" s="4" t="str"><v/></c><c r="G729" s="1" t="str"><v>Natuur</v></c><c r="H729" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I729" s="1" t="str"><v>Natuur</v></c><c r="J729" s="1"/><c r="K729" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L729" s="4"><v>46569.0</v></c><c r="M729" s="1"><v>0</v></c></row><row r="730" spans="1:13" customFormat="false"><c r="A730" s="1"><v>229</v></c><c r="B730" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C730" s="1" t="str"><v>Programma Flevoland Natuur-inclusief - uitvoering</v></c><c r="D730" s="1" t="str"><v xml:space="preserve">Het vastgestelde Programma Flevoland Natuur‐inclusief (inclusief de Bossenstrategie) en de daarbij behorende bouwstenennotitie voeren we verder uit. Hierbij heeft de provincie ook aandacht voor de bestrijding van invasieve exoten.&#13;
+</v></c><c r="E796" s="1" t="str"><v/></c><c r="F796" s="4" t="str"><v/></c><c r="G796" s="1" t="str"><v>Natuur</v></c><c r="H796" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I796" s="1" t="str"><v>Natuur</v></c><c r="J796" s="1"/><c r="K796" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L796" s="4"><v>46569.0</v></c><c r="M796" s="1"><v>0</v></c></row><row r="797" spans="1:13" customFormat="false"><c r="A797" s="1"><v>229</v></c><c r="B797" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C797" s="1" t="str"><v>Programma Flevoland Natuur-inclusief - uitvoering</v></c><c r="D797" s="1" t="str"><v xml:space="preserve">Het vastgestelde Programma Flevoland Natuur‐inclusief (inclusief de Bossenstrategie) en de daarbij behorende bouwstenennotitie voeren we verder uit. Hierbij heeft de provincie ook aandacht voor de bestrijding van invasieve exoten.&#13;
 Beoogde resultaten:&#13;
 2025: In 2025 zijn instrumenten operationeel (in het kader van Flevolands Programma Landelijk Gebied) ter ondersteuning van bosuitbreiding. Het uitvoeringsplan invasieve exoten is in werking.&#13;
 2027:&#13;
 1.  Soortenrijkdom aan voor bos kenmerkende soorten is toegenomen. &#13;
 2. Integratie van natuurinclusiviteit in relevante beleidsprocessen. &#13;
-3.Uitbreiding wandelstructuur (vanuit kernen). </v></c><c r="E730" s="1" t="str"><v/></c><c r="F730" s="4" t="str"><v/></c><c r="G730" s="1" t="str"><v>Natuur</v></c><c r="H730" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I730" s="1" t="str"><v>Natuur</v></c><c r="J730" s="1" t="str"><v/></c><c r="K730" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L730" s="4"><v>45839.0</v></c><c r="M730" s="1"><v>0</v></c></row><row r="731" spans="1:13" customFormat="false"><c r="A731" s="1"><v>229</v></c><c r="B731" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C731" s="1" t="str"><v>Programma Flevoland Natuur-inclusief - uitvoering</v></c><c r="D731" s="1" t="str"><v xml:space="preserve">Het vastgestelde Programma Flevoland Natuur‐inclusief (inclusief de Bossenstrategie) en de daarbij behorende bouwstenennotitie voeren we verder uit. Hierbij heeft de provincie ook aandacht voor de bestrijding van invasieve exoten.&#13;
+3.Uitbreiding wandelstructuur (vanuit kernen). </v></c><c r="E797" s="1" t="str"><v/></c><c r="F797" s="4" t="str"><v/></c><c r="G797" s="1" t="str"><v>Natuur</v></c><c r="H797" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I797" s="1" t="str"><v>Natuur</v></c><c r="J797" s="1" t="str"><v/></c><c r="K797" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L797" s="4"><v>45839.0</v></c><c r="M797" s="1"><v>0</v></c></row><row r="798" spans="1:13" customFormat="false"><c r="A798" s="1"><v>229</v></c><c r="B798" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C798" s="1" t="str"><v>Programma Flevoland Natuur-inclusief - uitvoering</v></c><c r="D798" s="1" t="str"><v xml:space="preserve">Het vastgestelde Programma Flevoland Natuur‐inclusief (inclusief de Bossenstrategie) en de daarbij behorende bouwstenennotitie voeren we verder uit. Hierbij heeft de provincie ook aandacht voor de bestrijding van invasieve exoten.&#13;
 Beoogde resultaten:&#13;
 2025: In 2025 zijn instrumenten operationeel (in het kader van Flevolands Programma Landelijk Gebied) ter ondersteuning van bosuitbreiding. Het uitvoeringsplan invasieve exoten is in werking.&#13;
 2027:&#13;
 1.  Soortenrijkdom aan voor bos kenmerkende soorten is toegenomen. &#13;
 2. Integratie van natuurinclusiviteit in relevante beleidsprocessen. &#13;
-3.Uitbreiding wandelstructuur (vanuit kernen). </v></c><c r="E731" s="1" t="str"><v/></c><c r="F731" s="4" t="str"><v/></c><c r="G731" s="1" t="str"><v>Natuur</v></c><c r="H731" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I731" s="1" t="str"><v>Natuur</v></c><c r="J731" s="1" t="str"><v/></c><c r="K731" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L731" s="4"><v>46569.0</v></c><c r="M731" s="1"><v>0</v></c></row><row r="732" spans="1:13" customFormat="false"><c r="A732" s="1"><v>230</v></c><c r="B732" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C732" s="1" t="str"><v>Recreatie in natuurgebieden</v></c><c r="D732" s="1" t="str"><v xml:space="preserve">De provincie streeft aar meer recreatiemogelijkheden in de natuurgebieden om deze meer beleefbaar te maken en houdt daarbij rekening met kwetsbare perioden zoals het broedseizoen.&#13;
+3.Uitbreiding wandelstructuur (vanuit kernen). </v></c><c r="E798" s="1" t="str"><v/></c><c r="F798" s="4" t="str"><v/></c><c r="G798" s="1" t="str"><v>Natuur</v></c><c r="H798" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I798" s="1" t="str"><v>Natuur</v></c><c r="J798" s="1" t="str"><v/></c><c r="K798" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L798" s="4"><v>46569.0</v></c><c r="M798" s="1"><v>0</v></c></row><row r="799" spans="1:13" customFormat="false"><c r="A799" s="1"><v>230</v></c><c r="B799" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C799" s="1" t="str"><v>Recreatie in natuurgebieden</v></c><c r="D799" s="1" t="str"><v xml:space="preserve">De provincie streeft aar meer recreatiemogelijkheden in de natuurgebieden om deze meer beleefbaar te maken en houdt daarbij rekening met kwetsbare perioden zoals het broedseizoen.&#13;
 Beoogde resultaten:&#13;
 2025: &#13;
 1.Met partners realiseren van projecten die bijdragen aan de realisatie en beleefbaarheid van NPNL in 2040.&#13;
 2. Positieve besluitvorming over de realisatie van Oostvaardersoevers.&#13;
 3. In het Markermeer‐IJmeer zijn natuur‐ en recreatiemogelijkheden ontwikkeld als onderdeel van een Toekomstbestendig Ecologisch&#13;
 Systeem (TBES) en ontstaan er kansen voor ruimtelijk‐economische ontwikkelingen.&#13;
 &#13;
 &#13;
-</v></c><c r="E732" s="1" t="str"><v/></c><c r="F732" s="4" t="str"><v/></c><c r="G732" s="1" t="str"><v>Natuur</v></c><c r="H732" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I732" s="1"/><c r="J732" s="1" t="str"><v/></c><c r="K732" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L732" s="4"><v>45839.0</v></c><c r="M732" s="1"><v>0</v></c></row><row r="733" spans="1:13" customFormat="false"><c r="A733" s="1"><v>231</v></c><c r="B733" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C733" s="1" t="str"><v>Grote Grazers Oostvaarderplassen</v></c><c r="D733" s="1" t="str"><v xml:space="preserve">De provincie staat voor goed en tijdig beheer, zodat populaties grote grazers in de Ooostvaardersplassen niet groter worden dan het gebied aankan.&#13;
+</v></c><c r="E799" s="1" t="str"><v/></c><c r="F799" s="4" t="str"><v/></c><c r="G799" s="1" t="str"><v>Natuur</v></c><c r="H799" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I799" s="1"/><c r="J799" s="1" t="str"><v/></c><c r="K799" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L799" s="4"><v>45839.0</v></c><c r="M799" s="1"><v>0</v></c></row><row r="800" spans="1:13" customFormat="false"><c r="A800" s="1"><v>231</v></c><c r="B800" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C800" s="1" t="str"><v>Grote Grazers Oostvaarderplassen</v></c><c r="D800" s="1" t="str"><v xml:space="preserve">De provincie staat voor goed en tijdig beheer, zodat populaties grote grazers in de Ooostvaardersplassen niet groter worden dan het gebied aankan.&#13;
 Beoogde resultaten:&#13;
 2025: behouden van de in het beleidskader geformuleerde gewenste doelstand.&#13;
-2027:behouden van de in het beleidskader geformuleerde gewenste doelstand.</v></c><c r="E733" s="1" t="str"><v/></c><c r="F733" s="4" t="str"><v/></c><c r="G733" s="1" t="str"><v>Natuur</v></c><c r="H733" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I733" s="1" t="str"><v>Natuur</v></c><c r="J733" s="1" t="str"><v/></c><c r="K733" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L733" s="4"><v>45839.0</v></c><c r="M733" s="1"><v>0</v></c></row><row r="734" spans="1:13" customFormat="false"><c r="A734" s="1"><v>231</v></c><c r="B734" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C734" s="1" t="str"><v>Grote Grazers Oostvaarderplassen</v></c><c r="D734" s="1" t="str"><v xml:space="preserve">De provincie staat voor goed en tijdig beheer, zodat populaties grote grazers in de Ooostvaardersplassen niet groter worden dan het gebied aankan.&#13;
+2027:behouden van de in het beleidskader geformuleerde gewenste doelstand.</v></c><c r="E800" s="1" t="str"><v/></c><c r="F800" s="4" t="str"><v/></c><c r="G800" s="1" t="str"><v>Natuur</v></c><c r="H800" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I800" s="1" t="str"><v>Natuur</v></c><c r="J800" s="1" t="str"><v/></c><c r="K800" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L800" s="4"><v>45839.0</v></c><c r="M800" s="1"><v>0</v></c></row><row r="801" spans="1:13" customFormat="false"><c r="A801" s="1"><v>231</v></c><c r="B801" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C801" s="1" t="str"><v>Grote Grazers Oostvaarderplassen</v></c><c r="D801" s="1" t="str"><v xml:space="preserve">De provincie staat voor goed en tijdig beheer, zodat populaties grote grazers in de Ooostvaardersplassen niet groter worden dan het gebied aankan.&#13;
 Beoogde resultaten:&#13;
 2025: behouden van de in het beleidskader geformuleerde gewenste doelstand.&#13;
-2027:behouden van de in het beleidskader geformuleerde gewenste doelstand.</v></c><c r="E734" s="1" t="str"><v/></c><c r="F734" s="4" t="str"><v/></c><c r="G734" s="1" t="str"><v>Natuur</v></c><c r="H734" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I734" s="1" t="str"><v>Natuur</v></c><c r="J734" s="1" t="str"><v/></c><c r="K734" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L734" s="4"><v>46569.0</v></c><c r="M734" s="1"><v>0</v></c></row><row r="735" spans="1:13" customFormat="false"><c r="A735" s="1"><v>232</v></c><c r="B735" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C735" s="1" t="str"><v xml:space="preserve">Evaluatie beleid Oostvaardersplassen </v></c><c r="D735" s="1" t="str"><v xml:space="preserve">Binnen twee jaar start de provincie met een evaluatie van het beleid in de Oostvaardersplassen, gebaseerd op het rapport van Van Geel. Hierbij wordt ook het gebruik van de gemiddelde Body Condition Score (BCS) meegenomen.&#13;
-[...3 lines deleted...]
-2025: De Heckrunderen worden reeds individueel gemonitord.</v></c><c r="E736" s="1" t="str"><v/></c><c r="F736" s="4" t="str"><v/></c><c r="G736" s="1" t="str"><v>Natuur</v></c><c r="H736" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I736" s="1" t="str"><v>Natuur</v></c><c r="J736" s="1" t="str"><v/></c><c r="K736" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L736" s="4"><v>45839.0</v></c><c r="M736" s="1"><v>0</v></c></row><row r="737" spans="1:13" customFormat="false"><c r="A737" s="1"><v>234</v></c><c r="B737" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C737" s="1" t="str"><v>Overlast ganzen</v></c><c r="D737" s="1" t="str"><v xml:space="preserve">Met omringende provincies werkt de provincie aan een gezamenlijk plan om overlast en (landbouw‐)schade door ganzen te verminderen.&#13;
+2027:behouden van de in het beleidskader geformuleerde gewenste doelstand.</v></c><c r="E801" s="1" t="str"><v/></c><c r="F801" s="4" t="str"><v/></c><c r="G801" s="1" t="str"><v>Natuur</v></c><c r="H801" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I801" s="1" t="str"><v>Natuur</v></c><c r="J801" s="1" t="str"><v/></c><c r="K801" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L801" s="4"><v>46569.0</v></c><c r="M801" s="1"><v>0</v></c></row><row r="802" spans="1:13" customFormat="false"><c r="A802" s="1"><v>232</v></c><c r="B802" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C802" s="1" t="str"><v xml:space="preserve">Evaluatie beleid Oostvaardersplassen </v></c><c r="D802" s="1" t="str"><v xml:space="preserve">Binnen twee jaar start de provincie met een evaluatie van het beleid in de Oostvaardersplassen, gebaseerd op het rapport van Van Geel. Hierbij wordt ook het gebruik van de gemiddelde Body Condition Score (BCS) meegenomen.&#13;
+Beoogde resultaten:&#13;
+2025: Evaluatie is afgerond.</v></c><c r="E802" s="1" t="str"><v/></c><c r="F802" s="4" t="str"><v/></c><c r="G802" s="1" t="str"><v>Natuur</v></c><c r="H802" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I802" s="1" t="str"><v>Natuur</v></c><c r="J802" s="1" t="str"><v/></c><c r="K802" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L802" s="4"><v>45839.0</v></c><c r="M802" s="1"><v>0</v></c></row><row r="803" spans="1:13" customFormat="false"><c r="A803" s="1"><v>233</v></c><c r="B803" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C803" s="1" t="str"><v xml:space="preserve">Monitoring conditie Heckrunderen </v></c><c r="D803" s="1" t="str"><v xml:space="preserve">De provincie verzoekt Staatsbosbeheer om zo spoedig mogelijk te beginnen met het monitoren van de individuele conditie van de Heckrunderen.&#13;
+Beoogde resultaten:&#13;
+2025: De Heckrunderen worden reeds individueel gemonitord.</v></c><c r="E803" s="1" t="str"><v/></c><c r="F803" s="4" t="str"><v/></c><c r="G803" s="1" t="str"><v>Natuur</v></c><c r="H803" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I803" s="1" t="str"><v>Natuur</v></c><c r="J803" s="1" t="str"><v/></c><c r="K803" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L803" s="4"><v>45839.0</v></c><c r="M803" s="1"><v>0</v></c></row><row r="804" spans="1:13" customFormat="false"><c r="A804" s="1"><v>234</v></c><c r="B804" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C804" s="1" t="str"><v>Overlast ganzen</v></c><c r="D804" s="1" t="str"><v xml:space="preserve">Met omringende provincies werkt de provincie aan een gezamenlijk plan om overlast en (landbouw‐)schade door ganzen te verminderen.&#13;
 Beoogde resultaten:&#13;
 2025:  De Faunabeheereenheden van Utrecht, Noord‐Holland, Zuid‐Holland en Flevoland hebben een gezamenlijk plan gemaakt.&#13;
-2027: Vergunningen worden op basis van nieuw interprovinciaal plan verleend.</v></c><c r="E737" s="1" t="str"><v/></c><c r="F737" s="4" t="str"><v/></c><c r="G737" s="1" t="str"><v>Natuur</v></c><c r="H737" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I737" s="1" t="str"><v>Natuur</v></c><c r="J737" s="1" t="str"><v/></c><c r="K737" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L737" s="4"><v>45839.0</v></c><c r="M737" s="1"><v>0</v></c></row><row r="738" spans="1:13" customFormat="false"><c r="A738" s="1"><v>234</v></c><c r="B738" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C738" s="1" t="str"><v>Overlast ganzen</v></c><c r="D738" s="1" t="str"><v xml:space="preserve">Met omringende provincies werkt de provincie aan een gezamenlijk plan om overlast en (landbouw‐)schade door ganzen te verminderen.&#13;
+2027: Vergunningen worden op basis van nieuw interprovinciaal plan verleend.</v></c><c r="E804" s="1" t="str"><v/></c><c r="F804" s="4" t="str"><v/></c><c r="G804" s="1" t="str"><v>Natuur</v></c><c r="H804" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I804" s="1" t="str"><v>Natuur</v></c><c r="J804" s="1" t="str"><v/></c><c r="K804" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L804" s="4"><v>45839.0</v></c><c r="M804" s="1"><v>0</v></c></row><row r="805" spans="1:13" customFormat="false"><c r="A805" s="1"><v>234</v></c><c r="B805" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C805" s="1" t="str"><v>Overlast ganzen</v></c><c r="D805" s="1" t="str"><v xml:space="preserve">Met omringende provincies werkt de provincie aan een gezamenlijk plan om overlast en (landbouw‐)schade door ganzen te verminderen.&#13;
 Beoogde resultaten:&#13;
 2025:  De Faunabeheereenheden van Utrecht, Noord‐Holland, Zuid‐Holland en Flevoland hebben een gezamenlijk plan gemaakt.&#13;
-2027: Vergunningen worden op basis van nieuw interprovinciaal plan verleend.</v></c><c r="E738" s="1" t="str"><v/></c><c r="F738" s="4" t="str"><v/></c><c r="G738" s="1" t="str"><v>Natuur</v></c><c r="H738" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I738" s="1" t="str"><v>Natuur</v></c><c r="J738" s="1" t="str"><v/></c><c r="K738" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L738" s="4"><v>46569.0</v></c><c r="M738" s="1"><v>0</v></c></row><row r="739" spans="1:13" customFormat="false"><c r="A739" s="1"><v>210</v></c><c r="B739" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C739" s="1" t="str"><v>Omgevingsvisie verdere uitwerking</v></c><c r="D739" s="1" t="str"><v xml:space="preserve">In de geactualiseerde Omgevingsvisie, die in deze coalitieperiode wordt afgerond (2024), wordt bezien of het wenselijk is en zo ja, hoe de provincie bepaalde functies kunnen toewijzen aan concrete gebieden.&#13;
+2027: Vergunningen worden op basis van nieuw interprovinciaal plan verleend.</v></c><c r="E805" s="1" t="str"><v/></c><c r="F805" s="4" t="str"><v/></c><c r="G805" s="1" t="str"><v>Natuur</v></c><c r="H805" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I805" s="1" t="str"><v>Natuur</v></c><c r="J805" s="1" t="str"><v/></c><c r="K805" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L805" s="4"><v>46569.0</v></c><c r="M805" s="1"><v>0</v></c></row><row r="806" spans="1:13" customFormat="false"><c r="A806" s="1"><v>210</v></c><c r="B806" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C806" s="1" t="str"><v>Omgevingsvisie verdere uitwerking</v></c><c r="D806" s="1" t="str"><v xml:space="preserve">In de geactualiseerde Omgevingsvisie, die in deze coalitieperiode wordt afgerond (2024), wordt bezien of het wenselijk is en zo ja, hoe de provincie bepaalde functies kunnen toewijzen aan concrete gebieden.&#13;
 Beoogde resultaten:&#13;
 2025: In de nieuwe Omgevingsvisie is de koers bepaald en vastgesteld.&#13;
-2027: Omgevingsvisie is uitgewerkt in Omgevingsprogramma's en -verordening.</v></c><c r="E739" s="1" t="str"><v/></c><c r="F739" s="4" t="str"><v/></c><c r="G739" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H739" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I739" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J739" s="1" t="str"><v>Zie LTP 160 Omgevingsvisie voor meer informatie</v></c><c r="K739" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L739" s="4"><v>45839.0</v></c><c r="M739" s="1"><v>0</v></c></row><row r="740" spans="1:13" customFormat="false"><c r="A740" s="1"><v>210</v></c><c r="B740" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C740" s="1" t="str"><v>Omgevingsvisie verdere uitwerking</v></c><c r="D740" s="1" t="str"><v xml:space="preserve">In de geactualiseerde Omgevingsvisie, die in deze coalitieperiode wordt afgerond (2024), wordt bezien of het wenselijk is en zo ja, hoe de provincie bepaalde functies kunnen toewijzen aan concrete gebieden.&#13;
+2027: Omgevingsvisie is uitgewerkt in Omgevingsprogramma's en -verordening.</v></c><c r="E806" s="1" t="str"><v/></c><c r="F806" s="4" t="str"><v/></c><c r="G806" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H806" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I806" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J806" s="1" t="str"><v>Zie LTP 160 Omgevingsvisie voor meer informatie</v></c><c r="K806" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L806" s="4"><v>45839.0</v></c><c r="M806" s="1"><v>0</v></c></row><row r="807" spans="1:13" customFormat="false"><c r="A807" s="1"><v>210</v></c><c r="B807" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C807" s="1" t="str"><v>Omgevingsvisie verdere uitwerking</v></c><c r="D807" s="1" t="str"><v xml:space="preserve">In de geactualiseerde Omgevingsvisie, die in deze coalitieperiode wordt afgerond (2024), wordt bezien of het wenselijk is en zo ja, hoe de provincie bepaalde functies kunnen toewijzen aan concrete gebieden.&#13;
 Beoogde resultaten:&#13;
 2025: In de nieuwe Omgevingsvisie is de koers bepaald en vastgesteld.&#13;
-2027: Omgevingsvisie is uitgewerkt in Omgevingsprogramma's en -verordening.</v></c><c r="E740" s="1" t="str"><v/></c><c r="F740" s="4" t="str"><v/></c><c r="G740" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H740" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I740" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J740" s="1" t="str"><v>Zie LTP 160 Omgevingsvisie voor meer informatie</v></c><c r="K740" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L740" s="4"><v>46569.0</v></c><c r="M740" s="1"><v>0</v></c></row><row r="741" spans="1:13" customFormat="false"><c r="A741" s="1"><v>265</v></c><c r="B741" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C741" s="1" t="str"><v>Gebiedspromotie</v></c><c r="D741" s="1" t="str"><v xml:space="preserve">De provincie vindt gebiedspromotie een belangrijk middel om Flevoland in Nederland en daarbuiten op de kaart te zetten en zullen hier ook blijvend aan bouwen met Visit Flevoland en de overige partners.&#13;
+2027: Omgevingsvisie is uitgewerkt in Omgevingsprogramma's en -verordening.</v></c><c r="E807" s="1" t="str"><v/></c><c r="F807" s="4" t="str"><v/></c><c r="G807" s="1" t="str"><v>Omgevingsvisie</v></c><c r="H807" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I807" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J807" s="1" t="str"><v>Zie LTP 160 Omgevingsvisie voor meer informatie</v></c><c r="K807" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L807" s="4"><v>46569.0</v></c><c r="M807" s="1"><v>0</v></c></row><row r="808" spans="1:13" customFormat="false"><c r="A808" s="1"><v>265</v></c><c r="B808" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C808" s="1" t="str"><v>Gebiedspromotie</v></c><c r="D808" s="1" t="str"><v xml:space="preserve">De provincie vindt gebiedspromotie een belangrijk middel om Flevoland in Nederland en daarbuiten op de kaart te zetten en zullen hier ook blijvend aan bouwen met Visit Flevoland en de overige partners.&#13;
 Beoogde resultaten:&#13;
 2025: Flevoland is aantrekkelijker als toeristisch‐recreatieve bestemming. Het vrijetijdsaanbod en de beleving is toegenomen en de bekendheid van de vrijetijdsbestemming is gegroeid.&#13;
 2027: Flevoland is aantrekkelijker als toeristisch‐recreatieve bestemming. Het vrijetijdsaanbod en de beleving is toegenomen en de bekendheid van de vrijetijdsbestemming is gegroeid.&#13;
-</v></c><c r="E741" s="1" t="str"><v/></c><c r="F741" s="4" t="str"><v/></c><c r="G741" s="1" t="str"><v>Recreatie, Toerisme &amp; gebiedspromotie</v></c><c r="H741" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I741" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J741" s="1" t="str"><v/></c><c r="K741" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L741" s="4"><v>45839.0</v></c><c r="M741" s="1"><v>0</v></c></row><row r="742" spans="1:13" customFormat="false"><c r="A742" s="1"><v>265</v></c><c r="B742" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C742" s="1" t="str"><v>Gebiedspromotie</v></c><c r="D742" s="1" t="str"><v xml:space="preserve">De provincie vindt gebiedspromotie een belangrijk middel om Flevoland in Nederland en daarbuiten op de kaart te zetten en zullen hier ook blijvend aan bouwen met Visit Flevoland en de overige partners.&#13;
+</v></c><c r="E808" s="1" t="str"><v/></c><c r="F808" s="4" t="str"><v/></c><c r="G808" s="1" t="str"><v>Recreatie, Toerisme &amp; gebiedspromotie</v></c><c r="H808" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I808" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J808" s="1" t="str"><v/></c><c r="K808" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L808" s="4"><v>45839.0</v></c><c r="M808" s="1"><v>0</v></c></row><row r="809" spans="1:13" customFormat="false"><c r="A809" s="1"><v>265</v></c><c r="B809" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C809" s="1" t="str"><v>Gebiedspromotie</v></c><c r="D809" s="1" t="str"><v xml:space="preserve">De provincie vindt gebiedspromotie een belangrijk middel om Flevoland in Nederland en daarbuiten op de kaart te zetten en zullen hier ook blijvend aan bouwen met Visit Flevoland en de overige partners.&#13;
 Beoogde resultaten:&#13;
 2025: Flevoland is aantrekkelijker als toeristisch‐recreatieve bestemming. Het vrijetijdsaanbod en de beleving is toegenomen en de bekendheid van de vrijetijdsbestemming is gegroeid.&#13;
 2027: Flevoland is aantrekkelijker als toeristisch‐recreatieve bestemming. Het vrijetijdsaanbod en de beleving is toegenomen en de bekendheid van de vrijetijdsbestemming is gegroeid.&#13;
-</v></c><c r="E742" s="1" t="str"><v/></c><c r="F742" s="4" t="str"><v/></c><c r="G742" s="1" t="str"><v>Recreatie, Toerisme &amp; gebiedspromotie</v></c><c r="H742" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I742" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J742" s="1" t="str"><v/></c><c r="K742" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L742" s="4"><v>46569.0</v></c><c r="M742" s="1"><v>0</v></c></row><row r="743" spans="1:13" customFormat="false"><c r="A743" s="1"><v>266</v></c><c r="B743" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C743" s="1" t="str"><v>Nationaal Park Nieuw Land &amp; Waterprovincie</v></c><c r="D743" s="1" t="str"><v xml:space="preserve">In de promotie van de provincie besteedt de provincie zowel aandacht aan het Nationaal Park Nieuw Land als aan het feit dat Flevoland een waterprovincie is.&#13;
+</v></c><c r="E809" s="1" t="str"><v/></c><c r="F809" s="4" t="str"><v/></c><c r="G809" s="1" t="str"><v>Recreatie, Toerisme &amp; gebiedspromotie</v></c><c r="H809" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I809" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J809" s="1" t="str"><v/></c><c r="K809" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L809" s="4"><v>46569.0</v></c><c r="M809" s="1"><v>0</v></c></row><row r="810" spans="1:13" customFormat="false"><c r="A810" s="1"><v>266</v></c><c r="B810" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C810" s="1" t="str"><v>Nationaal Park Nieuw Land &amp; Waterprovincie</v></c><c r="D810" s="1" t="str"><v xml:space="preserve">In de promotie van de provincie besteedt de provincie zowel aandacht aan het Nationaal Park Nieuw Land als aan het feit dat Flevoland een waterprovincie is.&#13;
 Beoogde resultaten:&#13;
 2025: Visit Flevoland BV promoot, in opdracht van de provincie, het vrijetijdsaanbod van Flevoland. Bij deze promotie wordt aandacht besteed aan Nationaal Park Nieuw Land en het feit dat Flevoland een waterprovincie is.&#13;
 2027:  Visit Flevoland BV promoot, in opdracht van de provincie, het vrijetijdsaanbod van Flevoland. Bij deze promotie wordt aandacht besteed aan Nationaal Park Nieuw Land en het feit dat Flevoland een waterprovincie is.&#13;
-</v></c><c r="E743" s="1" t="str"><v/></c><c r="F743" s="4" t="str"><v/></c><c r="G743" s="1" t="str"><v>Recreatie, Toerisme &amp; gebiedspromotie</v></c><c r="H743" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I743" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J743" s="1" t="str"><v/></c><c r="K743" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L743" s="4"><v>45839.0</v></c><c r="M743" s="1"><v>0</v></c></row><row r="744" spans="1:13" customFormat="false"><c r="A744" s="1"><v>266</v></c><c r="B744" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C744" s="1" t="str"><v>Nationaal Park Nieuw Land &amp; Waterprovincie</v></c><c r="D744" s="1" t="str"><v xml:space="preserve">In de promotie van de provincie besteedt de provincie zowel aandacht aan het Nationaal Park Nieuw Land als aan het feit dat Flevoland een waterprovincie is.&#13;
+</v></c><c r="E810" s="1" t="str"><v/></c><c r="F810" s="4" t="str"><v/></c><c r="G810" s="1" t="str"><v>Recreatie, Toerisme &amp; gebiedspromotie</v></c><c r="H810" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I810" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J810" s="1" t="str"><v/></c><c r="K810" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L810" s="4"><v>45839.0</v></c><c r="M810" s="1"><v>0</v></c></row><row r="811" spans="1:13" customFormat="false"><c r="A811" s="1"><v>266</v></c><c r="B811" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C811" s="1" t="str"><v>Nationaal Park Nieuw Land &amp; Waterprovincie</v></c><c r="D811" s="1" t="str"><v xml:space="preserve">In de promotie van de provincie besteedt de provincie zowel aandacht aan het Nationaal Park Nieuw Land als aan het feit dat Flevoland een waterprovincie is.&#13;
 Beoogde resultaten:&#13;
 2025: Visit Flevoland BV promoot, in opdracht van de provincie, het vrijetijdsaanbod van Flevoland. Bij deze promotie wordt aandacht besteed aan Nationaal Park Nieuw Land en het feit dat Flevoland een waterprovincie is.&#13;
 2027:  Visit Flevoland BV promoot, in opdracht van de provincie, het vrijetijdsaanbod van Flevoland. Bij deze promotie wordt aandacht besteed aan Nationaal Park Nieuw Land en het feit dat Flevoland een waterprovincie is.&#13;
-</v></c><c r="E744" s="1" t="str"><v/></c><c r="F744" s="4" t="str"><v/></c><c r="G744" s="1" t="str"><v>Recreatie, Toerisme &amp; gebiedspromotie</v></c><c r="H744" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I744" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J744" s="1" t="str"><v/></c><c r="K744" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L744" s="4"><v>46569.0</v></c><c r="M744" s="1"><v>0</v></c></row><row r="745" spans="1:13" customFormat="false"><c r="A745" s="1"><v>267</v></c><c r="B745" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C745" s="1" t="str"><v>Rondje Noordoostpolder - fietspad</v></c><c r="D745" s="1" t="str"><v xml:space="preserve">De provincie is bereid mee te werken aan het realiseren van het rondje Noordoostpolder (fietspad), indien andere partijen (gemeenten en waterschap) dit initiëren en een bijdrage leveren.&#13;
+</v></c><c r="E811" s="1" t="str"><v/></c><c r="F811" s="4" t="str"><v/></c><c r="G811" s="1" t="str"><v>Recreatie, Toerisme &amp; gebiedspromotie</v></c><c r="H811" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I811" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J811" s="1" t="str"><v/></c><c r="K811" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L811" s="4"><v>46569.0</v></c><c r="M811" s="1"><v>0</v></c></row><row r="812" spans="1:13" customFormat="false"><c r="A812" s="1"><v>267</v></c><c r="B812" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C812" s="1" t="str"><v>Rondje Noordoostpolder - fietspad</v></c><c r="D812" s="1" t="str"><v xml:space="preserve">De provincie is bereid mee te werken aan het realiseren van het rondje Noordoostpolder (fietspad), indien andere partijen (gemeenten en waterschap) dit initiëren en een bijdrage leveren.&#13;
 Beoogde resultaten:&#13;
 2025:De gemeente is initiatiefnemer. Voorbereiding voor de aanleg van het fietspad is gereed, indien er bereidheid aanwezig is bij de betrokken partijen waaronder gemeente NOP en Waterschap.&#13;
-2027:  Op initiatief van de gemeente is het fietspad Zwartemeerdijk aangelegd, waardoor het regionale recreatieve fietsnetwerk Noordoostpolder compleet is.</v></c><c r="E745" s="1" t="str"><v/></c><c r="F745" s="4" t="str"><v/></c><c r="G745" s="1" t="str"><v>Recreatie, Toerisme &amp; gebiedspromotie</v></c><c r="H745" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I745" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J745" s="1" t="str"><v/></c><c r="K745" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L745" s="4"><v>45839.0</v></c><c r="M745" s="1"><v>0</v></c></row><row r="746" spans="1:13" customFormat="false"><c r="A746" s="1"><v>267</v></c><c r="B746" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C746" s="1" t="str"><v>Rondje Noordoostpolder - fietspad</v></c><c r="D746" s="1" t="str"><v xml:space="preserve">De provincie is bereid mee te werken aan het realiseren van het rondje Noordoostpolder (fietspad), indien andere partijen (gemeenten en waterschap) dit initiëren en een bijdrage leveren.&#13;
+2027:  Op initiatief van de gemeente is het fietspad Zwartemeerdijk aangelegd, waardoor het regionale recreatieve fietsnetwerk Noordoostpolder compleet is.</v></c><c r="E812" s="1" t="str"><v/></c><c r="F812" s="4" t="str"><v/></c><c r="G812" s="1" t="str"><v>Recreatie, Toerisme &amp; gebiedspromotie</v></c><c r="H812" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I812" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J812" s="1" t="str"><v/></c><c r="K812" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L812" s="4"><v>45839.0</v></c><c r="M812" s="1"><v>0</v></c></row><row r="813" spans="1:13" customFormat="false"><c r="A813" s="1"><v>267</v></c><c r="B813" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C813" s="1" t="str"><v>Rondje Noordoostpolder - fietspad</v></c><c r="D813" s="1" t="str"><v xml:space="preserve">De provincie is bereid mee te werken aan het realiseren van het rondje Noordoostpolder (fietspad), indien andere partijen (gemeenten en waterschap) dit initiëren en een bijdrage leveren.&#13;
 Beoogde resultaten:&#13;
 2025:De gemeente is initiatiefnemer. Voorbereiding voor de aanleg van het fietspad is gereed, indien er bereidheid aanwezig is bij de betrokken partijen waaronder gemeente NOP en Waterschap.&#13;
-2027:  Op initiatief van de gemeente is het fietspad Zwartemeerdijk aangelegd, waardoor het regionale recreatieve fietsnetwerk Noordoostpolder compleet is.</v></c><c r="E746" s="1" t="str"><v/></c><c r="F746" s="4" t="str"><v/></c><c r="G746" s="1" t="str"><v>Recreatie, Toerisme &amp; gebiedspromotie</v></c><c r="H746" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I746" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J746" s="1" t="str"><v/></c><c r="K746" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L746" s="4"><v>46569.0</v></c><c r="M746" s="1"><v>0</v></c></row><row r="747" spans="1:13" customFormat="false"><c r="A747" s="1"><v>190</v></c><c r="B747" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C747" s="1" t="str"><v>Lelylijn</v></c><c r="D747" s="1" t="str"><v xml:space="preserve">Actief inzetten voor de realisatie van de Lelylijn, mits deze meerdere 'stops' heeft in de provincie Flevoland, waarvan één in noordelijk Flevoland. Hierover in de gesprekken met het Rijk samen optrekken met de provincies Friesland en Groningen.&#13;
+2027:  Op initiatief van de gemeente is het fietspad Zwartemeerdijk aangelegd, waardoor het regionale recreatieve fietsnetwerk Noordoostpolder compleet is.</v></c><c r="E813" s="1" t="str"><v/></c><c r="F813" s="4" t="str"><v/></c><c r="G813" s="1" t="str"><v>Recreatie, Toerisme &amp; gebiedspromotie</v></c><c r="H813" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I813" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J813" s="1" t="str"><v/></c><c r="K813" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L813" s="4"><v>46569.0</v></c><c r="M813" s="1"><v>0</v></c></row><row r="814" spans="1:13" customFormat="false"><c r="A814" s="1"><v>190</v></c><c r="B814" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C814" s="1" t="str"><v>Lelylijn</v></c><c r="D814" s="1" t="str"><v xml:space="preserve">Actief inzetten voor de realisatie van de Lelylijn, mits deze meerdere 'stops' heeft in de provincie Flevoland, waarvan één in noordelijk Flevoland. Hierover in de gesprekken met het Rijk samen optrekken met de provincies Friesland en Groningen.&#13;
 Beoogde resultaten:&#13;
 2025: Het MIRT-onderzoek loopt tot eind 2024. Dan wordt een go / no-go besluit voorzien. Bij een 'go' start in 2025 de MIRT-verkenning.&#13;
-2027: MIRT-verkenning is afgerond en besluit volgende fase is genomen.</v></c><c r="E747" s="1" t="str"><v/></c><c r="F747" s="4" t="str"><v/></c><c r="G747" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H747" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I747" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J747" s="1" t="str"><v xml:space="preserve">23 januari 2025: Het is pas aan de orde als er landelijk een besluit is </v></c><c r="K747" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L747" s="4"><v>45839.0</v></c><c r="M747" s="1"><v>0</v></c></row><row r="748" spans="1:13" customFormat="false"><c r="A748" s="1"><v>190</v></c><c r="B748" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C748" s="1" t="str"><v>Lelylijn</v></c><c r="D748" s="1" t="str"><v xml:space="preserve">Actief inzetten voor de realisatie van de Lelylijn, mits deze meerdere 'stops' heeft in de provincie Flevoland, waarvan één in noordelijk Flevoland. Hierover in de gesprekken met het Rijk samen optrekken met de provincies Friesland en Groningen.&#13;
+2027: MIRT-verkenning is afgerond en besluit volgende fase is genomen.</v></c><c r="E814" s="1" t="str"><v/></c><c r="F814" s="4" t="str"><v/></c><c r="G814" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H814" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I814" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J814" s="1" t="str"><v xml:space="preserve">23 januari 2025: Het is pas aan de orde als er landelijk een besluit is </v></c><c r="K814" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L814" s="4"><v>45839.0</v></c><c r="M814" s="1"><v>0</v></c></row><row r="815" spans="1:13" customFormat="false"><c r="A815" s="1"><v>190</v></c><c r="B815" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C815" s="1" t="str"><v>Lelylijn</v></c><c r="D815" s="1" t="str"><v xml:space="preserve">Actief inzetten voor de realisatie van de Lelylijn, mits deze meerdere 'stops' heeft in de provincie Flevoland, waarvan één in noordelijk Flevoland. Hierover in de gesprekken met het Rijk samen optrekken met de provincies Friesland en Groningen.&#13;
 Beoogde resultaten:&#13;
 2025: Het MIRT-onderzoek loopt tot eind 2024. Dan wordt een go / no-go besluit voorzien. Bij een 'go' start in 2025 de MIRT-verkenning.&#13;
-2027: MIRT-verkenning is afgerond en besluit volgende fase is genomen.</v></c><c r="E748" s="1" t="str"><v/></c><c r="F748" s="4" t="str"><v/></c><c r="G748" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H748" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I748" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J748" s="1" t="str"><v xml:space="preserve">23 januari 2025: Het is pas aan de orde als er landelijk een besluit is </v></c><c r="K748" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L748" s="4"><v>46569.0</v></c><c r="M748" s="1"><v>0</v></c></row><row r="749" spans="1:13" customFormat="false"><c r="A749" s="1"><v>191</v></c><c r="B749" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C749" s="1" t="str"><v>Tunnel in plaats van Ketelbrug</v></c><c r="D749" s="1" t="str"><v xml:space="preserve">Als de Lelylijn wordt gerealiseerd met een tunnel voor het treinverkeer, dient tevens onderzocht te worden of een tunnel voor het wegverkeer in plaats van de Ketelbrug realiseerbaar is.&#13;
+2027: MIRT-verkenning is afgerond en besluit volgende fase is genomen.</v></c><c r="E815" s="1" t="str"><v/></c><c r="F815" s="4" t="str"><v/></c><c r="G815" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H815" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I815" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J815" s="1" t="str"><v xml:space="preserve">23 januari 2025: Het is pas aan de orde als er landelijk een besluit is </v></c><c r="K815" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L815" s="4"><v>46569.0</v></c><c r="M815" s="1"><v>0</v></c></row><row r="816" spans="1:13" customFormat="false"><c r="A816" s="1"><v>191</v></c><c r="B816" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C816" s="1" t="str"><v>Tunnel in plaats van Ketelbrug</v></c><c r="D816" s="1" t="str"><v xml:space="preserve">Als de Lelylijn wordt gerealiseerd met een tunnel voor het treinverkeer, dient tevens onderzocht te worden of een tunnel voor het wegverkeer in plaats van de Ketelbrug realiseerbaar is.&#13;
 Beoogde resultaten:&#13;
 2025: MIRT-onderzoek geeft inzicht in kosten tunnel.&#13;
-2027: MIRT-verkenning afgerond. Besluit over al dan niet uitwerken van een tunnelvariant.</v></c><c r="E749" s="1" t="str"><v/></c><c r="F749" s="4" t="str"><v/></c><c r="G749" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H749" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I749" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J749" s="1" t="str"><v>23 januari 2025: PS krijgt een mededeling in Q1 2025.</v></c><c r="K749" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L749" s="4"><v>45839.0</v></c><c r="M749" s="1"><v>0</v></c></row><row r="750" spans="1:13" customFormat="false"><c r="A750" s="1"><v>191</v></c><c r="B750" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C750" s="1" t="str"><v>Tunnel in plaats van Ketelbrug</v></c><c r="D750" s="1" t="str"><v xml:space="preserve">Als de Lelylijn wordt gerealiseerd met een tunnel voor het treinverkeer, dient tevens onderzocht te worden of een tunnel voor het wegverkeer in plaats van de Ketelbrug realiseerbaar is.&#13;
+2027: MIRT-verkenning afgerond. Besluit over al dan niet uitwerken van een tunnelvariant.</v></c><c r="E816" s="1" t="str"><v/></c><c r="F816" s="4" t="str"><v/></c><c r="G816" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H816" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I816" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J816" s="1" t="str"><v>23 januari 2025: PS krijgt een mededeling in Q1 2025.</v></c><c r="K816" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L816" s="4"><v>45839.0</v></c><c r="M816" s="1"><v>0</v></c></row><row r="817" spans="1:13" customFormat="false"><c r="A817" s="1"><v>191</v></c><c r="B817" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C817" s="1" t="str"><v>Tunnel in plaats van Ketelbrug</v></c><c r="D817" s="1" t="str"><v xml:space="preserve">Als de Lelylijn wordt gerealiseerd met een tunnel voor het treinverkeer, dient tevens onderzocht te worden of een tunnel voor het wegverkeer in plaats van de Ketelbrug realiseerbaar is.&#13;
 Beoogde resultaten:&#13;
 2025: MIRT-onderzoek geeft inzicht in kosten tunnel.&#13;
-2027: MIRT-verkenning afgerond. Besluit over al dan niet uitwerken van een tunnelvariant.</v></c><c r="E750" s="1" t="str"><v/></c><c r="F750" s="4" t="str"><v/></c><c r="G750" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H750" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I750" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J750" s="1" t="str"><v>23 januari 2025: PS krijgt een mededeling in Q1 2025.</v></c><c r="K750" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L750" s="4"><v>46569.0</v></c><c r="M750" s="1"><v>0</v></c></row><row r="751" spans="1:13" customFormat="false"><c r="A751" s="1"><v>212</v></c><c r="B751" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C751" s="1" t="str"><v>Planvorming gemeenten en waterschap</v></c><c r="D751" s="1" t="str"><v xml:space="preserve"> Innoveren en experimenteren betekent bij planvorming: samen met de gemeenten en het waterschap nieuwe vormen van planvorming onderzoeken. Niet alleen om tot een efficiëntere werkwijze te komen, maar ook om provinciale belangen beter te kunnen waarborgen.&#13;
+2027: MIRT-verkenning afgerond. Besluit over al dan niet uitwerken van een tunnelvariant.</v></c><c r="E817" s="1" t="str"><v/></c><c r="F817" s="4" t="str"><v/></c><c r="G817" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H817" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I817" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J817" s="1" t="str"><v>23 januari 2025: PS krijgt een mededeling in Q1 2025.</v></c><c r="K817" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L817" s="4"><v>46569.0</v></c><c r="M817" s="1"><v>0</v></c></row><row r="818" spans="1:13" customFormat="false"><c r="A818" s="1"><v>212</v></c><c r="B818" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C818" s="1" t="str"><v>Planvorming gemeenten en waterschap</v></c><c r="D818" s="1" t="str"><v xml:space="preserve"> Innoveren en experimenteren betekent bij planvorming: samen met de gemeenten en het waterschap nieuwe vormen van planvorming onderzoeken. Niet alleen om tot een efficiëntere werkwijze te komen, maar ook om provinciale belangen beter te kunnen waarborgen.&#13;
 Beoogde resultaten:&#13;
 2025: Provinciale belangen gewaarborgd in nieuwe gemeentelijke omgevingsvisies en omgevingsplannen.&#13;
-2027: Provinciale belangen gewaarborgd in nieuwe gemeentelijke omgevingsvisies en omgevingsplannen.</v></c><c r="E751" s="1" t="str"><v/></c><c r="F751" s="4" t="str"><v/></c><c r="G751" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H751" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I751" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J751" s="1" t="str"><v>23 januari 2025: reguliere uitvoeringstaak</v></c><c r="K751" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L751" s="4"><v>45839.0</v></c><c r="M751" s="1"><v>0</v></c></row><row r="752" spans="1:13" customFormat="false"><c r="A752" s="1"><v>212</v></c><c r="B752" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C752" s="1" t="str"><v>Planvorming gemeenten en waterschap</v></c><c r="D752" s="1" t="str"><v xml:space="preserve"> Innoveren en experimenteren betekent bij planvorming: samen met de gemeenten en het waterschap nieuwe vormen van planvorming onderzoeken. Niet alleen om tot een efficiëntere werkwijze te komen, maar ook om provinciale belangen beter te kunnen waarborgen.&#13;
+2027: Provinciale belangen gewaarborgd in nieuwe gemeentelijke omgevingsvisies en omgevingsplannen.</v></c><c r="E818" s="1" t="str"><v/></c><c r="F818" s="4" t="str"><v/></c><c r="G818" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H818" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I818" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J818" s="1" t="str"><v>23 januari 2025: reguliere uitvoeringstaak</v></c><c r="K818" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L818" s="4"><v>45839.0</v></c><c r="M818" s="1"><v>0</v></c></row><row r="819" spans="1:13" customFormat="false"><c r="A819" s="1"><v>212</v></c><c r="B819" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C819" s="1" t="str"><v>Planvorming gemeenten en waterschap</v></c><c r="D819" s="1" t="str"><v xml:space="preserve"> Innoveren en experimenteren betekent bij planvorming: samen met de gemeenten en het waterschap nieuwe vormen van planvorming onderzoeken. Niet alleen om tot een efficiëntere werkwijze te komen, maar ook om provinciale belangen beter te kunnen waarborgen.&#13;
 Beoogde resultaten:&#13;
 2025: Provinciale belangen gewaarborgd in nieuwe gemeentelijke omgevingsvisies en omgevingsplannen.&#13;
-2027: Provinciale belangen gewaarborgd in nieuwe gemeentelijke omgevingsvisies en omgevingsplannen.</v></c><c r="E752" s="1" t="str"><v/></c><c r="F752" s="4" t="str"><v/></c><c r="G752" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H752" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I752" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J752" s="1" t="str"><v>23 januari 2025: reguliere uitvoeringstaak</v></c><c r="K752" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L752" s="4"><v>46569.0</v></c><c r="M752" s="1"><v>0</v></c></row><row r="753" spans="1:13" customFormat="false"><c r="A753" s="1"><v>213</v></c><c r="B753" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C753" s="1" t="str"><v>Controle inbreidingsplannen gemeenten</v></c><c r="D753" s="1" t="str"><v xml:space="preserve">We bieden ruimte aan doelgroepgerichte inbreiding. Bij inbreidingsplannen waken we ervoor dat unieke kwaliteiten of de leefbaarheid van de kernen in Flevoland niet worden geschaad.&#13;
+2027: Provinciale belangen gewaarborgd in nieuwe gemeentelijke omgevingsvisies en omgevingsplannen.</v></c><c r="E819" s="1" t="str"><v/></c><c r="F819" s="4" t="str"><v/></c><c r="G819" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H819" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I819" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J819" s="1" t="str"><v>23 januari 2025: reguliere uitvoeringstaak</v></c><c r="K819" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L819" s="4"><v>46569.0</v></c><c r="M819" s="1"><v>0</v></c></row><row r="820" spans="1:13" customFormat="false"><c r="A820" s="1"><v>213</v></c><c r="B820" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C820" s="1" t="str"><v>Controle inbreidingsplannen gemeenten</v></c><c r="D820" s="1" t="str"><v xml:space="preserve">We bieden ruimte aan doelgroepgerichte inbreiding. Bij inbreidingsplannen waken we ervoor dat unieke kwaliteiten of de leefbaarheid van de kernen in Flevoland niet worden geschaad.&#13;
 Beoogde resultaten:&#13;
 2025: Provinciale belangen gewaarborgd in nieuwe gemeentelijke omgevingsvisies en omgevingsplannen.&#13;
-2027: Provinciale belangen gewaarborgd in nieuwe gemeentelijke omgevingsvisies en omgevingsplannen.</v></c><c r="E753" s="1" t="str"><v/></c><c r="F753" s="4" t="str"><v/></c><c r="G753" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H753" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I753" s="1"/><c r="J753" s="1" t="str"><v>23 januari 2025: reguliere uitvoeringstaak</v></c><c r="K753" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L753" s="4"><v>45839.0</v></c><c r="M753" s="1"><v>0</v></c></row><row r="754" spans="1:13" customFormat="false"><c r="A754" s="1"><v>213</v></c><c r="B754" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C754" s="1" t="str"><v>Controle inbreidingsplannen gemeenten</v></c><c r="D754" s="1" t="str"><v xml:space="preserve">We bieden ruimte aan doelgroepgerichte inbreiding. Bij inbreidingsplannen waken we ervoor dat unieke kwaliteiten of de leefbaarheid van de kernen in Flevoland niet worden geschaad.&#13;
+2027: Provinciale belangen gewaarborgd in nieuwe gemeentelijke omgevingsvisies en omgevingsplannen.</v></c><c r="E820" s="1" t="str"><v/></c><c r="F820" s="4" t="str"><v/></c><c r="G820" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H820" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I820" s="1"/><c r="J820" s="1" t="str"><v>23 januari 2025: reguliere uitvoeringstaak</v></c><c r="K820" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L820" s="4"><v>45839.0</v></c><c r="M820" s="1"><v>0</v></c></row><row r="821" spans="1:13" customFormat="false"><c r="A821" s="1"><v>213</v></c><c r="B821" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C821" s="1" t="str"><v>Controle inbreidingsplannen gemeenten</v></c><c r="D821" s="1" t="str"><v xml:space="preserve">We bieden ruimte aan doelgroepgerichte inbreiding. Bij inbreidingsplannen waken we ervoor dat unieke kwaliteiten of de leefbaarheid van de kernen in Flevoland niet worden geschaad.&#13;
 Beoogde resultaten:&#13;
 2025: Provinciale belangen gewaarborgd in nieuwe gemeentelijke omgevingsvisies en omgevingsplannen.&#13;
-2027: Provinciale belangen gewaarborgd in nieuwe gemeentelijke omgevingsvisies en omgevingsplannen.</v></c><c r="E754" s="1" t="str"><v/></c><c r="F754" s="4" t="str"><v/></c><c r="G754" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H754" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I754" s="1"/><c r="J754" s="1" t="str"><v>23 januari 2025: reguliere uitvoeringstaak</v></c><c r="K754" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L754" s="4"><v>46569.0</v></c><c r="M754" s="1"><v>0</v></c></row><row r="755" spans="1:13" customFormat="false"><c r="A755" s="1"><v>214</v></c><c r="B755" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C755" s="1" t="str"><v>Beleid Buitendijks wonen</v></c><c r="D755" s="1" t="str"><v xml:space="preserve">De provincie werkt vooralsnog niet mee aan tussentijdse nieuwe planontwikkelingen voor buitendijks wonen. Bestaande plannen respecteert de provincie. De provincie gaat in gesprek met gemeenten en relevante beroepsgroepen om te bezien of het ons beleid ten aanzien van buitendijks bouwen moeten worden aangepast.&#13;
+2027: Provinciale belangen gewaarborgd in nieuwe gemeentelijke omgevingsvisies en omgevingsplannen.</v></c><c r="E821" s="1" t="str"><v/></c><c r="F821" s="4" t="str"><v/></c><c r="G821" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H821" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I821" s="1"/><c r="J821" s="1" t="str"><v>23 januari 2025: reguliere uitvoeringstaak</v></c><c r="K821" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L821" s="4"><v>46569.0</v></c><c r="M821" s="1"><v>0</v></c></row><row r="822" spans="1:13" customFormat="false"><c r="A822" s="1"><v>214</v></c><c r="B822" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C822" s="1" t="str"><v>Beleid Buitendijks wonen</v></c><c r="D822" s="1" t="str"><v xml:space="preserve">De provincie werkt vooralsnog niet mee aan tussentijdse nieuwe planontwikkelingen voor buitendijks wonen. Bestaande plannen respecteert de provincie. De provincie gaat in gesprek met gemeenten en relevante beroepsgroepen om te bezien of het ons beleid ten aanzien van buitendijks bouwen moeten worden aangepast.&#13;
 Beoogde resultaten:&#13;
 2025: In de nieuwe Omgevingsvisie is de koers bepaald en vastgesteld. Bestaande plannen maken onderdeel uit van het proces naar een nieuwe Omgevingsvisie.&#13;
-2027: Uitwerking in Omgevingsprogramma's en -verordening.</v></c><c r="E755" s="1" t="str"><v/></c><c r="F755" s="4" t="str"><v/></c><c r="G755" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H755" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I755" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J755" s="1" t="str"><v xml:space="preserve">23 januari 2025: dit is een onderdeel van het traject Omgevingsvisie&#13;
-Zie LTP 160 Omgevingsvisie voor meer informatie</v></c><c r="K755" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L755" s="4"><v>45839.0</v></c><c r="M755" s="1"><v>0</v></c></row><row r="756" spans="1:13" customFormat="false"><c r="A756" s="1"><v>214</v></c><c r="B756" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C756" s="1" t="str"><v>Beleid Buitendijks wonen</v></c><c r="D756" s="1" t="str"><v xml:space="preserve">De provincie werkt vooralsnog niet mee aan tussentijdse nieuwe planontwikkelingen voor buitendijks wonen. Bestaande plannen respecteert de provincie. De provincie gaat in gesprek met gemeenten en relevante beroepsgroepen om te bezien of het ons beleid ten aanzien van buitendijks bouwen moeten worden aangepast.&#13;
+2027: Uitwerking in Omgevingsprogramma's en -verordening.</v></c><c r="E822" s="1" t="str"><v/></c><c r="F822" s="4" t="str"><v/></c><c r="G822" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H822" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I822" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J822" s="1" t="str"><v xml:space="preserve">23 januari 2025: dit is een onderdeel van het traject Omgevingsvisie&#13;
+Zie LTP 160 Omgevingsvisie voor meer informatie</v></c><c r="K822" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L822" s="4"><v>45839.0</v></c><c r="M822" s="1"><v>0</v></c></row><row r="823" spans="1:13" customFormat="false"><c r="A823" s="1"><v>214</v></c><c r="B823" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C823" s="1" t="str"><v>Beleid Buitendijks wonen</v></c><c r="D823" s="1" t="str"><v xml:space="preserve">De provincie werkt vooralsnog niet mee aan tussentijdse nieuwe planontwikkelingen voor buitendijks wonen. Bestaande plannen respecteert de provincie. De provincie gaat in gesprek met gemeenten en relevante beroepsgroepen om te bezien of het ons beleid ten aanzien van buitendijks bouwen moeten worden aangepast.&#13;
 Beoogde resultaten:&#13;
 2025: In de nieuwe Omgevingsvisie is de koers bepaald en vastgesteld. Bestaande plannen maken onderdeel uit van het proces naar een nieuwe Omgevingsvisie.&#13;
-2027: Uitwerking in Omgevingsprogramma's en -verordening.</v></c><c r="E756" s="1" t="str"><v/></c><c r="F756" s="4" t="str"><v/></c><c r="G756" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H756" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I756" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J756" s="1" t="str"><v xml:space="preserve">23 januari 2025: dit is een onderdeel van het traject Omgevingsvisie&#13;
-Zie LTP 160 Omgevingsvisie voor meer informatie</v></c><c r="K756" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L756" s="4"><v>46569.0</v></c><c r="M756" s="1"><v>0</v></c></row><row r="757" spans="1:13" customFormat="false"><c r="A757" s="1"><v>215</v></c><c r="B757" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C757" s="1" t="str"><v>Functieherbestemming</v></c><c r="D757" s="1" t="str"><v xml:space="preserve">De provincie ondersteunt lokale (gemeentelijke) initiatieven voor functieherbestemming als deze bijdragen aan de leefbaarheid van het landelijk gebied.&#13;
+2027: Uitwerking in Omgevingsprogramma's en -verordening.</v></c><c r="E823" s="1" t="str"><v/></c><c r="F823" s="4" t="str"><v/></c><c r="G823" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H823" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I823" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J823" s="1" t="str"><v xml:space="preserve">23 januari 2025: dit is een onderdeel van het traject Omgevingsvisie&#13;
+Zie LTP 160 Omgevingsvisie voor meer informatie</v></c><c r="K823" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L823" s="4"><v>46569.0</v></c><c r="M823" s="1"><v>0</v></c></row><row r="824" spans="1:13" customFormat="false"><c r="A824" s="1"><v>215</v></c><c r="B824" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C824" s="1" t="str"><v>Functieherbestemming</v></c><c r="D824" s="1" t="str"><v xml:space="preserve">De provincie ondersteunt lokale (gemeentelijke) initiatieven voor functieherbestemming als deze bijdragen aan de leefbaarheid van het landelijk gebied.&#13;
 Beoogde resultaten:&#13;
 2025: In de nieuwe Omgevingsvisie is de koers bepaald en vastgesteld.&#13;
-2027: Uitwerking in Omgevingsprogramma's en -verordening.</v></c><c r="E757" s="1" t="str"><v/></c><c r="F757" s="4" t="str"><v/></c><c r="G757" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H757" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I757" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J757" s="1" t="str"><v>Zie LTP 340 Beleid erftransformaties voor meer informatie</v></c><c r="K757" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L757" s="4"><v>45839.0</v></c><c r="M757" s="1"><v>0</v></c></row><row r="758" spans="1:13" customFormat="false"><c r="A758" s="1"><v>215</v></c><c r="B758" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C758" s="1" t="str"><v>Functieherbestemming</v></c><c r="D758" s="1" t="str"><v xml:space="preserve">De provincie ondersteunt lokale (gemeentelijke) initiatieven voor functieherbestemming als deze bijdragen aan de leefbaarheid van het landelijk gebied.&#13;
+2027: Uitwerking in Omgevingsprogramma's en -verordening.</v></c><c r="E824" s="1" t="str"><v/></c><c r="F824" s="4" t="str"><v/></c><c r="G824" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H824" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I824" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J824" s="1" t="str"><v>Zie LTP 340 Beleid erftransformaties voor meer informatie</v></c><c r="K824" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L824" s="4"><v>45839.0</v></c><c r="M824" s="1"><v>0</v></c></row><row r="825" spans="1:13" customFormat="false"><c r="A825" s="1"><v>215</v></c><c r="B825" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C825" s="1" t="str"><v>Functieherbestemming</v></c><c r="D825" s="1" t="str"><v xml:space="preserve">De provincie ondersteunt lokale (gemeentelijke) initiatieven voor functieherbestemming als deze bijdragen aan de leefbaarheid van het landelijk gebied.&#13;
 Beoogde resultaten:&#13;
 2025: In de nieuwe Omgevingsvisie is de koers bepaald en vastgesteld.&#13;
-2027: Uitwerking in Omgevingsprogramma's en -verordening.</v></c><c r="E758" s="1" t="str"><v/></c><c r="F758" s="4" t="str"><v/></c><c r="G758" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H758" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I758" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J758" s="1" t="str"><v>Zie LTP 340 Beleid erftransformaties voor meer informatie</v></c><c r="K758" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L758" s="4"><v>46569.0</v></c><c r="M758" s="1"><v>0</v></c></row><row r="759" spans="1:13" customFormat="false"><c r="A759" s="1"><v>274</v></c><c r="B759" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C759" s="1" t="str"><v>Sportnota “Samenwerken aan sportief Flevoland”</v></c><c r="D759" s="1" t="str"><v xml:space="preserve">De provincie geeft uitvoering aan het sportbeleid conform de vastgestelde nota sport (1 nov. 2023) en zet via Sportservice Flevoland een gerichte en actieve lobby in om grootschalige sportevenementen naar Flevoland te halen.&#13;
+2027: Uitwerking in Omgevingsprogramma's en -verordening.</v></c><c r="E825" s="1" t="str"><v/></c><c r="F825" s="4" t="str"><v/></c><c r="G825" s="1" t="str"><v>Ruimtelijke ordening</v></c><c r="H825" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I825" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J825" s="1" t="str"><v>Zie LTP 340 Beleid erftransformaties voor meer informatie</v></c><c r="K825" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L825" s="4"><v>46569.0</v></c><c r="M825" s="1"><v>0</v></c></row><row r="826" spans="1:13" customFormat="false"><c r="A826" s="1"><v>274</v></c><c r="B826" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C826" s="1" t="str"><v>Sportnota “Samenwerken aan sportief Flevoland”</v></c><c r="D826" s="1" t="str"><v xml:space="preserve">De provincie geeft uitvoering aan het sportbeleid conform de vastgestelde nota sport (1 nov. 2023) en zet via Sportservice Flevoland een gerichte en actieve lobby in om grootschalige sportevenementen naar Flevoland te halen.&#13;
 Beoogde resultaten:&#13;
 2025: De natuurlijke en waterrijke omgeving van Flevoland is meer beleefbaar, toegankelijk en bereikbaar en nodigt inwoners en bezoekers uit te sporten en te recreëren. Er is een actieve lobby voor grootschalige sportevenementen.&#13;
 2027: De natuurlijke en waterrijke omgeving van Flevoland is meer beleefbaar, toegankelijk en bereikbaar en nodigt inwoners en&#13;
-bezoekers uit te sporten en te recreëren. Er is een actieve lobby voor grootschalige sportevenementen</v></c><c r="E759" s="1" t="str"><v/></c><c r="F759" s="4" t="str"><v/></c><c r="G759" s="1" t="str"><v>Sport</v></c><c r="H759" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I759" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J759" s="1" t="str"><v/></c><c r="K759" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L759" s="4"><v>45839.0</v></c><c r="M759" s="1"><v>0</v></c></row><row r="760" spans="1:13" customFormat="false"><c r="A760" s="1"><v>274</v></c><c r="B760" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C760" s="1" t="str"><v>Sportnota “Samenwerken aan sportief Flevoland”</v></c><c r="D760" s="1" t="str"><v xml:space="preserve">De provincie geeft uitvoering aan het sportbeleid conform de vastgestelde nota sport (1 nov. 2023) en zet via Sportservice Flevoland een gerichte en actieve lobby in om grootschalige sportevenementen naar Flevoland te halen.&#13;
+bezoekers uit te sporten en te recreëren. Er is een actieve lobby voor grootschalige sportevenementen</v></c><c r="E826" s="1" t="str"><v/></c><c r="F826" s="4" t="str"><v/></c><c r="G826" s="1" t="str"><v>Sport</v></c><c r="H826" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I826" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J826" s="1" t="str"><v/></c><c r="K826" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L826" s="4"><v>45839.0</v></c><c r="M826" s="1"><v>0</v></c></row><row r="827" spans="1:13" customFormat="false"><c r="A827" s="1"><v>274</v></c><c r="B827" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C827" s="1" t="str"><v>Sportnota “Samenwerken aan sportief Flevoland”</v></c><c r="D827" s="1" t="str"><v xml:space="preserve">De provincie geeft uitvoering aan het sportbeleid conform de vastgestelde nota sport (1 nov. 2023) en zet via Sportservice Flevoland een gerichte en actieve lobby in om grootschalige sportevenementen naar Flevoland te halen.&#13;
 Beoogde resultaten:&#13;
 2025: De natuurlijke en waterrijke omgeving van Flevoland is meer beleefbaar, toegankelijk en bereikbaar en nodigt inwoners en bezoekers uit te sporten en te recreëren. Er is een actieve lobby voor grootschalige sportevenementen.&#13;
 2027: De natuurlijke en waterrijke omgeving van Flevoland is meer beleefbaar, toegankelijk en bereikbaar en nodigt inwoners en&#13;
-bezoekers uit te sporten en te recreëren. Er is een actieve lobby voor grootschalige sportevenementen</v></c><c r="E760" s="1" t="str"><v/></c><c r="F760" s="4" t="str"><v/></c><c r="G760" s="1" t="str"><v>Sport</v></c><c r="H760" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I760" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J760" s="1" t="str"><v/></c><c r="K760" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L760" s="4"><v>46569.0</v></c><c r="M760" s="1"><v>0</v></c></row><row r="761" spans="1:13" customFormat="false"><c r="A761" s="1"><v>224</v></c><c r="B761" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C761" s="1" t="str"><v>Uitvoering Stikstofbeleid</v></c><c r="D761" s="1" t="str"><v xml:space="preserve">Voor ons provinciale stikstofbeleid zijn de doelstellingen uit de Wet Stikstofreductie en Natuurherstel en de vastgestelde Flevolandse Aanpak Stikstof het uitgangspunt. De gebiedsprocessen van de provincie zijn&#13;
+bezoekers uit te sporten en te recreëren. Er is een actieve lobby voor grootschalige sportevenementen</v></c><c r="E827" s="1" t="str"><v/></c><c r="F827" s="4" t="str"><v/></c><c r="G827" s="1" t="str"><v>Sport</v></c><c r="H827" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I827" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J827" s="1" t="str"><v/></c><c r="K827" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L827" s="4"><v>46569.0</v></c><c r="M827" s="1"><v>0</v></c></row><row r="828" spans="1:13" customFormat="false"><c r="A828" s="1"><v>224</v></c><c r="B828" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C828" s="1" t="str"><v>Uitvoering Stikstofbeleid</v></c><c r="D828" s="1" t="str"><v xml:space="preserve">Voor ons provinciale stikstofbeleid zijn de doelstellingen uit de Wet Stikstofreductie en Natuurherstel en de vastgestelde Flevolandse Aanpak Stikstof het uitgangspunt. De gebiedsprocessen van de provincie zijn&#13;
 hierin leidend en de provincie trekt nadrukkelijk samen op met de partners in het veld.&#13;
 Beoogde resultaten:&#13;
 2025: Afname kg's stikstof emissie en afname stikstof depositie.&#13;
-2027: Afname kg's stikstof emissie en afname stikstof depositie.</v></c><c r="E761" s="1" t="str"><v/></c><c r="F761" s="4" t="str"><v/></c><c r="G761" s="1" t="str"><v>Stikstof</v></c><c r="H761" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I761" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J761" s="1"/><c r="K761" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L761" s="4"><v>45839.0</v></c><c r="M761" s="1"><v>0</v></c></row><row r="762" spans="1:13" customFormat="false"><c r="A762" s="1"><v>224</v></c><c r="B762" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C762" s="1" t="str"><v>Uitvoering Stikstofbeleid</v></c><c r="D762" s="1" t="str"><v xml:space="preserve">Voor ons provinciale stikstofbeleid zijn de doelstellingen uit de Wet Stikstofreductie en Natuurherstel en de vastgestelde Flevolandse Aanpak Stikstof het uitgangspunt. De gebiedsprocessen van de provincie zijn&#13;
+2027: Afname kg's stikstof emissie en afname stikstof depositie.</v></c><c r="E828" s="1" t="str"><v/></c><c r="F828" s="4" t="str"><v/></c><c r="G828" s="1" t="str"><v>Stikstof</v></c><c r="H828" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I828" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J828" s="1"/><c r="K828" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L828" s="4"><v>45839.0</v></c><c r="M828" s="1"><v>0</v></c></row><row r="829" spans="1:13" customFormat="false"><c r="A829" s="1"><v>224</v></c><c r="B829" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C829" s="1" t="str"><v>Uitvoering Stikstofbeleid</v></c><c r="D829" s="1" t="str"><v xml:space="preserve">Voor ons provinciale stikstofbeleid zijn de doelstellingen uit de Wet Stikstofreductie en Natuurherstel en de vastgestelde Flevolandse Aanpak Stikstof het uitgangspunt. De gebiedsprocessen van de provincie zijn&#13;
 hierin leidend en de provincie trekt nadrukkelijk samen op met de partners in het veld.&#13;
 Beoogde resultaten:&#13;
 2025: Afname kg's stikstof emissie en afname stikstof depositie.&#13;
-2027: Afname kg's stikstof emissie en afname stikstof depositie.</v></c><c r="E762" s="1" t="str"><v/></c><c r="F762" s="4" t="str"><v/></c><c r="G762" s="1" t="str"><v>Stikstof</v></c><c r="H762" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I762" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J762" s="1"/><c r="K762" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L762" s="4"><v>46569.0</v></c><c r="M762" s="1"><v>0</v></c></row><row r="763" spans="1:13" customFormat="false"><c r="A763" s="1"><v>225</v></c><c r="B763" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C763" s="1" t="str"><v>Lobby Visserij</v></c><c r="D763" s="1" t="str"><v xml:space="preserve">De provincie voert – waar mogelijk in gezamenlijkheid met de sector, het IPO en het Rijk – een actieve lobby in Den Haag en Brussel voor de visserij in Europese wateren.&#13;
+2027: Afname kg's stikstof emissie en afname stikstof depositie.</v></c><c r="E829" s="1" t="str"><v/></c><c r="F829" s="4" t="str"><v/></c><c r="G829" s="1" t="str"><v>Stikstof</v></c><c r="H829" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I829" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J829" s="1"/><c r="K829" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L829" s="4"><v>46569.0</v></c><c r="M829" s="1"><v>0</v></c></row><row r="830" spans="1:13" customFormat="false"><c r="A830" s="1"><v>225</v></c><c r="B830" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C830" s="1" t="str"><v>Lobby Visserij</v></c><c r="D830" s="1" t="str"><v xml:space="preserve">De provincie voert – waar mogelijk in gezamenlijkheid met de sector, het IPO en het Rijk – een actieve lobby in Den Haag en Brussel voor de visserij in Europese wateren.&#13;
 Beoogde resultaten:&#13;
 2025: Lobbyinzet op visserij is bepaald en zo mogelijk al uitgevoerd.&#13;
-2027: Actieve lobby voor de visserij in Europese wateren is uitgevoerd.</v></c><c r="E763" s="1" t="str"><v/></c><c r="F763" s="4" t="str"><v/></c><c r="G763" s="1" t="str"><v>Visserij</v></c><c r="H763" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I763" s="1" t="str"><v>Europa</v></c><c r="J763" s="1"/><c r="K763" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L763" s="4"><v>45839.0</v></c><c r="M763" s="1"><v>0</v></c></row><row r="764" spans="1:13" customFormat="false"><c r="A764" s="1"><v>225</v></c><c r="B764" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C764" s="1" t="str"><v>Lobby Visserij</v></c><c r="D764" s="1" t="str"><v xml:space="preserve">De provincie voert – waar mogelijk in gezamenlijkheid met de sector, het IPO en het Rijk – een actieve lobby in Den Haag en Brussel voor de visserij in Europese wateren.&#13;
+2027: Actieve lobby voor de visserij in Europese wateren is uitgevoerd.</v></c><c r="E830" s="1" t="str"><v/></c><c r="F830" s="4" t="str"><v/></c><c r="G830" s="1" t="str"><v>Visserij</v></c><c r="H830" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I830" s="1" t="str"><v>Europa</v></c><c r="J830" s="1"/><c r="K830" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L830" s="4"><v>45839.0</v></c><c r="M830" s="1"><v>0</v></c></row><row r="831" spans="1:13" customFormat="false"><c r="A831" s="1"><v>225</v></c><c r="B831" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C831" s="1" t="str"><v>Lobby Visserij</v></c><c r="D831" s="1" t="str"><v xml:space="preserve">De provincie voert – waar mogelijk in gezamenlijkheid met de sector, het IPO en het Rijk – een actieve lobby in Den Haag en Brussel voor de visserij in Europese wateren.&#13;
 Beoogde resultaten:&#13;
 2025: Lobbyinzet op visserij is bepaald en zo mogelijk al uitgevoerd.&#13;
-2027: Actieve lobby voor de visserij in Europese wateren is uitgevoerd.</v></c><c r="E764" s="1" t="str"><v/></c><c r="F764" s="4" t="str"><v/></c><c r="G764" s="1" t="str"><v>Visserij</v></c><c r="H764" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I764" s="1" t="str"><v>Europa</v></c><c r="J764" s="1"/><c r="K764" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L764" s="4"><v>46569.0</v></c><c r="M764" s="1"><v>0</v></c></row><row r="765" spans="1:13" customFormat="false"><c r="A765" s="1"><v>226</v></c><c r="B765" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C765" s="1" t="str"><v>Vermindering regeldruk visserij</v></c><c r="D765" s="1" t="str"><v xml:space="preserve">De provincie zet zich in voor vermindering van de regeldruk in de visserij. Dat doet de provincie door te streven naar een één-loketfunctie voor de vissers en te onderzoeken of de geldigheid van de provinciale Wnb-vergunningen kan worden verlengd.&#13;
+2027: Actieve lobby voor de visserij in Europese wateren is uitgevoerd.</v></c><c r="E831" s="1" t="str"><v/></c><c r="F831" s="4" t="str"><v/></c><c r="G831" s="1" t="str"><v>Visserij</v></c><c r="H831" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I831" s="1" t="str"><v>Europa</v></c><c r="J831" s="1"/><c r="K831" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L831" s="4"><v>46569.0</v></c><c r="M831" s="1"><v>0</v></c></row><row r="832" spans="1:13" customFormat="false"><c r="A832" s="1"><v>226</v></c><c r="B832" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C832" s="1" t="str"><v>Vermindering regeldruk visserij</v></c><c r="D832" s="1" t="str"><v xml:space="preserve">De provincie zet zich in voor vermindering van de regeldruk in de visserij. Dat doet de provincie door te streven naar een één-loketfunctie voor de vissers en te onderzoeken of de geldigheid van de provinciale Wnb-vergunningen kan worden verlengd.&#13;
 Beoogde resultaten:&#13;
 2025: Er is een Wnb-vergunning verleend voor 4 jaar voor visserij met staande netten In IJsselmeer, Markermeer en IJmeer.&#13;
-2027: -</v></c><c r="E765" s="1" t="str"><v/></c><c r="F765" s="4" t="str"><v/></c><c r="G765" s="1" t="str"><v>Visserij</v></c><c r="H765" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I765" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J765" s="1"/><c r="K765" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L765" s="4"><v>45839.0</v></c><c r="M765" s="1"><v>0</v></c></row><row r="766" spans="1:13" customFormat="false"><c r="A766" s="1"><v>203</v></c><c r="B766" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C766" s="1" t="str"><v>Ontwikkeling duurzame samenleving</v></c><c r="D766" s="1" t="str"><v xml:space="preserve">Bij de ontwikkeling van nieuwe wijken in Flevoland moet ook rekening worden gehouden met onderwijs, veiligheid, zorg, sport en recreatie. Zo bouwt de provincie aan een duurzame samenleving.&#13;
+2027: -</v></c><c r="E832" s="1" t="str"><v/></c><c r="F832" s="4" t="str"><v/></c><c r="G832" s="1" t="str"><v>Visserij</v></c><c r="H832" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I832" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J832" s="1"/><c r="K832" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L832" s="4"><v>45839.0</v></c><c r="M832" s="1"><v>0</v></c></row><row r="833" spans="1:13" customFormat="false"><c r="A833" s="1"><v>203</v></c><c r="B833" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C833" s="1" t="str"><v>Ontwikkeling duurzame samenleving</v></c><c r="D833" s="1" t="str"><v xml:space="preserve">Bij de ontwikkeling van nieuwe wijken in Flevoland moet ook rekening worden gehouden met onderwijs, veiligheid, zorg, sport en recreatie. Zo bouwt de provincie aan een duurzame samenleving.&#13;
 Beoogde resultaten:&#13;
 2025: Onderdeel Programma Flevoland bouwt voor Nederland.&#13;
-2027: Onderdeel Programma Flevoland bouwt voor Nederland.</v></c><c r="E766" s="1" t="str"><v/></c><c r="F766" s="4" t="str"><v/></c><c r="G766" s="1" t="str"><v>Vitale samenleving</v></c><c r="H766" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I766" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J766" s="1"/><c r="K766" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L766" s="4"><v>45839.0</v></c><c r="M766" s="1"><v>0</v></c></row><row r="767" spans="1:13" customFormat="false"><c r="A767" s="1"><v>203</v></c><c r="B767" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C767" s="1" t="str"><v>Ontwikkeling duurzame samenleving</v></c><c r="D767" s="1" t="str"><v xml:space="preserve">Bij de ontwikkeling van nieuwe wijken in Flevoland moet ook rekening worden gehouden met onderwijs, veiligheid, zorg, sport en recreatie. Zo bouwt de provincie aan een duurzame samenleving.&#13;
+2027: Onderdeel Programma Flevoland bouwt voor Nederland.</v></c><c r="E833" s="1" t="str"><v/></c><c r="F833" s="4" t="str"><v/></c><c r="G833" s="1" t="str"><v>Vitale samenleving</v></c><c r="H833" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I833" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J833" s="1"/><c r="K833" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L833" s="4"><v>45839.0</v></c><c r="M833" s="1"><v>0</v></c></row><row r="834" spans="1:13" customFormat="false"><c r="A834" s="1"><v>203</v></c><c r="B834" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C834" s="1" t="str"><v>Ontwikkeling duurzame samenleving</v></c><c r="D834" s="1" t="str"><v xml:space="preserve">Bij de ontwikkeling van nieuwe wijken in Flevoland moet ook rekening worden gehouden met onderwijs, veiligheid, zorg, sport en recreatie. Zo bouwt de provincie aan een duurzame samenleving.&#13;
 Beoogde resultaten:&#13;
 2025: Onderdeel Programma Flevoland bouwt voor Nederland.&#13;
-2027: Onderdeel Programma Flevoland bouwt voor Nederland.</v></c><c r="E767" s="1" t="str"><v/></c><c r="F767" s="4" t="str"><v/></c><c r="G767" s="1" t="str"><v>Vitale samenleving</v></c><c r="H767" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I767" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J767" s="1"/><c r="K767" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L767" s="4"><v>46569.0</v></c><c r="M767" s="1"><v>0</v></c></row><row r="768" spans="1:13" customFormat="false"><c r="A768" s="1"><v>261</v></c><c r="B768" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C768" s="1" t="str"><v xml:space="preserve">Evaluatie Flever </v></c><c r="D768" s="1" t="str"><v xml:space="preserve">In de tweede helft van 2023 evalueert de provincie de resultaten van de ondersteuning aan Flever, de provinciale uitvoeringsorganisatie voor de sector zorg en welzijn.&#13;
+2027: Onderdeel Programma Flevoland bouwt voor Nederland.</v></c><c r="E834" s="1" t="str"><v/></c><c r="F834" s="4" t="str"><v/></c><c r="G834" s="1" t="str"><v>Vitale samenleving</v></c><c r="H834" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I834" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J834" s="1"/><c r="K834" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L834" s="4"><v>46569.0</v></c><c r="M834" s="1"><v>0</v></c></row><row r="835" spans="1:13" customFormat="false"><c r="A835" s="1"><v>261</v></c><c r="B835" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C835" s="1" t="str"><v xml:space="preserve">Evaluatie Flever </v></c><c r="D835" s="1" t="str"><v xml:space="preserve">In de tweede helft van 2023 evalueert de provincie de resultaten van de ondersteuning aan Flever, de provinciale uitvoeringsorganisatie voor de sector zorg en welzijn.&#13;
 Beoogde resultaten:&#13;
 2025: Evaluatie Flever is afgerond en er zijn lessen getrokken.&#13;
-2027: Er wordt uitvoering gegeven aan de aanbevelingen uit de evaluatie van Flever.</v></c><c r="E768" s="1" t="str"><v/></c><c r="F768" s="4" t="str"><v/></c><c r="G768" s="1" t="str"><v>Vitale samenleving</v></c><c r="H768" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I768" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J768" s="1" t="str"><v/></c><c r="K768" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L768" s="4"><v>45839.0</v></c><c r="M768" s="1"><v>0</v></c></row><row r="769" spans="1:13" customFormat="false"><c r="A769" s="1"><v>261</v></c><c r="B769" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C769" s="1" t="str"><v xml:space="preserve">Evaluatie Flever </v></c><c r="D769" s="1" t="str"><v xml:space="preserve">In de tweede helft van 2023 evalueert de provincie de resultaten van de ondersteuning aan Flever, de provinciale uitvoeringsorganisatie voor de sector zorg en welzijn.&#13;
+2027: Er wordt uitvoering gegeven aan de aanbevelingen uit de evaluatie van Flever.</v></c><c r="E835" s="1" t="str"><v/></c><c r="F835" s="4" t="str"><v/></c><c r="G835" s="1" t="str"><v>Vitale samenleving</v></c><c r="H835" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I835" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J835" s="1" t="str"><v/></c><c r="K835" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L835" s="4"><v>45839.0</v></c><c r="M835" s="1"><v>0</v></c></row><row r="836" spans="1:13" customFormat="false"><c r="A836" s="1"><v>261</v></c><c r="B836" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C836" s="1" t="str"><v xml:space="preserve">Evaluatie Flever </v></c><c r="D836" s="1" t="str"><v xml:space="preserve">In de tweede helft van 2023 evalueert de provincie de resultaten van de ondersteuning aan Flever, de provinciale uitvoeringsorganisatie voor de sector zorg en welzijn.&#13;
 Beoogde resultaten:&#13;
 2025: Evaluatie Flever is afgerond en er zijn lessen getrokken.&#13;
-2027: Er wordt uitvoering gegeven aan de aanbevelingen uit de evaluatie van Flever.</v></c><c r="E769" s="1" t="str"><v/></c><c r="F769" s="4" t="str"><v/></c><c r="G769" s="1" t="str"><v>Vitale samenleving</v></c><c r="H769" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I769" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J769" s="1" t="str"><v/></c><c r="K769" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L769" s="4"><v>46569.0</v></c><c r="M769" s="1"><v>0</v></c></row><row r="770" spans="1:13" customFormat="false"><c r="A770" s="1"><v>262</v></c><c r="B770" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C770" s="1" t="str"><v xml:space="preserve">Zorgtafel </v></c><c r="D770" s="1" t="str"><v xml:space="preserve">De zorgtafel wordt gecontinueerd, waarbij de financiële bijdrage wordt teruggebracht tot een structurele bijdrage van 0,1 mln euro voor de facilitering en niet de georganiseerde activiteiten.&#13;
+2027: Er wordt uitvoering gegeven aan de aanbevelingen uit de evaluatie van Flever.</v></c><c r="E836" s="1" t="str"><v/></c><c r="F836" s="4" t="str"><v/></c><c r="G836" s="1" t="str"><v>Vitale samenleving</v></c><c r="H836" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I836" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J836" s="1" t="str"><v/></c><c r="K836" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L836" s="4"><v>46569.0</v></c><c r="M836" s="1"><v>0</v></c></row><row r="837" spans="1:13" customFormat="false"><c r="A837" s="1"><v>262</v></c><c r="B837" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C837" s="1" t="str"><v xml:space="preserve">Zorgtafel </v></c><c r="D837" s="1" t="str"><v xml:space="preserve">De zorgtafel wordt gecontinueerd, waarbij de financiële bijdrage wordt teruggebracht tot een structurele bijdrage van 0,1 mln euro voor de facilitering en niet de georganiseerde activiteiten.&#13;
 Beoogde resultaten:&#13;
 2025: De zorgtafel draagt bij aan goede en bereikbare zorg in Flevoland.&#13;
-2027: De zorgtafel draagt bij aan goede en bereikbare zorg in Flevoland.</v></c><c r="E770" s="1" t="str"><v/></c><c r="F770" s="4" t="str"><v/></c><c r="G770" s="1" t="str"><v>Vitale samenleving</v></c><c r="H770" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I770" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J770" s="1" t="str"><v/></c><c r="K770" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L770" s="4"><v>45839.0</v></c><c r="M770" s="1"><v>0</v></c></row><row r="771" spans="1:13" customFormat="false"><c r="A771" s="1"><v>262</v></c><c r="B771" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C771" s="1" t="str"><v xml:space="preserve">Zorgtafel </v></c><c r="D771" s="1" t="str"><v xml:space="preserve">De zorgtafel wordt gecontinueerd, waarbij de financiële bijdrage wordt teruggebracht tot een structurele bijdrage van 0,1 mln euro voor de facilitering en niet de georganiseerde activiteiten.&#13;
+2027: De zorgtafel draagt bij aan goede en bereikbare zorg in Flevoland.</v></c><c r="E837" s="1" t="str"><v/></c><c r="F837" s="4" t="str"><v/></c><c r="G837" s="1" t="str"><v>Vitale samenleving</v></c><c r="H837" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I837" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J837" s="1" t="str"><v/></c><c r="K837" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L837" s="4"><v>45839.0</v></c><c r="M837" s="1"><v>0</v></c></row><row r="838" spans="1:13" customFormat="false"><c r="A838" s="1"><v>262</v></c><c r="B838" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C838" s="1" t="str"><v xml:space="preserve">Zorgtafel </v></c><c r="D838" s="1" t="str"><v xml:space="preserve">De zorgtafel wordt gecontinueerd, waarbij de financiële bijdrage wordt teruggebracht tot een structurele bijdrage van 0,1 mln euro voor de facilitering en niet de georganiseerde activiteiten.&#13;
 Beoogde resultaten:&#13;
 2025: De zorgtafel draagt bij aan goede en bereikbare zorg in Flevoland.&#13;
-2027: De zorgtafel draagt bij aan goede en bereikbare zorg in Flevoland.</v></c><c r="E771" s="1" t="str"><v/></c><c r="F771" s="4" t="str"><v/></c><c r="G771" s="1" t="str"><v>Vitale samenleving</v></c><c r="H771" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I771" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J771" s="1" t="str"><v/></c><c r="K771" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L771" s="4"><v>46569.0</v></c><c r="M771" s="1"><v>0</v></c></row><row r="772" spans="1:13" customFormat="false"><c r="A772" s="1"><v>263</v></c><c r="B772" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C772" s="1" t="str"><v>Bereikbaarheid Acute zorg</v></c><c r="D772" s="1" t="str"><v xml:space="preserve">De bereikbaarheid van acute zorg in Flevoland moet op orde zijn en wordt meegenomen in de invulling van het nieuwe zorglandschap in de groeitaak van Flevoland.&#13;
+2027: De zorgtafel draagt bij aan goede en bereikbare zorg in Flevoland.</v></c><c r="E838" s="1" t="str"><v/></c><c r="F838" s="4" t="str"><v/></c><c r="G838" s="1" t="str"><v>Vitale samenleving</v></c><c r="H838" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I838" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J838" s="1" t="str"><v/></c><c r="K838" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L838" s="4"><v>46569.0</v></c><c r="M838" s="1"><v>0</v></c></row><row r="839" spans="1:13" customFormat="false"><c r="A839" s="1"><v>263</v></c><c r="B839" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C839" s="1" t="str"><v>Bereikbaarheid Acute zorg</v></c><c r="D839" s="1" t="str"><v xml:space="preserve">De bereikbaarheid van acute zorg in Flevoland moet op orde zijn en wordt meegenomen in de invulling van het nieuwe zorglandschap in de groeitaak van Flevoland.&#13;
 Beoogde resultaten:&#13;
 2025: De bereikbaarheid van acute zorg in Flevoland is op orde. &#13;
-2027: De bereikbaarheid van acute zorg in Flevoland is op orde.</v></c><c r="E772" s="1" t="str"><v/></c><c r="F772" s="4" t="str"><v/></c><c r="G772" s="1" t="str"><v>Vitale samenleving</v></c><c r="H772" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I772" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J772" s="1" t="str"><v/></c><c r="K772" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L772" s="4"><v>45839.0</v></c><c r="M772" s="1"><v>0</v></c></row><row r="773" spans="1:13" customFormat="false"><c r="A773" s="1"><v>263</v></c><c r="B773" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C773" s="1" t="str"><v>Bereikbaarheid Acute zorg</v></c><c r="D773" s="1" t="str"><v xml:space="preserve">De bereikbaarheid van acute zorg in Flevoland moet op orde zijn en wordt meegenomen in de invulling van het nieuwe zorglandschap in de groeitaak van Flevoland.&#13;
+2027: De bereikbaarheid van acute zorg in Flevoland is op orde.</v></c><c r="E839" s="1" t="str"><v/></c><c r="F839" s="4" t="str"><v/></c><c r="G839" s="1" t="str"><v>Vitale samenleving</v></c><c r="H839" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I839" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J839" s="1" t="str"><v/></c><c r="K839" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L839" s="4"><v>45839.0</v></c><c r="M839" s="1"><v>0</v></c></row><row r="840" spans="1:13" customFormat="false"><c r="A840" s="1"><v>263</v></c><c r="B840" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C840" s="1" t="str"><v>Bereikbaarheid Acute zorg</v></c><c r="D840" s="1" t="str"><v xml:space="preserve">De bereikbaarheid van acute zorg in Flevoland moet op orde zijn en wordt meegenomen in de invulling van het nieuwe zorglandschap in de groeitaak van Flevoland.&#13;
 Beoogde resultaten:&#13;
 2025: De bereikbaarheid van acute zorg in Flevoland is op orde. &#13;
-2027: De bereikbaarheid van acute zorg in Flevoland is op orde.</v></c><c r="E773" s="1" t="str"><v/></c><c r="F773" s="4" t="str"><v/></c><c r="G773" s="1" t="str"><v>Vitale samenleving</v></c><c r="H773" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I773" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J773" s="1" t="str"><v/></c><c r="K773" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L773" s="4"><v>46569.0</v></c><c r="M773" s="1"><v>0</v></c></row><row r="774" spans="1:13" customFormat="false"><c r="A774" s="1"><v>264</v></c><c r="B774" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C774" s="1" t="str"><v>Uitbreiding voedselonderwijs</v></c><c r="D774" s="1" t="str"><v xml:space="preserve">Naar het voorbeeld van 'De Lelystadse boer’ breidt de provincie het voedselonderwijs in de Provincie Flevoland uit. Dat financiert de provincie uit lopende programma’s en met Europees geld.&#13;
+2027: De bereikbaarheid van acute zorg in Flevoland is op orde.</v></c><c r="E840" s="1" t="str"><v/></c><c r="F840" s="4" t="str"><v/></c><c r="G840" s="1" t="str"><v>Vitale samenleving</v></c><c r="H840" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I840" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J840" s="1" t="str"><v/></c><c r="K840" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L840" s="4"><v>46569.0</v></c><c r="M840" s="1"><v>0</v></c></row><row r="841" spans="1:13" customFormat="false"><c r="A841" s="1"><v>264</v></c><c r="B841" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C841" s="1" t="str"><v>Uitbreiding voedselonderwijs</v></c><c r="D841" s="1" t="str"><v xml:space="preserve">Naar het voorbeeld van 'De Lelystadse boer’ breidt de provincie het voedselonderwijs in de Provincie Flevoland uit. Dat financiert de provincie uit lopende programma’s en met Europees geld.&#13;
 Beoogde resultaten:&#13;
 2025: Voedseleducatie in de Provincie Flevoland is uitgebreid. De provincie heeft extra activiteiten ondernomen.&#13;
-2027: Voedseleducatie in de Provincie Flevoland is uitgebreid. De provincie heeft extra activiteiten ondernomen.</v></c><c r="E774" s="1" t="str"><v/></c><c r="F774" s="4" t="str"><v/></c><c r="G774" s="1" t="str"><v>Vitale samenleving</v></c><c r="H774" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I774" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J774" s="1" t="str"><v/></c><c r="K774" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L774" s="4"><v>45839.0</v></c><c r="M774" s="1"><v>0</v></c></row><row r="775" spans="1:13" customFormat="false"><c r="A775" s="1"><v>264</v></c><c r="B775" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C775" s="1" t="str"><v>Uitbreiding voedselonderwijs</v></c><c r="D775" s="1" t="str"><v xml:space="preserve">Naar het voorbeeld van 'De Lelystadse boer’ breidt de provincie het voedselonderwijs in de Provincie Flevoland uit. Dat financiert de provincie uit lopende programma’s en met Europees geld.&#13;
+2027: Voedseleducatie in de Provincie Flevoland is uitgebreid. De provincie heeft extra activiteiten ondernomen.</v></c><c r="E841" s="1" t="str"><v/></c><c r="F841" s="4" t="str"><v/></c><c r="G841" s="1" t="str"><v>Vitale samenleving</v></c><c r="H841" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I841" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J841" s="1" t="str"><v/></c><c r="K841" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L841" s="4"><v>45839.0</v></c><c r="M841" s="1"><v>0</v></c></row><row r="842" spans="1:13" customFormat="false"><c r="A842" s="1"><v>264</v></c><c r="B842" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C842" s="1" t="str"><v>Uitbreiding voedselonderwijs</v></c><c r="D842" s="1" t="str"><v xml:space="preserve">Naar het voorbeeld van 'De Lelystadse boer’ breidt de provincie het voedselonderwijs in de Provincie Flevoland uit. Dat financiert de provincie uit lopende programma’s en met Europees geld.&#13;
 Beoogde resultaten:&#13;
 2025: Voedseleducatie in de Provincie Flevoland is uitgebreid. De provincie heeft extra activiteiten ondernomen.&#13;
-2027: Voedseleducatie in de Provincie Flevoland is uitgebreid. De provincie heeft extra activiteiten ondernomen.</v></c><c r="E775" s="1" t="str"><v/></c><c r="F775" s="4" t="str"><v/></c><c r="G775" s="1" t="str"><v>Vitale samenleving</v></c><c r="H775" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I775" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J775" s="1" t="str"><v/></c><c r="K775" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L775" s="4"><v>46569.0</v></c><c r="M775" s="1"><v>0</v></c></row><row r="776" spans="1:13" customFormat="false"><c r="A776" s="1"><v>199</v></c><c r="B776" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C776" s="1" t="str"><v>Woningbouwopgave</v></c><c r="D776" s="1" t="str"><v xml:space="preserve">Het zwaartepunt van de woningbouw (woningbouwopgave) ligt in het stedelijk gebied.&#13;
+2027: Voedseleducatie in de Provincie Flevoland is uitgebreid. De provincie heeft extra activiteiten ondernomen.</v></c><c r="E842" s="1" t="str"><v/></c><c r="F842" s="4" t="str"><v/></c><c r="G842" s="1" t="str"><v>Vitale samenleving</v></c><c r="H842" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I842" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J842" s="1" t="str"><v/></c><c r="K842" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L842" s="4"><v>46569.0</v></c><c r="M842" s="1"><v>0</v></c></row><row r="843" spans="1:13" customFormat="false"><c r="A843" s="1"><v>199</v></c><c r="B843" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C843" s="1" t="str"><v>Woningbouwopgave</v></c><c r="D843" s="1" t="str"><v xml:space="preserve">Het zwaartepunt van de woningbouw (woningbouwopgave) ligt in het stedelijk gebied.&#13;
 Beoogde resultaten:&#13;
 2015: &#13;
 1. In de nieuwe Omgevingsvisie is de koers bepaald en vastgesteld.&#13;
 2. In 2025 is een nieuw Meerjarenprogramma 2025-2029 vastgesteld.&#13;
 3. Nadere afspraken gemaakt met partners over: samenwerking en ondersteuning, (indien aan de orde:) dekking voor de uitvoering van de verschillende opgaven.&#13;
 2027:&#13;
 1. De Omgevingsvisie is uitgewerkt in Omgevingsprogramma's en -verordening.&#13;
 2. Het Meerjarenprogramma FVA 2025-2029 is jaarlijks geconcretiseerd in jaarprogramma's, die als onderdeel van de begrotingscyclus worden vastgesteld.&#13;
-3. Concreet zicht op realisatie van de in de Woondeal tot en met 2023 gemaakte woningbouwaantallen en welke inspanningen de provincie gezamenlijk wil plegen om tot een vitale stad te komen.</v></c><c r="E776" s="1" t="str"><v/></c><c r="F776" s="4" t="str"><v/></c><c r="G776" s="1" t="str"><v>Wonen</v></c><c r="H776" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I776" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J776" s="1" t="str"><v xml:space="preserve">23 januari 2025: zie ook activiteit 322. &#13;
-</v></c><c r="K776" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L776" s="4"><v>45839.0</v></c><c r="M776" s="1"><v>0</v></c></row><row r="777" spans="1:13" customFormat="false"><c r="A777" s="1"><v>199</v></c><c r="B777" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C777" s="1" t="str"><v>Woningbouwopgave</v></c><c r="D777" s="1" t="str"><v xml:space="preserve">Het zwaartepunt van de woningbouw (woningbouwopgave) ligt in het stedelijk gebied.&#13;
+3. Concreet zicht op realisatie van de in de Woondeal tot en met 2023 gemaakte woningbouwaantallen en welke inspanningen de provincie gezamenlijk wil plegen om tot een vitale stad te komen.</v></c><c r="E843" s="1" t="str"><v/></c><c r="F843" s="4" t="str"><v/></c><c r="G843" s="1" t="str"><v>Wonen</v></c><c r="H843" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I843" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J843" s="1" t="str"><v xml:space="preserve">23 januari 2025: zie ook activiteit 322. &#13;
+</v></c><c r="K843" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L843" s="4"><v>45839.0</v></c><c r="M843" s="1"><v>0</v></c></row><row r="844" spans="1:13" customFormat="false"><c r="A844" s="1"><v>199</v></c><c r="B844" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C844" s="1" t="str"><v>Woningbouwopgave</v></c><c r="D844" s="1" t="str"><v xml:space="preserve">Het zwaartepunt van de woningbouw (woningbouwopgave) ligt in het stedelijk gebied.&#13;
 Beoogde resultaten:&#13;
 2015: &#13;
 1. In de nieuwe Omgevingsvisie is de koers bepaald en vastgesteld.&#13;
 2. In 2025 is een nieuw Meerjarenprogramma 2025-2029 vastgesteld.&#13;
 3. Nadere afspraken gemaakt met partners over: samenwerking en ondersteuning, (indien aan de orde:) dekking voor de uitvoering van de verschillende opgaven.&#13;
 2027:&#13;
 1. De Omgevingsvisie is uitgewerkt in Omgevingsprogramma's en -verordening.&#13;
 2. Het Meerjarenprogramma FVA 2025-2029 is jaarlijks geconcretiseerd in jaarprogramma's, die als onderdeel van de begrotingscyclus worden vastgesteld.&#13;
-3. Concreet zicht op realisatie van de in de Woondeal tot en met 2023 gemaakte woningbouwaantallen en welke inspanningen de provincie gezamenlijk wil plegen om tot een vitale stad te komen.</v></c><c r="E777" s="1" t="str"><v/></c><c r="F777" s="4" t="str"><v/></c><c r="G777" s="1" t="str"><v>Wonen</v></c><c r="H777" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I777" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J777" s="1" t="str"><v xml:space="preserve">23 januari 2025: zie ook activiteit 322. &#13;
-</v></c><c r="K777" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L777" s="4"><v>46569.0</v></c><c r="M777" s="1"><v>0</v></c></row><row r="778" spans="1:13" customFormat="false"><c r="A778" s="1"><v>216</v></c><c r="B778" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C778" s="1" t="str"><v>Volkshuisvestingprogramma</v></c><c r="D778" s="1" t="str"><v xml:space="preserve">De provincie stimuleert gemeenten om de diverse doelgroepen op te nemen in hun woonvisies en zo in te zetten op betaalbare appartementen (inclusief zorgwoningen) voor studenten, starters, alleenstaanden en senioren. Maar ook natuurlijk het midden en duurdere segment voor de doorstroming van gezinnen.&#13;
+3. Concreet zicht op realisatie van de in de Woondeal tot en met 2023 gemaakte woningbouwaantallen en welke inspanningen de provincie gezamenlijk wil plegen om tot een vitale stad te komen.</v></c><c r="E844" s="1" t="str"><v/></c><c r="F844" s="4" t="str"><v/></c><c r="G844" s="1" t="str"><v>Wonen</v></c><c r="H844" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I844" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J844" s="1" t="str"><v xml:space="preserve">23 januari 2025: zie ook activiteit 322. &#13;
+</v></c><c r="K844" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L844" s="4"><v>46569.0</v></c><c r="M844" s="1"><v>0</v></c></row><row r="845" spans="1:13" customFormat="false"><c r="A845" s="1"><v>216</v></c><c r="B845" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C845" s="1" t="str"><v>Volkshuisvestingprogramma</v></c><c r="D845" s="1" t="str"><v xml:space="preserve">De provincie stimuleert gemeenten om de diverse doelgroepen op te nemen in hun woonvisies en zo in te zetten op betaalbare appartementen (inclusief zorgwoningen) voor studenten, starters, alleenstaanden en senioren. Maar ook natuurlijk het midden en duurdere segment voor de doorstroming van gezinnen.&#13;
 Beoogde resultaten:&#13;
 2025: Er is een volkshuisvestingsprogramma waarin provinciale taken, op basis van de wet regie op de volkshuisvesting, worden vastgelegd. Het stimuleren van gemeenten om doelgroepen op te nemen is hierin opgenomen.&#13;
-2027: Het stimuleren van gemeenten werpt haar vruchten af. Er is sprake van doorstroming waardoor betaalbare appartementen vrij komen.</v></c><c r="E778" s="1" t="str"><v/></c><c r="F778" s="4" t="str"><v/></c><c r="G778" s="1" t="str"><v>Wonen</v></c><c r="H778" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I778" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J778" s="1"/><c r="K778" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L778" s="4"><v>45839.0</v></c><c r="M778" s="1"><v>0</v></c></row><row r="779" spans="1:13" customFormat="false"><c r="A779" s="1"><v>216</v></c><c r="B779" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C779" s="1" t="str"><v>Volkshuisvestingprogramma</v></c><c r="D779" s="1" t="str"><v xml:space="preserve">De provincie stimuleert gemeenten om de diverse doelgroepen op te nemen in hun woonvisies en zo in te zetten op betaalbare appartementen (inclusief zorgwoningen) voor studenten, starters, alleenstaanden en senioren. Maar ook natuurlijk het midden en duurdere segment voor de doorstroming van gezinnen.&#13;
+2027: Het stimuleren van gemeenten werpt haar vruchten af. Er is sprake van doorstroming waardoor betaalbare appartementen vrij komen.</v></c><c r="E845" s="1" t="str"><v/></c><c r="F845" s="4" t="str"><v/></c><c r="G845" s="1" t="str"><v>Wonen</v></c><c r="H845" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I845" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J845" s="1"/><c r="K845" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L845" s="4"><v>45839.0</v></c><c r="M845" s="1"><v>0</v></c></row><row r="846" spans="1:13" customFormat="false"><c r="A846" s="1"><v>216</v></c><c r="B846" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C846" s="1" t="str"><v>Volkshuisvestingprogramma</v></c><c r="D846" s="1" t="str"><v xml:space="preserve">De provincie stimuleert gemeenten om de diverse doelgroepen op te nemen in hun woonvisies en zo in te zetten op betaalbare appartementen (inclusief zorgwoningen) voor studenten, starters, alleenstaanden en senioren. Maar ook natuurlijk het midden en duurdere segment voor de doorstroming van gezinnen.&#13;
 Beoogde resultaten:&#13;
 2025: Er is een volkshuisvestingsprogramma waarin provinciale taken, op basis van de wet regie op de volkshuisvesting, worden vastgelegd. Het stimuleren van gemeenten om doelgroepen op te nemen is hierin opgenomen.&#13;
-2027: Het stimuleren van gemeenten werpt haar vruchten af. Er is sprake van doorstroming waardoor betaalbare appartementen vrij komen.</v></c><c r="E779" s="1" t="str"><v/></c><c r="F779" s="4" t="str"><v/></c><c r="G779" s="1" t="str"><v>Wonen</v></c><c r="H779" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I779" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J779" s="1"/><c r="K779" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L779" s="4"><v>46569.0</v></c><c r="M779" s="1"><v>0</v></c></row><row r="780" spans="1:13" customFormat="false"><c r="A780" s="1"><v>217</v></c><c r="B780" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C780" s="1" t="str"><v>Voorrang geven bij woningtoewijzing</v></c><c r="D780" s="1" t="str"><v xml:space="preserve">Binnen de wettelijke mogelijkheden bevordert de provincie dat gemeenten mensen die reeds ingeschreven staan voorrang geven bij woningtoewijzing.&#13;
+2027: Het stimuleren van gemeenten werpt haar vruchten af. Er is sprake van doorstroming waardoor betaalbare appartementen vrij komen.</v></c><c r="E846" s="1" t="str"><v/></c><c r="F846" s="4" t="str"><v/></c><c r="G846" s="1" t="str"><v>Wonen</v></c><c r="H846" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I846" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J846" s="1"/><c r="K846" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L846" s="4"><v>46569.0</v></c><c r="M846" s="1"><v>0</v></c></row><row r="847" spans="1:13" customFormat="false"><c r="A847" s="1"><v>217</v></c><c r="B847" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C847" s="1" t="str"><v>Voorrang geven bij woningtoewijzing</v></c><c r="D847" s="1" t="str"><v xml:space="preserve">Binnen de wettelijke mogelijkheden bevordert de provincie dat gemeenten mensen die reeds ingeschreven staan voorrang geven bij woningtoewijzing.&#13;
 Beoogde resultaten:&#13;
 2025: Er is een volkshuisvestingsprogramma waarin provinciale taken, op basis van de wet regie op de volkshuivestting, worden vastgelegd. In het programma worden de mogelijkheden beschreven.&#13;
 2027: Het stimuleren van gemeenten om reeds ingeschrevenen voorrang te geven bij woningtoewijzing werpt haar&#13;
-vruchten af.</v></c><c r="E780" s="1" t="str"><v/></c><c r="F780" s="4" t="str"><v/></c><c r="G780" s="1" t="str"><v>Wonen</v></c><c r="H780" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I780" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J780" s="1"/><c r="K780" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L780" s="4"><v>45839.0</v></c><c r="M780" s="1"><v>0</v></c></row><row r="781" spans="1:13" customFormat="false"><c r="A781" s="1"><v>217</v></c><c r="B781" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C781" s="1" t="str"><v>Voorrang geven bij woningtoewijzing</v></c><c r="D781" s="1" t="str"><v xml:space="preserve">Binnen de wettelijke mogelijkheden bevordert de provincie dat gemeenten mensen die reeds ingeschreven staan voorrang geven bij woningtoewijzing.&#13;
+vruchten af.</v></c><c r="E847" s="1" t="str"><v/></c><c r="F847" s="4" t="str"><v/></c><c r="G847" s="1" t="str"><v>Wonen</v></c><c r="H847" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I847" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J847" s="1"/><c r="K847" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L847" s="4"><v>45839.0</v></c><c r="M847" s="1"><v>0</v></c></row><row r="848" spans="1:13" customFormat="false"><c r="A848" s="1"><v>217</v></c><c r="B848" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C848" s="1" t="str"><v>Voorrang geven bij woningtoewijzing</v></c><c r="D848" s="1" t="str"><v xml:space="preserve">Binnen de wettelijke mogelijkheden bevordert de provincie dat gemeenten mensen die reeds ingeschreven staan voorrang geven bij woningtoewijzing.&#13;
 Beoogde resultaten:&#13;
 2025: Er is een volkshuisvestingsprogramma waarin provinciale taken, op basis van de wet regie op de volkshuivestting, worden vastgelegd. In het programma worden de mogelijkheden beschreven.&#13;
 2027: Het stimuleren van gemeenten om reeds ingeschrevenen voorrang te geven bij woningtoewijzing werpt haar&#13;
-vruchten af.</v></c><c r="E781" s="1" t="str"><v/></c><c r="F781" s="4" t="str"><v/></c><c r="G781" s="1" t="str"><v>Wonen</v></c><c r="H781" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I781" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J781" s="1"/><c r="K781" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L781" s="4"><v>46569.0</v></c><c r="M781" s="1"><v>0</v></c></row><row r="782" spans="1:13" customFormat="false"><c r="A782" s="1"><v>218</v></c><c r="B782" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C782" s="1" t="str"><v>Aanjaagteams innovatieve woningbouw</v></c><c r="D782" s="1" t="str"><v xml:space="preserve">De provincie zet aanjaagteams voor innovatieve woningbouw in om de versnelling voort te zetten als onderdeel van het innovatieve karakter van Flevoland.&#13;
+vruchten af.</v></c><c r="E848" s="1" t="str"><v/></c><c r="F848" s="4" t="str"><v/></c><c r="G848" s="1" t="str"><v>Wonen</v></c><c r="H848" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I848" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J848" s="1"/><c r="K848" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L848" s="4"><v>46569.0</v></c><c r="M848" s="1"><v>0</v></c></row><row r="849" spans="1:13" customFormat="false"><c r="A849" s="1"><v>218</v></c><c r="B849" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C849" s="1" t="str"><v>Aanjaagteams innovatieve woningbouw</v></c><c r="D849" s="1" t="str"><v xml:space="preserve">De provincie zet aanjaagteams voor innovatieve woningbouw in om de versnelling voort te zetten als onderdeel van het innovatieve karakter van Flevoland.&#13;
 Beoogde resultaten:&#13;
 2025: Een plan van aanpak voor de inzet van de middelen die hiervoor in het coalitieakkoord èn via amendementen bij begrotingsbehandeling 2024 zijn vrijgemaakt, is met PS besproken (Q1 2024) en in uitvoering.&#13;
 2027: Projecten Nationaal Groeifonds en Actieplan Biobased Bouwen zijn in uitvoering. Afspraken vanuit Convenant &#13;
- toekomstbestendig Bouwen zijn in uitvoering. Innovatiehub Bouw vanuit Regiodeal Nieuw Land is in ontwikkeling.</v></c><c r="E782" s="1" t="str"><v/></c><c r="F782" s="4" t="str"><v/></c><c r="G782" s="1" t="str"><v>Wonen</v></c><c r="H782" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I782" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J782" s="1" t="str"><v xml:space="preserve">23 januari 2025: het Plan van Aanpak is in maart  2024 met PS gedeeld en loopt mee in de halfjaarlijkse rapportage wonen.  </v></c><c r="K782" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L782" s="4"><v>45839.0</v></c><c r="M782" s="1"><v>0</v></c></row><row r="783" spans="1:13" customFormat="false"><c r="A783" s="1"><v>218</v></c><c r="B783" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C783" s="1" t="str"><v>Aanjaagteams innovatieve woningbouw</v></c><c r="D783" s="1" t="str"><v xml:space="preserve">De provincie zet aanjaagteams voor innovatieve woningbouw in om de versnelling voort te zetten als onderdeel van het innovatieve karakter van Flevoland.&#13;
+ toekomstbestendig Bouwen zijn in uitvoering. Innovatiehub Bouw vanuit Regiodeal Nieuw Land is in ontwikkeling.</v></c><c r="E849" s="1" t="str"><v/></c><c r="F849" s="4" t="str"><v/></c><c r="G849" s="1" t="str"><v>Wonen</v></c><c r="H849" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I849" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J849" s="1" t="str"><v xml:space="preserve">23 januari 2025: het Plan van Aanpak is in maart  2024 met PS gedeeld en loopt mee in de halfjaarlijkse rapportage wonen.  </v></c><c r="K849" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L849" s="4"><v>45839.0</v></c><c r="M849" s="1"><v>0</v></c></row><row r="850" spans="1:13" customFormat="false"><c r="A850" s="1"><v>218</v></c><c r="B850" s="1" t="str"><v>Uitvoeringsagenda</v></c><c r="C850" s="1" t="str"><v>Aanjaagteams innovatieve woningbouw</v></c><c r="D850" s="1" t="str"><v xml:space="preserve">De provincie zet aanjaagteams voor innovatieve woningbouw in om de versnelling voort te zetten als onderdeel van het innovatieve karakter van Flevoland.&#13;
 Beoogde resultaten:&#13;
 2025: Een plan van aanpak voor de inzet van de middelen die hiervoor in het coalitieakkoord èn via amendementen bij begrotingsbehandeling 2024 zijn vrijgemaakt, is met PS besproken (Q1 2024) en in uitvoering.&#13;
 2027: Projecten Nationaal Groeifonds en Actieplan Biobased Bouwen zijn in uitvoering. Afspraken vanuit Convenant &#13;
- toekomstbestendig Bouwen zijn in uitvoering. Innovatiehub Bouw vanuit Regiodeal Nieuw Land is in ontwikkeling.</v></c><c r="E783" s="1" t="str"><v/></c><c r="F783" s="4" t="str"><v/></c><c r="G783" s="1" t="str"><v>Wonen</v></c><c r="H783" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I783" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J783" s="1" t="str"><v xml:space="preserve">23 januari 2025: het Plan van Aanpak is in maart  2024 met PS gedeeld en loopt mee in de halfjaarlijkse rapportage wonen.  </v></c><c r="K783" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L783" s="4"><v>46569.0</v></c><c r="M783" s="1"><v>0</v></c></row><row r="784" spans="1:13" customFormat="false"><c r="A784" s="1"><v>388</v></c><c r="B784" s="1" t="str"><v>Verwachte informatie</v></c><c r="C784" s="1" t="str"><v xml:space="preserve">Flevokust terreinverharding - uitkomsten advies &amp; vervolgstappen </v></c><c r="D784" s="1" t="str"><v/></c><c r="E784" s="1" t="str"><v/></c><c r="F784" s="4" t="str"><v/></c><c r="G784" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H784" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I784" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J784" s="1"/><c r="K784" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L784" s="4"><v>46022.0</v></c><c r="M784" s="1"><v>0</v></c></row><row r="785" spans="1:13" customFormat="false"><c r="A785" s="1"><v>304</v></c><c r="B785" s="1" t="str"><v>Verwachte informatie</v></c><c r="C785" s="1" t="str"><v>Bodemdaling/vernatting en handelingsperspectief  - Schema verschillende stadia</v></c><c r="D785" s="1" t="str"><v xml:space="preserve">Met de mededeling van 28 februari 2024 is:&#13;
+ toekomstbestendig Bouwen zijn in uitvoering. Innovatiehub Bouw vanuit Regiodeal Nieuw Land is in ontwikkeling.</v></c><c r="E850" s="1" t="str"><v/></c><c r="F850" s="4" t="str"><v/></c><c r="G850" s="1" t="str"><v>Wonen</v></c><c r="H850" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I850" s="1" t="str"><v>Samenleving &amp; Wonen</v></c><c r="J850" s="1" t="str"><v xml:space="preserve">23 januari 2025: het Plan van Aanpak is in maart  2024 met PS gedeeld en loopt mee in de halfjaarlijkse rapportage wonen.  </v></c><c r="K850" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L850" s="4"><v>46569.0</v></c><c r="M850" s="1"><v>0</v></c></row><row r="851" spans="1:13" customFormat="false"><c r="A851" s="1"><v>388</v></c><c r="B851" s="1" t="str"><v>Verwachte informatie</v></c><c r="C851" s="1" t="str"><v xml:space="preserve">Flevokust terreinverharding - uitkomsten advies &amp; vervolgstappen </v></c><c r="D851" s="1" t="str"><v/></c><c r="E851" s="1" t="str"><v/></c><c r="F851" s="4" t="str"><v/></c><c r="G851" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H851" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I851" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J851" s="1" t="str"><v/></c><c r="K851" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L851" s="4"><v>46022.0</v></c><c r="M851" s="1"><v>0</v></c></row><row r="852" spans="1:13" customFormat="false"><c r="A852" s="1"><v>388</v></c><c r="B852" s="1" t="str"><v>Verwachte informatie</v></c><c r="C852" s="1" t="str"><v xml:space="preserve">Flevokust terreinverharding - uitkomsten advies &amp; vervolgstappen </v></c><c r="D852" s="1" t="str"><v/></c><c r="E852" s="1" t="str"><v/></c><c r="F852" s="4" t="str"><v/></c><c r="G852" s="1" t="str"><v>Algemene onderwerpen</v></c><c r="H852" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I852" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J852" s="1" t="str"><v/></c><c r="K852" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L852" s="4"><v>46136.0</v></c><c r="M852" s="1"><v>1</v></c></row><row r="853" spans="1:13" customFormat="false"><c r="A853" s="1"><v>304</v></c><c r="B853" s="1" t="str"><v>Verwachte informatie</v></c><c r="C853" s="1" t="str"><v>Bodemdaling/vernatting en handelingsperspectief  - Schema verschillende stadia</v></c><c r="D853" s="1" t="str"><v xml:space="preserve">Met de mededeling van 28 februari 2024 is:&#13;
 -  de rapportage Evaluatie gebiedsproces bodemdaling aangeboden &#13;
 en&#13;
 - zijn de vragen uit de beeldvormende sessie RND van 10 januari  2024 over "Waterbeheer en bodemdaling in Flevoland" beantwoord.&#13;
-In één van de antwoorden is te lezen dat één van de uitwerkingen van het gebiedsproces gericht is op het in beeld brengen van de verschillende stadia van bodemdaling/vernatting en welk handelingsperspectief daarbij past. Dit schema wordt de komende maanden uitgewerkt. We zullen hierover PS informeren. Deze informatie wordt naar verwachting in het eerste kwartaal van 2025 uitgewerkt [uodate-info 20 okt 2024]</v></c><c r="E785" s="1" t="str"><v/></c><c r="F785" s="4" t="str"><v/></c><c r="G785" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H785" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I785" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J785" s="1" t="str"><v/></c><c r="K785" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L785" s="4"><v>45918.0</v></c><c r="M785" s="1"><v>1</v></c></row><row r="786" spans="1:13" customFormat="false"><c r="A786" s="1"><v>307</v></c><c r="B786" s="1" t="str"><v>Verwachte informatie</v></c><c r="C786" s="1" t="str"><v>Vaststelling ontwerp Vierde wijziging van het Reglement voor Waterschap Zuiderzeeland 2008.</v></c><c r="D786" s="1" t="str"><v xml:space="preserve">Gedeputeerde Staten stellen het ontwerp van het wijzigingsreglement vast met&#13;
+In één van de antwoorden is te lezen dat één van de uitwerkingen van het gebiedsproces gericht is op het in beeld brengen van de verschillende stadia van bodemdaling/vernatting en welk handelingsperspectief daarbij past. Dit schema wordt de komende maanden uitgewerkt. We zullen hierover PS informeren. Deze informatie wordt naar verwachting in het eerste kwartaal van 2025 uitgewerkt [uodate-info 20 okt 2024]</v></c><c r="E853" s="1" t="str"><v/></c><c r="F853" s="4" t="str"><v/></c><c r="G853" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H853" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I853" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="J853" s="1" t="str"><v/></c><c r="K853" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L853" s="4"><v>45918.0</v></c><c r="M853" s="1"><v>1</v></c></row><row r="854" spans="1:13" customFormat="false"><c r="A854" s="1"><v>307</v></c><c r="B854" s="1" t="str"><v>Verwachte informatie</v></c><c r="C854" s="1" t="str"><v>Vaststelling ontwerp Vierde wijziging van het Reglement voor Waterschap Zuiderzeeland 2008.</v></c><c r="D854" s="1" t="str"><v xml:space="preserve">Gedeputeerde Staten stellen het ontwerp van het wijzigingsreglement vast met&#13;
 toepassing van de uitgebreide uniforme voorbereidingsprocedure {afdeling 3.4&#13;
 Algemene wet bestuursrecht). Dit betekent dat het ontwerp, na vaststelling, voor&#13;
 6 weken ter inzage wordt gelegd zodat belanghebbenden zienswijzen kunnen indienen op dit ontwerp. Zodra deze procedure is doorlopen zal het ontwerp-besluit tezamen met de binnengekomen zienswijzen en de beantwoording daarvan&#13;
 aan uw Staten worden voorgelegd. Vervolgens is het aan uw Staten om het wijzigingsreglement al dan niet aangepast definitief vast te stellen.&#13;
-</v></c><c r="E786" s="1" t="str"><v/></c><c r="F786" s="4" t="str"><v/></c><c r="G786" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H786" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I786" s="1"/><c r="J786" s="1" t="str"><v/></c><c r="K786" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L786" s="4"><v>45536.0</v></c><c r="M786" s="1"><v>0</v></c></row><row r="787" spans="1:13" customFormat="false"><c r="A787" s="1"><v>287</v></c><c r="B787" s="1" t="str"><v>Verwachte informatie</v></c><c r="C787" s="1" t="str"><v xml:space="preserve">Bestuurovereenkomst Interbestuurlijk Toezicht </v></c><c r="D787" s="1" t="str"><v xml:space="preserve">De provincie is met de Flevolandse gemeenten overeen gekomen om de Bestuursovereenkomst IBT 2019 te verlengen tot 1 april 2024. De tussenliggende tijd wordt gebruikt om een nieuwe bestuursovereenkomst voor het interbestuurlijk toezicht (IBT) op te stellen voor de periode 2024-&#13;
-2028</v></c><c r="E787" s="1" t="str"><v/></c><c r="F787" s="4" t="str"><v/></c><c r="G787" s="1" t="str"><v>Coördinatie interbestuurlijk toezicht (IBT)</v></c><c r="H787" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I787" s="1"/><c r="J787" s="1" t="str"><v/></c><c r="K787" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L787" s="4"><v>45566.0</v></c><c r="M787" s="1"><v>1</v></c></row><row r="788" spans="1:13" customFormat="false"><c r="A788" s="1"><v>152</v></c><c r="B788" s="1" t="str"><v>Verwachte informatie</v></c><c r="C788" s="1" t="str"><v>Datacenters</v></c><c r="D788" s="1" t="str"><v>Op 26 oktober 2022 zijn 2 moties aangenomen (RND 42 &amp; RND 43). GS streeft er na om in de loop van het 2de kwartaal 2024 een standpunt in te nemen over de uitvoerbaarheid van de ingediende moties.</v></c><c r="E788" s="1" t="str"><v/></c><c r="F788" s="4" t="str"><v/></c><c r="G788" s="1" t="str"><v>Economie</v></c><c r="H788" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I788" s="1"/><c r="J788" s="1" t="str"><v/></c><c r="K788" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L788" s="4"><v>45540.0</v></c><c r="M788" s="1"><v>1</v></c></row><row r="789" spans="1:13" customFormat="false"><c r="A789" s="1"><v>283</v></c><c r="B789" s="1" t="str"><v>Verwachte informatie</v></c><c r="C789" s="1" t="str"><v xml:space="preserve">Brochure Huis der Nederlandse Provincies </v></c><c r="D789" s="1" t="str"><v>In HNP verband wordt een brochure gemaakt met kern boodschappen richting het volgende Europees Parlement en de Europese Commissie. Het Huis Nederlandse Provincies is een samenwerkingsverband waarin Flevoland samenwerkt met de andere provincies en het IPO in de Europese belangenbehartiging in Brusse;</v></c><c r="E789" s="1" t="str"><v/></c><c r="F789" s="4" t="str"><v/></c><c r="G789" s="1" t="str"><v>Europa</v></c><c r="H789" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I789" s="1" t="str"><v>Europa</v></c><c r="J789" s="1" t="str"><v/></c><c r="K789" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L789" s="4"><v>45536.0</v></c><c r="M789" s="1"><v>1</v></c></row><row r="790" spans="1:13" customFormat="false"><c r="A790" s="1"><v>402</v></c><c r="B790" s="1" t="str"><v>Verwachte informatie</v></c><c r="C790" s="1" t="str"><v xml:space="preserve">Tussentijdse Evaluatie - Meerjarenprogramma Fonds Verstedelijking Almere 2025-2029 </v></c><c r="D790" s="1" t="str"><v xml:space="preserve">in de commissie Economie, Mobiliteit en Samenleving van 5 maart 2025 heeft het college toegezegd in het bestuurlijk overleg erop aan te dringen een midden termijn evaluatie te doen op het 2de jaar van de 3de tranche, met de kanttekening dat we niet een extra overlegronde met elkaar in het leven roepen.&#13;
+</v></c><c r="E854" s="1" t="str"><v/></c><c r="F854" s="4" t="str"><v/></c><c r="G854" s="1" t="str"><v>Bodem &amp; Water</v></c><c r="H854" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I854" s="1"/><c r="J854" s="1" t="str"><v/></c><c r="K854" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L854" s="4"><v>45536.0</v></c><c r="M854" s="1"><v>0</v></c></row><row r="855" spans="1:13" customFormat="false"><c r="A855" s="1"><v>287</v></c><c r="B855" s="1" t="str"><v>Verwachte informatie</v></c><c r="C855" s="1" t="str"><v xml:space="preserve">Bestuurovereenkomst Interbestuurlijk Toezicht </v></c><c r="D855" s="1" t="str"><v xml:space="preserve">De provincie is met de Flevolandse gemeenten overeen gekomen om de Bestuursovereenkomst IBT 2019 te verlengen tot 1 april 2024. De tussenliggende tijd wordt gebruikt om een nieuwe bestuursovereenkomst voor het interbestuurlijk toezicht (IBT) op te stellen voor de periode 2024-&#13;
+2028</v></c><c r="E855" s="1" t="str"><v/></c><c r="F855" s="4" t="str"><v/></c><c r="G855" s="1" t="str"><v>Coördinatie interbestuurlijk toezicht (IBT)</v></c><c r="H855" s="1" t="str"><v xml:space="preserve"> Gerritsen</v></c><c r="I855" s="1"/><c r="J855" s="1" t="str"><v/></c><c r="K855" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L855" s="4"><v>45566.0</v></c><c r="M855" s="1"><v>1</v></c></row><row r="856" spans="1:13" customFormat="false"><c r="A856" s="1"><v>152</v></c><c r="B856" s="1" t="str"><v>Verwachte informatie</v></c><c r="C856" s="1" t="str"><v>Datacenters</v></c><c r="D856" s="1" t="str"><v>Op 26 oktober 2022 zijn 2 moties aangenomen (RND 42 &amp; RND 43). GS streeft er na om in de loop van het 2de kwartaal 2024 een standpunt in te nemen over de uitvoerbaarheid van de ingediende moties.</v></c><c r="E856" s="1" t="str"><v/></c><c r="F856" s="4" t="str"><v/></c><c r="G856" s="1" t="str"><v>Economie</v></c><c r="H856" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I856" s="1"/><c r="J856" s="1" t="str"><v/></c><c r="K856" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L856" s="4"><v>45540.0</v></c><c r="M856" s="1"><v>1</v></c></row><row r="857" spans="1:13" customFormat="false"><c r="A857" s="1"><v>285</v></c><c r="B857" s="1" t="str"><v>Verwachte informatie</v></c><c r="C857" s="1" t="str"><v>Horizon</v></c><c r="D857" s="1" t="str"><v xml:space="preserve">Sept 2025: Motie &amp; Amendement (zie dossier) &#13;
+&#13;
+Februari 2024:&#13;
+Provinciale Staten hebben aangegeven structureel geïnformeerd te willen worden over de activiteiten en resultaten van Horizon en het Fondsenlandschap Flevoland. &#13;
+De informatievoorziening voor PS betreffende het dossier Horizon zal er de komende jaren uit zal zien:&#13;
+&#13;
+GS in samenwerking met Horizon informeert Provinciale Staten minimaal 1 x per jaar in een Beeldvormende Sessie (Q4 periode) waarin PS tenminste wordt geïnformeerd over:&#13;
+o Stand van zaken betreffende de fondsen die bij Horizon in beheer zijn,&#13;
+o Stand van zaken betreffende voortgang strategische doelstellingen en KPI's,&#13;
+o Belangrijkste ontwikkelingen met impact op de provinciale doelstellingen.&#13;
+&#13;
+Horizon informeert Provinciale Staten minimaal 2x per jaar met een informatiepakket over:&#13;
+o Jaarplan en begroting van Horizon (Q1 periode)&#13;
+o Jaarverslag en Jaarrekening Horizon (Q3 periode)&#13;
+&#13;
+Horizon organiseert minimaal één keer per jaar een werkbezoek voor PS, mogelijk op locatie&#13;
+bij een bedrijf.&#13;
+&#13;
+Incidenteel ontvangt Provinciale Staten mededelingen bij:&#13;
+o Behalen belangrijke mijlpalen/resultaten/impactvolle investeringen&#13;
+o Aanpassingen strategische doelstellingen&#13;
+&#13;
+In november 2022 is hiertoe een toezegging gedaan door de portefeuillehouder Economie en de directeur van Horizon. Dat heeft reeds geleid tot een uitgebreide beeldvormende, informerende sessie over Horizon in commissie EMS op 20 september 2023 en een werkbezoek van PS aan Horizon op 4 oktober 2023.</v></c><c r="E857" s="1" t="str"><v/></c><c r="F857" s="4" t="str"><v/></c><c r="G857" s="1" t="str"><v>Economie</v></c><c r="H857" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I857" s="1" t="str"><v>Economie</v></c><c r="J857" s="1" t="str"><v xml:space="preserve">Motie "Provinciale Staten betrekken bij voorstel Horizon", d.d. 24 september 2025&#13;
+Verzoeken het college:&#13;
+In het eerste kwartaal 2026 Provinciale Staten te betrekken, in ieder geval via een technische sessie &#13;
+vooruitlopend op een voorstel voor doorontwikkeling van Horizon.&#13;
+</v></c><c r="K857" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L857" s="4"><v>45337.0</v></c><c r="M857" s="1"><v>1</v></c></row><row r="858" spans="1:13" customFormat="false"><c r="A858" s="1"><v>285</v></c><c r="B858" s="1" t="str"><v>Verwachte informatie</v></c><c r="C858" s="1" t="str"><v>Horizon</v></c><c r="D858" s="1" t="str"><v xml:space="preserve">Sept 2025: Motie &amp; Amendement (zie dossier) &#13;
+&#13;
+Februari 2024:&#13;
+Provinciale Staten hebben aangegeven structureel geïnformeerd te willen worden over de activiteiten en resultaten van Horizon en het Fondsenlandschap Flevoland. &#13;
+De informatievoorziening voor PS betreffende het dossier Horizon zal er de komende jaren uit zal zien:&#13;
+&#13;
+GS in samenwerking met Horizon informeert Provinciale Staten minimaal 1 x per jaar in een Beeldvormende Sessie (Q4 periode) waarin PS tenminste wordt geïnformeerd over:&#13;
+o Stand van zaken betreffende de fondsen die bij Horizon in beheer zijn,&#13;
+o Stand van zaken betreffende voortgang strategische doelstellingen en KPI's,&#13;
+o Belangrijkste ontwikkelingen met impact op de provinciale doelstellingen.&#13;
+&#13;
+Horizon informeert Provinciale Staten minimaal 2x per jaar met een informatiepakket over:&#13;
+o Jaarplan en begroting van Horizon (Q1 periode)&#13;
+o Jaarverslag en Jaarrekening Horizon (Q3 periode)&#13;
+&#13;
+Horizon organiseert minimaal één keer per jaar een werkbezoek voor PS, mogelijk op locatie&#13;
+bij een bedrijf.&#13;
+&#13;
+Incidenteel ontvangt Provinciale Staten mededelingen bij:&#13;
+o Behalen belangrijke mijlpalen/resultaten/impactvolle investeringen&#13;
+o Aanpassingen strategische doelstellingen&#13;
+&#13;
+In november 2022 is hiertoe een toezegging gedaan door de portefeuillehouder Economie en de directeur van Horizon. Dat heeft reeds geleid tot een uitgebreide beeldvormende, informerende sessie over Horizon in commissie EMS op 20 september 2023 en een werkbezoek van PS aan Horizon op 4 oktober 2023.</v></c><c r="E858" s="1" t="str"><v/></c><c r="F858" s="4" t="str"><v/></c><c r="G858" s="1" t="str"><v>Economie</v></c><c r="H858" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I858" s="1" t="str"><v>Economie</v></c><c r="J858" s="1" t="str"><v xml:space="preserve">Motie "Provinciale Staten betrekken bij voorstel Horizon", d.d. 24 september 2025&#13;
+Verzoeken het college:&#13;
+In het eerste kwartaal 2026 Provinciale Staten te betrekken, in ieder geval via een technische sessie &#13;
+vooruitlopend op een voorstel voor doorontwikkeling van Horizon.&#13;
+</v></c><c r="K858" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L858" s="4"><v>45541.0</v></c><c r="M858" s="1"><v>1</v></c></row><row r="859" spans="1:13" customFormat="false"><c r="A859" s="1"><v>285</v></c><c r="B859" s="1" t="str"><v>Verwachte informatie</v></c><c r="C859" s="1" t="str"><v>Horizon</v></c><c r="D859" s="1" t="str"><v xml:space="preserve">Sept 2025: Motie &amp; Amendement (zie dossier) &#13;
+&#13;
+Februari 2024:&#13;
+Provinciale Staten hebben aangegeven structureel geïnformeerd te willen worden over de activiteiten en resultaten van Horizon en het Fondsenlandschap Flevoland. &#13;
+De informatievoorziening voor PS betreffende het dossier Horizon zal er de komende jaren uit zal zien:&#13;
+&#13;
+GS in samenwerking met Horizon informeert Provinciale Staten minimaal 1 x per jaar in een Beeldvormende Sessie (Q4 periode) waarin PS tenminste wordt geïnformeerd over:&#13;
+o Stand van zaken betreffende de fondsen die bij Horizon in beheer zijn,&#13;
+o Stand van zaken betreffende voortgang strategische doelstellingen en KPI's,&#13;
+o Belangrijkste ontwikkelingen met impact op de provinciale doelstellingen.&#13;
+&#13;
+Horizon informeert Provinciale Staten minimaal 2x per jaar met een informatiepakket over:&#13;
+o Jaarplan en begroting van Horizon (Q1 periode)&#13;
+o Jaarverslag en Jaarrekening Horizon (Q3 periode)&#13;
+&#13;
+Horizon organiseert minimaal één keer per jaar een werkbezoek voor PS, mogelijk op locatie&#13;
+bij een bedrijf.&#13;
+&#13;
+Incidenteel ontvangt Provinciale Staten mededelingen bij:&#13;
+o Behalen belangrijke mijlpalen/resultaten/impactvolle investeringen&#13;
+o Aanpassingen strategische doelstellingen&#13;
+&#13;
+In november 2022 is hiertoe een toezegging gedaan door de portefeuillehouder Economie en de directeur van Horizon. Dat heeft reeds geleid tot een uitgebreide beeldvormende, informerende sessie over Horizon in commissie EMS op 20 september 2023 en een werkbezoek van PS aan Horizon op 4 oktober 2023.</v></c><c r="E859" s="1" t="str"><v/></c><c r="F859" s="4" t="str"><v/></c><c r="G859" s="1" t="str"><v>Economie</v></c><c r="H859" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I859" s="1" t="str"><v>Economie</v></c><c r="J859" s="1" t="str"><v xml:space="preserve">Motie "Provinciale Staten betrekken bij voorstel Horizon", d.d. 24 september 2025&#13;
+Verzoeken het college:&#13;
+In het eerste kwartaal 2026 Provinciale Staten te betrekken, in ieder geval via een technische sessie &#13;
+vooruitlopend op een voorstel voor doorontwikkeling van Horizon.&#13;
+</v></c><c r="K859" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L859" s="4"><v>45703.0</v></c><c r="M859" s="1"><v>1</v></c></row><row r="860" spans="1:13" customFormat="false"><c r="A860" s="1"><v>285</v></c><c r="B860" s="1" t="str"><v>Verwachte informatie</v></c><c r="C860" s="1" t="str"><v>Horizon</v></c><c r="D860" s="1" t="str"><v xml:space="preserve">Sept 2025: Motie &amp; Amendement (zie dossier) &#13;
+&#13;
+Februari 2024:&#13;
+Provinciale Staten hebben aangegeven structureel geïnformeerd te willen worden over de activiteiten en resultaten van Horizon en het Fondsenlandschap Flevoland. &#13;
+De informatievoorziening voor PS betreffende het dossier Horizon zal er de komende jaren uit zal zien:&#13;
+&#13;
+GS in samenwerking met Horizon informeert Provinciale Staten minimaal 1 x per jaar in een Beeldvormende Sessie (Q4 periode) waarin PS tenminste wordt geïnformeerd over:&#13;
+o Stand van zaken betreffende de fondsen die bij Horizon in beheer zijn,&#13;
+o Stand van zaken betreffende voortgang strategische doelstellingen en KPI's,&#13;
+o Belangrijkste ontwikkelingen met impact op de provinciale doelstellingen.&#13;
+&#13;
+Horizon informeert Provinciale Staten minimaal 2x per jaar met een informatiepakket over:&#13;
+o Jaarplan en begroting van Horizon (Q1 periode)&#13;
+o Jaarverslag en Jaarrekening Horizon (Q3 periode)&#13;
+&#13;
+Horizon organiseert minimaal één keer per jaar een werkbezoek voor PS, mogelijk op locatie&#13;
+bij een bedrijf.&#13;
+&#13;
+Incidenteel ontvangt Provinciale Staten mededelingen bij:&#13;
+o Behalen belangrijke mijlpalen/resultaten/impactvolle investeringen&#13;
+o Aanpassingen strategische doelstellingen&#13;
+&#13;
+In november 2022 is hiertoe een toezegging gedaan door de portefeuillehouder Economie en de directeur van Horizon. Dat heeft reeds geleid tot een uitgebreide beeldvormende, informerende sessie over Horizon in commissie EMS op 20 september 2023 en een werkbezoek van PS aan Horizon op 4 oktober 2023.</v></c><c r="E860" s="1" t="str"><v/></c><c r="F860" s="4" t="str"><v/></c><c r="G860" s="1" t="str"><v>Economie</v></c><c r="H860" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I860" s="1" t="str"><v>Economie</v></c><c r="J860" s="1" t="str"><v xml:space="preserve">Motie "Provinciale Staten betrekken bij voorstel Horizon", d.d. 24 september 2025&#13;
+Verzoeken het college:&#13;
+In het eerste kwartaal 2026 Provinciale Staten te betrekken, in ieder geval via een technische sessie &#13;
+vooruitlopend op een voorstel voor doorontwikkeling van Horizon.&#13;
+</v></c><c r="K860" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L860" s="4"><v>46022.0</v></c><c r="M860" s="1"><v>1</v></c></row><row r="861" spans="1:13" customFormat="false"><c r="A861" s="1"><v>285</v></c><c r="B861" s="1" t="str"><v>Verwachte informatie</v></c><c r="C861" s="1" t="str"><v>Horizon</v></c><c r="D861" s="1" t="str"><v xml:space="preserve">Sept 2025: Motie &amp; Amendement (zie dossier) &#13;
+&#13;
+Februari 2024:&#13;
+Provinciale Staten hebben aangegeven structureel geïnformeerd te willen worden over de activiteiten en resultaten van Horizon en het Fondsenlandschap Flevoland. &#13;
+De informatievoorziening voor PS betreffende het dossier Horizon zal er de komende jaren uit zal zien:&#13;
+&#13;
+GS in samenwerking met Horizon informeert Provinciale Staten minimaal 1 x per jaar in een Beeldvormende Sessie (Q4 periode) waarin PS tenminste wordt geïnformeerd over:&#13;
+o Stand van zaken betreffende de fondsen die bij Horizon in beheer zijn,&#13;
+o Stand van zaken betreffende voortgang strategische doelstellingen en KPI's,&#13;
+o Belangrijkste ontwikkelingen met impact op de provinciale doelstellingen.&#13;
+&#13;
+Horizon informeert Provinciale Staten minimaal 2x per jaar met een informatiepakket over:&#13;
+o Jaarplan en begroting van Horizon (Q1 periode)&#13;
+o Jaarverslag en Jaarrekening Horizon (Q3 periode)&#13;
+&#13;
+Horizon organiseert minimaal één keer per jaar een werkbezoek voor PS, mogelijk op locatie&#13;
+bij een bedrijf.&#13;
+&#13;
+Incidenteel ontvangt Provinciale Staten mededelingen bij:&#13;
+o Behalen belangrijke mijlpalen/resultaten/impactvolle investeringen&#13;
+o Aanpassingen strategische doelstellingen&#13;
+&#13;
+In november 2022 is hiertoe een toezegging gedaan door de portefeuillehouder Economie en de directeur van Horizon. Dat heeft reeds geleid tot een uitgebreide beeldvormende, informerende sessie over Horizon in commissie EMS op 20 september 2023 en een werkbezoek van PS aan Horizon op 4 oktober 2023.</v></c><c r="E861" s="1" t="str"><v/></c><c r="F861" s="4" t="str"><v/></c><c r="G861" s="1" t="str"><v>Economie</v></c><c r="H861" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I861" s="1" t="str"><v>Economie</v></c><c r="J861" s="1" t="str"><v xml:space="preserve">Motie "Provinciale Staten betrekken bij voorstel Horizon", d.d. 24 september 2025&#13;
+Verzoeken het college:&#13;
+In het eerste kwartaal 2026 Provinciale Staten te betrekken, in ieder geval via een technische sessie &#13;
+vooruitlopend op een voorstel voor doorontwikkeling van Horizon.&#13;
+</v></c><c r="K861" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L861" s="4"><v>46112.0</v></c><c r="M861" s="1"><v>0</v></c></row><row r="862" spans="1:13" customFormat="false"><c r="A862" s="1"><v>285</v></c><c r="B862" s="1" t="str"><v>Verwachte informatie</v></c><c r="C862" s="1" t="str"><v>Horizon</v></c><c r="D862" s="1" t="str"><v xml:space="preserve">Sept 2025: Motie &amp; Amendement (zie dossier) &#13;
+&#13;
+Februari 2024:&#13;
+Provinciale Staten hebben aangegeven structureel geïnformeerd te willen worden over de activiteiten en resultaten van Horizon en het Fondsenlandschap Flevoland. &#13;
+De informatievoorziening voor PS betreffende het dossier Horizon zal er de komende jaren uit zal zien:&#13;
+&#13;
+GS in samenwerking met Horizon informeert Provinciale Staten minimaal 1 x per jaar in een Beeldvormende Sessie (Q4 periode) waarin PS tenminste wordt geïnformeerd over:&#13;
+o Stand van zaken betreffende de fondsen die bij Horizon in beheer zijn,&#13;
+o Stand van zaken betreffende voortgang strategische doelstellingen en KPI's,&#13;
+o Belangrijkste ontwikkelingen met impact op de provinciale doelstellingen.&#13;
+&#13;
+Horizon informeert Provinciale Staten minimaal 2x per jaar met een informatiepakket over:&#13;
+o Jaarplan en begroting van Horizon (Q1 periode)&#13;
+o Jaarverslag en Jaarrekening Horizon (Q3 periode)&#13;
+&#13;
+Horizon organiseert minimaal één keer per jaar een werkbezoek voor PS, mogelijk op locatie&#13;
+bij een bedrijf.&#13;
+&#13;
+Incidenteel ontvangt Provinciale Staten mededelingen bij:&#13;
+o Behalen belangrijke mijlpalen/resultaten/impactvolle investeringen&#13;
+o Aanpassingen strategische doelstellingen&#13;
+&#13;
+In november 2022 is hiertoe een toezegging gedaan door de portefeuillehouder Economie en de directeur van Horizon. Dat heeft reeds geleid tot een uitgebreide beeldvormende, informerende sessie over Horizon in commissie EMS op 20 september 2023 en een werkbezoek van PS aan Horizon op 4 oktober 2023.</v></c><c r="E862" s="1" t="str"><v/></c><c r="F862" s="4" t="str"><v/></c><c r="G862" s="1" t="str"><v>Economie</v></c><c r="H862" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I862" s="1" t="str"><v>Economie</v></c><c r="J862" s="1" t="str"><v xml:space="preserve">Motie "Provinciale Staten betrekken bij voorstel Horizon", d.d. 24 september 2025&#13;
+Verzoeken het college:&#13;
+In het eerste kwartaal 2026 Provinciale Staten te betrekken, in ieder geval via een technische sessie &#13;
+vooruitlopend op een voorstel voor doorontwikkeling van Horizon.&#13;
+</v></c><c r="K862" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L862" s="4"><v>46295.0</v></c><c r="M862" s="1"><v>0</v></c></row><row r="863" spans="1:13" customFormat="false"><c r="A863" s="1"><v>283</v></c><c r="B863" s="1" t="str"><v>Verwachte informatie</v></c><c r="C863" s="1" t="str"><v xml:space="preserve">Brochure Huis der Nederlandse Provincies </v></c><c r="D863" s="1" t="str"><v>In HNP verband wordt een brochure gemaakt met kern boodschappen richting het volgende Europees Parlement en de Europese Commissie. Het Huis Nederlandse Provincies is een samenwerkingsverband waarin Flevoland samenwerkt met de andere provincies en het IPO in de Europese belangenbehartiging in Brusse;</v></c><c r="E863" s="1" t="str"><v/></c><c r="F863" s="4" t="str"><v/></c><c r="G863" s="1" t="str"><v>Europa</v></c><c r="H863" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I863" s="1" t="str"><v>Europa</v></c><c r="J863" s="1" t="str"><v/></c><c r="K863" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L863" s="4"><v>45536.0</v></c><c r="M863" s="1"><v>1</v></c></row><row r="864" spans="1:13" customFormat="false"><c r="A864" s="1"><v>402</v></c><c r="B864" s="1" t="str"><v>Verwachte informatie</v></c><c r="C864" s="1" t="str"><v xml:space="preserve">Tussentijdse Evaluatie - Meerjarenprogramma Fonds Verstedelijking Almere 2025-2029 </v></c><c r="D864" s="1" t="str"><v xml:space="preserve">in de commissie Economie, Mobiliteit en Samenleving van 5 maart 2025 heeft het college toegezegd in het bestuurlijk overleg erop aan te dringen een midden termijn evaluatie te doen op het 2de jaar van de 3de tranche, met de kanttekening dat we niet een extra overlegronde met elkaar in het leven roepen.&#13;
 &#13;
 In de mededeling van 13 november 2025 is te lezen dat op verzoek van zowel Provinciale Staten als de gemeenteraad er tijdens de uitvoering van het Meerjarenprogramma FVA 2025-2029 een tussentijdse evaluatie wordt ingebouwd&#13;
-</v></c><c r="E790" s="1" t="str"><v/></c><c r="F790" s="4" t="str"><v/></c><c r="G790" s="1" t="str"><v>Fonds Verstedelijking Almere</v></c><c r="H790" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I790" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J790" s="1" t="str"><v/></c><c r="K790" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L790" s="4"><v>46569.0</v></c><c r="M790" s="1"><v>0</v></c></row><row r="791" spans="1:13" customFormat="false"><c r="A791" s="1"><v>146</v></c><c r="B791" s="1" t="str"><v>Verwachte informatie</v></c><c r="C791" s="1" t="str"><v xml:space="preserve"> N307 Roggebot-Kampen- Discontovoet</v></c><c r="D791" s="1" t="str"><v xml:space="preserve">26-8-2020: Gedeputeerde zegt toe dat er medio 2023 aan de Staten een Statenvoorstel wordt voorgelegd/ de Staten te informeren over de definitieve discontovoet, de afkoopsom voor het toekomstig onderhoud van de brug en de consequenties daarvan (D66/PVV/SGP).&#13;
+</v></c><c r="E864" s="1" t="str"><v/></c><c r="F864" s="4" t="str"><v/></c><c r="G864" s="1" t="str"><v>Fonds Verstedelijking Almere</v></c><c r="H864" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I864" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J864" s="1" t="str"><v/></c><c r="K864" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L864" s="4"><v>46569.0</v></c><c r="M864" s="1"><v>0</v></c></row><row r="865" spans="1:13" customFormat="false"><c r="A865" s="1"><v>146</v></c><c r="B865" s="1" t="str"><v>Verwachte informatie</v></c><c r="C865" s="1" t="str"><v xml:space="preserve"> N307 Roggebot-Kampen- Discontovoet</v></c><c r="D865" s="1" t="str"><v xml:space="preserve">26-8-2020: Gedeputeerde zegt toe dat er medio 2023 aan de Staten een Statenvoorstel wordt voorgelegd/ de Staten te informeren over de definitieve discontovoet, de afkoopsom voor het toekomstig onderhoud van de brug en de consequenties daarvan (D66/PVV/SGP).&#13;
 6-11-2023: De werkgroep Discontovoet heeft recent het algemene onderzoek naar de de discontovoet afgerond. Provincie is in gesprek met het Min. I&amp;W om te komen tot de definitieve discontovoet. Gelet op deze stand van zaken verwachten wij u in Q1 2024 te kunnen informeren.&#13;
-03-06-2024: Het project dient in 2025 administratief afgerond te zijn. De gesprekken met het ministerie I&amp;W zijn dan ook in volle gang om te komen tot de definitieve discontovoet.</v></c><c r="E791" s="1" t="str"><v/></c><c r="F791" s="4" t="str"><v/></c><c r="G791" s="1" t="str"><v>Infrastructuur</v></c><c r="H791" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I791" s="1"/><c r="J791" s="1" t="str"><v/></c><c r="K791" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L791" s="4"><v>45839.0</v></c><c r="M791" s="1"><v>1</v></c></row><row r="792" spans="1:13" customFormat="false"><c r="A792" s="1"><v>145</v></c><c r="B792" s="1" t="str"><v>Verwachte informatie</v></c><c r="C792" s="1" t="str"><v xml:space="preserve">Halfjaarlijkse Voortgangsrapportage Programma Dóórontwikkeling Batavialand </v></c><c r="D792" s="1" t="str"><v xml:space="preserve">Bij de vaststelling van het PS-Besluit Dóórontwikkeling Batavialand op 25 januari&#13;
+03-06-2024: Het project dient in 2025 administratief afgerond te zijn. De gesprekken met het ministerie I&amp;W zijn dan ook in volle gang om te komen tot de definitieve discontovoet.</v></c><c r="E865" s="1" t="str"><v/></c><c r="F865" s="4" t="str"><v/></c><c r="G865" s="1" t="str"><v>Infrastructuur</v></c><c r="H865" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I865" s="1"/><c r="J865" s="1" t="str"><v/></c><c r="K865" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L865" s="4"><v>45839.0</v></c><c r="M865" s="1"><v>1</v></c></row><row r="866" spans="1:13" customFormat="false"><c r="A866" s="1"><v>145</v></c><c r="B866" s="1" t="str"><v>Verwachte informatie</v></c><c r="C866" s="1" t="str"><v xml:space="preserve">Halfjaarlijkse Voortgangsrapportage Programma Dóórontwikkeling Batavialand </v></c><c r="D866" s="1" t="str"><v xml:space="preserve">Bij de vaststelling van het PS-Besluit Dóórontwikkeling Batavialand op 25 januari&#13;
 2023 is door Gedeputeerde Staten de toezegging gedaan om halfjaarlijks over de&#13;
-voortgang van het project te rapporteren. </v></c><c r="E792" s="1" t="str"><v/></c><c r="F792" s="4" t="str"><v/></c><c r="G792" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H792" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I792" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J792" s="1" t="str"><v/></c><c r="K792" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L792" s="4"><v>45406.0</v></c><c r="M792" s="1"><v>1</v></c></row><row r="793" spans="1:13" customFormat="false"><c r="A793" s="1"><v>145</v></c><c r="B793" s="1" t="str"><v>Verwachte informatie</v></c><c r="C793" s="1" t="str"><v xml:space="preserve">Halfjaarlijkse Voortgangsrapportage Programma Dóórontwikkeling Batavialand </v></c><c r="D793" s="1" t="str"><v xml:space="preserve">Bij de vaststelling van het PS-Besluit Dóórontwikkeling Batavialand op 25 januari&#13;
+voortgang van het project te rapporteren. </v></c><c r="E866" s="1" t="str"><v/></c><c r="F866" s="4" t="str"><v/></c><c r="G866" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H866" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I866" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J866" s="1" t="str"><v/></c><c r="K866" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L866" s="4"><v>45406.0</v></c><c r="M866" s="1"><v>1</v></c></row><row r="867" spans="1:13" customFormat="false"><c r="A867" s="1"><v>145</v></c><c r="B867" s="1" t="str"><v>Verwachte informatie</v></c><c r="C867" s="1" t="str"><v xml:space="preserve">Halfjaarlijkse Voortgangsrapportage Programma Dóórontwikkeling Batavialand </v></c><c r="D867" s="1" t="str"><v xml:space="preserve">Bij de vaststelling van het PS-Besluit Dóórontwikkeling Batavialand op 25 januari&#13;
 2023 is door Gedeputeerde Staten de toezegging gedaan om halfjaarlijks over de&#13;
-voortgang van het project te rapporteren. </v></c><c r="E793" s="1" t="str"><v/></c><c r="F793" s="4" t="str"><v/></c><c r="G793" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H793" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I793" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J793" s="1" t="str"><v/></c><c r="K793" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L793" s="4"><v>45596.0</v></c><c r="M793" s="1"><v>1</v></c></row><row r="794" spans="1:13" customFormat="false"><c r="A794" s="1"><v>145</v></c><c r="B794" s="1" t="str"><v>Verwachte informatie</v></c><c r="C794" s="1" t="str"><v xml:space="preserve">Halfjaarlijkse Voortgangsrapportage Programma Dóórontwikkeling Batavialand </v></c><c r="D794" s="1" t="str"><v xml:space="preserve">Bij de vaststelling van het PS-Besluit Dóórontwikkeling Batavialand op 25 januari&#13;
+voortgang van het project te rapporteren. </v></c><c r="E867" s="1" t="str"><v/></c><c r="F867" s="4" t="str"><v/></c><c r="G867" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H867" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I867" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J867" s="1" t="str"><v/></c><c r="K867" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L867" s="4"><v>45596.0</v></c><c r="M867" s="1"><v>1</v></c></row><row r="868" spans="1:13" customFormat="false"><c r="A868" s="1"><v>145</v></c><c r="B868" s="1" t="str"><v>Verwachte informatie</v></c><c r="C868" s="1" t="str"><v xml:space="preserve">Halfjaarlijkse Voortgangsrapportage Programma Dóórontwikkeling Batavialand </v></c><c r="D868" s="1" t="str"><v xml:space="preserve">Bij de vaststelling van het PS-Besluit Dóórontwikkeling Batavialand op 25 januari&#13;
 2023 is door Gedeputeerde Staten de toezegging gedaan om halfjaarlijks over de&#13;
-voortgang van het project te rapporteren. </v></c><c r="E794" s="1" t="str"><v/></c><c r="F794" s="4" t="str"><v/></c><c r="G794" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H794" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I794" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J794" s="1" t="str"><v/></c><c r="K794" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L794" s="4"><v>45771.0</v></c><c r="M794" s="1"><v>1</v></c></row><row r="795" spans="1:13" customFormat="false"><c r="A795" s="1"><v>145</v></c><c r="B795" s="1" t="str"><v>Verwachte informatie</v></c><c r="C795" s="1" t="str"><v xml:space="preserve">Halfjaarlijkse Voortgangsrapportage Programma Dóórontwikkeling Batavialand </v></c><c r="D795" s="1" t="str"><v xml:space="preserve">Bij de vaststelling van het PS-Besluit Dóórontwikkeling Batavialand op 25 januari&#13;
+voortgang van het project te rapporteren. </v></c><c r="E868" s="1" t="str"><v/></c><c r="F868" s="4" t="str"><v/></c><c r="G868" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H868" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I868" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J868" s="1" t="str"><v/></c><c r="K868" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L868" s="4"><v>45771.0</v></c><c r="M868" s="1"><v>1</v></c></row><row r="869" spans="1:13" customFormat="false"><c r="A869" s="1"><v>145</v></c><c r="B869" s="1" t="str"><v>Verwachte informatie</v></c><c r="C869" s="1" t="str"><v xml:space="preserve">Halfjaarlijkse Voortgangsrapportage Programma Dóórontwikkeling Batavialand </v></c><c r="D869" s="1" t="str"><v xml:space="preserve">Bij de vaststelling van het PS-Besluit Dóórontwikkeling Batavialand op 25 januari&#13;
 2023 is door Gedeputeerde Staten de toezegging gedaan om halfjaarlijks over de&#13;
-voortgang van het project te rapporteren. </v></c><c r="E795" s="1" t="str"><v/></c><c r="F795" s="4" t="str"><v/></c><c r="G795" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H795" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I795" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J795" s="1" t="str"><v/></c><c r="K795" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L795" s="4"><v>45981.0</v></c><c r="M795" s="1"><v>1</v></c></row><row r="796" spans="1:13" customFormat="false"><c r="A796" s="1"><v>145</v></c><c r="B796" s="1" t="str"><v>Verwachte informatie</v></c><c r="C796" s="1" t="str"><v xml:space="preserve">Halfjaarlijkse Voortgangsrapportage Programma Dóórontwikkeling Batavialand </v></c><c r="D796" s="1" t="str"><v xml:space="preserve">Bij de vaststelling van het PS-Besluit Dóórontwikkeling Batavialand op 25 januari&#13;
+voortgang van het project te rapporteren. </v></c><c r="E869" s="1" t="str"><v/></c><c r="F869" s="4" t="str"><v/></c><c r="G869" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H869" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I869" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J869" s="1" t="str"><v/></c><c r="K869" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L869" s="4"><v>45981.0</v></c><c r="M869" s="1"><v>1</v></c></row><row r="870" spans="1:13" customFormat="false"><c r="A870" s="1"><v>145</v></c><c r="B870" s="1" t="str"><v>Verwachte informatie</v></c><c r="C870" s="1" t="str"><v xml:space="preserve">Halfjaarlijkse Voortgangsrapportage Programma Dóórontwikkeling Batavialand </v></c><c r="D870" s="1" t="str"><v xml:space="preserve">Bij de vaststelling van het PS-Besluit Dóórontwikkeling Batavialand op 25 januari&#13;
 2023 is door Gedeputeerde Staten de toezegging gedaan om halfjaarlijks over de&#13;
-voortgang van het project te rapporteren. </v></c><c r="E796" s="1" t="str"><v/></c><c r="F796" s="4" t="str"><v/></c><c r="G796" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H796" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I796" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J796" s="1" t="str"><v/></c><c r="K796" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L796" s="4"><v>46143.0</v></c><c r="M796" s="1"><v>0</v></c></row><row r="797" spans="1:13" customFormat="false"><c r="A797" s="1"><v>158</v></c><c r="B797" s="1" t="str"><v>Verwachte informatie</v></c><c r="C797" s="1" t="str"><v xml:space="preserve">Landschapskunst: instandhouding collectie </v></c><c r="D797" s="1" t="str"><v xml:space="preserve"> In de loop van 2024 kan meer duidelijkheid gegeven worden over de afspraken  met de eigenaren, gemeenten en terreinbeheerders over de verplichtingen met betrekking tot de instandhouding van de collectie Landschapskunst op de lange termijn. </v></c><c r="E797" s="1" t="str"><v/></c><c r="F797" s="4" t="str"><v/></c><c r="G797" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H797" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I797" s="1" t="str"><v>Cultuur</v></c><c r="J797" s="1" t="str"><v xml:space="preserve">De stand van zaken van toezegging EMS 68. Impuls beheer en onderhoud landschapskunstwerken (goede afspraken met de eigenaren aan PS kenbaar te maken)&#13;
-[...3 lines deleted...]
-Een beeldvormende sessie (Peilen &amp; toetsen) is gepland op 5/12 juni 2024</v></c><c r="E799" s="1" t="str"><v/></c><c r="F799" s="4" t="str"><v/></c><c r="G799" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H799" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I799" s="1" t="str"><v>Concernzaken</v></c><c r="J799" s="1" t="str"><v/></c><c r="K799" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L799" s="4"><v>45383.0</v></c><c r="M799" s="1"><v>1</v></c></row><row r="800" spans="1:13" customFormat="false"><c r="A800" s="1"><v>301</v></c><c r="B800" s="1" t="str"><v>Verwachte informatie</v></c><c r="C800" s="1" t="str"><v xml:space="preserve">Lelystad Airport Businesspark </v></c><c r="D800" s="1" t="str"><v xml:space="preserve">De provincie en de gemeente Lelystad werken samen aan de invulling en ontwikkeling van het Lelystad Airport Businesspark (LAB) terrein. Het onderzoek naar de mogelijkheden voor de ontwikkeling van een tweede ontwikkelingsfase is vergevorderd.&#13;
+voortgang van het project te rapporteren. </v></c><c r="E870" s="1" t="str"><v/></c><c r="F870" s="4" t="str"><v/></c><c r="G870" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H870" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I870" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J870" s="1" t="str"><v/></c><c r="K870" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L870" s="4"><v>46143.0</v></c><c r="M870" s="1"><v>0</v></c></row><row r="871" spans="1:13" customFormat="false"><c r="A871" s="1"><v>158</v></c><c r="B871" s="1" t="str"><v>Verwachte informatie</v></c><c r="C871" s="1" t="str"><v xml:space="preserve">Landschapskunst: instandhouding collectie </v></c><c r="D871" s="1" t="str"><v xml:space="preserve"> In de loop van 2024 kan meer duidelijkheid gegeven worden over de afspraken  met de eigenaren, gemeenten en terreinbeheerders over de verplichtingen met betrekking tot de instandhouding van de collectie Landschapskunst op de lange termijn. </v></c><c r="E871" s="1" t="str"><v/></c><c r="F871" s="4" t="str"><v/></c><c r="G871" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H871" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I871" s="1" t="str"><v>Cultuur</v></c><c r="J871" s="1" t="str"><v xml:space="preserve">De stand van zaken van toezegging EMS 68. Impuls beheer en onderhoud landschapskunstwerken (goede afspraken met de eigenaren aan PS kenbaar te maken)&#13;
+op 3 feb 2025 is: Samenwerkingsovereenkomst wordt in het kader van de cultuurnota 2025-2028 uitgewerkt op basis van een 'coalition of the willing'. PS wordt hierover Q1 2026 geïnformeerd.</v></c><c r="K871" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L871" s="4"><v>45536.0</v></c><c r="M871" s="1"><v>0</v></c></row><row r="872" spans="1:13" customFormat="false"><c r="A872" s="1"><v>158</v></c><c r="B872" s="1" t="str"><v>Verwachte informatie</v></c><c r="C872" s="1" t="str"><v xml:space="preserve">Landschapskunst: instandhouding collectie </v></c><c r="D872" s="1" t="str"><v xml:space="preserve"> In de loop van 2024 kan meer duidelijkheid gegeven worden over de afspraken  met de eigenaren, gemeenten en terreinbeheerders over de verplichtingen met betrekking tot de instandhouding van de collectie Landschapskunst op de lange termijn. </v></c><c r="E872" s="1" t="str"><v/></c><c r="F872" s="4" t="str"><v/></c><c r="G872" s="1" t="str"><v>Kunst en cultuur</v></c><c r="H872" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I872" s="1" t="str"><v>Cultuur</v></c><c r="J872" s="1" t="str"><v xml:space="preserve">De stand van zaken van toezegging EMS 68. Impuls beheer en onderhoud landschapskunstwerken (goede afspraken met de eigenaren aan PS kenbaar te maken)&#13;
+op 3 feb 2025 is: Samenwerkingsovereenkomst wordt in het kader van de cultuurnota 2025-2028 uitgewerkt op basis van een 'coalition of the willing'. PS wordt hierover Q1 2026 geïnformeerd.</v></c><c r="K872" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L872" s="4"><v>46112.0</v></c><c r="M872" s="1"><v>0</v></c></row><row r="873" spans="1:13" customFormat="false"><c r="A873" s="1"><v>165</v></c><c r="B873" s="1" t="str"><v>Verwachte informatie</v></c><c r="C873" s="1" t="str"><v>Kadernota Verbonden Partijen</v></c><c r="D873" s="1" t="str"><v xml:space="preserve">Toezegging 8 nov 2023: Het college zegt toe om in kwartaal 1, 2024 te komen met een proces en/of beeldvormende notitie over de nieuwe kadernota Verbonden Partijen waarna de rest van 2024 benut wordt voor het opstellen van de kadernota (motie 24).&#13;
+&#13;
+Een beeldvormende sessie (Peilen &amp; toetsen) is gepland op 5/12 juni 2024</v></c><c r="E873" s="1" t="str"><v/></c><c r="F873" s="4" t="str"><v/></c><c r="G873" s="1" t="str"><v>Kwaliteit openbaar bestuur</v></c><c r="H873" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I873" s="1" t="str"><v>Concernzaken</v></c><c r="J873" s="1" t="str"><v/></c><c r="K873" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L873" s="4"><v>45383.0</v></c><c r="M873" s="1"><v>1</v></c></row><row r="874" spans="1:13" customFormat="false"><c r="A874" s="1"><v>301</v></c><c r="B874" s="1" t="str"><v>Verwachte informatie</v></c><c r="C874" s="1" t="str"><v xml:space="preserve">Lelystad Airport Businesspark </v></c><c r="D874" s="1" t="str"><v xml:space="preserve">De provincie en de gemeente Lelystad werken samen aan de invulling en ontwikkeling van het Lelystad Airport Businesspark (LAB) terrein. Het onderzoek naar de mogelijkheden voor de ontwikkeling van een tweede ontwikkelingsfase is vergevorderd.&#13;
 &#13;
 Deze gesprekken worden in 2024 gevoerd, waarna Provinciale Staten separaat worden geïnformeerd.&#13;
 &#13;
-</v></c><c r="E800" s="1" t="str"><v/></c><c r="F800" s="4" t="str"><v/></c><c r="G800" s="1" t="str"><v>Lelystad Airport inclusief OMALA</v></c><c r="H800" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I800" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J800" s="1" t="str"><v/></c><c r="K800" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L800" s="4"><v>45688.0</v></c><c r="M800" s="1"><v>0</v></c></row><row r="801" spans="1:13" customFormat="false"><c r="A801" s="1"><v>306</v></c><c r="B801" s="1" t="str"><v>Verwachte informatie</v></c><c r="C801" s="1" t="str"><v>NOVEX Schipholregio</v></c><c r="D801" s="1" t="str"><v xml:space="preserve">Samenwerking en verantwoordelijkheden.&#13;
+</v></c><c r="E874" s="1" t="str"><v/></c><c r="F874" s="4" t="str"><v/></c><c r="G874" s="1" t="str"><v>Lelystad Airport inclusief OMALA</v></c><c r="H874" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I874" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J874" s="1" t="str"><v/></c><c r="K874" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L874" s="4"><v>45688.0</v></c><c r="M874" s="1"><v>0</v></c></row><row r="875" spans="1:13" customFormat="false"><c r="A875" s="1"><v>306</v></c><c r="B875" s="1" t="str"><v>Verwachte informatie</v></c><c r="C875" s="1" t="str"><v>NOVEX Schipholregio</v></c><c r="D875" s="1" t="str"><v xml:space="preserve">Samenwerking en verantwoordelijkheden.&#13;
 Afgelopen maanden werkten Rijk en regio via een Ontwikkelperspectief toe naar &#13;
 deze Uitvoeringsagenda. Het Ontwikkelperspectief beschrijft op welke manier de &#13;
 samenwerkende regionale en nationale overheden efficiënt samenwerken binnen de vele, samenhangende opgaven in de Schipholregio. &#13;
-Uitvoeringsagenda geldt als de gezamenlijke inhoudelijke agenda voor de interdepartementale en interbestuurlijke samenwerking in de Schipholregio. Daarnaast heeft de Uitvoeringsagenda als doel de verantwoordelijkheden goed te organiseren en belangen af te wegen en waar nodig keuzes te maken die op een specifieke locatie de voorkeur hebben. De volgende stap is de uitwerking van de verschillende acties. Vanuit de NOVEX Schipholregio zal periodiek over de voortgang worden gecommuniceerd. Zodra het college beschikt over informatie die voor Flevoland van belang is zal Provinciale Staten hierover worden geïnformeerd</v></c><c r="E801" s="1" t="str"><v/></c><c r="F801" s="4" t="str"><v/></c><c r="G801" s="1" t="str"><v>Lelystad Airport inclusief OMALA</v></c><c r="H801" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I801" s="1"/><c r="J801" s="1"/><c r="K801" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L801" s="4"><v>45597.0</v></c><c r="M801" s="1"><v>0</v></c></row><row r="802" spans="1:13" customFormat="false"><c r="A802" s="1"><v>144</v></c><c r="B802" s="1" t="str"><v>Verwachte informatie</v></c><c r="C802" s="1" t="str"><v>Maritieme Servicehaven Noordelijk Flevoland (Monitoring RegioDeal Noordelijk Flevoland)</v></c><c r="D802" s="1" t="str"><v xml:space="preserve">Monitoring en Nulmeting van juni 2021 Regio Deal Noordelijk Flevoland&#13;
-Informatievoorziening MSNF </v></c><c r="E802" s="1" t="str"><v/></c><c r="F802" s="4" t="str"><v/></c><c r="G802" s="1" t="str"><v>Maritieme Servicehaven Noordelijk Flevoland</v></c><c r="H802" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I802" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J802" s="1" t="str"><v/></c><c r="K802" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L802" s="4"><v>45808.0</v></c><c r="M802" s="1"><v>0</v></c></row><row r="803" spans="1:13" customFormat="false"><c r="A803" s="1"><v>187</v></c><c r="B803" s="1" t="str"><v>Verwachte informatie</v></c><c r="C803" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D803" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
+Uitvoeringsagenda geldt als de gezamenlijke inhoudelijke agenda voor de interdepartementale en interbestuurlijke samenwerking in de Schipholregio. Daarnaast heeft de Uitvoeringsagenda als doel de verantwoordelijkheden goed te organiseren en belangen af te wegen en waar nodig keuzes te maken die op een specifieke locatie de voorkeur hebben. De volgende stap is de uitwerking van de verschillende acties. Vanuit de NOVEX Schipholregio zal periodiek over de voortgang worden gecommuniceerd. Zodra het college beschikt over informatie die voor Flevoland van belang is zal Provinciale Staten hierover worden geïnformeerd</v></c><c r="E875" s="1" t="str"><v/></c><c r="F875" s="4" t="str"><v/></c><c r="G875" s="1" t="str"><v>Lelystad Airport inclusief OMALA</v></c><c r="H875" s="1" t="str"><v xml:space="preserve"> Klopman</v></c><c r="I875" s="1"/><c r="J875" s="1"/><c r="K875" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L875" s="4"><v>45597.0</v></c><c r="M875" s="1"><v>0</v></c></row><row r="876" spans="1:13" customFormat="false"><c r="A876" s="1"><v>144</v></c><c r="B876" s="1" t="str"><v>Verwachte informatie</v></c><c r="C876" s="1" t="str"><v>Maritieme Servicehaven Noordelijk Flevoland (Monitoring RegioDeal Noordelijk Flevoland)</v></c><c r="D876" s="1" t="str"><v xml:space="preserve">Monitoring en Nulmeting van juni 2021 Regio Deal Noordelijk Flevoland&#13;
+Informatievoorziening MSNF </v></c><c r="E876" s="1" t="str"><v/></c><c r="F876" s="4" t="str"><v/></c><c r="G876" s="1" t="str"><v>Maritieme Servicehaven Noordelijk Flevoland</v></c><c r="H876" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I876" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J876" s="1" t="str"><v/></c><c r="K876" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L876" s="4"><v>45808.0</v></c><c r="M876" s="1"><v>0</v></c></row><row r="877" spans="1:13" customFormat="false"><c r="A877" s="1"><v>187</v></c><c r="B877" s="1" t="str"><v>Verwachte informatie</v></c><c r="C877" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D877" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
 &#13;
 Aanleiding is de motie Consultatie, participatie en communicatie binnen de MRA.&#13;
 Motie die het college verzoekt om:&#13;
 • Om voorafgaand aan een MRA AV bijeenkomt de voorliggende agenda schriftelijk te delen en de opvattingen van de Provinciale Staten van Flevoland op te halen over de agendapunten;&#13;
 • De opgehaalde opvattingen als inbreng mee te nemen naar de AV;&#13;
 • Na afloop van de AV een schriftelijke toelichting te geven over de beraadslaging in de AV over de inzet en effectiviteit van het de eigen AV vertegenwoordiger in het algemeen en specifiek op de door de Provinciale Staten geformuleerde opvattingen.&#13;
-</v></c><c r="E803" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F803" s="4"><v>44314.0</v></c><c r="G803" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H803" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I803" s="1" t="str"><v>Bestuursadvies</v></c><c r="J803" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K803" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L803" s="4"><v>45331.0</v></c><c r="M803" s="1"><v>1</v></c></row><row r="804" spans="1:13" customFormat="false"><c r="A804" s="1"><v>187</v></c><c r="B804" s="1" t="str"><v>Verwachte informatie</v></c><c r="C804" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D804" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
+</v></c><c r="E877" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F877" s="4"><v>44314.0</v></c><c r="G877" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H877" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I877" s="1" t="str"><v>Bestuursadvies</v></c><c r="J877" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K877" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L877" s="4"><v>45331.0</v></c><c r="M877" s="1"><v>1</v></c></row><row r="878" spans="1:13" customFormat="false"><c r="A878" s="1"><v>187</v></c><c r="B878" s="1" t="str"><v>Verwachte informatie</v></c><c r="C878" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D878" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
 &#13;
 Aanleiding is de motie Consultatie, participatie en communicatie binnen de MRA.&#13;
 Motie die het college verzoekt om:&#13;
 • Om voorafgaand aan een MRA AV bijeenkomt de voorliggende agenda schriftelijk te delen en de opvattingen van de Provinciale Staten van Flevoland op te halen over de agendapunten;&#13;
 • De opgehaalde opvattingen als inbreng mee te nemen naar de AV;&#13;
 • Na afloop van de AV een schriftelijke toelichting te geven over de beraadslaging in de AV over de inzet en effectiviteit van het de eigen AV vertegenwoordiger in het algemeen en specifiek op de door de Provinciale Staten geformuleerde opvattingen.&#13;
-</v></c><c r="E804" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F804" s="4"><v>44314.0</v></c><c r="G804" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H804" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I804" s="1" t="str"><v>Bestuursadvies</v></c><c r="J804" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K804" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L804" s="4"><v>45373.0</v></c><c r="M804" s="1"><v>1</v></c></row><row r="805" spans="1:13" customFormat="false"><c r="A805" s="1"><v>187</v></c><c r="B805" s="1" t="str"><v>Verwachte informatie</v></c><c r="C805" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D805" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
+</v></c><c r="E878" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F878" s="4"><v>44314.0</v></c><c r="G878" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H878" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I878" s="1" t="str"><v>Bestuursadvies</v></c><c r="J878" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K878" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L878" s="4"><v>45373.0</v></c><c r="M878" s="1"><v>1</v></c></row><row r="879" spans="1:13" customFormat="false"><c r="A879" s="1"><v>187</v></c><c r="B879" s="1" t="str"><v>Verwachte informatie</v></c><c r="C879" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D879" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
 &#13;
 Aanleiding is de motie Consultatie, participatie en communicatie binnen de MRA.&#13;
 Motie die het college verzoekt om:&#13;
 • Om voorafgaand aan een MRA AV bijeenkomt de voorliggende agenda schriftelijk te delen en de opvattingen van de Provinciale Staten van Flevoland op te halen over de agendapunten;&#13;
 • De opgehaalde opvattingen als inbreng mee te nemen naar de AV;&#13;
 • Na afloop van de AV een schriftelijke toelichting te geven over de beraadslaging in de AV over de inzet en effectiviteit van het de eigen AV vertegenwoordiger in het algemeen en specifiek op de door de Provinciale Staten geformuleerde opvattingen.&#13;
-</v></c><c r="E805" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F805" s="4"><v>44314.0</v></c><c r="G805" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H805" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I805" s="1" t="str"><v>Bestuursadvies</v></c><c r="J805" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K805" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L805" s="4"><v>45457.0</v></c><c r="M805" s="1"><v>1</v></c></row><row r="806" spans="1:13" customFormat="false"><c r="A806" s="1"><v>187</v></c><c r="B806" s="1" t="str"><v>Verwachte informatie</v></c><c r="C806" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D806" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
+</v></c><c r="E879" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F879" s="4"><v>44314.0</v></c><c r="G879" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H879" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I879" s="1" t="str"><v>Bestuursadvies</v></c><c r="J879" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K879" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L879" s="4"><v>45457.0</v></c><c r="M879" s="1"><v>1</v></c></row><row r="880" spans="1:13" customFormat="false"><c r="A880" s="1"><v>187</v></c><c r="B880" s="1" t="str"><v>Verwachte informatie</v></c><c r="C880" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D880" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
 &#13;
 Aanleiding is de motie Consultatie, participatie en communicatie binnen de MRA.&#13;
 Motie die het college verzoekt om:&#13;
 • Om voorafgaand aan een MRA AV bijeenkomt de voorliggende agenda schriftelijk te delen en de opvattingen van de Provinciale Staten van Flevoland op te halen over de agendapunten;&#13;
 • De opgehaalde opvattingen als inbreng mee te nemen naar de AV;&#13;
 • Na afloop van de AV een schriftelijke toelichting te geven over de beraadslaging in de AV over de inzet en effectiviteit van het de eigen AV vertegenwoordiger in het algemeen en specifiek op de door de Provinciale Staten geformuleerde opvattingen.&#13;
-</v></c><c r="E806" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F806" s="4"><v>44314.0</v></c><c r="G806" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H806" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I806" s="1" t="str"><v>Bestuursadvies</v></c><c r="J806" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K806" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L806" s="4"><v>45576.0</v></c><c r="M806" s="1"><v>1</v></c></row><row r="807" spans="1:13" customFormat="false"><c r="A807" s="1"><v>187</v></c><c r="B807" s="1" t="str"><v>Verwachte informatie</v></c><c r="C807" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D807" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
+</v></c><c r="E880" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F880" s="4"><v>44314.0</v></c><c r="G880" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H880" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I880" s="1" t="str"><v>Bestuursadvies</v></c><c r="J880" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K880" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L880" s="4"><v>45576.0</v></c><c r="M880" s="1"><v>1</v></c></row><row r="881" spans="1:13" customFormat="false"><c r="A881" s="1"><v>187</v></c><c r="B881" s="1" t="str"><v>Verwachte informatie</v></c><c r="C881" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D881" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
 &#13;
 Aanleiding is de motie Consultatie, participatie en communicatie binnen de MRA.&#13;
 Motie die het college verzoekt om:&#13;
 • Om voorafgaand aan een MRA AV bijeenkomt de voorliggende agenda schriftelijk te delen en de opvattingen van de Provinciale Staten van Flevoland op te halen over de agendapunten;&#13;
 • De opgehaalde opvattingen als inbreng mee te nemen naar de AV;&#13;
 • Na afloop van de AV een schriftelijke toelichting te geven over de beraadslaging in de AV over de inzet en effectiviteit van het de eigen AV vertegenwoordiger in het algemeen en specifiek op de door de Provinciale Staten geformuleerde opvattingen.&#13;
-</v></c><c r="E807" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F807" s="4"><v>44314.0</v></c><c r="G807" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H807" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I807" s="1" t="str"><v>Bestuursadvies</v></c><c r="J807" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K807" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L807" s="4"><v>45644.0</v></c><c r="M807" s="1"><v>1</v></c></row><row r="808" spans="1:13" customFormat="false"><c r="A808" s="1"><v>187</v></c><c r="B808" s="1" t="str"><v>Verwachte informatie</v></c><c r="C808" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D808" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
+</v></c><c r="E881" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F881" s="4"><v>44314.0</v></c><c r="G881" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H881" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I881" s="1" t="str"><v>Bestuursadvies</v></c><c r="J881" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K881" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L881" s="4"><v>45644.0</v></c><c r="M881" s="1"><v>1</v></c></row><row r="882" spans="1:13" customFormat="false"><c r="A882" s="1"><v>187</v></c><c r="B882" s="1" t="str"><v>Verwachte informatie</v></c><c r="C882" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D882" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
 &#13;
 Aanleiding is de motie Consultatie, participatie en communicatie binnen de MRA.&#13;
 Motie die het college verzoekt om:&#13;
 • Om voorafgaand aan een MRA AV bijeenkomt de voorliggende agenda schriftelijk te delen en de opvattingen van de Provinciale Staten van Flevoland op te halen over de agendapunten;&#13;
 • De opgehaalde opvattingen als inbreng mee te nemen naar de AV;&#13;
 • Na afloop van de AV een schriftelijke toelichting te geven over de beraadslaging in de AV over de inzet en effectiviteit van het de eigen AV vertegenwoordiger in het algemeen en specifiek op de door de Provinciale Staten geformuleerde opvattingen.&#13;
-</v></c><c r="E808" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F808" s="4"><v>44314.0</v></c><c r="G808" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H808" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I808" s="1" t="str"><v>Bestuursadvies</v></c><c r="J808" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K808" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L808" s="4"><v>45737.0</v></c><c r="M808" s="1"><v>1</v></c></row><row r="809" spans="1:13" customFormat="false"><c r="A809" s="1"><v>187</v></c><c r="B809" s="1" t="str"><v>Verwachte informatie</v></c><c r="C809" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D809" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
+</v></c><c r="E882" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F882" s="4"><v>44314.0</v></c><c r="G882" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H882" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I882" s="1" t="str"><v>Bestuursadvies</v></c><c r="J882" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K882" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L882" s="4"><v>45737.0</v></c><c r="M882" s="1"><v>1</v></c></row><row r="883" spans="1:13" customFormat="false"><c r="A883" s="1"><v>187</v></c><c r="B883" s="1" t="str"><v>Verwachte informatie</v></c><c r="C883" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D883" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
 &#13;
 Aanleiding is de motie Consultatie, participatie en communicatie binnen de MRA.&#13;
 Motie die het college verzoekt om:&#13;
 • Om voorafgaand aan een MRA AV bijeenkomt de voorliggende agenda schriftelijk te delen en de opvattingen van de Provinciale Staten van Flevoland op te halen over de agendapunten;&#13;
 • De opgehaalde opvattingen als inbreng mee te nemen naar de AV;&#13;
 • Na afloop van de AV een schriftelijke toelichting te geven over de beraadslaging in de AV over de inzet en effectiviteit van het de eigen AV vertegenwoordiger in het algemeen en specifiek op de door de Provinciale Staten geformuleerde opvattingen.&#13;
-</v></c><c r="E809" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F809" s="4"><v>44314.0</v></c><c r="G809" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H809" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I809" s="1" t="str"><v>Bestuursadvies</v></c><c r="J809" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K809" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L809" s="4"><v>45835.0</v></c><c r="M809" s="1"><v>1</v></c></row><row r="810" spans="1:13" customFormat="false"><c r="A810" s="1"><v>187</v></c><c r="B810" s="1" t="str"><v>Verwachte informatie</v></c><c r="C810" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D810" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
+</v></c><c r="E883" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F883" s="4"><v>44314.0</v></c><c r="G883" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H883" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I883" s="1" t="str"><v>Bestuursadvies</v></c><c r="J883" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K883" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L883" s="4"><v>45835.0</v></c><c r="M883" s="1"><v>1</v></c></row><row r="884" spans="1:13" customFormat="false"><c r="A884" s="1"><v>187</v></c><c r="B884" s="1" t="str"><v>Verwachte informatie</v></c><c r="C884" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D884" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
 &#13;
 Aanleiding is de motie Consultatie, participatie en communicatie binnen de MRA.&#13;
 Motie die het college verzoekt om:&#13;
 • Om voorafgaand aan een MRA AV bijeenkomt de voorliggende agenda schriftelijk te delen en de opvattingen van de Provinciale Staten van Flevoland op te halen over de agendapunten;&#13;
 • De opgehaalde opvattingen als inbreng mee te nemen naar de AV;&#13;
 • Na afloop van de AV een schriftelijke toelichting te geven over de beraadslaging in de AV over de inzet en effectiviteit van het de eigen AV vertegenwoordiger in het algemeen en specifiek op de door de Provinciale Staten geformuleerde opvattingen.&#13;
-</v></c><c r="E810" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F810" s="4"><v>44314.0</v></c><c r="G810" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H810" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I810" s="1" t="str"><v>Bestuursadvies</v></c><c r="J810" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K810" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L810" s="4"><v>45940.0</v></c><c r="M810" s="1"><v>1</v></c></row><row r="811" spans="1:13" customFormat="false"><c r="A811" s="1"><v>187</v></c><c r="B811" s="1" t="str"><v>Verwachte informatie</v></c><c r="C811" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D811" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
+</v></c><c r="E884" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F884" s="4"><v>44314.0</v></c><c r="G884" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H884" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I884" s="1" t="str"><v>Bestuursadvies</v></c><c r="J884" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K884" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L884" s="4"><v>45940.0</v></c><c r="M884" s="1"><v>1</v></c></row><row r="885" spans="1:13" customFormat="false"><c r="A885" s="1"><v>187</v></c><c r="B885" s="1" t="str"><v>Verwachte informatie</v></c><c r="C885" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D885" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
 &#13;
 Aanleiding is de motie Consultatie, participatie en communicatie binnen de MRA.&#13;
 Motie die het college verzoekt om:&#13;
 • Om voorafgaand aan een MRA AV bijeenkomt de voorliggende agenda schriftelijk te delen en de opvattingen van de Provinciale Staten van Flevoland op te halen over de agendapunten;&#13;
 • De opgehaalde opvattingen als inbreng mee te nemen naar de AV;&#13;
 • Na afloop van de AV een schriftelijke toelichting te geven over de beraadslaging in de AV over de inzet en effectiviteit van het de eigen AV vertegenwoordiger in het algemeen en specifiek op de door de Provinciale Staten geformuleerde opvattingen.&#13;
-</v></c><c r="E811" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F811" s="4"><v>44314.0</v></c><c r="G811" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H811" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I811" s="1" t="str"><v>Bestuursadvies</v></c><c r="J811" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K811" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L811" s="4"><v>46008.0</v></c><c r="M811" s="1"><v>0</v></c></row><row r="812" spans="1:13" customFormat="false"><c r="A812" s="1"><v>187</v></c><c r="B812" s="1" t="str"><v>Verwachte informatie</v></c><c r="C812" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D812" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
+</v></c><c r="E885" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F885" s="4"><v>44314.0</v></c><c r="G885" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H885" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I885" s="1" t="str"><v>Bestuursadvies</v></c><c r="J885" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K885" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L885" s="4"><v>46008.0</v></c><c r="M885" s="1"><v>1</v></c></row><row r="886" spans="1:13" customFormat="false"><c r="A886" s="1"><v>187</v></c><c r="B886" s="1" t="str"><v>Verwachte informatie</v></c><c r="C886" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D886" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
 &#13;
 Aanleiding is de motie Consultatie, participatie en communicatie binnen de MRA.&#13;
 Motie die het college verzoekt om:&#13;
 • Om voorafgaand aan een MRA AV bijeenkomt de voorliggende agenda schriftelijk te delen en de opvattingen van de Provinciale Staten van Flevoland op te halen over de agendapunten;&#13;
 • De opgehaalde opvattingen als inbreng mee te nemen naar de AV;&#13;
 • Na afloop van de AV een schriftelijke toelichting te geven over de beraadslaging in de AV over de inzet en effectiviteit van het de eigen AV vertegenwoordiger in het algemeen en specifiek op de door de Provinciale Staten geformuleerde opvattingen.&#13;
-</v></c><c r="E812" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F812" s="4"><v>44314.0</v></c><c r="G812" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H812" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I812" s="1" t="str"><v>Bestuursadvies</v></c><c r="J812" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K812" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L812" s="4"><v>46073.0</v></c><c r="M812" s="1"><v>0</v></c></row><row r="813" spans="1:13" customFormat="false"><c r="A813" s="1"><v>187</v></c><c r="B813" s="1" t="str"><v>Verwachte informatie</v></c><c r="C813" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D813" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
+</v></c><c r="E886" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F886" s="4"><v>44314.0</v></c><c r="G886" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H886" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I886" s="1" t="str"><v>Bestuursadvies</v></c><c r="J886" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K886" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L886" s="4"><v>46073.0</v></c><c r="M886" s="1"><v>0</v></c></row><row r="887" spans="1:13" customFormat="false"><c r="A887" s="1"><v>187</v></c><c r="B887" s="1" t="str"><v>Verwachte informatie</v></c><c r="C887" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D887" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
 &#13;
 Aanleiding is de motie Consultatie, participatie en communicatie binnen de MRA.&#13;
 Motie die het college verzoekt om:&#13;
 • Om voorafgaand aan een MRA AV bijeenkomt de voorliggende agenda schriftelijk te delen en de opvattingen van de Provinciale Staten van Flevoland op te halen over de agendapunten;&#13;
 • De opgehaalde opvattingen als inbreng mee te nemen naar de AV;&#13;
 • Na afloop van de AV een schriftelijke toelichting te geven over de beraadslaging in de AV over de inzet en effectiviteit van het de eigen AV vertegenwoordiger in het algemeen en specifiek op de door de Provinciale Staten geformuleerde opvattingen.&#13;
-</v></c><c r="E813" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F813" s="4"><v>44314.0</v></c><c r="G813" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H813" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I813" s="1" t="str"><v>Bestuursadvies</v></c><c r="J813" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K813" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L813" s="4"><v>46192.0</v></c><c r="M813" s="1"><v>0</v></c></row><row r="814" spans="1:13" customFormat="false"><c r="A814" s="1"><v>187</v></c><c r="B814" s="1" t="str"><v>Verwachte informatie</v></c><c r="C814" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D814" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
+</v></c><c r="E887" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F887" s="4"><v>44314.0</v></c><c r="G887" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H887" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I887" s="1" t="str"><v>Bestuursadvies</v></c><c r="J887" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K887" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L887" s="4"><v>46192.0</v></c><c r="M887" s="1"><v>0</v></c></row><row r="888" spans="1:13" customFormat="false"><c r="A888" s="1"><v>187</v></c><c r="B888" s="1" t="str"><v>Verwachte informatie</v></c><c r="C888" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D888" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
 &#13;
 Aanleiding is de motie Consultatie, participatie en communicatie binnen de MRA.&#13;
 Motie die het college verzoekt om:&#13;
 • Om voorafgaand aan een MRA AV bijeenkomt de voorliggende agenda schriftelijk te delen en de opvattingen van de Provinciale Staten van Flevoland op te halen over de agendapunten;&#13;
 • De opgehaalde opvattingen als inbreng mee te nemen naar de AV;&#13;
 • Na afloop van de AV een schriftelijke toelichting te geven over de beraadslaging in de AV over de inzet en effectiviteit van het de eigen AV vertegenwoordiger in het algemeen en specifiek op de door de Provinciale Staten geformuleerde opvattingen.&#13;
-</v></c><c r="E814" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F814" s="4"><v>44314.0</v></c><c r="G814" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H814" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I814" s="1" t="str"><v>Bestuursadvies</v></c><c r="J814" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K814" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L814" s="4"><v>46304.0</v></c><c r="M814" s="1"><v>0</v></c></row><row r="815" spans="1:13" customFormat="false"><c r="A815" s="1"><v>187</v></c><c r="B815" s="1" t="str"><v>Verwachte informatie</v></c><c r="C815" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D815" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
+</v></c><c r="E888" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F888" s="4"><v>44314.0</v></c><c r="G888" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H888" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I888" s="1" t="str"><v>Bestuursadvies</v></c><c r="J888" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K888" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L888" s="4"><v>46304.0</v></c><c r="M888" s="1"><v>0</v></c></row><row r="889" spans="1:13" customFormat="false"><c r="A889" s="1"><v>187</v></c><c r="B889" s="1" t="str"><v>Verwachte informatie</v></c><c r="C889" s="1" t="str"><v xml:space="preserve"> Algemene Vergadering - Metropoolregio Amsterdam (MRA)</v></c><c r="D889" s="1" t="str"><v xml:space="preserve">Startdatum= publicatie van stukken AV, einddatum is AV-vergadering&#13;
 &#13;
 Aanleiding is de motie Consultatie, participatie en communicatie binnen de MRA.&#13;
 Motie die het college verzoekt om:&#13;
 • Om voorafgaand aan een MRA AV bijeenkomt de voorliggende agenda schriftelijk te delen en de opvattingen van de Provinciale Staten van Flevoland op te halen over de agendapunten;&#13;
 • De opgehaalde opvattingen als inbreng mee te nemen naar de AV;&#13;
 • Na afloop van de AV een schriftelijke toelichting te geven over de beraadslaging in de AV over de inzet en effectiviteit van het de eigen AV vertegenwoordiger in het algemeen en specifiek op de door de Provinciale Staten geformuleerde opvattingen.&#13;
-</v></c><c r="E815" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F815" s="4"><v>44314.0</v></c><c r="G815" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H815" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I815" s="1" t="str"><v>Bestuursadvies</v></c><c r="J815" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K815" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L815" s="4"><v>46372.0</v></c><c r="M815" s="1"><v>0</v></c></row><row r="816" spans="1:13" customFormat="false"><c r="A816" s="1"><v>286</v></c><c r="B816" s="1" t="str"><v>Verwachte informatie</v></c><c r="C816" s="1" t="str"><v xml:space="preserve">Bisfenol - voorstel onderzoek </v></c><c r="D816" s="1" t="str"><v xml:space="preserve">Het college is, bij motie op 8 november2023, verzocht om:&#13;
+</v></c><c r="E889" s="1" t="str"><v>VVD,ChristenUnie,D66</v></c><c r="F889" s="4"><v>44314.0</v></c><c r="G889" s="1" t="str"><v>Metropoolregio Amsterdam</v></c><c r="H889" s="1" t="str"><v xml:space="preserve"> van Dijk</v></c><c r="I889" s="1" t="str"><v>Bestuursadvies</v></c><c r="J889" s="1" t="str"><v>Deze mijlpalen zijn gebaseerd op de jaarplanning van de MRA, d.d. 13 december 2023</v></c><c r="K889" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L889" s="4"><v>46372.0</v></c><c r="M889" s="1"><v>0</v></c></row><row r="890" spans="1:13" customFormat="false"><c r="A890" s="1"><v>286</v></c><c r="B890" s="1" t="str"><v>Verwachte informatie</v></c><c r="C890" s="1" t="str"><v xml:space="preserve">Bisfenol - voorstel onderzoek </v></c><c r="D890" s="1" t="str"><v xml:space="preserve">Het college is, bij motie op 8 november2023, verzocht om:&#13;
 - Te komen met een voorstel voor onderzoek om de aanwezigheid van fijnstof, microplastics en BPA in het oppervlaktewater en in de grond rondom windmolens te meten;&#13;
 - Dit onderzoeksvoorstel tevens te richten tot op welke afstand van windmolens bisfenol A wordt  aangetroffen en in welke mate windmolens bijdragen aan de uitstoot van fijnstof, microplastics en BPA;&#13;
 - Dit voorstel voor te leggen aan Provinciale Staten;&#13;
 - Dit voorstel tevens te voorzien van een passende dekking in de Zomernota 2024;&#13;
 - De uitkomsten van dit onderzoek te delen met de Provinciale Staten.&#13;
 &#13;
-21-10-2024: In de zomer is het conceptrapport voorgelegd aan het RIVM. De gegeven reactie wordt nog verwerkt. De verwachting is dat in november een advies naar de Staten kan worden gestuurd.</v></c><c r="E816" s="1" t="str"><v/></c><c r="F816" s="4" t="str"><v/></c><c r="G816" s="1" t="str"><v>Milieu</v></c><c r="H816" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I816" s="1"/><c r="J816" s="1" t="str"><v/></c><c r="K816" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L816" s="4"><v>45627.0</v></c><c r="M816" s="1"><v>1</v></c></row><row r="817" spans="1:13" customFormat="false"><c r="A817" s="1"><v>19</v></c><c r="B817" s="1" t="str"><v>Verwachte informatie</v></c><c r="C817" s="1" t="str"><v>Uitvoeringsprogramma Toegankelijkheid Openbaar Vervoer</v></c><c r="D817" s="1" t="str"><v xml:space="preserve">De afspraken in het Bestuursakkoord Toegankelijk OV gaan over de samenwerking tussen de betrokken partijen en met mensen met een beperking, eenduidigheid en duidelijkheid in de reisinformatie en toegankelijkheidsvoorzieningen (halte en perrons) en toegankelijkheid bij innovaties.&#13;
+21-10-2024: In de zomer is het conceptrapport voorgelegd aan het RIVM. De gegeven reactie wordt nog verwerkt. De verwachting is dat in november een advies naar de Staten kan worden gestuurd.</v></c><c r="E890" s="1" t="str"><v/></c><c r="F890" s="4" t="str"><v/></c><c r="G890" s="1" t="str"><v>Milieu</v></c><c r="H890" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I890" s="1"/><c r="J890" s="1" t="str"><v/></c><c r="K890" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L890" s="4"><v>45627.0</v></c><c r="M890" s="1"><v>1</v></c></row><row r="891" spans="1:13" customFormat="false"><c r="A891" s="1"><v>19</v></c><c r="B891" s="1" t="str"><v>Verwachte informatie</v></c><c r="C891" s="1" t="str"><v>Uitvoeringsprogramma Toegankelijkheid Openbaar Vervoer</v></c><c r="D891" s="1" t="str"><v xml:space="preserve">De afspraken in het Bestuursakkoord Toegankelijk OV gaan over de samenwerking tussen de betrokken partijen en met mensen met een beperking, eenduidigheid en duidelijkheid in de reisinformatie en toegankelijkheidsvoorzieningen (halte en perrons) en toegankelijkheid bij innovaties.&#13;
 Voor de uitvoering van de afspraken in het bestuursakkoord heeft I&amp;W vooralsnog een te beperkte bijdrage ter beschikking gesteld. In het Bestuursakkoord is afgesproken dat na de ondertekening er een onderzoek volgt naar de kosten van de voorgestelde maatregelen en de mogelijkheid om aanvullende financiële middelen vanuit het Rijk ter beschikking te stellen. Op basis van de doelstellingen van het akkoord en de beschikbaar gestelde financiële middelen zullen Gedeputeerde Staten in 2023 een uitvoeringsprogramma opstellen dat zij voor 1 januari 2024 zullen aanbieden aan het Rijk. Dit programma moet elke 4 jaar worden bijgewerkt (1 januari 2028 en 1 januari 2032).&#13;
 &#13;
-26 feb 2024, ambtelijke update: De reden dat de Staten daar nog niet over zijn geïnformeerd is omdat dit Uitvoeringsprogramma nog niet is vastgesteld. De deadline was in eerste instantie inderdaad 1 januari 2024 maar aan de kant van het ministerie van I&amp;W hebben er wat onderzoeken/afspraken vertraging opgelopen waardoor de deadline nu op 1 mei 2024 staat. In april neemt GS een besluit.</v></c><c r="E817" s="1" t="str"><v/></c><c r="F817" s="4" t="str"><v/></c><c r="G817" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H817" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I817" s="1" t="str"><v>Mobiliteit</v></c><c r="J817" s="1" t="str"><v/></c><c r="K817" s="1" t="str"><v>Deadline</v></c><c r="L817" s="4"><v>45413.0</v></c><c r="M817" s="1"><v>1</v></c></row><row r="818" spans="1:13" customFormat="false"><c r="A818" s="1"><v>166</v></c><c r="B818" s="1" t="str"><v>Verwachte informatie</v></c><c r="C818" s="1" t="str"><v xml:space="preserve">Doorontwikkeling MITC - Plan van Aanpak </v></c><c r="D818" s="1" t="str"><v xml:space="preserve">Voorstel middelen dóórontwikkeling Provinciale Staten&#13;
+26 feb 2024, ambtelijke update: De reden dat de Staten daar nog niet over zijn geïnformeerd is omdat dit Uitvoeringsprogramma nog niet is vastgesteld. De deadline was in eerste instantie inderdaad 1 januari 2024 maar aan de kant van het ministerie van I&amp;W hebben er wat onderzoeken/afspraken vertraging opgelopen waardoor de deadline nu op 1 mei 2024 staat. In april neemt GS een besluit.</v></c><c r="E891" s="1" t="str"><v/></c><c r="F891" s="4" t="str"><v/></c><c r="G891" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H891" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I891" s="1" t="str"><v>Mobiliteit</v></c><c r="J891" s="1" t="str"><v/></c><c r="K891" s="1" t="str"><v>Deadline</v></c><c r="L891" s="4"><v>45413.0</v></c><c r="M891" s="1"><v>1</v></c></row><row r="892" spans="1:13" customFormat="false"><c r="A892" s="1"><v>166</v></c><c r="B892" s="1" t="str"><v>Verwachte informatie</v></c><c r="C892" s="1" t="str"><v xml:space="preserve">Doorontwikkeling MITC - Plan van Aanpak </v></c><c r="D892" s="1" t="str"><v xml:space="preserve">Voorstel middelen dóórontwikkeling Provinciale Staten&#13;
 De gereserveerde middelen bij de provincie voor de dóórontwikkeling, zijn bedoeld voor investeringen die bijdragen aan de campusvorming (netwerkontwikkeling en fysieke faciliteiten), het inrichten van bijvoorbeeld een Digicity en als investering voor de investeringsplannen van de MITCpartners om te versnellen en waarde toe te voegen (uitbreiding van testfaciliteiten). Vanaf de tweede helft van 2024 worden de onderdelen verder uitgewerkt en op basis van de verdere uitwerking zal te zijner tijd een voorstel worden gedaan aan Provinciale Staten voor (een deel van) de provinciale middelen voor de dóórontwikkeling.&#13;
-</v></c><c r="E818" s="1" t="str"><v/></c><c r="F818" s="4" t="str"><v/></c><c r="G818" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H818" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I818" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J818" s="1" t="str"><v>update 25 juni: Het Statenvoorstel over de inzet van de bestemde middelen staat gepland voor een BOB in september 2025 (zie ook LTA 383 Voorstel voor besteding van provinciale middelen voor de doorontwikkeling van het Mobiliteit en Infrastructuur Test Centrum (MITC)</v></c><c r="K818" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L818" s="4"><v>45903.0</v></c><c r="M818" s="1"><v>1</v></c></row><row r="819" spans="1:13" customFormat="false"><c r="A819" s="1"><v>299</v></c><c r="B819" s="1" t="str"><v>Verwachte informatie</v></c><c r="C819" s="1" t="str"><v>Lelylijn</v></c><c r="D819" s="1" t="str"><v xml:space="preserve">Tussen mei en het einde van dit jaar worden de Staten geïnformeerd over &#13;
+</v></c><c r="E892" s="1" t="str"><v/></c><c r="F892" s="4" t="str"><v/></c><c r="G892" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H892" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I892" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J892" s="1" t="str"><v>update 25 juni: Het Statenvoorstel over de inzet van de bestemde middelen staat gepland voor een BOB in september 2025 (zie ook LTA 383 Voorstel voor besteding van provinciale middelen voor de doorontwikkeling van het Mobiliteit en Infrastructuur Test Centrum (MITC)</v></c><c r="K892" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L892" s="4"><v>45903.0</v></c><c r="M892" s="1"><v>1</v></c></row><row r="893" spans="1:13" customFormat="false"><c r="A893" s="1"><v>299</v></c><c r="B893" s="1" t="str"><v>Verwachte informatie</v></c><c r="C893" s="1" t="str"><v>Lelylijn</v></c><c r="D893" s="1" t="str"><v xml:space="preserve">Tussen mei en het einde van dit jaar worden de Staten geïnformeerd over &#13;
 - de voortgang van het project, &#13;
 - de uitkomsten van de onderzoeken en &#13;
 - de wijze waarop de aandachtspunten vanuit de Staten verwerkt zijn in de resultaten.&#13;
-</v></c><c r="E819" s="1" t="str"><v/></c><c r="F819" s="4" t="str"><v/></c><c r="G819" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H819" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I819" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J819" s="1" t="str"><v/></c><c r="K819" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L819" s="4"><v>45581.0</v></c><c r="M819" s="1"><v>1</v></c></row><row r="820" spans="1:13" customFormat="false"><c r="A820" s="1"><v>309</v></c><c r="B820" s="1" t="str"><v>Verwachte informatie</v></c><c r="C820" s="1" t="str"><v xml:space="preserve">OV concessie IJssel-Vecht </v></c><c r="D820" s="1" t="str"><v xml:space="preserve">Provinciale Staten hebben op 28 februari een motie (EMS52) aangenomen om 3 maandelijks geïnformeerd te worden over de voortgang in de concessie IJssel-Vecht. Met EBS is afgesproken dat zij periodiek rapporteren over de voortgang wat betreft personeel en uitvoering van de dienstregeling. De eerste rapportage over de voortgang in de concessie IJssel-Vecht is medio april 2024 gekomen.&#13;
+</v></c><c r="E893" s="1" t="str"><v/></c><c r="F893" s="4" t="str"><v/></c><c r="G893" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H893" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I893" s="1" t="str"><v>Ruimte en Landschap</v></c><c r="J893" s="1" t="str"><v/></c><c r="K893" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L893" s="4"><v>45581.0</v></c><c r="M893" s="1"><v>1</v></c></row><row r="894" spans="1:13" customFormat="false"><c r="A894" s="1"><v>309</v></c><c r="B894" s="1" t="str"><v>Verwachte informatie</v></c><c r="C894" s="1" t="str"><v xml:space="preserve">OV concessie IJssel-Vecht </v></c><c r="D894" s="1" t="str"><v xml:space="preserve">Provinciale Staten hebben op 28 februari een motie (EMS52) aangenomen om 3 maandelijks geïnformeerd te worden over de voortgang in de concessie IJssel-Vecht. Met EBS is afgesproken dat zij periodiek rapporteren over de voortgang wat betreft personeel en uitvoering van de dienstregeling. De eerste rapportage over de voortgang in de concessie IJssel-Vecht is medio april 2024 gekomen.&#13;
 Op 20 mei 2025 is de laatste kwartaalrapportage gemaakt. "Hoewel nog niet op elk aspect aan de norm wordt voldaan, is de rust in de concessie wedergekeerd onder reizigers en personeel. Daarom is het niet langer noodzakelijk dat er&#13;
-elk kwartaal gerapporteerd zal worden aan Provinciale Staten over de voortgang in de concessie. Dit betreft dan ook de laatste kwartaalrapportage. Bewaking van de uitvoeringskwaliteit blijft uiteraard onderdeel van het reguliere concessiebeheer".</v></c><c r="E820" s="1" t="str"><v/></c><c r="F820" s="4" t="str"><v/></c><c r="G820" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H820" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I820" s="1" t="str"><v>Mobiliteit</v></c><c r="J820" s="1" t="str"><v/></c><c r="K820" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L820" s="4"><v>45397.0</v></c><c r="M820" s="1"><v>1</v></c></row><row r="821" spans="1:13" customFormat="false"><c r="A821" s="1"><v>309</v></c><c r="B821" s="1" t="str"><v>Verwachte informatie</v></c><c r="C821" s="1" t="str"><v xml:space="preserve">OV concessie IJssel-Vecht </v></c><c r="D821" s="1" t="str"><v xml:space="preserve">Provinciale Staten hebben op 28 februari een motie (EMS52) aangenomen om 3 maandelijks geïnformeerd te worden over de voortgang in de concessie IJssel-Vecht. Met EBS is afgesproken dat zij periodiek rapporteren over de voortgang wat betreft personeel en uitvoering van de dienstregeling. De eerste rapportage over de voortgang in de concessie IJssel-Vecht is medio april 2024 gekomen.&#13;
+elk kwartaal gerapporteerd zal worden aan Provinciale Staten over de voortgang in de concessie. Dit betreft dan ook de laatste kwartaalrapportage. Bewaking van de uitvoeringskwaliteit blijft uiteraard onderdeel van het reguliere concessiebeheer".</v></c><c r="E894" s="1" t="str"><v/></c><c r="F894" s="4" t="str"><v/></c><c r="G894" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H894" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I894" s="1" t="str"><v>Mobiliteit</v></c><c r="J894" s="1" t="str"><v/></c><c r="K894" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L894" s="4"><v>45397.0</v></c><c r="M894" s="1"><v>1</v></c></row><row r="895" spans="1:13" customFormat="false"><c r="A895" s="1"><v>309</v></c><c r="B895" s="1" t="str"><v>Verwachte informatie</v></c><c r="C895" s="1" t="str"><v xml:space="preserve">OV concessie IJssel-Vecht </v></c><c r="D895" s="1" t="str"><v xml:space="preserve">Provinciale Staten hebben op 28 februari een motie (EMS52) aangenomen om 3 maandelijks geïnformeerd te worden over de voortgang in de concessie IJssel-Vecht. Met EBS is afgesproken dat zij periodiek rapporteren over de voortgang wat betreft personeel en uitvoering van de dienstregeling. De eerste rapportage over de voortgang in de concessie IJssel-Vecht is medio april 2024 gekomen.&#13;
 Op 20 mei 2025 is de laatste kwartaalrapportage gemaakt. "Hoewel nog niet op elk aspect aan de norm wordt voldaan, is de rust in de concessie wedergekeerd onder reizigers en personeel. Daarom is het niet langer noodzakelijk dat er&#13;
-elk kwartaal gerapporteerd zal worden aan Provinciale Staten over de voortgang in de concessie. Dit betreft dan ook de laatste kwartaalrapportage. Bewaking van de uitvoeringskwaliteit blijft uiteraard onderdeel van het reguliere concessiebeheer".</v></c><c r="E821" s="1" t="str"><v/></c><c r="F821" s="4" t="str"><v/></c><c r="G821" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H821" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I821" s="1" t="str"><v>Mobiliteit</v></c><c r="J821" s="1" t="str"><v/></c><c r="K821" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L821" s="4"><v>45491.0</v></c><c r="M821" s="1"><v>1</v></c></row><row r="822" spans="1:13" customFormat="false"><c r="A822" s="1"><v>309</v></c><c r="B822" s="1" t="str"><v>Verwachte informatie</v></c><c r="C822" s="1" t="str"><v xml:space="preserve">OV concessie IJssel-Vecht </v></c><c r="D822" s="1" t="str"><v xml:space="preserve">Provinciale Staten hebben op 28 februari een motie (EMS52) aangenomen om 3 maandelijks geïnformeerd te worden over de voortgang in de concessie IJssel-Vecht. Met EBS is afgesproken dat zij periodiek rapporteren over de voortgang wat betreft personeel en uitvoering van de dienstregeling. De eerste rapportage over de voortgang in de concessie IJssel-Vecht is medio april 2024 gekomen.&#13;
+elk kwartaal gerapporteerd zal worden aan Provinciale Staten over de voortgang in de concessie. Dit betreft dan ook de laatste kwartaalrapportage. Bewaking van de uitvoeringskwaliteit blijft uiteraard onderdeel van het reguliere concessiebeheer".</v></c><c r="E895" s="1" t="str"><v/></c><c r="F895" s="4" t="str"><v/></c><c r="G895" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H895" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I895" s="1" t="str"><v>Mobiliteit</v></c><c r="J895" s="1" t="str"><v/></c><c r="K895" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L895" s="4"><v>45491.0</v></c><c r="M895" s="1"><v>1</v></c></row><row r="896" spans="1:13" customFormat="false"><c r="A896" s="1"><v>309</v></c><c r="B896" s="1" t="str"><v>Verwachte informatie</v></c><c r="C896" s="1" t="str"><v xml:space="preserve">OV concessie IJssel-Vecht </v></c><c r="D896" s="1" t="str"><v xml:space="preserve">Provinciale Staten hebben op 28 februari een motie (EMS52) aangenomen om 3 maandelijks geïnformeerd te worden over de voortgang in de concessie IJssel-Vecht. Met EBS is afgesproken dat zij periodiek rapporteren over de voortgang wat betreft personeel en uitvoering van de dienstregeling. De eerste rapportage over de voortgang in de concessie IJssel-Vecht is medio april 2024 gekomen.&#13;
 Op 20 mei 2025 is de laatste kwartaalrapportage gemaakt. "Hoewel nog niet op elk aspect aan de norm wordt voldaan, is de rust in de concessie wedergekeerd onder reizigers en personeel. Daarom is het niet langer noodzakelijk dat er&#13;
-elk kwartaal gerapporteerd zal worden aan Provinciale Staten over de voortgang in de concessie. Dit betreft dan ook de laatste kwartaalrapportage. Bewaking van de uitvoeringskwaliteit blijft uiteraard onderdeel van het reguliere concessiebeheer".</v></c><c r="E822" s="1" t="str"><v/></c><c r="F822" s="4" t="str"><v/></c><c r="G822" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H822" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I822" s="1" t="str"><v>Mobiliteit</v></c><c r="J822" s="1" t="str"><v/></c><c r="K822" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L822" s="4"><v>45688.0</v></c><c r="M822" s="1"><v>1</v></c></row><row r="823" spans="1:13" customFormat="false"><c r="A823" s="1"><v>309</v></c><c r="B823" s="1" t="str"><v>Verwachte informatie</v></c><c r="C823" s="1" t="str"><v xml:space="preserve">OV concessie IJssel-Vecht </v></c><c r="D823" s="1" t="str"><v xml:space="preserve">Provinciale Staten hebben op 28 februari een motie (EMS52) aangenomen om 3 maandelijks geïnformeerd te worden over de voortgang in de concessie IJssel-Vecht. Met EBS is afgesproken dat zij periodiek rapporteren over de voortgang wat betreft personeel en uitvoering van de dienstregeling. De eerste rapportage over de voortgang in de concessie IJssel-Vecht is medio april 2024 gekomen.&#13;
+elk kwartaal gerapporteerd zal worden aan Provinciale Staten over de voortgang in de concessie. Dit betreft dan ook de laatste kwartaalrapportage. Bewaking van de uitvoeringskwaliteit blijft uiteraard onderdeel van het reguliere concessiebeheer".</v></c><c r="E896" s="1" t="str"><v/></c><c r="F896" s="4" t="str"><v/></c><c r="G896" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H896" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I896" s="1" t="str"><v>Mobiliteit</v></c><c r="J896" s="1" t="str"><v/></c><c r="K896" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L896" s="4"><v>45688.0</v></c><c r="M896" s="1"><v>1</v></c></row><row r="897" spans="1:13" customFormat="false"><c r="A897" s="1"><v>309</v></c><c r="B897" s="1" t="str"><v>Verwachte informatie</v></c><c r="C897" s="1" t="str"><v xml:space="preserve">OV concessie IJssel-Vecht </v></c><c r="D897" s="1" t="str"><v xml:space="preserve">Provinciale Staten hebben op 28 februari een motie (EMS52) aangenomen om 3 maandelijks geïnformeerd te worden over de voortgang in de concessie IJssel-Vecht. Met EBS is afgesproken dat zij periodiek rapporteren over de voortgang wat betreft personeel en uitvoering van de dienstregeling. De eerste rapportage over de voortgang in de concessie IJssel-Vecht is medio april 2024 gekomen.&#13;
 Op 20 mei 2025 is de laatste kwartaalrapportage gemaakt. "Hoewel nog niet op elk aspect aan de norm wordt voldaan, is de rust in de concessie wedergekeerd onder reizigers en personeel. Daarom is het niet langer noodzakelijk dat er&#13;
-elk kwartaal gerapporteerd zal worden aan Provinciale Staten over de voortgang in de concessie. Dit betreft dan ook de laatste kwartaalrapportage. Bewaking van de uitvoeringskwaliteit blijft uiteraard onderdeel van het reguliere concessiebeheer".</v></c><c r="E823" s="1" t="str"><v/></c><c r="F823" s="4" t="str"><v/></c><c r="G823" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H823" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I823" s="1" t="str"><v>Mobiliteit</v></c><c r="J823" s="1" t="str"><v/></c><c r="K823" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L823" s="4"><v>45808.0</v></c><c r="M823" s="1"><v>1</v></c></row><row r="824" spans="1:13" customFormat="false"><c r="A824" s="1"><v>350</v></c><c r="B824" s="1" t="str"><v>Verwachte informatie</v></c><c r="C824" s="1" t="str"><v>Interprovinciaal faunabeheerplan ganzen</v></c><c r="D824" s="1" t="str"><v xml:space="preserve">Het concept ganzenplan van de vijf faunabeheereenheden staat op ganzenplan.nl. Hier staat het concept plan van de vijf faunabeheereenheden. De planning is dat het plan na 15 december 2024 aan GS ter goedkeuring wordt aangeboden. &#13;
+elk kwartaal gerapporteerd zal worden aan Provinciale Staten over de voortgang in de concessie. Dit betreft dan ook de laatste kwartaalrapportage. Bewaking van de uitvoeringskwaliteit blijft uiteraard onderdeel van het reguliere concessiebeheer".</v></c><c r="E897" s="1" t="str"><v/></c><c r="F897" s="4" t="str"><v/></c><c r="G897" s="1" t="str"><v>Mobiliteit en Openbaar Vervoer</v></c><c r="H897" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I897" s="1" t="str"><v>Mobiliteit</v></c><c r="J897" s="1" t="str"><v/></c><c r="K897" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L897" s="4"><v>45808.0</v></c><c r="M897" s="1"><v>1</v></c></row><row r="898" spans="1:13" customFormat="false"><c r="A898" s="1"><v>350</v></c><c r="B898" s="1" t="str"><v>Verwachte informatie</v></c><c r="C898" s="1" t="str"><v>Interprovinciaal faunabeheerplan ganzen</v></c><c r="D898" s="1" t="str"><v xml:space="preserve">Het concept ganzenplan van de vijf faunabeheereenheden staat op ganzenplan.nl. Hier staat het concept plan van de vijf faunabeheereenheden. De planning is dat het plan na 15 december 2024 aan GS ter goedkeuring wordt aangeboden. &#13;
 &#13;
 03-02-2025 Het plan is nog niet ter goedkeuring aangeboden.&#13;
 26-05-2025 Door de drukte rond het ree is het plan is nog niet ter goedkeuring aangeboden. De verwachting is dat dit pas in juli zal gebeuren. Het plan moet eerst door het bestuur van de faunabeheereenheid vastgesteld worden. &#13;
-</v></c><c r="E824" s="1" t="str"><v/></c><c r="F824" s="4" t="str"><v/></c><c r="G824" s="1" t="str"><v>Natuur</v></c><c r="H824" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I824" s="1" t="str"><v>Natuur</v></c><c r="J824" s="1" t="str"><v xml:space="preserve">03-02-2025 Het plan is nog niet ter goedkeuring aangeboden&#13;
-[...1 lines deleted...]
-de Wageningen Universiteit &amp; Research. Bij de opdrachtverlening is overeengekomen dat de opdracht eind september door de WUR wordt opgeleverd. Snel daarna zullen de uitkomsten van de wetenschappelijke review beeldvormend gepresenteerd worden aan de commissie RND.</v></c><c r="E825" s="1" t="str"><v/></c><c r="F825" s="4" t="str"><v/></c><c r="G825" s="1" t="str"><v>Natuur</v></c><c r="H825" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I825" s="1"/><c r="J825" s="1" t="str"><v>Met de verwachting dat de review eind september gereedkomt, is het voornemen deze in november beeldvormend te agenderen in RND.</v></c><c r="K825" s="1" t="str"><v>Beeldvorming RND</v></c><c r="L825" s="4"><v>45987.0</v></c><c r="M825" s="1"><v>0</v></c></row><row r="826" spans="1:13" customFormat="false"><c r="A826" s="1"><v>326</v></c><c r="B826" s="1" t="str"><v>Verwachte informatie</v></c><c r="C826" s="1" t="str"><v>Rekenkamer DoeMee onderzoek energiebesparingsplicht</v></c><c r="D826" s="1" t="str"><v xml:space="preserve">Wat is de aanleiding?&#13;
+</v></c><c r="E898" s="1" t="str"><v/></c><c r="F898" s="4" t="str"><v/></c><c r="G898" s="1" t="str"><v>Natuur</v></c><c r="H898" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I898" s="1" t="str"><v>Natuur</v></c><c r="J898" s="1" t="str"><v xml:space="preserve">03-02-2025 Het plan is nog niet ter goedkeuring aangeboden&#13;
+</v></c><c r="K898" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L898" s="4"><v>45747.0</v></c><c r="M898" s="1"><v>0</v></c></row><row r="899" spans="1:13" customFormat="false"><c r="A899" s="1"><v>378</v></c><c r="B899" s="1" t="str"><v>Verwachte informatie</v></c><c r="C899" s="1" t="str"><v>Wetenschappelijke review</v></c><c r="D899" s="1" t="str"><v xml:space="preserve">5 dec 2025: De wetenschappelijke review Oostvaardersplassen is op 4 december 2025 d.m.v. een spoedmededeling gedeeld met de Staten. Het wordt in januari 2026 geagendeerd in de commissie RND.&#13;
+&#13;
+De opdracht om de wetenschappelijke review uit te voeren is in april gegund aan &#13;
+de Wageningen Universiteit &amp; Research. Bij de opdrachtverlening is overeengekomen dat de opdracht eind september door de WUR wordt opgeleverd. Snel daarna zullen de uitkomsten van de wetenschappelijke review beeldvormend gepresenteerd worden aan de commissie RND.</v></c><c r="E899" s="1" t="str"><v/></c><c r="F899" s="4" t="str"><v/></c><c r="G899" s="1" t="str"><v>Natuur</v></c><c r="H899" s="1" t="str"><v xml:space="preserve"> Hofstra</v></c><c r="I899" s="1"/><c r="J899" s="1" t="str"><v>Met de verwachting dat de review eind september gereedkomt, is het voornemen deze in november beeldvormend te agenderen in RND.</v></c><c r="K899" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L899" s="4"><v>45987.0</v></c><c r="M899" s="1"><v>1</v></c></row><row r="900" spans="1:13" customFormat="false"><c r="A900" s="1"><v>326</v></c><c r="B900" s="1" t="str"><v>Verwachte informatie</v></c><c r="C900" s="1" t="str"><v>Rekenkamer DoeMee onderzoek energiebesparingsplicht</v></c><c r="D900" s="1" t="str"><v xml:space="preserve">Wat is de aanleiding?&#13;
 De energiebesparingsplicht houdt in dat bedrijven en instellingen die jaarlijks meer dan 50.000 kWh stroom of 25.000 m3 aardgas gebruiken verplicht zijn om energiebesparende maatregelen te nemen. Het gaat hierbij om investeringen die binnen vijf jaar kunnen worden terugverdiend. Bedrijven moeten actief informatie verstrekken aan de Raad voor Ondernemend Nederland (RVO) over de energiebesparende maatregelen die zij hebben genomen. Het toezicht en de handhaving op de energiebesparingsplicht ligt in principe bij de gemeente, maar in sommige gevallen (met name bij zeer grote bedrijven/energiegebruikers) ligt dit bij de provincie. Gemeenten en provincies hebben de uitoefening van toezicht en handhaving van de energiebesparingsplicht vaak gemandateerd &#13;
 naar hun omgevingsdienst. &#13;
 &#13;
 Wat willen we bereiken?&#13;
 Met dit onderzoek wil de Rekenkamer Provinciale Staten inzicht geven in welke inspanning de provincie plegen bij het toezicht en de handhaving van de energiebesparingsplicht en de informatieplicht over de energiebesparingsmaatregelen. Omdat het een DoeMee-onderzoek is, komen ook gegevens van gemeenten en andere provincies beschikbaar. Dat geeft de mogelijkheid om te vergelijken en van elkaar te leren. &#13;
 &#13;
 Wat gaan we daarvoor doen?&#13;
-De Rekenkamer doet mee met een breed DoeMee-onderzoek onder regie van de Nederlandse Vereniging van Rekenkamers en Rekenkamercommissies (NVRR) bij circa 90 gemeenten en provincies. Het onderzoek wordt door onderzoeksbureau Ecorys uitgevoerd in de eerste helft van 2024. Het rapport zal naar verwachting na het zomerreces gepubliceerd worden.</v></c><c r="E826" s="1" t="str"><v/></c><c r="F826" s="4" t="str"><v/></c><c r="G826" s="1" t="str"><v>Rekenkamer</v></c><c r="H826" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I826" s="1" t="str"><v>Griffie</v></c><c r="J826" s="1" t="str"><v/></c><c r="K826" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L826" s="4"><v>45617.0</v></c><c r="M826" s="1"><v>1</v></c></row><row r="827" spans="1:13" customFormat="false"><c r="A827" s="1"><v>339</v></c><c r="B827" s="1" t="str"><v>Verwachte informatie</v></c><c r="C827" s="1" t="str"><v>Monitor Brede Welvaart in Flevoland</v></c><c r="D827" s="1" t="str"><v xml:space="preserve">Vanuit de provincie bestaat de behoefte om een overkoepelend beeld te krijgen van hoe het met Flevoland en haar inwoners gaat. Hieruit is de Monitor Brede Welvaart in Flevoland ontwikkeld. De monitor biedt een beeld van de huidige situatie en de ontwikkelingen over de afgelopen jaren. De monitor is gebaseerd op de Regionale Monitor Brede Welvaart 2023 van het CBS en is te raadplegen op Feitelijk Flevoland. </v></c><c r="E827" s="1" t="str"><v/></c><c r="F827" s="4" t="str"><v/></c><c r="G827" s="1" t="str"><v>Vitale samenleving</v></c><c r="H827" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I827" s="1" t="str"><v>Onderzoek, Data en Geoinformatie</v></c><c r="J827" s="1" t="str"><v xml:space="preserve">In het voorjaar van 2025 komt er een nieuwe versie beschikbaar van de Monitor Brede Welvaart in Flevoland&#13;
-[...2 lines deleted...]
-gebaseerd op de nieuwe data van het CBS (bron: mededeling september 2024)</v></c><c r="K829" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L829" s="4"><v>45897.0</v></c><c r="M829" s="1"><v>1</v></c></row><row r="830" spans="1:13" customFormat="false"><c r="A830" s="1"><v>322</v></c><c r="B830" s="1" t="str"><v>Verwachte informatie</v></c><c r="C830" s="1" t="str"><v>Voortgangsrapportage Integrale opgave Bouwen &amp; Wonen</v></c><c r="D830" s="1" t="str"><v xml:space="preserve">Plan van Aanpak besteding middelen in de drie lagen van de integrale opgave Bouwen &amp; Wonen (maart 2024)&#13;
+De Rekenkamer doet mee met een breed DoeMee-onderzoek onder regie van de Nederlandse Vereniging van Rekenkamers en Rekenkamercommissies (NVRR) bij circa 90 gemeenten en provincies. Het onderzoek wordt door onderzoeksbureau Ecorys uitgevoerd in de eerste helft van 2024. Het rapport zal naar verwachting na het zomerreces gepubliceerd worden.</v></c><c r="E900" s="1" t="str"><v/></c><c r="F900" s="4" t="str"><v/></c><c r="G900" s="1" t="str"><v>Rekenkamer</v></c><c r="H900" s="1" t="str"><v xml:space="preserve"> Algemeen</v></c><c r="I900" s="1" t="str"><v>Griffie</v></c><c r="J900" s="1" t="str"><v/></c><c r="K900" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L900" s="4"><v>45617.0</v></c><c r="M900" s="1"><v>1</v></c></row><row r="901" spans="1:13" customFormat="false"><c r="A901" s="1"><v>339</v></c><c r="B901" s="1" t="str"><v>Verwachte informatie</v></c><c r="C901" s="1" t="str"><v>Monitor Brede Welvaart in Flevoland</v></c><c r="D901" s="1" t="str"><v xml:space="preserve">Vanuit de provincie bestaat de behoefte om een overkoepelend beeld te krijgen van hoe het met Flevoland en haar inwoners gaat. Hieruit is de Monitor Brede Welvaart in Flevoland ontwikkeld. De monitor biedt een beeld van de huidige situatie en de ontwikkelingen over de afgelopen jaren. De monitor is gebaseerd op de Regionale Monitor Brede Welvaart 2023 van het CBS en is te raadplegen op Feitelijk Flevoland. </v></c><c r="E901" s="1" t="str"><v/></c><c r="F901" s="4" t="str"><v/></c><c r="G901" s="1" t="str"><v>Vitale samenleving</v></c><c r="H901" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I901" s="1" t="str"><v>Onderzoek, Data en Geoinformatie</v></c><c r="J901" s="1" t="str"><v xml:space="preserve">In het voorjaar van 2025 komt er een nieuwe versie beschikbaar van de Monitor Brede Welvaart in Flevoland&#13;
+gebaseerd op de nieuwe data van het CBS (bron: mededeling september 2024)</v></c><c r="K901" s="1" t="str"><v>Beeldvorming EMS</v></c><c r="L901" s="4"><v>45623.0</v></c><c r="M901" s="1"><v>1</v></c></row><row r="902" spans="1:13" customFormat="false"><c r="A902" s="1"><v>339</v></c><c r="B902" s="1" t="str"><v>Verwachte informatie</v></c><c r="C902" s="1" t="str"><v>Monitor Brede Welvaart in Flevoland</v></c><c r="D902" s="1" t="str"><v xml:space="preserve">Vanuit de provincie bestaat de behoefte om een overkoepelend beeld te krijgen van hoe het met Flevoland en haar inwoners gaat. Hieruit is de Monitor Brede Welvaart in Flevoland ontwikkeld. De monitor biedt een beeld van de huidige situatie en de ontwikkelingen over de afgelopen jaren. De monitor is gebaseerd op de Regionale Monitor Brede Welvaart 2023 van het CBS en is te raadplegen op Feitelijk Flevoland. </v></c><c r="E902" s="1" t="str"><v/></c><c r="F902" s="4" t="str"><v/></c><c r="G902" s="1" t="str"><v>Vitale samenleving</v></c><c r="H902" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I902" s="1" t="str"><v>Onderzoek, Data en Geoinformatie</v></c><c r="J902" s="1" t="str"><v xml:space="preserve">In het voorjaar van 2025 komt er een nieuwe versie beschikbaar van de Monitor Brede Welvaart in Flevoland&#13;
+gebaseerd op de nieuwe data van het CBS (bron: mededeling september 2024)</v></c><c r="K902" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L902" s="4"><v>45848.0</v></c><c r="M902" s="1"><v>1</v></c></row><row r="903" spans="1:13" customFormat="false"><c r="A903" s="1"><v>339</v></c><c r="B903" s="1" t="str"><v>Verwachte informatie</v></c><c r="C903" s="1" t="str"><v>Monitor Brede Welvaart in Flevoland</v></c><c r="D903" s="1" t="str"><v xml:space="preserve">Vanuit de provincie bestaat de behoefte om een overkoepelend beeld te krijgen van hoe het met Flevoland en haar inwoners gaat. Hieruit is de Monitor Brede Welvaart in Flevoland ontwikkeld. De monitor biedt een beeld van de huidige situatie en de ontwikkelingen over de afgelopen jaren. De monitor is gebaseerd op de Regionale Monitor Brede Welvaart 2023 van het CBS en is te raadplegen op Feitelijk Flevoland. </v></c><c r="E903" s="1" t="str"><v/></c><c r="F903" s="4" t="str"><v/></c><c r="G903" s="1" t="str"><v>Vitale samenleving</v></c><c r="H903" s="1" t="str"><v xml:space="preserve"> Simonse</v></c><c r="I903" s="1" t="str"><v>Onderzoek, Data en Geoinformatie</v></c><c r="J903" s="1" t="str"><v xml:space="preserve">In het voorjaar van 2025 komt er een nieuwe versie beschikbaar van de Monitor Brede Welvaart in Flevoland&#13;
+gebaseerd op de nieuwe data van het CBS (bron: mededeling september 2024)</v></c><c r="K903" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L903" s="4"><v>45897.0</v></c><c r="M903" s="1"><v>1</v></c></row><row r="904" spans="1:13" customFormat="false"><c r="A904" s="1"><v>322</v></c><c r="B904" s="1" t="str"><v>Verwachte informatie</v></c><c r="C904" s="1" t="str"><v>Voortgangsrapportage Integrale opgave Bouwen &amp; Wonen</v></c><c r="D904" s="1" t="str"><v xml:space="preserve">Plan van Aanpak besteding middelen in de drie lagen van de integrale opgave Bouwen &amp; Wonen (maart 2024)&#13;
 Bij de behandeling van de begroting 2024 is het amendement ‘Investeren in de Flevolandse woningbouwopgave’ aangenomen. Hierbij werd € 0,5 mln. beschikbaar gesteld voor ‘het concretiseren van en beleid ontwikkelen op vitale samenleving in relatie tot woningbouwopgave.’ Daarnaast werd € 0,5 mln. beschikbaar gesteld voor innovatie in toekomstbestendige woningen. &#13;
 Het Plan van aanpak geeft invulling aan de toezegging om PS in het eerste kwartaal te informeren over de wijze hoe deze gelden worden ingezet. &#13;
 &#13;
 In het Plan van aanpak zijn 19 actiepunten aangegeven, waaronder: &#13;
 - uitvoering geven aan de toezegging aan PS over drijvend wonen - Q2 2024&#13;
 - Flevolandse bouwmonitor uitbrengen en overleggen met gemeenten over het gebruik daarvan - Q2 2024&#13;
 - Twee keer per jaar sturen we een voortgangsrapportage over de gehele integrale opgave aan PS (Q2 en Q4)&#13;
 - we stellen een set indicatoren samen voor de monitor vitale samenleving en bespreken deze met PS Q2 --&gt; planning nov 2024&#13;
-</v></c><c r="E830" s="1" t="str"><v/></c><c r="F830" s="4" t="str"><v/></c><c r="G830" s="1" t="str"><v>Wonen</v></c><c r="H830" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I830" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J830" s="1" t="str"><v/></c><c r="K830" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L830" s="4"><v>45541.0</v></c><c r="M830" s="1"><v>1</v></c></row><row r="831" spans="1:13" customFormat="false"><c r="A831" s="1"><v>322</v></c><c r="B831" s="1" t="str"><v>Verwachte informatie</v></c><c r="C831" s="1" t="str"><v>Voortgangsrapportage Integrale opgave Bouwen &amp; Wonen</v></c><c r="D831" s="1" t="str"><v xml:space="preserve">Plan van Aanpak besteding middelen in de drie lagen van de integrale opgave Bouwen &amp; Wonen (maart 2024)&#13;
+</v></c><c r="E904" s="1" t="str"><v/></c><c r="F904" s="4" t="str"><v/></c><c r="G904" s="1" t="str"><v>Wonen</v></c><c r="H904" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I904" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J904" s="1" t="str"><v/></c><c r="K904" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L904" s="4"><v>45541.0</v></c><c r="M904" s="1"><v>1</v></c></row><row r="905" spans="1:13" customFormat="false"><c r="A905" s="1"><v>322</v></c><c r="B905" s="1" t="str"><v>Verwachte informatie</v></c><c r="C905" s="1" t="str"><v>Voortgangsrapportage Integrale opgave Bouwen &amp; Wonen</v></c><c r="D905" s="1" t="str"><v xml:space="preserve">Plan van Aanpak besteding middelen in de drie lagen van de integrale opgave Bouwen &amp; Wonen (maart 2024)&#13;
 Bij de behandeling van de begroting 2024 is het amendement ‘Investeren in de Flevolandse woningbouwopgave’ aangenomen. Hierbij werd € 0,5 mln. beschikbaar gesteld voor ‘het concretiseren van en beleid ontwikkelen op vitale samenleving in relatie tot woningbouwopgave.’ Daarnaast werd € 0,5 mln. beschikbaar gesteld voor innovatie in toekomstbestendige woningen. &#13;
 Het Plan van aanpak geeft invulling aan de toezegging om PS in het eerste kwartaal te informeren over de wijze hoe deze gelden worden ingezet. &#13;
 &#13;
 In het Plan van aanpak zijn 19 actiepunten aangegeven, waaronder: &#13;
 - uitvoering geven aan de toezegging aan PS over drijvend wonen - Q2 2024&#13;
 - Flevolandse bouwmonitor uitbrengen en overleggen met gemeenten over het gebruik daarvan - Q2 2024&#13;
 - Twee keer per jaar sturen we een voortgangsrapportage over de gehele integrale opgave aan PS (Q2 en Q4)&#13;
 - we stellen een set indicatoren samen voor de monitor vitale samenleving en bespreken deze met PS Q2 --&gt; planning nov 2024&#13;
-</v></c><c r="E831" s="1" t="str"><v/></c><c r="F831" s="4" t="str"><v/></c><c r="G831" s="1" t="str"><v>Wonen</v></c><c r="H831" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I831" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J831" s="1" t="str"><v/></c><c r="K831" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L831" s="4"><v>45688.0</v></c><c r="M831" s="1"><v>1</v></c></row><row r="832" spans="1:13" customFormat="false"><c r="A832" s="1"><v>322</v></c><c r="B832" s="1" t="str"><v>Verwachte informatie</v></c><c r="C832" s="1" t="str"><v>Voortgangsrapportage Integrale opgave Bouwen &amp; Wonen</v></c><c r="D832" s="1" t="str"><v xml:space="preserve">Plan van Aanpak besteding middelen in de drie lagen van de integrale opgave Bouwen &amp; Wonen (maart 2024)&#13;
+</v></c><c r="E905" s="1" t="str"><v/></c><c r="F905" s="4" t="str"><v/></c><c r="G905" s="1" t="str"><v>Wonen</v></c><c r="H905" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I905" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J905" s="1" t="str"><v/></c><c r="K905" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L905" s="4"><v>45688.0</v></c><c r="M905" s="1"><v>1</v></c></row><row r="906" spans="1:13" customFormat="false"><c r="A906" s="1"><v>322</v></c><c r="B906" s="1" t="str"><v>Verwachte informatie</v></c><c r="C906" s="1" t="str"><v>Voortgangsrapportage Integrale opgave Bouwen &amp; Wonen</v></c><c r="D906" s="1" t="str"><v xml:space="preserve">Plan van Aanpak besteding middelen in de drie lagen van de integrale opgave Bouwen &amp; Wonen (maart 2024)&#13;
 Bij de behandeling van de begroting 2024 is het amendement ‘Investeren in de Flevolandse woningbouwopgave’ aangenomen. Hierbij werd € 0,5 mln. beschikbaar gesteld voor ‘het concretiseren van en beleid ontwikkelen op vitale samenleving in relatie tot woningbouwopgave.’ Daarnaast werd € 0,5 mln. beschikbaar gesteld voor innovatie in toekomstbestendige woningen. &#13;
 Het Plan van aanpak geeft invulling aan de toezegging om PS in het eerste kwartaal te informeren over de wijze hoe deze gelden worden ingezet. &#13;
 &#13;
 In het Plan van aanpak zijn 19 actiepunten aangegeven, waaronder: &#13;
 - uitvoering geven aan de toezegging aan PS over drijvend wonen - Q2 2024&#13;
 - Flevolandse bouwmonitor uitbrengen en overleggen met gemeenten over het gebruik daarvan - Q2 2024&#13;
 - Twee keer per jaar sturen we een voortgangsrapportage over de gehele integrale opgave aan PS (Q2 en Q4)&#13;
 - we stellen een set indicatoren samen voor de monitor vitale samenleving en bespreken deze met PS Q2 --&gt; planning nov 2024&#13;
-</v></c><c r="E832" s="1" t="str"><v/></c><c r="F832" s="4" t="str"><v/></c><c r="G832" s="1" t="str"><v>Wonen</v></c><c r="H832" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I832" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J832" s="1" t="str"><v/></c><c r="K832" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L832" s="4"><v>45930.0</v></c><c r="M832" s="1"><v>1</v></c></row></sheetData><printOptions horizontalCentered="1" gridLines="1"/><pageMargins left="0.315277777777778" right="0.315277777777778" top="0.551388888888889" bottom="0.551388888888889" header="0.511805555555555" footer="0.315277777777778"/><pageSetup paperSize="0" scale="0" firstPageNumber="0" fitToHeight="0" orientation="portrait" usePrinterDefaults="false" horizontalDpi="0" verticalDpi="0" copies="0"/><headerFooter><oddFooter>&amp;R&amp;10LTA (geprint op &amp;D)</oddFooter></headerFooter></worksheet>
+</v></c><c r="E906" s="1" t="str"><v/></c><c r="F906" s="4" t="str"><v/></c><c r="G906" s="1" t="str"><v>Wonen</v></c><c r="H906" s="1" t="str"><v xml:space="preserve"> Müller</v></c><c r="I906" s="1" t="str"><v>Gebiedsontwikkeling</v></c><c r="J906" s="1" t="str"><v/></c><c r="K906" s="1" t="str"><v>Activiteit dit jaar</v></c><c r="L906" s="4"><v>45930.0</v></c><c r="M906" s="1"><v>1</v></c></row></sheetData><printOptions horizontalCentered="1" gridLines="1"/><pageMargins left="0.315277777777778" right="0.315277777777778" top="0.551388888888889" bottom="0.551388888888889" header="0.511805555555555" footer="0.315277777777778"/><pageSetup paperSize="0" scale="0" firstPageNumber="0" fitToHeight="0" orientation="portrait" usePrinterDefaults="false" horizontalDpi="0" verticalDpi="0" copies="0"/><headerFooter><oddFooter>&amp;R&amp;10LTA (geprint op &amp;D)</oddFooter></headerFooter></worksheet>
 
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" xmlns:mv="urn:schemas-microsoft-com:mac:vml">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5"/>
   <cols>
     <col min="1" max="1025" width="8.54296875"/>
   </cols>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511805555555555" footer="0.511805555555555"/>
   <pageSetup paperSize="0" scale="0" firstPageNumber="0" orientation="portrait" usePrinterDefaults="false" horizontalDpi="0" verticalDpi="0" copies="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" xmlns:mv="urn:schemas-microsoft-com:mac:vml">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5"/>
   <cols>
     <col min="1" max="1025" width="8.54296875"/>
   </cols>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511805555555555" footer="0.511805555555555"/>
   <pageSetup paperSize="0" scale="0" firstPageNumber="0" orientation="portrait" usePrinterDefaults="false" horizontalDpi="0" verticalDpi="0" copies="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Company>Gemeente Gennep</Company>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>